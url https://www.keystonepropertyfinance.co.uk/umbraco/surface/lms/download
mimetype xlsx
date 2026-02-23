--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -587,51 +587,51 @@
       <x:selection activeCell="A4" sqref="A4"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="27.7109375" customWidth="1"/>
     <x:col min="3" max="3" width="27.85546875" customWidth="1"/>
     <x:col min="4" max="4" width="27.5703125" customWidth="1"/>
     <x:col min="5" max="5" width="27.140625" customWidth="1"/>
     <x:col min="6" max="6" width="27.7109375" customWidth="1"/>
     <x:col min="7" max="8" width="27.5703125" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="69" customHeight="1">
       <x:c r="A1" s="4"/>
       <x:c r="B1" s="4"/>
       <x:c r="C1" s="4"/>
       <x:c r="D1" s="4"/>
       <x:c r="E1" s="4"/>
       <x:c r="F1" s="4"/>
       <x:c r="G1" s="4"/>
       <x:c r="H1" s="4"/>
     </x:row>
     <x:row r="2" spans="1:8" ht="20.25" customHeight="1">
       <x:c r="A2" s="5" t="str">
-        <x:v>Below are the details of our solicitor panel for England and Wales. This list was generated on 02/02/2026.</x:v>
+        <x:v>Below are the details of our solicitor panel for England and Wales. This list was generated on 22/02/2026.</x:v>
       </x:c>
       <x:c r="B2" s="6"/>
       <x:c r="C2" s="6"/>
       <x:c r="D2" s="6"/>
       <x:c r="E2" s="6"/>
       <x:c r="F2" s="6"/>
       <x:c r="G2" s="6"/>
       <x:c r="H2" s="6"/>
     </x:row>
     <x:row r="3" spans="1:8" ht="3.75" customHeight="1">
       <x:c r="A3" s="1"/>
       <x:c r="B3" s="2"/>
       <x:c r="C3" s="2"/>
       <x:c r="D3" s="2"/>
       <x:c r="E3" s="2"/>
       <x:c r="F3" s="2"/>
       <x:c r="G3" s="2"/>
       <x:c r="H3" s="2"/>
     </x:row>
     <x:row r="4" spans="1:8" ht="15.75" customHeight="1">
       <x:c r="A4" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="3" t="s">
         <x:v>2</x:v>
@@ -1158,92 +1158,92 @@
       </x:c>
       <x:c r="C24" t="str">
         <x:v/>
       </x:c>
       <x:c r="D24" t="str">
         <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
         <x:v>LS1 2BH</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v>lee.gaddes@arch.law</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v>03332423976</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str">
         <x:v>Arch Law Limited</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>55 Colmore Row</x:v>
+        <x:v>Beehive Mill</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Birmingham </x:v>
+        <x:v>Jersey Street</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v/>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>B3 2AA </x:v>
+        <x:v>M4 6JG</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>manasi.gokhale@arch.law </x:v>
+        <x:v>martin.mcqueen@arch.law</x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v>03332423976</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str">
         <x:v>Arch Law Limited</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>Beehive Mill</x:v>
+        <x:v>55 Colmore Row</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Jersey Street</x:v>
+        <x:v>Birmingham </x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>M4 6JG</x:v>
+        <x:v>B3 2AA </x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>martin.mcqueen@arch.law</x:v>
+        <x:v>manasi.gokhale@arch.law </x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>03332423976</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str">
         <x:v>Arch Law Limited</x:v>
       </x:c>
       <x:c r="B27" t="str">
         <x:v>Huckletree Floor 2</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>8 Bishopsgate</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
         <x:v>EC2N 4BQ</x:v>
       </x:c>
       <x:c r="G27" t="str">
@@ -1519,27813 +1519,29451 @@
       </x:c>
       <x:c r="B38" t="str">
         <x:v>Arkwright House, Parsonage Gardens</x:v>
       </x:c>
       <x:c r="C38" t="str">
         <x:v/>
       </x:c>
       <x:c r="D38" t="str">
         <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
         <x:v>M3 2LF</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v>info@asserson.co.uk</x:v>
       </x:c>
       <x:c r="H38" t="str">
         <x:v>0207 173 1920</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str">
-        <x:v>Atlantic Solicitors Ltd</x:v>
+        <x:v>Aston Bond Law Limited</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>3 Wellington Street</x:v>
+        <x:v>Windsor Crown House</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v/>
+        <x:v>7 Windsor Road</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>London</x:v>
+        <x:v>Slough</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v/>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>SE18 6NY</x:v>
+        <x:v>SL1 2DX</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>deleo@atlanticsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>02088554111</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str">
         <x:v>Atlantic Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>Vision Co-Working Spaces, Saxon House, 27 Duke Street</x:v>
+        <x:v>3 Wellington Street</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v/>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>CM1 1HT</x:v>
+        <x:v>SE18 6NY</x:v>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>admin@atlanticsolicitors.com</x:v>
+        <x:v>deleo@atlanticsolicitors.com</x:v>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>01245697474</x:v>
+        <x:v>02088554111</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str">
-        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
+        <x:v>Atlantic Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>8 Scholes Lane</x:v>
+        <x:v>Vision Co-Working Spaces, Saxon House, 27 Duke Street</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>Prestwich</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>M25 0BA</x:v>
+        <x:v>CM1 1HT</x:v>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>joanne@isaacsonpartners.com</x:v>
+        <x:v>admin@atlanticsolicitors.com</x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>0161 959 5000</x:v>
+        <x:v>01245697474</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str">
-        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>60 Sunny Bank Road</x:v>
+        <x:v>Sun Buildings</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Unsworth</x:v>
+        <x:v>35-37 Princes Street</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>Bury,</x:v>
+        <x:v>Ipswich</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>Lancashire,</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>BL9 8HJ</x:v>
+        <x:v>IP1 1PU</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>philip@isaacsonpartners.com</x:v>
+        <x:v>laura.catania@attwells.com</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>01619 595050</x:v>
+        <x:v>01473 229200</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str">
-        <x:v>BA Williams Legal Limited</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>Unit 13, The Excel Building,</x:v>
+        <x:v>111 Baker Street</x:v>
       </x:c>
       <x:c r="C43" t="str">
         <x:v/>
       </x:c>
       <x:c r="D43" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>E8 4DT</x:v>
+        <x:v>W1U 6SG</x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>e.obaseki@bawilliamssolicitors.com</x:v>
+        <x:v>lisa.draper@attwells.com</x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>02045801170</x:v>
+        <x:v>02077229898</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str">
-        <x:v>Baker Ashley Limited</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>Unit 5, Melin Corrwg Business Parc</x:v>
+        <x:v>18 North Hill</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>Upper Boat</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>Pontypridd</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>Rhondda Cynon Taf</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>CF37 5BE</x:v>
+        <x:v>CO1 1DZ</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v/>
+        <x:v>laura.catania@attwells.com</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v/>
+        <x:v>01206 766 333</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str">
-        <x:v>BakerLaw LLP</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>Gostrey House, Union Road</x:v>
+        <x:v>Barton House, 84 Thoroughfare</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v/>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>Farnham</x:v>
+        <x:v>Woodbridge</x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>GU9 7PT</x:v>
+        <x:v>IP12 1AL</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>kevin.duffy@baker-law.co.uk</x:v>
+        <x:v>laura.catania@attwells.com</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>01252730760</x:v>
+        <x:v>01394 386336</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str">
-        <x:v>Band Hatton Button LLP</x:v>
+        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>Earlsdon Park, 53-55 Butts Road</x:v>
+        <x:v>8 Scholes Lane</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v/>
+        <x:v>Prestwich</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>CV1 3BH</x:v>
+        <x:v>M25 0BA</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>lmm@bandhattonbutton.com</x:v>
+        <x:v>joanne@isaacsonpartners.com</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>02476 632121</x:v>
+        <x:v>0161 959 5000</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str">
-        <x:v>Bannister Preston Solicitors LLP</x:v>
+        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>28-30 Washway Road</x:v>
+        <x:v>60 Sunny Bank Road</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v/>
+        <x:v>Unsworth</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>Sale</x:v>
+        <x:v>Bury,</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Lancashire,</x:v>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>M33 7QY</x:v>
+        <x:v>BL9 8HJ</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v/>
+        <x:v>philip@isaacsonpartners.com</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v/>
+        <x:v>01619 595050</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str">
-        <x:v>Bannister Preston Solicitors LLP</x:v>
+        <x:v>BA Williams Legal Limited</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>180 Liverpool Road</x:v>
+        <x:v>Unit 13, The Excel Building,</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Irlam</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>M44 6FE</x:v>
+        <x:v>E8 4DT</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v/>
+        <x:v>e.obaseki@bawilliamssolicitors.com</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>01617750444</x:v>
+        <x:v>02045801170</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>Backhouse Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>25 North Street</x:v>
+        <x:v>17 Duke Street</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Bedminster</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>BS3 1EN</x:v>
+        <x:v>CM1 1JU</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>G.Artess@barcankirby.co.uk</x:v>
+        <x:v>liz.searl@backhouse-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>0117 325 2929</x:v>
+        <x:v>01245 893400</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>Baker Ashley Limited</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>60 Gloucester Road</x:v>
+        <x:v>Unit 5, Melin Corrwg Business Parc</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Bishopston</x:v>
+        <x:v>Upper Boat</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Pontypridd</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v/>
+        <x:v>Rhondda Cynon Taf</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>BS7 8BH</x:v>
+        <x:v>CF37 5BE</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>g.artess@barcankirby.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>0117 3252929</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>BakerLaw LLP</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>Second Floor Prince House</x:v>
+        <x:v>Gostrey House, Union Road</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>43-51 Prince Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>BS1 4PS</x:v>
+        <x:v>GU9 7PT</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>G.Artess@barcankirby.co.uk</x:v>
+        <x:v>kevin.duffy@baker-law.co.uk</x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>0117 325 2929</x:v>
+        <x:v>01252730760</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>Band Hatton Button LLP</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>36 High Street</x:v>
+        <x:v>Earlsdon Park, 53-55 Butts Road</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>Thornbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>South Gloucestershire</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>BS35 2AJ</x:v>
+        <x:v>CV1 3BH</x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>G.Artess@barcankirby.co.uk</x:v>
+        <x:v>lmm@bandhattonbutton.com</x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>0117 325 2929</x:v>
+        <x:v>02476 632121</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str">
-        <x:v>Barcan+Kirby LLP</x:v>
+        <x:v>Bannister Preston Solicitors LLP</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>111-117 Regent Street</x:v>
+        <x:v>180 Liverpool Road</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>Kingswood</x:v>
+        <x:v>Irlam</x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>South Gloucestershire</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>BS15 8LJ</x:v>
+        <x:v>M44 6FE</x:v>
       </x:c>
       <x:c r="G53" t="str">
         <x:v/>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v/>
+        <x:v>01617750444</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str">
-        <x:v>Barnes &amp; Partners</x:v>
+        <x:v>Bannister Preston Solicitors LLP</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>30 Broadway Parade</x:v>
+        <x:v>28-30 Washway Road</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>Tottenham Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v/>
+        <x:v>Sale</x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>N8 9DB </x:v>
+        <x:v>M33 7QY</x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str">
-        <x:v>Barnes &amp; Partners</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90 Silver Street</x:v>
+        <x:v>25 North Street</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Bedminster</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>EN1 3EP</x:v>
+        <x:v>BS3 1EN</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>k.winterflood@barnesandpartners.com  </x:v>
+        <x:v>G.Artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>020 8370 2815</x:v>
+        <x:v>0117 325 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str">
-        <x:v>Barnes &amp; Partners</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>103 Crossbrook Street</x:v>
+        <x:v>60 Gloucester Road</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>Cheshunt</x:v>
+        <x:v>Bishopston</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>Waltham Cross</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>EN8 8LY</x:v>
+        <x:v>BS7 8BH</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>k.winterflood@barnesandpartners.com</x:v>
+        <x:v>g.artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v/>
+        <x:v>0117 3252929</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str">
-        <x:v>Barnes and Partners</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>5 West Square</x:v>
+        <x:v>Second Floor Prince House</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>The High</x:v>
+        <x:v>43-51 Prince Street</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>Harlow</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>CM20 1JJ</x:v>
+        <x:v>BS1 4PS</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>s.wright@barnesandpartners.com</x:v>
+        <x:v>G.Artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>01279418601</x:v>
+        <x:v>0117 325 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str">
-        <x:v>Barretts Law Limited</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>81 Rivington Street</x:v>
+        <x:v>36 High Street</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v/>
+        <x:v>Thornbury</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>London</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v/>
+        <x:v>South Gloucestershire</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>EC2A 3AY</x:v>
+        <x:v>BS35 2AJ</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>office@barrettslaw.co.uk</x:v>
+        <x:v>G.Artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>02036490550</x:v>
+        <x:v>0117 325 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str">
-        <x:v>Barretts Law Limited</x:v>
+        <x:v>Barcan+Kirby LLP</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>162 Queens Road</x:v>
+        <x:v>111-117 Regent Street</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>Buckhurst Hill</x:v>
+        <x:v>Kingswood</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v/>
+        <x:v>South Gloucestershire</x:v>
       </x:c>
       <x:c r="E59" t="str">
         <x:v/>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>IG9 5BD </x:v>
+        <x:v>BS15 8LJ</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v/>
       </x:c>
       <x:c r="H59" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes &amp; Partners</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>67-69 Fleet Road</x:v>
+        <x:v>30 Broadway Parade</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v/>
+        <x:v>Tottenham Lane</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>Fleet</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>GU51 3PJ</x:v>
+        <x:v>N8 9DB </x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v/>
       </x:c>
       <x:c r="H60" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes &amp; Partners</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>43 Essex Street</x:v>
+        <x:v>90 Silver Street</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v/>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>London</x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>WC2R 3JF</x:v>
+        <x:v>EN1 3EP</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>ikmacdonald@batessolicitors.co.uk</x:v>
+        <x:v>k.winterflood@barnesandpartners.com  </x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>0207 936 2930</x:v>
+        <x:v>020 8370 2815</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes &amp; Partners</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>111 Queens Road</x:v>
+        <x:v>103 Crossbrook Street</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v/>
+        <x:v>Cheshunt</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>Weybridge</x:v>
+        <x:v>Waltham Cross</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>KT13 9UW</x:v>
+        <x:v>EN8 8LY</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>weybridge@batessolicitors.co.uk</x:v>
+        <x:v>k.winterflood@barnesandpartners.com</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>01932 858833</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes and Partners</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>Philips House, Station Road</x:v>
+        <x:v>5 West Square</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v/>
+        <x:v>The High</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>Hook</x:v>
+        <x:v>Harlow</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>RG27 9HD</x:v>
+        <x:v>CM20 1JJ</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>hook@batessolicitors.co.uk</x:v>
+        <x:v>s.wright@barnesandpartners.com</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>01256 760074</x:v>
+        <x:v>01279418601</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barretts Law Limited</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>Suite 2, Fountains Mall, High Street</x:v>
+        <x:v>81 Rivington Street</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>Odiham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>Hook</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>RG29 1LP</x:v>
+        <x:v>EC2A 3AY</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>odiham@batessolicitors.co.uk</x:v>
+        <x:v>office@barrettslaw.co.uk</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>01256 709900</x:v>
+        <x:v>02036490550</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barretts Law Limited</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>First Floor, 1663 London Road</x:v>
+        <x:v>162 Queens Road</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v/>
+        <x:v>Buckhurst Hill</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>Leigh-On-Sea</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>SS9 2SH</x:v>
+        <x:v>IG9 5BD </x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>leigh@batessolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>01702 472222</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="str">
         <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>Sanctuary House, Barnwells Court</x:v>
+        <x:v>67-69 Fleet Road</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>Hartley Wintney</x:v>
+        <x:v>Fleet</x:v>
       </x:c>
       <x:c r="E66" t="str">
         <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>RG27 8AY</x:v>
+        <x:v>GU51 3PJ</x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>hw@batessolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>01252 844443</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="str">
         <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>8 Cross Street</x:v>
+        <x:v>43 Essex Street</x:v>
       </x:c>
       <x:c r="C67" t="str">
         <x:v/>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>Basingstoke</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E67" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>RG21 7DQ</x:v>
+        <x:v>WC2R 3JF</x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>basingstoke@batessolicitors.co.uk</x:v>
+        <x:v>ikmacdonald@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>01256 464311</x:v>
+        <x:v>0207 936 2930</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="str">
-        <x:v>BBS Law Ltd</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>The Edge</x:v>
+        <x:v>111 Queens Road</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>Clowes Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>Salford</x:v>
+        <x:v>Weybridge</x:v>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>M3 5NA</x:v>
+        <x:v>KT13 9UW</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v/>
+        <x:v>weybridge@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>01618322500</x:v>
+        <x:v>01932 858833</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="str">
-        <x:v>BBS Law Ltd</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>Winston House</x:v>
+        <x:v>Philips House, Station Road</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>2 Dollis Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>London</x:v>
+        <x:v>Hook</x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>N3 1HF</x:v>
+        <x:v>RG27 9HD</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v/>
+        <x:v>hook@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v/>
+        <x:v>01256 760074</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="str">
-        <x:v>BBS Law Ltd</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>80 Coleman Street</x:v>
+        <x:v>Suite 2, Fountains Mall, High Street</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v/>
+        <x:v>Odiham</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>London</x:v>
+        <x:v>Hook</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>EC2R 5BJ</x:v>
+        <x:v>RG29 1LP</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v/>
+        <x:v>odiham@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v/>
+        <x:v>01256 709900</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>Mill Bank House</x:v>
+        <x:v>First Floor, 1663 London Road</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>Northway</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>Runcorn</x:v>
+        <x:v>Leigh-On-Sea</x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>WA7 2SX</x:v>
+        <x:v>SS9 2SH</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v/>
+        <x:v>leigh@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v/>
+        <x:v>01702 472222</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>39 Walton Vale</x:v>
+        <x:v>Sanctuary House, Barnwells Court</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v/>
+        <x:v>High Street</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Hartley Wintney</x:v>
       </x:c>
       <x:c r="E72" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>L9 4ST</x:v>
+        <x:v>RG27 8AY</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v/>
+        <x:v>hw@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>03444 124348</x:v>
+        <x:v>01252 844443</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>7 Central Square</x:v>
+        <x:v>8 Cross Street</x:v>
       </x:c>
       <x:c r="C73" t="str">
         <x:v/>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>Maghull</x:v>
+        <x:v>Basingstoke</x:v>
       </x:c>
       <x:c r="E73" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>L31 0AE</x:v>
+        <x:v>RG21 7DQ</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>laura.cartwright@bljsolicitors.co.uk</x:v>
+        <x:v>basingstoke@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>03444124348</x:v>
+        <x:v>01256 464311</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>BBS Law Ltd</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>84 Sankey Street</x:v>
+        <x:v>The Edge</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v/>
+        <x:v>Clowes Street</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>Warrington</x:v>
+        <x:v>Salford</x:v>
       </x:c>
       <x:c r="E74" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>WA1 1SG</x:v>
+        <x:v>M3 5NA</x:v>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>contact@bljsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>03444 124348</x:v>
+        <x:v>01618322500</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>BBS Law Ltd</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>Suite 8, 405 Wigan Road</x:v>
+        <x:v>Winston House</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>Ashton-In-Makerfield</x:v>
+        <x:v>2 Dollis Park</x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E75" t="str">
-        <x:v>Wigan</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>WN4 0AR</x:v>
+        <x:v>N3 1HF</x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>contact@bljsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>03444124348</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="str">
-        <x:v>Berlad Graham LLP</x:v>
+        <x:v>BBS Law Ltd</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>First Floor Prosper House</x:v>
+        <x:v>80 Coleman Street</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>Regents Court</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>Guard Street</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E76" t="str">
-        <x:v>Workington</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>CA14 4EW</x:v>
+        <x:v>EC2R 5BJ</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>info@bglaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>03301 755 655</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="str">
-        <x:v>Berlad Graham LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>Boundary House </x:v>
+        <x:v>Mill Bank House</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>Cricket Field Road</x:v>
+        <x:v>Northway</x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v/>
+        <x:v>Runcorn</x:v>
       </x:c>
       <x:c r="E77" t="str">
-        <x:v>Uxbridge</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>UB8 1QG</x:v>
+        <x:v>WA7 2SX</x:v>
       </x:c>
       <x:c r="G77" t="str">
         <x:v/>
       </x:c>
       <x:c r="H77" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="str">
-        <x:v>Beyond Conveyancing Limited</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>4 Castle Street</x:v>
+        <x:v>39 Walton Vale</x:v>
       </x:c>
       <x:c r="C78" t="str">
         <x:v/>
       </x:c>
       <x:c r="D78" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E78" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>M3 4LZ</x:v>
+        <x:v>L9 4ST</x:v>
       </x:c>
       <x:c r="G78" t="str">
-        <x:v>cordelia.grassby@homepropertylaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H78" t="str">
-        <x:v>0333 4330 275</x:v>
+        <x:v>03444 124348</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="str">
-        <x:v>Bindmans LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>5 Castle Row</x:v>
+        <x:v>7 Central Square</x:v>
       </x:c>
       <x:c r="C79" t="str">
         <x:v/>
       </x:c>
       <x:c r="D79" t="str">
-        <x:v>Horticultural Place</x:v>
+        <x:v>Maghull</x:v>
       </x:c>
       <x:c r="E79" t="str">
-        <x:v>London</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>W4 4JQ</x:v>
+        <x:v>L31 0AE</x:v>
       </x:c>
       <x:c r="G79" t="str">
-        <x:v>jonathan.walsh@suttonmattocks.co.uk</x:v>
+        <x:v>laura.cartwright@bljsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>020 8994 7344</x:v>
+        <x:v>03444124348</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>1 London Wall</x:v>
+        <x:v>84 Sankey Street</x:v>
       </x:c>
       <x:c r="C80" t="str">
         <x:v/>
       </x:c>
       <x:c r="D80" t="str">
-        <x:v>London</x:v>
+        <x:v>Warrington</x:v>
       </x:c>
       <x:c r="E80" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>EC2Y 5EA</x:v>
+        <x:v>WA1 1SG</x:v>
       </x:c>
       <x:c r="G80" t="str">
-        <x:v>mail@birketts.co.uk</x:v>
+        <x:v>contact@bljsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>02035534888</x:v>
+        <x:v>03444 124348</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>One Suffolk Way</x:v>
+        <x:v>Suite 8, 405 Wigan Road</x:v>
       </x:c>
       <x:c r="C81" t="str">
-        <x:v/>
+        <x:v>Ashton-In-Makerfield</x:v>
       </x:c>
       <x:c r="D81" t="str">
-        <x:v>Sevenoaks</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E81" t="str">
-        <x:v/>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>TN13 1YL</x:v>
+        <x:v>WN4 0AR</x:v>
       </x:c>
       <x:c r="G81" t="str">
-        <x:v>mail@birketts.co.uk</x:v>
+        <x:v>contact@bljsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>02087687000</x:v>
+        <x:v>03444124348</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Berlad Graham LLP</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>E Q, 111 Victoria Street</x:v>
+        <x:v>First Floor Prosper House</x:v>
       </x:c>
       <x:c r="C82" t="str">
-        <x:v/>
+        <x:v>Regents Court</x:v>
       </x:c>
       <x:c r="D82" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Guard Street</x:v>
       </x:c>
       <x:c r="E82" t="str">
-        <x:v/>
+        <x:v>Workington</x:v>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>BS1 6AX</x:v>
+        <x:v>CA14 4EW</x:v>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v>mail@birketts.co.uk</x:v>
+        <x:v>info@bglaw.co.uk</x:v>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v>0117331700</x:v>
+        <x:v>03301 755 655</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Berlad Graham LLP</x:v>
       </x:c>
       <x:c r="B83" t="str">
-        <x:v>Kingfisher House</x:v>
+        <x:v>Boundary House </x:v>
       </x:c>
       <x:c r="C83" t="str">
-        <x:v>1 Gilders Way</x:v>
+        <x:v>Cricket Field Road</x:v>
       </x:c>
       <x:c r="D83" t="str">
-        <x:v>Norwich</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E83" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Uxbridge</x:v>
       </x:c>
       <x:c r="F83" t="str">
-        <x:v>NR3 1UB</x:v>
+        <x:v>UB8 1QG</x:v>
       </x:c>
       <x:c r="G83" t="str">
         <x:v/>
       </x:c>
       <x:c r="H83" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Beyond Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B84" t="str">
-        <x:v>22 Station Road</x:v>
+        <x:v>4 Castle Street</x:v>
       </x:c>
       <x:c r="C84" t="str">
         <x:v/>
       </x:c>
       <x:c r="D84" t="str">
-        <x:v>Cambridge</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E84" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F84" t="str">
-        <x:v>CB1 2JD</x:v>
+        <x:v>M3 4LZ</x:v>
       </x:c>
       <x:c r="G84" t="str">
-        <x:v>thomas-carley@birketts.co.uk</x:v>
+        <x:v>cordelia.grassby@homepropertylaw.co.uk</x:v>
       </x:c>
       <x:c r="H84" t="str">
-        <x:v/>
+        <x:v>0333 4330 275</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Bindmans LLP</x:v>
       </x:c>
       <x:c r="B85" t="str">
-        <x:v>141-145 Princes Street</x:v>
+        <x:v>5 Castle Row</x:v>
       </x:c>
       <x:c r="C85" t="str">
         <x:v/>
       </x:c>
       <x:c r="D85" t="str">
-        <x:v>Ipswich</x:v>
+        <x:v>Horticultural Place</x:v>
       </x:c>
       <x:c r="E85" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F85" t="str">
-        <x:v>IP1 1QJ</x:v>
+        <x:v>W4 4JQ</x:v>
       </x:c>
       <x:c r="G85" t="str">
-        <x:v>fiona-wellstead@birketts.co.uk</x:v>
+        <x:v>jonathan.walsh@suttonmattocks.co.uk</x:v>
       </x:c>
       <x:c r="H85" t="str">
-        <x:v>01473 232300</x:v>
+        <x:v>020 8994 7344</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="str">
         <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B86" t="str">
-        <x:v>Brierly Place,</x:v>
+        <x:v>1 London Wall</x:v>
       </x:c>
       <x:c r="C86" t="str">
-        <x:v>160-162 New London Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D86" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E86" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F86" t="str">
-        <x:v>CM2 0AP</x:v>
+        <x:v>EC2Y 5EA</x:v>
       </x:c>
       <x:c r="G86" t="str">
-        <x:v>thomas-carley@birketts.co.uk</x:v>
+        <x:v>mail@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H86" t="str">
-        <x:v>01245 211211</x:v>
+        <x:v>02035534888</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B87" t="str">
-        <x:v>143 High Street</x:v>
+        <x:v>One Suffolk Way</x:v>
       </x:c>
       <x:c r="C87" t="str">
         <x:v/>
       </x:c>
       <x:c r="D87" t="str">
-        <x:v>Newport</x:v>
+        <x:v>Sevenoaks</x:v>
       </x:c>
       <x:c r="E87" t="str">
-        <x:v>Isle of Wight</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F87" t="str">
-        <x:v>PO30 1TY</x:v>
+        <x:v>TN13 1YL</x:v>
       </x:c>
       <x:c r="G87" t="str">
-        <x:v/>
+        <x:v>mail@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H87" t="str">
-        <x:v/>
+        <x:v>02087687000</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B88" t="str">
-        <x:v>2 Port Way</x:v>
+        <x:v>E Q, 111 Victoria Street</x:v>
       </x:c>
       <x:c r="C88" t="str">
-        <x:v>Port Solent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D88" t="str">
-        <x:v>Portsmouth</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E88" t="str">
         <x:v/>
       </x:c>
       <x:c r="F88" t="str">
-        <x:v>PO6 4TY</x:v>
+        <x:v>BS1 6AX</x:v>
       </x:c>
       <x:c r="G88" t="str">
-        <x:v/>
+        <x:v>mail@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H88" t="str">
-        <x:v/>
+        <x:v>0117331700</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B89" t="str">
-        <x:v>15 Somerset House, Hussar Court</x:v>
+        <x:v>Kingfisher House</x:v>
       </x:c>
       <x:c r="C89" t="str">
-        <x:v>Westside View</x:v>
+        <x:v>1 Gilders Way</x:v>
       </x:c>
       <x:c r="D89" t="str">
-        <x:v>Waterlooville</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E89" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F89" t="str">
-        <x:v>PO7 7SG</x:v>
+        <x:v>NR3 1UB</x:v>
       </x:c>
       <x:c r="G89" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H89" t="str">
-        <x:v>02392 251257</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B90" t="str">
-        <x:v>Antrobus House, College Street</x:v>
+        <x:v>22 Station Road</x:v>
       </x:c>
       <x:c r="C90" t="str">
         <x:v/>
       </x:c>
       <x:c r="D90" t="str">
-        <x:v>Petersfield</x:v>
+        <x:v>Cambridge</x:v>
       </x:c>
       <x:c r="E90" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F90" t="str">
-        <x:v>GU31 4AD</x:v>
+        <x:v>CB1 2JD</x:v>
       </x:c>
       <x:c r="G90" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v>thomas-carley@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H90" t="str">
-        <x:v>023 9266 0261</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B91" t="str">
-        <x:v>67 Union Street</x:v>
+        <x:v>141-145 Princes Street</x:v>
       </x:c>
       <x:c r="C91" t="str">
         <x:v/>
       </x:c>
       <x:c r="D91" t="str">
-        <x:v>Ryde</x:v>
+        <x:v>Ipswich</x:v>
       </x:c>
       <x:c r="E91" t="str">
-        <x:v>Isle of Wight</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F91" t="str">
-        <x:v>PO33 2LN</x:v>
+        <x:v>IP1 1QJ</x:v>
       </x:c>
       <x:c r="G91" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v>fiona-wellstead@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H91" t="str">
-        <x:v>01983 615615</x:v>
+        <x:v>01473 232300</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B92" t="str">
-        <x:v>14 East Street</x:v>
+        <x:v>Brierly Place,</x:v>
       </x:c>
       <x:c r="C92" t="str">
-        <x:v/>
+        <x:v>160-162 New London Road</x:v>
       </x:c>
       <x:c r="D92" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E92" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>PO16 0BN</x:v>
+        <x:v>CM2 0AP</x:v>
       </x:c>
       <x:c r="G92" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v>thomas-carley@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H92" t="str">
-        <x:v>01329 232112</x:v>
+        <x:v>01245 211211</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str">
         <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B93" t="str">
-        <x:v>60 Barbados Road</x:v>
+        <x:v>143 High Street</x:v>
       </x:c>
       <x:c r="C93" t="str">
         <x:v/>
       </x:c>
       <x:c r="D93" t="str">
-        <x:v>Bordon</x:v>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="E93" t="str">
-        <x:v/>
+        <x:v>Isle of Wight</x:v>
       </x:c>
       <x:c r="F93" t="str">
-        <x:v>GU35 0FX</x:v>
+        <x:v>PO30 1TY</x:v>
       </x:c>
       <x:c r="G93" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H93" t="str">
-        <x:v>01420550543</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str">
-        <x:v>Bishopsgate Law Ltd</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B94" t="str">
-        <x:v>99 Bishopsgate</x:v>
+        <x:v>2 Port Way</x:v>
       </x:c>
       <x:c r="C94" t="str">
-        <x:v/>
+        <x:v>Port Solent</x:v>
       </x:c>
       <x:c r="D94" t="str">
-        <x:v>London</x:v>
+        <x:v>Portsmouth</x:v>
       </x:c>
       <x:c r="E94" t="str">
         <x:v/>
       </x:c>
       <x:c r="F94" t="str">
-        <x:v>EC2M 3XD</x:v>
+        <x:v>PO6 4TY</x:v>
       </x:c>
       <x:c r="G94" t="str">
         <x:v/>
       </x:c>
       <x:c r="H94" t="str">
-        <x:v>02032061360</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str">
-        <x:v>Bishopsgate Law Ltd</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B95" t="str">
-        <x:v>4 Waterside Way</x:v>
+        <x:v>15 Somerset House, Hussar Court</x:v>
       </x:c>
       <x:c r="C95" t="str">
-        <x:v/>
+        <x:v>Westside View</x:v>
       </x:c>
       <x:c r="D95" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Waterlooville</x:v>
       </x:c>
       <x:c r="E95" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F95" t="str">
-        <x:v>NN4 7XD</x:v>
+        <x:v>PO7 7SG</x:v>
       </x:c>
       <x:c r="G95" t="str">
-        <x:v/>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H95" t="str">
-        <x:v/>
+        <x:v>02392 251257</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str">
-        <x:v>Bishopsgate Law Ltd </x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B96" t="str">
-        <x:v>Fifth Floor</x:v>
+        <x:v>Antrobus House, College Street</x:v>
       </x:c>
       <x:c r="C96" t="str">
-        <x:v>Maple House</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D96" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Petersfield</x:v>
       </x:c>
       <x:c r="E96" t="str">
         <x:v/>
       </x:c>
       <x:c r="F96" t="str">
-        <x:v>EN6 5BS</x:v>
+        <x:v>GU31 4AD</x:v>
       </x:c>
       <x:c r="G96" t="str">
-        <x:v/>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H96" t="str">
-        <x:v/>
+        <x:v>023 9266 0261</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str">
-        <x:v>Black Norman Solicitors Limited</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B97" t="str">
-        <x:v>67-71 Coronation Road</x:v>
+        <x:v>67 Union Street</x:v>
       </x:c>
       <x:c r="C97" t="str">
-        <x:v>Crosby</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D97" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Ryde</x:v>
       </x:c>
       <x:c r="E97" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Isle of Wight</x:v>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>L23 5RE</x:v>
+        <x:v>PO33 2LN</x:v>
       </x:c>
       <x:c r="G97" t="str">
-        <x:v>MariaBakerSmith@BlackNorman.Com</x:v>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H97" t="str">
-        <x:v>0151 931 2777</x:v>
+        <x:v>01983 615615</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str">
-        <x:v>Blacks Solicitors LLP</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B98" t="str">
-        <x:v>City Point,</x:v>
+        <x:v>14 East Street</x:v>
       </x:c>
       <x:c r="C98" t="str">
-        <x:v> 29 King Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D98" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E98" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>LS1 2HL</x:v>
+        <x:v>PO16 0BN</x:v>
       </x:c>
       <x:c r="G98" t="str">
-        <x:v>Hello@LawBlacks.com</x:v>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H98" t="str">
-        <x:v/>
+        <x:v>01329 232112</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str">
-        <x:v>Blakewater Solicitors Limited</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>33 Manor Row</x:v>
+        <x:v>60 Barbados Road</x:v>
       </x:c>
       <x:c r="C99" t="str">
         <x:v/>
       </x:c>
       <x:c r="D99" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Bordon</x:v>
       </x:c>
       <x:c r="E99" t="str">
         <x:v/>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>BD1 4PS</x:v>
+        <x:v>GU35 0FX</x:v>
       </x:c>
       <x:c r="G99" t="str">
-        <x:v>info@blakewatercertus.com</x:v>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H99" t="str">
-        <x:v>01274 722199</x:v>
+        <x:v>01420550543</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str">
-        <x:v>Blakewater Solicitors Ltd</x:v>
+        <x:v>Bishopsgate Law Ltd</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>3 Richmond Terrace</x:v>
+        <x:v>99 Bishopsgate</x:v>
       </x:c>
       <x:c r="C100" t="str">
         <x:v/>
       </x:c>
       <x:c r="D100" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E100" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>BB1 7AT</x:v>
+        <x:v>EC2M 3XD</x:v>
       </x:c>
       <x:c r="G100" t="str">
         <x:v/>
       </x:c>
       <x:c r="H100" t="str">
-        <x:v>01254261515</x:v>
+        <x:v>02032061360</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str">
-        <x:v>Bond Adams LLP</x:v>
+        <x:v>Bishopsgate Law Ltd</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>Richmond House</x:v>
+        <x:v>4 Waterside Way</x:v>
       </x:c>
       <x:c r="C101" t="str">
-        <x:v>94 London Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D101" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E101" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>LE2 0QS</x:v>
+        <x:v>NN4 7XD</x:v>
       </x:c>
       <x:c r="G101" t="str">
-        <x:v>rafique.patel@bondadams.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H101" t="str">
-        <x:v>0116 285 8080</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str">
-        <x:v>Bond Adams LLP</x:v>
+        <x:v>Bishopsgate Law Ltd </x:v>
       </x:c>
       <x:c r="B102" t="str">
-        <x:v>220 Uppingham Road</x:v>
+        <x:v>Fifth Floor</x:v>
       </x:c>
       <x:c r="C102" t="str">
-        <x:v>North Evington</x:v>
+        <x:v>Maple House</x:v>
       </x:c>
       <x:c r="D102" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="E102" t="str">
         <x:v/>
       </x:c>
       <x:c r="F102" t="str">
-        <x:v>LE5 0QG</x:v>
+        <x:v>EN6 5BS</x:v>
       </x:c>
       <x:c r="G102" t="str">
-        <x:v>lawyers@bondadams.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H102" t="str">
-        <x:v>0116 276 8000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str">
-        <x:v>Borlase &amp; Co (Cornwall) LLP</x:v>
+        <x:v>Black Norman Solicitors Limited</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>13 Coinagehall Street</x:v>
+        <x:v>67-71 Coronation Road</x:v>
       </x:c>
       <x:c r="C103" t="str">
-        <x:v/>
+        <x:v>Crosby</x:v>
       </x:c>
       <x:c r="D103" t="str">
-        <x:v>Helston</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E103" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F103" t="str">
-        <x:v>TR13 8ER</x:v>
+        <x:v>L23 5RE</x:v>
       </x:c>
       <x:c r="G103" t="str">
-        <x:v>enquiries@borlase-co.co.uk</x:v>
+        <x:v>MariaBakerSmith@BlackNorman.Com</x:v>
       </x:c>
       <x:c r="H103" t="str">
-        <x:v>01326 574988</x:v>
+        <x:v>0151 931 2777</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str">
-        <x:v>Boulter &amp; Co LLP</x:v>
+        <x:v>Blacks Solicitors LLP</x:v>
       </x:c>
       <x:c r="B104" t="str">
-        <x:v>Suite 6 2nd Floor, 313-314 Upper Street</x:v>
+        <x:v>City Point,</x:v>
       </x:c>
       <x:c r="C104" t="str">
-        <x:v/>
+        <x:v> 29 King Street</x:v>
       </x:c>
       <x:c r="D104" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E104" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>N1 2XQ</x:v>
+        <x:v>LS1 2HL</x:v>
       </x:c>
       <x:c r="G104" t="str">
-        <x:v>N1office@boulterandco.com</x:v>
+        <x:v>Hello@LawBlacks.com</x:v>
       </x:c>
       <x:c r="H104" t="str">
-        <x:v>02083400222</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str">
-        <x:v>Boulter and Co LLP</x:v>
+        <x:v>Blakewater Solicitors Limited</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>First Floor,</x:v>
+        <x:v>33 Manor Row</x:v>
       </x:c>
       <x:c r="C105" t="str">
-        <x:v>11-19 Park Road,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D105" t="str">
-        <x:v>London,</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E105" t="str">
         <x:v/>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>N8 8TE</x:v>
+        <x:v>BD1 4PS</x:v>
       </x:c>
       <x:c r="G105" t="str">
-        <x:v>a.achilleos@boulterandco.com</x:v>
+        <x:v>info@blakewatercertus.com</x:v>
       </x:c>
       <x:c r="H105" t="str">
-        <x:v>020 8366 6411</x:v>
+        <x:v>01274 722199</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Blakewater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B106" t="str">
-        <x:v>Monument House</x:v>
+        <x:v>3 Richmond Terrace</x:v>
       </x:c>
       <x:c r="C106" t="str">
-        <x:v>31-34 South Bar Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D106" t="str">
-        <x:v>Banbury</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E106" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F106" t="str">
-        <x:v>OX16 9AE</x:v>
+        <x:v>BB1 7AT</x:v>
       </x:c>
       <x:c r="G106" t="str">
-        <x:v>banbury@bowerandbailey.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H106" t="str">
-        <x:v>01295 265 566</x:v>
+        <x:v>01254261515</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Bond Adams LLP</x:v>
       </x:c>
       <x:c r="B107" t="str">
-        <x:v>Cambridge House</x:v>
+        <x:v>Richmond House</x:v>
       </x:c>
       <x:c r="C107" t="str">
-        <x:v>4 College Court</x:v>
+        <x:v>94 London Road</x:v>
       </x:c>
       <x:c r="D107" t="str">
-        <x:v>Swindon</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E107" t="str">
-        <x:v/>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F107" t="str">
-        <x:v>SN1 1PJ</x:v>
+        <x:v>LE2 0QS</x:v>
       </x:c>
       <x:c r="G107" t="str">
-        <x:v/>
+        <x:v>rafique.patel@bondadams.com</x:v>
       </x:c>
       <x:c r="H107" t="str">
-        <x:v/>
+        <x:v>0116 285 8080</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Bond Adams LLP</x:v>
       </x:c>
       <x:c r="B108" t="str">
-        <x:v>Willow House</x:v>
+        <x:v>220 Uppingham Road</x:v>
       </x:c>
       <x:c r="C108" t="str">
-        <x:v>2 Heynes Place, Station Lane</x:v>
+        <x:v>North Evington</x:v>
       </x:c>
       <x:c r="D108" t="str">
-        <x:v>Witney</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E108" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F108" t="str">
-        <x:v>OX28 4YN</x:v>
+        <x:v>LE5 0QG</x:v>
       </x:c>
       <x:c r="G108" t="str">
-        <x:v>banbury@bowerandbailey.co.uk</x:v>
+        <x:v>lawyers@bondadams.com</x:v>
       </x:c>
       <x:c r="H108" t="str">
-        <x:v>01993 705 095</x:v>
+        <x:v>0116 276 8000</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Borlase &amp; Co (Cornwall) LLP</x:v>
       </x:c>
       <x:c r="B109" t="str">
-        <x:v>Anchor House, 269 Banbury Road</x:v>
+        <x:v>13 Coinagehall Street</x:v>
       </x:c>
       <x:c r="C109" t="str">
         <x:v/>
       </x:c>
       <x:c r="D109" t="str">
-        <x:v>Oxford</x:v>
+        <x:v>Helston</x:v>
       </x:c>
       <x:c r="E109" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F109" t="str">
-        <x:v>OX2 7JF</x:v>
+        <x:v>TR13 8ER</x:v>
       </x:c>
       <x:c r="G109" t="str">
-        <x:v/>
+        <x:v>enquiries@borlase-co.co.uk</x:v>
       </x:c>
       <x:c r="H109" t="str">
-        <x:v>01865 311133</x:v>
+        <x:v>01326 574988</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Boulter &amp; Co LLP</x:v>
       </x:c>
       <x:c r="B110" t="str">
-        <x:v>India House</x:v>
+        <x:v>Suite 6 2nd Floor, 313-314 Upper Street</x:v>
       </x:c>
       <x:c r="C110" t="str">
-        <x:v>11-13 Hawley Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D110" t="str">
-        <x:v>Margate</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E110" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F110" t="str">
-        <x:v>CT9 1PZ</x:v>
+        <x:v>N1 2XQ</x:v>
       </x:c>
       <x:c r="G110" t="str">
-        <x:v>margate@boysandmaughan.co.uk</x:v>
+        <x:v>N1office@boulterandco.com</x:v>
       </x:c>
       <x:c r="H110" t="str">
-        <x:v>01843 234 000</x:v>
+        <x:v>02083400222</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Boulter and Co LLP</x:v>
       </x:c>
       <x:c r="B111" t="str">
-        <x:v>32 St Georges Place</x:v>
+        <x:v>First Floor,</x:v>
       </x:c>
       <x:c r="C111" t="str">
-        <x:v/>
+        <x:v>11-19 Park Road,</x:v>
       </x:c>
       <x:c r="D111" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>London,</x:v>
       </x:c>
       <x:c r="E111" t="str">
         <x:v/>
       </x:c>
       <x:c r="F111" t="str">
-        <x:v>CT1 1UT</x:v>
+        <x:v>N8 8TE</x:v>
       </x:c>
       <x:c r="G111" t="str">
-        <x:v/>
+        <x:v>a.achilleos@boulterandco.com</x:v>
       </x:c>
       <x:c r="H111" t="str">
-        <x:v/>
+        <x:v>020 8366 6411</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B112" t="str">
-        <x:v>57 Queen Street</x:v>
+        <x:v>Cambridge House</x:v>
       </x:c>
       <x:c r="C112" t="str">
-        <x:v/>
+        <x:v>4 College Court</x:v>
       </x:c>
       <x:c r="D112" t="str">
-        <x:v>Ramsgate</x:v>
+        <x:v>Swindon</x:v>
       </x:c>
       <x:c r="E112" t="str">
         <x:v/>
       </x:c>
       <x:c r="F112" t="str">
-        <x:v>CT11 9EJ</x:v>
+        <x:v>SN1 1PJ</x:v>
       </x:c>
       <x:c r="G112" t="str">
-        <x:v>ramsgate@boysandmaughan.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H112" t="str">
-        <x:v>01843 595990</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B113" t="str">
-        <x:v>99 High Street</x:v>
+        <x:v>Monument House</x:v>
       </x:c>
       <x:c r="C113" t="str">
-        <x:v/>
+        <x:v>31-34 South Bar Street</x:v>
       </x:c>
       <x:c r="D113" t="str">
-        <x:v>Broadstairs</x:v>
+        <x:v>Banbury</x:v>
       </x:c>
       <x:c r="E113" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F113" t="str">
-        <x:v>CT10 1NQ</x:v>
+        <x:v>OX16 9AE</x:v>
       </x:c>
       <x:c r="G113" t="str">
-        <x:v>broadstairs@boysandmaughan.co.uk</x:v>
+        <x:v>banbury@bowerandbailey.co.uk</x:v>
       </x:c>
       <x:c r="H113" t="str">
-        <x:v>01843 868861</x:v>
+        <x:v>01295 265 566</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B114" t="str">
-        <x:v>83 Station Road</x:v>
+        <x:v>Willow House</x:v>
       </x:c>
       <x:c r="C114" t="str">
-        <x:v/>
+        <x:v>2 Heynes Place, Station Lane</x:v>
       </x:c>
       <x:c r="D114" t="str">
-        <x:v>Birchington</x:v>
+        <x:v>Witney</x:v>
       </x:c>
       <x:c r="E114" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F114" t="str">
-        <x:v>CT7 9RB</x:v>
+        <x:v>OX28 4YN</x:v>
       </x:c>
       <x:c r="G114" t="str">
-        <x:v>birchington@boysandmaughan.co.uk</x:v>
+        <x:v>banbury@bowerandbailey.co.uk</x:v>
       </x:c>
       <x:c r="H114" t="str">
-        <x:v>01843 842356</x:v>
+        <x:v>01993 705 095</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B115" t="str">
-        <x:v>2 Castle Street</x:v>
+        <x:v>Anchor House, 269 Banbury Road</x:v>
       </x:c>
       <x:c r="C115" t="str">
         <x:v/>
       </x:c>
       <x:c r="D115" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>Oxford</x:v>
       </x:c>
       <x:c r="E115" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F115" t="str">
-        <x:v>CT1 2QH</x:v>
+        <x:v>OX2 7JF</x:v>
       </x:c>
       <x:c r="G115" t="str">
-        <x:v>canterburycs@boysandmaughan.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H115" t="str">
-        <x:v>01227 813400</x:v>
+        <x:v>01865 311133</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B116" t="str">
-        <x:v>4 6 &amp; 6a Cheapside</x:v>
+        <x:v>India House</x:v>
       </x:c>
       <x:c r="C116" t="str">
-        <x:v/>
+        <x:v>11-13 Hawley Street</x:v>
       </x:c>
       <x:c r="D116" t="str">
-        <x:v>Cleckheaton</x:v>
+        <x:v>Margate</x:v>
       </x:c>
       <x:c r="E116" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F116" t="str">
-        <x:v>BD19 5AF</x:v>
+        <x:v>CT9 1PZ</x:v>
       </x:c>
       <x:c r="G116" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v>margate@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H116" t="str">
-        <x:v>01274 864002</x:v>
+        <x:v>01843 234 000</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B117" t="str">
-        <x:v>10 Market Place</x:v>
+        <x:v>32 St Georges Place</x:v>
       </x:c>
       <x:c r="C117" t="str">
         <x:v/>
       </x:c>
       <x:c r="D117" t="str">
-        <x:v>Birstall</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E117" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F117" t="str">
-        <x:v>WF17 9EL</x:v>
+        <x:v>CT1 1UT</x:v>
       </x:c>
       <x:c r="G117" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H117" t="str">
-        <x:v>01924 443900</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B118" t="str">
-        <x:v>62b Queen Street</x:v>
+        <x:v>57 Queen Street</x:v>
       </x:c>
       <x:c r="C118" t="str">
-        <x:v>Morley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D118" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Ramsgate</x:v>
       </x:c>
       <x:c r="E118" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F118" t="str">
-        <x:v>LS27 9BP</x:v>
+        <x:v>CT11 9EJ</x:v>
       </x:c>
       <x:c r="G118" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v>ramsgate@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H118" t="str">
-        <x:v>0113 467 3430</x:v>
+        <x:v>01843 595990</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B119" t="str">
-        <x:v>30 Park Square West</x:v>
+        <x:v>99 High Street</x:v>
       </x:c>
       <x:c r="C119" t="str">
         <x:v/>
       </x:c>
       <x:c r="D119" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Broadstairs</x:v>
       </x:c>
       <x:c r="E119" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F119" t="str">
-        <x:v>LS1 2PF</x:v>
+        <x:v>CT10 1NQ</x:v>
       </x:c>
       <x:c r="G119" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v>broadstairs@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H119" t="str">
-        <x:v>0113 487 4020</x:v>
+        <x:v>01843 868861</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B120" t="str">
-        <x:v>1 Brunswick Street</x:v>
+        <x:v>83 Station Road</x:v>
       </x:c>
       <x:c r="C120" t="str">
         <x:v/>
       </x:c>
       <x:c r="D120" t="str">
-        <x:v>Batley</x:v>
+        <x:v>Birchington</x:v>
       </x:c>
       <x:c r="E120" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F120" t="str">
-        <x:v>WF17 5DT</x:v>
+        <x:v>CT7 9RB</x:v>
       </x:c>
       <x:c r="G120" t="str">
-        <x:v>martinoliver@brealeyssolicitors.com</x:v>
+        <x:v>birchington@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H120" t="str">
-        <x:v>01924 473065</x:v>
+        <x:v>01843 842356</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B121" t="str">
-        <x:v>12 King Street</x:v>
+        <x:v>2 Castle Street</x:v>
       </x:c>
       <x:c r="C121" t="str">
         <x:v/>
       </x:c>
       <x:c r="D121" t="str">
-        <x:v>Brighouse</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E121" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F121" t="str">
-        <x:v>HD6 1NX</x:v>
+        <x:v>CT1 2QH</x:v>
       </x:c>
       <x:c r="G121" t="str">
-        <x:v/>
+        <x:v>canterburycs@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H121" t="str">
-        <x:v/>
+        <x:v>01227 813400</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" t="str">
-        <x:v>Breens Solicitors Limited</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B122" t="str">
-        <x:v>30 Hoghton Street</x:v>
+        <x:v>4 6 &amp; 6a Cheapside</x:v>
       </x:c>
       <x:c r="C122" t="str">
         <x:v/>
       </x:c>
       <x:c r="D122" t="str">
-        <x:v>Southport</x:v>
+        <x:v>Cleckheaton</x:v>
       </x:c>
       <x:c r="E122" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F122" t="str">
-        <x:v>PR9 0PA</x:v>
+        <x:v>BD19 5AF</x:v>
       </x:c>
       <x:c r="G122" t="str">
-        <x:v>c.bragg@breensonline.co.uk</x:v>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H122" t="str">
-        <x:v>01704532890</x:v>
+        <x:v>01274 864002</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" t="str">
-        <x:v>Breens Solicitors Ltd</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B123" t="str">
-        <x:v>34 Crosby Road North</x:v>
+        <x:v>10 Market Place</x:v>
       </x:c>
       <x:c r="C123" t="str">
         <x:v/>
       </x:c>
       <x:c r="D123" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Birstall</x:v>
       </x:c>
       <x:c r="E123" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F123" t="str">
-        <x:v>L22 4QG</x:v>
+        <x:v>WF17 9EL</x:v>
       </x:c>
       <x:c r="G123" t="str">
-        <x:v/>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H123" t="str">
-        <x:v/>
+        <x:v>01924 443900</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B124" t="str">
-        <x:v>Franklins House</x:v>
+        <x:v>62b Queen Street</x:v>
       </x:c>
       <x:c r="C124" t="str">
-        <x:v>Manorsfield Road</x:v>
+        <x:v>Morley</x:v>
       </x:c>
       <x:c r="D124" t="str">
-        <x:v>Bicester</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E124" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F124" t="str">
-        <x:v>OX26 6EX</x:v>
+        <x:v>LS27 9BP</x:v>
       </x:c>
       <x:c r="G124" t="str">
-        <x:v/>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H124" t="str">
-        <x:v/>
+        <x:v>0113 467 3430</x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B125" t="str">
-        <x:v>Montague House, 2 Clifton Road</x:v>
+        <x:v>30 Park Square West</x:v>
       </x:c>
       <x:c r="C125" t="str">
         <x:v/>
       </x:c>
       <x:c r="D125" t="str">
-        <x:v>Rugby</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E125" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F125" t="str">
-        <x:v>CV21 3PX</x:v>
+        <x:v>LS1 2PF</x:v>
       </x:c>
       <x:c r="G125" t="str">
-        <x:v>johnshackleton@brethertons.co.uk</x:v>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H125" t="str">
-        <x:v>01788 579579</x:v>
+        <x:v>0113 487 4020</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B126" t="str">
-        <x:v>Bloxham Mill, Barford Road</x:v>
+        <x:v>1 Brunswick Street</x:v>
       </x:c>
       <x:c r="C126" t="str">
-        <x:v>Bloxham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D126" t="str">
-        <x:v>Banbury</x:v>
+        <x:v>Batley</x:v>
       </x:c>
       <x:c r="E126" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F126" t="str">
-        <x:v>OX15 4FF</x:v>
+        <x:v>WF17 5DT</x:v>
       </x:c>
       <x:c r="G126" t="str">
-        <x:v>info@brethertons.co.uk</x:v>
+        <x:v>martinoliver@brealeyssolicitors.com</x:v>
       </x:c>
       <x:c r="H126" t="str">
-        <x:v>01295 270999</x:v>
+        <x:v>01924 473065</x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B127" t="str">
-        <x:v>The Limes, Bayshill Road</x:v>
+        <x:v>12 King Street</x:v>
       </x:c>
       <x:c r="C127" t="str">
         <x:v/>
       </x:c>
       <x:c r="D127" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Brighouse</x:v>
       </x:c>
       <x:c r="E127" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F127" t="str">
-        <x:v>GL50 3AW</x:v>
+        <x:v>HD6 1NX</x:v>
       </x:c>
       <x:c r="G127" t="str">
-        <x:v>conveyancing@brethertons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H127" t="str">
-        <x:v>01242472747</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" t="str">
-        <x:v>Brewer Wallace Limited</x:v>
+        <x:v>Breens Solicitors Limited</x:v>
       </x:c>
       <x:c r="B128" t="str">
-        <x:v>2 Parliament Street</x:v>
+        <x:v>30 Hoghton Street</x:v>
       </x:c>
       <x:c r="C128" t="str">
         <x:v/>
       </x:c>
       <x:c r="D128" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="E128" t="str">
-        <x:v>East Riding of Yorkshire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F128" t="str">
-        <x:v>HU1 2AP</x:v>
+        <x:v>PR9 0PA</x:v>
       </x:c>
       <x:c r="G128" t="str">
-        <x:v/>
+        <x:v>c.bragg@breensonline.co.uk</x:v>
       </x:c>
       <x:c r="H128" t="str">
-        <x:v/>
+        <x:v>01704532890</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" t="str">
-        <x:v>Brewer Wallace Limited</x:v>
+        <x:v>Breens Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B129" t="str">
-        <x:v>Shackles Chambers</x:v>
+        <x:v>34 Crosby Road North</x:v>
       </x:c>
       <x:c r="C129" t="str">
-        <x:v>7 Land of Green Ginger</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D129" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E129" t="str">
-        <x:v>North Humberside</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F129" t="str">
-        <x:v>HU1 2ED</x:v>
+        <x:v>L22 4QG</x:v>
       </x:c>
       <x:c r="G129" t="str">
-        <x:v>info@brewerwallace.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H129" t="str">
-        <x:v>01482 22 11 30</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="str">
-        <x:v>Brewer Wallace Ltd</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B130" t="str">
-        <x:v>10 Southgate Court</x:v>
+        <x:v>Franklins House</x:v>
       </x:c>
       <x:c r="C130" t="str">
-        <x:v>Southgate</x:v>
+        <x:v>Manorsfield Road</x:v>
       </x:c>
       <x:c r="D130" t="str">
-        <x:v>Hornsea</x:v>
+        <x:v>Bicester</x:v>
       </x:c>
       <x:c r="E130" t="str">
-        <x:v>North Humberside</x:v>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F130" t="str">
-        <x:v>HU18 1RP</x:v>
+        <x:v>OX26 6EX</x:v>
       </x:c>
       <x:c r="G130" t="str">
-        <x:v>info@brewerwallace.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H130" t="str">
-        <x:v>01964 537856</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="str">
-        <x:v>Bridge Mcfarland LLP</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B131" t="str">
-        <x:v>19 South St.</x:v>
+        <x:v>Montague House, 2 Clifton Road</x:v>
       </x:c>
       <x:c r="C131" t="str">
-        <x:v>Marys Gate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D131" t="str">
-        <x:v>Grimsby</x:v>
+        <x:v>Rugby</x:v>
       </x:c>
       <x:c r="E131" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F131" t="str">
-        <x:v>DN31 1JE</x:v>
+        <x:v>CV21 3PX</x:v>
       </x:c>
       <x:c r="G131" t="str">
-        <x:v/>
+        <x:v>johnshackleton@brethertons.co.uk</x:v>
       </x:c>
       <x:c r="H131" t="str">
-        <x:v/>
+        <x:v>01788 579579</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="str">
-        <x:v>Bridge Mcfarland LLP</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B132" t="str">
-        <x:v>9 Cornmarket</x:v>
+        <x:v>Bloxham Mill, Barford Road</x:v>
       </x:c>
       <x:c r="C132" t="str">
-        <x:v/>
+        <x:v>Bloxham</x:v>
       </x:c>
       <x:c r="D132" t="str">
-        <x:v>Louth </x:v>
+        <x:v>Banbury</x:v>
       </x:c>
       <x:c r="E132" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F132" t="str">
-        <x:v>LN11 9PY</x:v>
+        <x:v>OX15 4FF</x:v>
       </x:c>
       <x:c r="G132" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v>info@brethertons.co.uk</x:v>
       </x:c>
       <x:c r="H132" t="str">
-        <x:v>07966 247836</x:v>
+        <x:v>01295 270999</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" t="str">
-        <x:v>Bridge Mcfarland LLP</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B133" t="str">
-        <x:v>Sibthorp House</x:v>
+        <x:v>The Limes, Bayshill Road</x:v>
       </x:c>
       <x:c r="C133" t="str">
-        <x:v>351-355 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D133" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E133" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F133" t="str">
-        <x:v>LN5 7BN</x:v>
+        <x:v>GL50 3AW</x:v>
       </x:c>
       <x:c r="G133" t="str">
-        <x:v/>
+        <x:v>conveyancing@brethertons.co.uk</x:v>
       </x:c>
       <x:c r="H133" t="str">
-        <x:v/>
+        <x:v>01242472747</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Brewer Wallace Limited</x:v>
       </x:c>
       <x:c r="B134" t="str">
-        <x:v>26 Market Place</x:v>
+        <x:v>Shackles Chambers</x:v>
       </x:c>
       <x:c r="C134" t="str">
-        <x:v/>
+        <x:v>7 Land of Green Ginger</x:v>
       </x:c>
       <x:c r="D134" t="str">
-        <x:v>Market Rasen</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E134" t="str">
-        <x:v/>
+        <x:v>North Humberside</x:v>
       </x:c>
       <x:c r="F134" t="str">
-        <x:v>LN8 3HL</x:v>
+        <x:v>HU1 2ED</x:v>
       </x:c>
       <x:c r="G134" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v>info@brewerwallace.co.uk</x:v>
       </x:c>
       <x:c r="H134" t="str">
-        <x:v>01673 843723</x:v>
+        <x:v>01482 22 11 30</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Brewer Wallace Ltd</x:v>
       </x:c>
       <x:c r="B135" t="str">
-        <x:v>Suite 1, Marina Court, Castle Street</x:v>
+        <x:v>10 Southgate Court</x:v>
       </x:c>
       <x:c r="C135" t="str">
-        <x:v/>
+        <x:v>Southgate</x:v>
       </x:c>
       <x:c r="D135" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Hornsea</x:v>
       </x:c>
       <x:c r="E135" t="str">
-        <x:v/>
+        <x:v>North Humberside</x:v>
       </x:c>
       <x:c r="F135" t="str">
-        <x:v>HU1 1TJ</x:v>
+        <x:v>HU18 1RP</x:v>
       </x:c>
       <x:c r="G135" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v>info@brewerwallace.co.uk</x:v>
       </x:c>
       <x:c r="H135" t="str">
-        <x:v>01482320620</x:v>
+        <x:v>01964 537856</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Bridge Mcfarland LLP</x:v>
       </x:c>
       <x:c r="B136" t="str">
-        <x:v>29 Hull Road</x:v>
+        <x:v>Sibthorp House</x:v>
       </x:c>
       <x:c r="C136" t="str">
-        <x:v>Anlaby</x:v>
+        <x:v>351-355 High Street</x:v>
       </x:c>
       <x:c r="D136" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E136" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F136" t="str">
-        <x:v>HU10 6SP</x:v>
+        <x:v>LN5 7BN</x:v>
       </x:c>
       <x:c r="G136" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H136" t="str">
-        <x:v>01482 320620</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Bridge Mcfarland LLP</x:v>
       </x:c>
       <x:c r="B137" t="str">
-        <x:v>11 Bigby Street</x:v>
+        <x:v>19 South St.</x:v>
       </x:c>
       <x:c r="C137" t="str">
-        <x:v/>
+        <x:v>Marys Gate</x:v>
       </x:c>
       <x:c r="D137" t="str">
-        <x:v>Brigg</x:v>
+        <x:v>Grimsby</x:v>
       </x:c>
       <x:c r="E137" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F137" t="str">
-        <x:v>DN20 8EP</x:v>
+        <x:v>DN31 1JE</x:v>
       </x:c>
       <x:c r="G137" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H137" t="str">
-        <x:v>01652655101</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" t="str">
-        <x:v>Britton and Time Limited</x:v>
+        <x:v>Bridge Mcfarland LLP</x:v>
       </x:c>
       <x:c r="B138" t="str">
-        <x:v>39 Church Road</x:v>
+        <x:v>9 Cornmarket</x:v>
       </x:c>
       <x:c r="C138" t="str">
         <x:v/>
       </x:c>
       <x:c r="D138" t="str">
-        <x:v>Hove</x:v>
+        <x:v>Louth </x:v>
       </x:c>
       <x:c r="E138" t="str">
         <x:v/>
       </x:c>
       <x:c r="F138" t="str">
-        <x:v>BN3 2BE</x:v>
+        <x:v>LN11 9PY</x:v>
       </x:c>
       <x:c r="G138" t="str">
-        <x:v>daniel@brittontime.com</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H138" t="str">
-        <x:v>02030075500</x:v>
+        <x:v>07966 247836</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" t="str">
-        <x:v>Britton and Time Limited</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B139" t="str">
-        <x:v>138 Old London Road</x:v>
+        <x:v>26 Market Place</x:v>
       </x:c>
       <x:c r="C139" t="str">
         <x:v/>
       </x:c>
       <x:c r="D139" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Market Rasen</x:v>
       </x:c>
       <x:c r="E139" t="str">
         <x:v/>
       </x:c>
       <x:c r="F139" t="str">
-        <x:v>BN1 8YA</x:v>
+        <x:v>LN8 3HL</x:v>
       </x:c>
       <x:c r="G139" t="str">
-        <x:v>daniel@brittontime.com</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H139" t="str">
-        <x:v>01273726951</x:v>
+        <x:v>01673 843723</x:v>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" t="str">
-        <x:v>BS Singh &amp; Co LLP</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B140" t="str">
-        <x:v>182 Stapleton Road</x:v>
+        <x:v>Suite 1, Marina Court, Castle Street</x:v>
       </x:c>
       <x:c r="C140" t="str">
-        <x:v>Easton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D140" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E140" t="str">
-        <x:v>Avon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F140" t="str">
-        <x:v>BS5 0NZ</x:v>
+        <x:v>HU1 1TJ</x:v>
       </x:c>
       <x:c r="G140" t="str">
-        <x:v>INFO@BSSINGHSOLICITORS.CO.UK</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H140" t="str">
-        <x:v>0117 935 4500</x:v>
+        <x:v>01482320620</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" t="str">
-        <x:v>BTMK Solicitors Limited</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B141" t="str">
-        <x:v>24a Broadway</x:v>
+        <x:v>29 Hull Road</x:v>
       </x:c>
       <x:c r="C141" t="str">
-        <x:v/>
+        <x:v>Anlaby</x:v>
       </x:c>
       <x:c r="D141" t="str">
-        <x:v>Leigh on Sea</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E141" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F141" t="str">
-        <x:v>SS9 1AW</x:v>
+        <x:v>HU10 6SP</x:v>
       </x:c>
       <x:c r="G141" t="str">
-        <x:v>Debbie.whitcombe@btmk.co.uk</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H141" t="str">
-        <x:v>01702346677</x:v>
+        <x:v>01482 320620</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" t="str">
-        <x:v>BTMK Solicitors Limited</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B142" t="str">
-        <x:v>Madison House</x:v>
+        <x:v>11 Bigby Street</x:v>
       </x:c>
       <x:c r="C142" t="str">
-        <x:v>100-102 Alexandra Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D142" t="str">
-        <x:v>Southend-on-Sea</x:v>
+        <x:v>Brigg</x:v>
       </x:c>
       <x:c r="E142" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F142" t="str">
-        <x:v>SS1 1HQ</x:v>
+        <x:v>DN20 8EP</x:v>
       </x:c>
       <x:c r="G142" t="str">
-        <x:v>info@btmk.co.uk</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H142" t="str">
-        <x:v>01702 221923</x:v>
+        <x:v>01652655101</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" t="str">
-        <x:v>BTMK Solicitors Limited</x:v>
+        <x:v>Britton and Time Limited</x:v>
       </x:c>
       <x:c r="B143" t="str">
-        <x:v>19 Clifftown Road</x:v>
+        <x:v>39 Church Road</x:v>
       </x:c>
       <x:c r="C143" t="str">
         <x:v/>
       </x:c>
       <x:c r="D143" t="str">
-        <x:v>Southend-on-Sea</x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E143" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F143" t="str">
-        <x:v>SS1 1AB</x:v>
+        <x:v>BN3 2BE</x:v>
       </x:c>
       <x:c r="G143" t="str">
-        <x:v/>
+        <x:v>daniel@brittontime.com</x:v>
       </x:c>
       <x:c r="H143" t="str">
-        <x:v>01702 339222</x:v>
+        <x:v>02030075500</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" t="str">
-        <x:v>Bude Nathan Iwanier LLP</x:v>
+        <x:v>Britton and Time Limited</x:v>
       </x:c>
       <x:c r="B144" t="str">
-        <x:v>1 Temple Fortune Parade, Bridge Lane</x:v>
+        <x:v>138 Old London Road</x:v>
       </x:c>
       <x:c r="C144" t="str">
         <x:v/>
       </x:c>
       <x:c r="D144" t="str">
-        <x:v>London</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E144" t="str">
         <x:v/>
       </x:c>
       <x:c r="F144" t="str">
-        <x:v>NW11 0QN</x:v>
+        <x:v>BN1 8YA</x:v>
       </x:c>
       <x:c r="G144" t="str">
-        <x:v/>
+        <x:v>daniel@brittontime.com</x:v>
       </x:c>
       <x:c r="H144" t="str">
-        <x:v>020 8458 5656</x:v>
+        <x:v>01273726951</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" t="str">
-        <x:v>Burnetts Solicitors LLP</x:v>
+        <x:v>BS Singh &amp; Co LLP</x:v>
       </x:c>
       <x:c r="B145" t="str">
-        <x:v>Victoria House</x:v>
+        <x:v>182 Stapleton Road</x:v>
       </x:c>
       <x:c r="C145" t="str">
-        <x:v>Wavell Drive</x:v>
+        <x:v>Easton</x:v>
       </x:c>
       <x:c r="D145" t="str">
-        <x:v>Carlisle</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E145" t="str">
-        <x:v/>
+        <x:v>Avon</x:v>
       </x:c>
       <x:c r="F145" t="str">
-        <x:v>CA1 2ST</x:v>
+        <x:v>BS5 0NZ</x:v>
       </x:c>
       <x:c r="G145" t="str">
-        <x:v>lenderpanels@burnetts.co.uk</x:v>
+        <x:v>INFO@BSSINGHSOLICITORS.CO.UK</x:v>
       </x:c>
       <x:c r="H145" t="str">
-        <x:v>01228 552222</x:v>
+        <x:v>0117 935 4500</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" t="str">
-        <x:v>Burnetts Solicitors LLP</x:v>
+        <x:v>BTMK Solicitors Limited</x:v>
       </x:c>
       <x:c r="B146" t="str">
-        <x:v>3a Lakeland Business Park</x:v>
+        <x:v>24a Broadway</x:v>
       </x:c>
       <x:c r="C146" t="str">
-        <x:v>Lamplugh Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D146" t="str">
-        <x:v>Cockermouth</x:v>
+        <x:v>Leigh on Sea</x:v>
       </x:c>
       <x:c r="E146" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F146" t="str">
-        <x:v>CA13 0QT</x:v>
+        <x:v>SS9 1AW</x:v>
       </x:c>
       <x:c r="G146" t="str">
-        <x:v>kah@burnetts.co.uk</x:v>
+        <x:v>Debbie.whitcombe@btmk.co.uk</x:v>
       </x:c>
       <x:c r="H146" t="str">
-        <x:v>01900 510366</x:v>
+        <x:v>01702346677</x:v>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" t="str">
-        <x:v>Business Lawyers Limited</x:v>
+        <x:v>BTMK Solicitors Limited</x:v>
       </x:c>
       <x:c r="B147" t="str">
-        <x:v>1-9 St. Anns Road</x:v>
+        <x:v>Madison House</x:v>
       </x:c>
       <x:c r="C147" t="str">
-        <x:v/>
+        <x:v>100-102 Alexandra Road</x:v>
       </x:c>
       <x:c r="D147" t="str">
-        <x:v>Harrow</x:v>
+        <x:v>Southend-on-Sea</x:v>
       </x:c>
       <x:c r="E147" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F147" t="str">
-        <x:v>HA1 1LQ</x:v>
+        <x:v>SS1 1HQ</x:v>
       </x:c>
       <x:c r="G147" t="str">
-        <x:v/>
+        <x:v>info@btmk.co.uk</x:v>
       </x:c>
       <x:c r="H147" t="str">
-        <x:v/>
+        <x:v>01702 221923</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" t="str">
-        <x:v>Buss Murton Law (South East) Limited</x:v>
+        <x:v>BTMK Solicitors Limited</x:v>
       </x:c>
       <x:c r="B148" t="str">
-        <x:v>Wallside House</x:v>
+        <x:v>19 Clifftown Road</x:v>
       </x:c>
       <x:c r="C148" t="str">
-        <x:v>12 Mount Ephraim Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D148" t="str">
-        <x:v>Tunbridge Wells</x:v>
+        <x:v>Southend-on-Sea</x:v>
       </x:c>
       <x:c r="E148" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F148" t="str">
-        <x:v>TN1 1EE</x:v>
+        <x:v>SS1 1AB</x:v>
       </x:c>
       <x:c r="G148" t="str">
-        <x:v>djaswal@bussmurton.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H148" t="str">
-        <x:v>01892502324</x:v>
+        <x:v>01702 339222</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" t="str">
-        <x:v>Buss Murton Law (South East) Limited</x:v>
+        <x:v>Bude Nathan Iwanier LLP</x:v>
       </x:c>
       <x:c r="B149" t="str">
-        <x:v>Clermont House, High Street</x:v>
+        <x:v>1 Temple Fortune Parade, Bridge Lane</x:v>
       </x:c>
       <x:c r="C149" t="str">
         <x:v/>
       </x:c>
       <x:c r="D149" t="str">
-        <x:v>Cranbrook</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E149" t="str">
         <x:v/>
       </x:c>
       <x:c r="F149" t="str">
-        <x:v>TN17 3DN</x:v>
+        <x:v>NW11 0QN</x:v>
       </x:c>
       <x:c r="G149" t="str">
-        <x:v>kcarter@bussmurton.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H149" t="str">
-        <x:v>01580 712 215</x:v>
+        <x:v>020 8458 5656</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" t="str">
-        <x:v>Buss Murton Law (South East) Limited</x:v>
+        <x:v>Burnetts Solicitors LLP</x:v>
       </x:c>
       <x:c r="B150" t="str">
-        <x:v>Crown Lodge</x:v>
+        <x:v>Victoria House</x:v>
       </x:c>
       <x:c r="C150" t="str">
-        <x:v>Cantelupe Road</x:v>
+        <x:v>Wavell Drive</x:v>
       </x:c>
       <x:c r="D150" t="str">
-        <x:v>East Grinstead</x:v>
+        <x:v>Carlisle</x:v>
       </x:c>
       <x:c r="E150" t="str">
         <x:v/>
       </x:c>
       <x:c r="F150" t="str">
-        <x:v>RH19 3BJ</x:v>
+        <x:v>CA1 2ST</x:v>
       </x:c>
       <x:c r="G150" t="str">
-        <x:v>djaswal@bussmurton.co.uk</x:v>
+        <x:v>lenderpanels@burnetts.co.uk</x:v>
       </x:c>
       <x:c r="H150" t="str">
-        <x:v>01342 328000</x:v>
+        <x:v>01228 552222</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burnetts Solicitors LLP</x:v>
       </x:c>
       <x:c r="B151" t="str">
-        <x:v>31 Middlewich Road</x:v>
+        <x:v>3a Lakeland Business Park</x:v>
       </x:c>
       <x:c r="C151" t="str">
-        <x:v/>
+        <x:v>Lamplugh Road</x:v>
       </x:c>
       <x:c r="D151" t="str">
-        <x:v>Sandbach</x:v>
+        <x:v>Cockermouth</x:v>
       </x:c>
       <x:c r="E151" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F151" t="str">
-        <x:v>CW11 1HW</x:v>
+        <x:v>CA13 0QT</x:v>
       </x:c>
       <x:c r="G151" t="str">
-        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
+        <x:v>kah@burnetts.co.uk</x:v>
       </x:c>
       <x:c r="H151" t="str">
-        <x:v>01270 762 521</x:v>
+        <x:v>01900 510366</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors</x:v>
       </x:c>
       <x:c r="B152" t="str">
-        <x:v>34 Railway Road</x:v>
+        <x:v>Tyled House</x:v>
       </x:c>
       <x:c r="C152" t="str">
-        <x:v/>
+        <x:v>23A High St</x:v>
       </x:c>
       <x:c r="D152" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>Tunbridge Wells </x:v>
       </x:c>
       <x:c r="E152" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F152" t="str">
-        <x:v>WN7 4AU</x:v>
+        <x:v>TN2 4PH</x:v>
       </x:c>
       <x:c r="G152" t="str">
-        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
+        <x:v>Chris@burtons-solictors.com</x:v>
       </x:c>
       <x:c r="H152" t="str">
-        <x:v>01942 674 144</x:v>
+        <x:v>01323 679172</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B153" t="str">
-        <x:v>413 Bury New Road</x:v>
+        <x:v>377 Walderslade Road</x:v>
       </x:c>
       <x:c r="C153" t="str">
-        <x:v>Prestwich</x:v>
+        <x:v>Walderslade</x:v>
       </x:c>
       <x:c r="D153" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Chatham</x:v>
       </x:c>
       <x:c r="E153" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F153" t="str">
-        <x:v>M25 1AA</x:v>
+        <x:v>ME5 9LL</x:v>
       </x:c>
       <x:c r="G153" t="str">
-        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
+        <x:v>maria@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H153" t="str">
-        <x:v>0161 773 2969</x:v>
+        <x:v>01634 540046</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B154" t="str">
-        <x:v>132 Elliott Street</x:v>
+        <x:v>Suite 1, Peach Business Centre, 8 Chestnut Avenue</x:v>
       </x:c>
       <x:c r="C154" t="str">
-        <x:v>Tyldesley</x:v>
+        <x:v>Walderslade</x:v>
       </x:c>
       <x:c r="D154" t="str">
-        <x:v>Manchester,</x:v>
+        <x:v>Chatham</x:v>
       </x:c>
       <x:c r="E154" t="str">
-        <x:v>Lancashire,</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F154" t="str">
-        <x:v>M29 8FJ</x:v>
+        <x:v>ME5 9AJ</x:v>
       </x:c>
       <x:c r="G154" t="str">
-        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
+        <x:v>maria@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H154" t="str">
-        <x:v>01942 883 669</x:v>
+        <x:v>01634540046</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B155" t="str">
-        <x:v>Evan House, Unit 7</x:v>
+        <x:v>3 St. Marys Walk</x:v>
       </x:c>
       <x:c r="C155" t="str">
-        <x:v>Sutton Quays Business Park, Clifton Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D155" t="str">
-        <x:v>Sutton Weaver , Runcorn</x:v>
+        <x:v>Hailsham</x:v>
       </x:c>
       <x:c r="E155" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F155" t="str">
-        <x:v>WA7 3EH</x:v>
+        <x:v>BN27 1AF</x:v>
       </x:c>
       <x:c r="G155" t="str">
-        <x:v>enquiries@butcher-barlow.co.uk</x:v>
+        <x:v>info@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H155" t="str">
-        <x:v>01928 247599</x:v>
+        <x:v>01323 679172</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B156" t="str">
-        <x:v>44 Church Street</x:v>
+        <x:v>79 Bexley High Street</x:v>
       </x:c>
       <x:c r="C156" t="str">
         <x:v/>
       </x:c>
       <x:c r="D156" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>Bexley</x:v>
       </x:c>
       <x:c r="E156" t="str">
         <x:v/>
       </x:c>
       <x:c r="F156" t="str">
-        <x:v>WN7 1AZ</x:v>
+        <x:v>DA5  1JX</x:v>
       </x:c>
       <x:c r="G156" t="str">
-        <x:v>enquiries@butcher-barlow.co.uk</x:v>
+        <x:v>bexley@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H156" t="str">
-        <x:v>01942 604 135</x:v>
+        <x:v>01892 824577</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B157" t="str">
-        <x:v>6 Church Street</x:v>
+        <x:v>16 Manor Road</x:v>
       </x:c>
       <x:c r="C157" t="str">
         <x:v/>
       </x:c>
       <x:c r="D157" t="str">
-        <x:v>Frodsham</x:v>
+        <x:v>Chatham</x:v>
       </x:c>
       <x:c r="E157" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F157" t="str">
-        <x:v>WA6 7EB</x:v>
+        <x:v>ME4 6AG</x:v>
       </x:c>
       <x:c r="G157" t="str">
-        <x:v/>
+        <x:v>info@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H157" t="str">
-        <x:v/>
+        <x:v>01634 814911</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Business Lawyers Limited</x:v>
       </x:c>
       <x:c r="B158" t="str">
-        <x:v>3 Royal Mews</x:v>
+        <x:v>1-9 St. Anns Road</x:v>
       </x:c>
       <x:c r="C158" t="str">
-        <x:v>Gadbrook Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D158" t="str">
-        <x:v>Cheshire </x:v>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="E158" t="str">
         <x:v/>
       </x:c>
       <x:c r="F158" t="str">
-        <x:v>CW9 7UD</x:v>
+        <x:v>HA1 1LQ</x:v>
       </x:c>
       <x:c r="G158" t="str">
         <x:v/>
       </x:c>
       <x:c r="H158" t="str">
-        <x:v>01606 334309</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Buss Murton Law (South East) Limited</x:v>
       </x:c>
       <x:c r="B159" t="str">
-        <x:v>Dane Bridge Chambers</x:v>
+        <x:v>Wallside House</x:v>
       </x:c>
       <x:c r="C159" t="str">
-        <x:v> 5 London Road</x:v>
+        <x:v>12 Mount Ephraim Road</x:v>
       </x:c>
       <x:c r="D159" t="str">
-        <x:v>Northwich</x:v>
+        <x:v>Tunbridge Wells</x:v>
       </x:c>
       <x:c r="E159" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F159" t="str">
-        <x:v>CW9 5EY</x:v>
+        <x:v>TN1 1EE</x:v>
       </x:c>
       <x:c r="G159" t="str">
-        <x:v/>
+        <x:v>djaswal@bussmurton.co.uk</x:v>
       </x:c>
       <x:c r="H159" t="str">
-        <x:v/>
+        <x:v>01892502324</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Buss Murton Law (South East) Limited</x:v>
       </x:c>
       <x:c r="B160" t="str">
-        <x:v>205 Moss Lane</x:v>
+        <x:v>Clermont House, High Street</x:v>
       </x:c>
       <x:c r="C160" t="str">
-        <x:v>Bramhall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D160" t="str">
-        <x:v>Stockport</x:v>
+        <x:v>Cranbrook</x:v>
       </x:c>
       <x:c r="E160" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F160" t="str">
-        <x:v>SK7 1BA</x:v>
+        <x:v>TN17 3DN</x:v>
       </x:c>
       <x:c r="G160" t="str">
-        <x:v/>
+        <x:v>kcarter@bussmurton.co.uk</x:v>
       </x:c>
       <x:c r="H160" t="str">
-        <x:v/>
+        <x:v>01580 712 215</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Buss Murton Law (South East) Limited</x:v>
       </x:c>
       <x:c r="B161" t="str">
-        <x:v>2-8 Bank Street</x:v>
+        <x:v>Crown Lodge</x:v>
       </x:c>
       <x:c r="C161" t="str">
-        <x:v/>
+        <x:v>Cantelupe Road</x:v>
       </x:c>
       <x:c r="D161" t="str">
-        <x:v>Bury</x:v>
+        <x:v>East Grinstead</x:v>
       </x:c>
       <x:c r="E161" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F161" t="str">
-        <x:v>BL9 0DL</x:v>
+        <x:v>RH19 3BJ</x:v>
       </x:c>
       <x:c r="G161" t="str">
-        <x:v/>
+        <x:v>djaswal@bussmurton.co.uk</x:v>
       </x:c>
       <x:c r="H161" t="str">
-        <x:v/>
+        <x:v>01342 328000</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B162" t="str">
-        <x:v>66 High Street</x:v>
+        <x:v>31 Middlewich Road</x:v>
       </x:c>
       <x:c r="C162" t="str">
         <x:v/>
       </x:c>
       <x:c r="D162" t="str">
-        <x:v>Runcorn</x:v>
+        <x:v>Sandbach</x:v>
       </x:c>
       <x:c r="E162" t="str">
         <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F162" t="str">
-        <x:v>WA7 1AW</x:v>
+        <x:v>CW11 1HW</x:v>
       </x:c>
       <x:c r="G162" t="str">
-        <x:v/>
+        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H162" t="str">
-        <x:v/>
+        <x:v>01270 762 521</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" t="str">
-        <x:v>Carter Bells LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B163" t="str">
-        <x:v>Kings Stone House</x:v>
+        <x:v>34 Railway Road</x:v>
       </x:c>
       <x:c r="C163" t="str">
-        <x:v>12 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D163" t="str">
-        <x:v>Kingston Upon Thames</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E163" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F163" t="str">
-        <x:v>KT1 1HD</x:v>
+        <x:v>WN7 4AU</x:v>
       </x:c>
       <x:c r="G163" t="str">
-        <x:v>rachel.heap@carterbells.co.uk</x:v>
+        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H163" t="str">
-        <x:v>02089394000</x:v>
+        <x:v>01942 674 144</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B164" t="str">
-        <x:v>8-16 Dock Street</x:v>
+        <x:v>132 Elliott Street</x:v>
       </x:c>
       <x:c r="C164" t="str">
-        <x:v>England</x:v>
+        <x:v>Tyldesley</x:v>
       </x:c>
       <x:c r="D164" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Manchester,</x:v>
       </x:c>
       <x:c r="E164" t="str">
-        <x:v/>
+        <x:v>Lancashire,</x:v>
       </x:c>
       <x:c r="F164" t="str">
-        <x:v>LS10 1LX</x:v>
+        <x:v>M29 8FJ</x:v>
       </x:c>
       <x:c r="G164" t="str">
-        <x:v>rosalindsalkeld@chadwicklaw.co.uk</x:v>
+        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H164" t="str">
-        <x:v>01132258811</x:v>
+        <x:v>01942 883 669</x:v>
       </x:c>
     </x:row>
     <x:row r="165">
       <x:c r="A165" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B165" t="str">
-        <x:v>Paragon Point, Red Hall Crescent</x:v>
+        <x:v>Evan House, Unit 7</x:v>
       </x:c>
       <x:c r="C165" t="str">
-        <x:v/>
+        <x:v>Sutton Quays Business Park, Clifton Road</x:v>
       </x:c>
       <x:c r="D165" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Sutton Weaver , Runcorn</x:v>
       </x:c>
       <x:c r="E165" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F165" t="str">
-        <x:v>WF1 2DF</x:v>
+        <x:v>WA7 3EH</x:v>
       </x:c>
       <x:c r="G165" t="str">
-        <x:v>kittytoor@chadlaw.co.uk</x:v>
+        <x:v>enquiries@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H165" t="str">
-        <x:v>01924 379 078</x:v>
+        <x:v>01928 247599</x:v>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B166" t="str">
-        <x:v>Titan Business Centre</x:v>
+        <x:v>44 Church Street</x:v>
       </x:c>
       <x:c r="C166" t="str">
-        <x:v>3Rd Floor Euroway House</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D166" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E166" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F166" t="str">
-        <x:v>BD4 6SE</x:v>
+        <x:v>WN7 1AZ</x:v>
       </x:c>
       <x:c r="G166" t="str">
-        <x:v/>
+        <x:v>enquiries@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H166" t="str">
-        <x:v/>
+        <x:v>01942 604 135</x:v>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B167" t="str">
-        <x:v>29 Commercial Street</x:v>
+        <x:v>3 Royal Mews</x:v>
       </x:c>
       <x:c r="C167" t="str">
-        <x:v>Morley</x:v>
+        <x:v>Gadbrook Park</x:v>
       </x:c>
       <x:c r="D167" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Cheshire </x:v>
       </x:c>
       <x:c r="E167" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F167" t="str">
-        <x:v>LS27 8HX</x:v>
+        <x:v>CW9 7UD</x:v>
       </x:c>
       <x:c r="G167" t="str">
-        <x:v>kittytoor@chadlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H167" t="str">
-        <x:v>01924 379 078</x:v>
+        <x:v>01606 334309</x:v>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B168" t="str">
-        <x:v>22 Westfield Road</x:v>
+        <x:v>6 Church Street</x:v>
       </x:c>
       <x:c r="C168" t="str">
-        <x:v>Horbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D168" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Frodsham</x:v>
       </x:c>
       <x:c r="E168" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F168" t="str">
-        <x:v>WF4 6HP</x:v>
+        <x:v>WA6 7EB</x:v>
       </x:c>
       <x:c r="G168" t="str">
-        <x:v>jodieingle@chadlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H168" t="str">
-        <x:v>01924 263166</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B169" t="str">
-        <x:v>18 Springfield Court</x:v>
+        <x:v>Dane Bridge Chambers</x:v>
       </x:c>
       <x:c r="C169" t="str">
-        <x:v>Guiseley</x:v>
+        <x:v> 5 London Road</x:v>
       </x:c>
       <x:c r="D169" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Northwich</x:v>
       </x:c>
       <x:c r="E169" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F169" t="str">
-        <x:v>LS20 8FD</x:v>
+        <x:v>CW9 5EY</x:v>
       </x:c>
       <x:c r="G169" t="str">
-        <x:v>jodieingle@chadlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H169" t="str">
-        <x:v>01943 883960</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B170" t="str">
-        <x:v>13 Railway Street</x:v>
+        <x:v>205 Moss Lane</x:v>
       </x:c>
       <x:c r="C170" t="str">
-        <x:v/>
+        <x:v>Bramhall</x:v>
       </x:c>
       <x:c r="D170" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Stockport</x:v>
       </x:c>
       <x:c r="E170" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F170" t="str">
-        <x:v>HD1 1JS</x:v>
+        <x:v>SK7 1BA</x:v>
       </x:c>
       <x:c r="G170" t="str">
         <x:v/>
       </x:c>
       <x:c r="H170" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B171" t="str">
-        <x:v>The Fire Station,</x:v>
+        <x:v>2-8 Bank Street</x:v>
       </x:c>
       <x:c r="C171" t="str">
         <x:v/>
       </x:c>
       <x:c r="D171" t="str">
-        <x:v>Halifax,</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E171" t="str">
-        <x:v>West Yorkshire,</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F171" t="str">
-        <x:v>HX3 5AX</x:v>
+        <x:v>BL9 0DL</x:v>
       </x:c>
       <x:c r="G171" t="str">
         <x:v/>
       </x:c>
       <x:c r="H171" t="str">
-        <x:v>01422 330 601</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" t="str">
-        <x:v>Chambers Solicitors</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B172" t="str">
-        <x:v>22 Windsor Road</x:v>
+        <x:v>66 High Street</x:v>
       </x:c>
       <x:c r="C172" t="str">
         <x:v/>
       </x:c>
       <x:c r="D172" t="str">
-        <x:v>Slough</x:v>
+        <x:v>Runcorn</x:v>
       </x:c>
       <x:c r="E172" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F172" t="str">
-        <x:v>SL1 2EJ</x:v>
+        <x:v>WA7 1AW</x:v>
       </x:c>
       <x:c r="G172" t="str">
-        <x:v>rsaluja@chamberssolicitors.co</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H172" t="str">
-        <x:v>01753 522204</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" t="str">
-        <x:v>Chan Neill Solicitors LLP</x:v>
+        <x:v>Carter Bells LLP</x:v>
       </x:c>
       <x:c r="B173" t="str">
-        <x:v>120 Cannon Street</x:v>
+        <x:v>Kings Stone House</x:v>
       </x:c>
       <x:c r="C173" t="str">
-        <x:v/>
+        <x:v>12 High Street</x:v>
       </x:c>
       <x:c r="D173" t="str">
-        <x:v>London</x:v>
+        <x:v>Kingston Upon Thames</x:v>
       </x:c>
       <x:c r="E173" t="str">
         <x:v/>
       </x:c>
       <x:c r="F173" t="str">
-        <x:v>EC4N 6AS</x:v>
+        <x:v>KT1 1HD</x:v>
       </x:c>
       <x:c r="G173" t="str">
-        <x:v>ffakhrul@cnsolicitors.com</x:v>
+        <x:v>rachel.heap@carterbells.co.uk</x:v>
       </x:c>
       <x:c r="H173" t="str">
-        <x:v>02072537781</x:v>
+        <x:v>02089394000</x:v>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" t="str">
-        <x:v>Chan Neill Solicitors LLP</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B174" t="str">
-        <x:v>3rd floor, 36 Upper Brook Street</x:v>
+        <x:v>8-16 Dock Street</x:v>
       </x:c>
       <x:c r="C174" t="str">
-        <x:v/>
+        <x:v>England</x:v>
       </x:c>
       <x:c r="D174" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E174" t="str">
         <x:v/>
       </x:c>
       <x:c r="F174" t="str">
-        <x:v>W1K 7QJ</x:v>
+        <x:v>LS10 1LX</x:v>
       </x:c>
       <x:c r="G174" t="str">
-        <x:v>ffakhrul@cnsolicitors.com</x:v>
+        <x:v>rosalindsalkeld@chadwicklaw.co.uk</x:v>
       </x:c>
       <x:c r="H174" t="str">
-        <x:v>0207 2537781</x:v>
+        <x:v>01132258811</x:v>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" t="str">
-        <x:v>Chan Neill Solicitors LLP</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B175" t="str">
-        <x:v>12-13 Little Newport Street</x:v>
+        <x:v>29 Commercial Street</x:v>
       </x:c>
       <x:c r="C175" t="str">
-        <x:v/>
+        <x:v>Morley</x:v>
       </x:c>
       <x:c r="D175" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E175" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F175" t="str">
-        <x:v>WC2H 7JJ</x:v>
+        <x:v>LS27 8HX</x:v>
       </x:c>
       <x:c r="G175" t="str">
-        <x:v>ffakhrul@cnsolicitors.com</x:v>
+        <x:v>kittytoor@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H175" t="str">
-        <x:v>0207 253 7781</x:v>
+        <x:v>01924 379 078</x:v>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" t="str">
-        <x:v>Charles Douglas Solicitors LLP</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B176" t="str">
-        <x:v>32 Old Burlington Street</x:v>
+        <x:v>Titan Business Centre</x:v>
       </x:c>
       <x:c r="C176" t="str">
-        <x:v>Mayfair</x:v>
+        <x:v>3Rd Floor Euroway House</x:v>
       </x:c>
       <x:c r="D176" t="str">
-        <x:v>London</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E176" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F176" t="str">
-        <x:v>W1S 3AT</x:v>
+        <x:v>BD4 6SE</x:v>
       </x:c>
       <x:c r="G176" t="str">
-        <x:v>richardstarr@cdsmayfair.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H176" t="str">
-        <x:v>020 7758 8170</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" t="str">
-        <x:v>Charles Newton &amp; Co</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B177" t="str">
-        <x:v>6-8 Bath Street</x:v>
+        <x:v>Paragon Point, Red Hall Crescent</x:v>
       </x:c>
       <x:c r="C177" t="str">
         <x:v/>
       </x:c>
       <x:c r="D177" t="str">
-        <x:v>Ilkeston</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E177" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F177" t="str">
-        <x:v>DE7 8FB</x:v>
+        <x:v>WF1 2DF</x:v>
       </x:c>
       <x:c r="G177" t="str">
-        <x:v/>
+        <x:v>kittytoor@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H177" t="str">
-        <x:v/>
+        <x:v>01924 379 078</x:v>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" t="str">
-        <x:v>Charles Newton &amp; Co</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B178" t="str">
-        <x:v>5 Alexandra Street</x:v>
+        <x:v>22 Westfield Road</x:v>
       </x:c>
       <x:c r="C178" t="str">
-        <x:v>Eastwood</x:v>
+        <x:v>Horbury</x:v>
       </x:c>
       <x:c r="D178" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E178" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F178" t="str">
-        <x:v>NG16 3BD</x:v>
+        <x:v>WF4 6HP</x:v>
       </x:c>
       <x:c r="G178" t="str">
-        <x:v/>
+        <x:v>jodieingle@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H178" t="str">
-        <x:v/>
+        <x:v>01924 263166</x:v>
       </x:c>
     </x:row>
     <x:row r="179">
       <x:c r="A179" t="str">
-        <x:v>Chris Stevenson Solicitors</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B179" t="str">
-        <x:v>103 Thorne Road</x:v>
+        <x:v>18 Springfield Court</x:v>
       </x:c>
       <x:c r="C179" t="str">
-        <x:v/>
+        <x:v>Guiseley</x:v>
       </x:c>
       <x:c r="D179" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E179" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F179" t="str">
-        <x:v>DN2 5BE</x:v>
+        <x:v>LS20 8FD</x:v>
       </x:c>
       <x:c r="G179" t="str">
-        <x:v/>
+        <x:v>jodieingle@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H179" t="str">
-        <x:v/>
+        <x:v>01943 883960</x:v>
       </x:c>
     </x:row>
     <x:row r="180">
       <x:c r="A180" t="str">
-        <x:v>City Solicitors Ltd</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B180" t="str">
-        <x:v>Mermaid House </x:v>
+        <x:v>13 Railway Street</x:v>
       </x:c>
       <x:c r="C180" t="str">
-        <x:v>2Nd Floor 2 Puddle Dock,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D180" t="str">
-        <x:v>London</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E180" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F180" t="str">
-        <x:v>EC4V 3DB </x:v>
+        <x:v>HD1 1JS</x:v>
       </x:c>
       <x:c r="G180" t="str">
         <x:v/>
       </x:c>
       <x:c r="H180" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="181">
       <x:c r="A181" t="str">
-        <x:v>City Solicitors Ltd</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B181" t="str">
-        <x:v>112 High Road</x:v>
+        <x:v>The Fire Station,</x:v>
       </x:c>
       <x:c r="C181" t="str">
-        <x:v>Ilford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D181" t="str">
-        <x:v>London</x:v>
+        <x:v>Halifax,</x:v>
       </x:c>
       <x:c r="E181" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire,</x:v>
       </x:c>
       <x:c r="F181" t="str">
-        <x:v>IG1 1BY</x:v>
+        <x:v>HX3 5AX</x:v>
       </x:c>
       <x:c r="G181" t="str">
-        <x:v>info@faranitaylor.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H181" t="str">
-        <x:v>0203 301 6666</x:v>
+        <x:v>01422 330 601</x:v>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" t="str">
-        <x:v>City Solicitors Ltd</x:v>
+        <x:v>Chambers Solicitors</x:v>
       </x:c>
       <x:c r="B182" t="str">
-        <x:v>1534 London Road</x:v>
+        <x:v>22 Windsor Road</x:v>
       </x:c>
       <x:c r="C182" t="str">
         <x:v/>
       </x:c>
       <x:c r="D182" t="str">
-        <x:v>Norbury</x:v>
+        <x:v>Slough</x:v>
       </x:c>
       <x:c r="E182" t="str">
-        <x:v>London</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F182" t="str">
-        <x:v>SW16 4EU</x:v>
+        <x:v>SL1 2EJ</x:v>
       </x:c>
       <x:c r="G182" t="str">
-        <x:v>info@faranitaylor.com</x:v>
+        <x:v>rsaluja@chamberssolicitors.co</x:v>
       </x:c>
       <x:c r="H182" t="str">
-        <x:v>0203 089 7966</x:v>
+        <x:v>01753 522204</x:v>
       </x:c>
     </x:row>
     <x:row r="183">
       <x:c r="A183" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Chan Neill Solicitors LLP</x:v>
       </x:c>
       <x:c r="B183" t="str">
-        <x:v>11-15, Columbus Walk, Brigantine Place</x:v>
+        <x:v>120 Cannon Street</x:v>
       </x:c>
       <x:c r="C183" t="str">
         <x:v/>
       </x:c>
       <x:c r="D183" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E183" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F183" t="str">
-        <x:v>CF10 4BY</x:v>
+        <x:v>EC4N 6AS</x:v>
       </x:c>
       <x:c r="G183" t="str">
-        <x:v/>
+        <x:v>ffakhrul@cnsolicitors.com</x:v>
       </x:c>
       <x:c r="H183" t="str">
-        <x:v>02920 483181</x:v>
+        <x:v>02072537781</x:v>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Chan Neill Solicitors LLP</x:v>
       </x:c>
       <x:c r="B184" t="str">
-        <x:v>18 DUNRAVEN PLACE</x:v>
+        <x:v>3rd floor, 36 Upper Brook Street</x:v>
       </x:c>
       <x:c r="C184" t="str">
         <x:v/>
       </x:c>
       <x:c r="D184" t="str">
-        <x:v>Bridgend</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E184" t="str">
         <x:v/>
       </x:c>
       <x:c r="F184" t="str">
-        <x:v>CF31 1JD</x:v>
+        <x:v>W1K 7QJ</x:v>
       </x:c>
       <x:c r="G184" t="str">
-        <x:v>n.summers@cjch.co.uk</x:v>
+        <x:v>ffakhrul@cnsolicitors.com</x:v>
       </x:c>
       <x:c r="H184" t="str">
-        <x:v>01656 457466</x:v>
+        <x:v>0207 2537781</x:v>
       </x:c>
     </x:row>
     <x:row r="185">
       <x:c r="A185" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Chan Neill Solicitors LLP</x:v>
       </x:c>
       <x:c r="B185" t="str">
-        <x:v>183 High Street</x:v>
+        <x:v>12-13 Little Newport Street</x:v>
       </x:c>
       <x:c r="C185" t="str">
         <x:v/>
       </x:c>
       <x:c r="D185" t="str">
-        <x:v>Blackwood</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E185" t="str">
         <x:v/>
       </x:c>
       <x:c r="F185" t="str">
-        <x:v>NP12 1ZF</x:v>
+        <x:v>WC2H 7JJ</x:v>
       </x:c>
       <x:c r="G185" t="str">
-        <x:v>n.summers@cjch.co.uk</x:v>
+        <x:v>ffakhrul@cnsolicitors.com</x:v>
       </x:c>
       <x:c r="H185" t="str">
-        <x:v>01495 227128</x:v>
+        <x:v>0207 253 7781</x:v>
       </x:c>
     </x:row>
     <x:row r="186">
       <x:c r="A186" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Charles Douglas Solicitors LLP</x:v>
       </x:c>
       <x:c r="B186" t="str">
-        <x:v>17 Thompson Street,</x:v>
+        <x:v>32 Old Burlington Street</x:v>
       </x:c>
       <x:c r="C186" t="str">
-        <x:v/>
+        <x:v>Mayfair</x:v>
       </x:c>
       <x:c r="D186" t="str">
-        <x:v>Barry</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E186" t="str">
         <x:v/>
       </x:c>
       <x:c r="F186" t="str">
-        <x:v>CF63 4JL</x:v>
+        <x:v>W1S 3AT</x:v>
       </x:c>
       <x:c r="G186" t="str">
-        <x:v>n.summers@cjch.co.uk</x:v>
+        <x:v>richardstarr@cdsmayfair.com</x:v>
       </x:c>
       <x:c r="H186" t="str">
-        <x:v>01446 420043</x:v>
+        <x:v>020 7758 8170</x:v>
       </x:c>
     </x:row>
     <x:row r="187">
       <x:c r="A187" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Charles Newton &amp; Co</x:v>
       </x:c>
       <x:c r="B187" t="str">
-        <x:v>4A Market St</x:v>
+        <x:v>6-8 Bath Street</x:v>
       </x:c>
       <x:c r="C187" t="str">
         <x:v/>
       </x:c>
       <x:c r="D187" t="str">
-        <x:v>Caerphilly</x:v>
+        <x:v>Ilkeston</x:v>
       </x:c>
       <x:c r="E187" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F187" t="str">
-        <x:v>CF83 1NX</x:v>
+        <x:v>DE7 8FB</x:v>
       </x:c>
       <x:c r="G187" t="str">
-        <x:v>conveyancing@cjch.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H187" t="str">
-        <x:v>0333 231 6405</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="188">
       <x:c r="A188" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Charles Newton &amp; Co</x:v>
       </x:c>
       <x:c r="B188" t="str">
-        <x:v>3 Walter Road</x:v>
+        <x:v>5 Alexandra Street</x:v>
       </x:c>
       <x:c r="C188" t="str">
-        <x:v/>
+        <x:v>Eastwood</x:v>
       </x:c>
       <x:c r="D188" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E188" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F188" t="str">
-        <x:v>SA1 5NE</x:v>
+        <x:v>NG16 3BD</x:v>
       </x:c>
       <x:c r="G188" t="str">
-        <x:v>conveyancing@cjch.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H188" t="str">
-        <x:v>01792 004736</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="189">
       <x:c r="A189" t="str">
-        <x:v>Clarion Solicitors Limited</x:v>
+        <x:v>Chris Stevenson Solicitors</x:v>
       </x:c>
       <x:c r="B189" t="str">
-        <x:v>Elizabeth House</x:v>
+        <x:v>103 Thorne Road</x:v>
       </x:c>
       <x:c r="C189" t="str">
-        <x:v>13-19 Queen Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D189" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E189" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F189" t="str">
-        <x:v>LS1 2TW</x:v>
+        <x:v>DN2 5BE</x:v>
       </x:c>
       <x:c r="G189" t="str">
         <x:v/>
       </x:c>
       <x:c r="H189" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="190">
       <x:c r="A190" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>City Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B190" t="str">
-        <x:v>Blackbrook Gate</x:v>
+        <x:v>Mermaid House </x:v>
       </x:c>
       <x:c r="C190" t="str">
-        <x:v>Blackbrook Park Avenue</x:v>
+        <x:v>2Nd Floor 2 Puddle Dock,</x:v>
       </x:c>
       <x:c r="D190" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E190" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F190" t="str">
-        <x:v>TA1 2PG</x:v>
+        <x:v>EC4V 3DB </x:v>
       </x:c>
       <x:c r="G190" t="str">
         <x:v/>
       </x:c>
       <x:c r="H190" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="191">
       <x:c r="A191" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>City Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B191" t="str">
-        <x:v>5 St. Helen's Place</x:v>
+        <x:v>112 High Road</x:v>
       </x:c>
       <x:c r="C191" t="str">
-        <x:v/>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="D191" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E191" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F191" t="str">
-        <x:v>EC3A 6AB</x:v>
+        <x:v>IG1 1BY</x:v>
       </x:c>
       <x:c r="G191" t="str">
-        <x:v/>
+        <x:v>info@faranitaylor.com</x:v>
       </x:c>
       <x:c r="H191" t="str">
-        <x:v/>
+        <x:v>0203 301 6666</x:v>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>City Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B192" t="str">
-        <x:v>Burlington House, </x:v>
+        <x:v>1534 London Road</x:v>
       </x:c>
       <x:c r="C192" t="str">
-        <x:v>Grange Drive, Hedge End</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D192" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Norbury</x:v>
       </x:c>
       <x:c r="E192" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F192" t="str">
-        <x:v>SO30 2AF</x:v>
+        <x:v>SW16 4EU</x:v>
       </x:c>
       <x:c r="G192" t="str">
-        <x:v/>
+        <x:v>info@faranitaylor.com</x:v>
       </x:c>
       <x:c r="H192" t="str">
-        <x:v>0345 209 1000</x:v>
+        <x:v>0203 089 7966</x:v>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B193" t="str">
-        <x:v>9 Colmore Row</x:v>
+        <x:v>11-15, Columbus Walk, Brigantine Place</x:v>
       </x:c>
       <x:c r="C193" t="str">
         <x:v/>
       </x:c>
       <x:c r="D193" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E193" t="str">
-        <x:v/>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="F193" t="str">
-        <x:v>B3 2BJ</x:v>
+        <x:v>CF10 4BY</x:v>
       </x:c>
       <x:c r="G193" t="str">
-        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H193" t="str">
-        <x:v>0345 2019 1000</x:v>
+        <x:v>02920 483181</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B194" t="str">
-        <x:v>Building C, Assembly Bristol</x:v>
+        <x:v>18 DUNRAVEN PLACE</x:v>
       </x:c>
       <x:c r="C194" t="str">
-        <x:v>Cheese Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D194" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Bridgend</x:v>
       </x:c>
       <x:c r="E194" t="str">
         <x:v/>
       </x:c>
       <x:c r="F194" t="str">
-        <x:v>BS2 0JJ</x:v>
+        <x:v>CF31 1JD</x:v>
       </x:c>
       <x:c r="G194" t="str">
-        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
+        <x:v>n.summers@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H194" t="str">
-        <x:v>0345 209 1000</x:v>
+        <x:v>01656 457466</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B195" t="str">
-        <x:v>7 Landau Court, Tan Bank</x:v>
+        <x:v>183 High Street</x:v>
       </x:c>
       <x:c r="C195" t="str">
-        <x:v>Wellington</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D195" t="str">
-        <x:v>Telford</x:v>
+        <x:v>Blackwood</x:v>
       </x:c>
       <x:c r="E195" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F195" t="str">
-        <x:v>TF1 1HE</x:v>
+        <x:v>NP12 1ZF</x:v>
       </x:c>
       <x:c r="G195" t="str">
-        <x:v>wellington@clarkeslaw.co.uk</x:v>
+        <x:v>n.summers@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H195" t="str">
-        <x:v>01952 223548</x:v>
+        <x:v>01495 227128</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B196" t="str">
-        <x:v>13 Cheapside</x:v>
+        <x:v>17 Thompson Street,</x:v>
       </x:c>
       <x:c r="C196" t="str">
         <x:v/>
       </x:c>
       <x:c r="D196" t="str">
-        <x:v>Shifnal</x:v>
+        <x:v>Barry</x:v>
       </x:c>
       <x:c r="E196" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F196" t="str">
-        <x:v>TF11 8BN</x:v>
+        <x:v>CF63 4JL</x:v>
       </x:c>
       <x:c r="G196" t="str">
-        <x:v>shifnal@clarkeslaw.co.uk</x:v>
+        <x:v>n.summers@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H196" t="str">
-        <x:v>01952 466244</x:v>
+        <x:v>01446 420043</x:v>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B197" t="str">
-        <x:v>Hazledine House</x:v>
+        <x:v>4A Market St</x:v>
       </x:c>
       <x:c r="C197" t="str">
-        <x:v>Town Centre</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D197" t="str">
-        <x:v>Telford</x:v>
+        <x:v>Caerphilly</x:v>
       </x:c>
       <x:c r="E197" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F197" t="str">
-        <x:v>TF3 4JL</x:v>
+        <x:v>CF83 1NX</x:v>
       </x:c>
       <x:c r="G197" t="str">
-        <x:v>info@clarkeslaw.co.uk</x:v>
+        <x:v>conveyancing@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H197" t="str">
-        <x:v>01952 291666</x:v>
+        <x:v>0333 231 6405</x:v>
       </x:c>
     </x:row>
     <x:row r="198">
       <x:c r="A198" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B198" t="str">
-        <x:v>Kingston House</x:v>
+        <x:v>3 Walter Road</x:v>
       </x:c>
       <x:c r="C198" t="str">
-        <x:v>6 St. Alkmonds Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D198" t="str">
-        <x:v>Shrewsbury</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E198" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F198" t="str">
-        <x:v>SY1 1UL</x:v>
+        <x:v>SA1 5NE</x:v>
       </x:c>
       <x:c r="G198" t="str">
-        <x:v>info@clarkeslaw.co.uk</x:v>
+        <x:v>conveyancing@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H198" t="str">
-        <x:v>01743 231531</x:v>
+        <x:v>01792 004736</x:v>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>Clarion Solicitors Limited</x:v>
       </x:c>
       <x:c r="B199" t="str">
-        <x:v>21 High Street</x:v>
+        <x:v>Elizabeth House</x:v>
       </x:c>
       <x:c r="C199" t="str">
-        <x:v/>
+        <x:v>13-19 Queen Street</x:v>
       </x:c>
       <x:c r="D199" t="str">
-        <x:v>Newport</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E199" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F199" t="str">
-        <x:v>TF10 7AT</x:v>
+        <x:v>LS1 2TW</x:v>
       </x:c>
       <x:c r="G199" t="str">
-        <x:v>info@clarkeslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H199" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" t="str">
-        <x:v>CLP Group Limited</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B200" t="str">
-        <x:v>Queen Square House</x:v>
+        <x:v>Blackbrook Gate</x:v>
       </x:c>
       <x:c r="C200" t="str">
-        <x:v>18-21 Queen Square</x:v>
+        <x:v>Blackbrook Park Avenue</x:v>
       </x:c>
       <x:c r="D200" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E200" t="str">
-        <x:v/>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F200" t="str">
-        <x:v>BS1 4NH</x:v>
+        <x:v>TA1 2PG</x:v>
       </x:c>
       <x:c r="G200" t="str">
-        <x:v>practice.management@carbonlawpartners.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H200" t="str">
-        <x:v>03304609635</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" t="str">
-        <x:v>CLP Group Limited</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B201" t="str">
-        <x:v>One Temple Quay</x:v>
+        <x:v>5 St. Helen's Place</x:v>
       </x:c>
       <x:c r="C201" t="str">
-        <x:v>Temple Back East</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D201" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E201" t="str">
         <x:v/>
       </x:c>
       <x:c r="F201" t="str">
-        <x:v>BS1 6DZ</x:v>
+        <x:v>EC3A 6AB</x:v>
       </x:c>
       <x:c r="G201" t="str">
-        <x:v>practice.management@carbonlawpartners.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H201" t="str">
-        <x:v>03304609635</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B202" t="str">
-        <x:v>4 Durley Chine Road</x:v>
+        <x:v>Burlington House, </x:v>
       </x:c>
       <x:c r="C202" t="str">
-        <x:v/>
+        <x:v>Grange Drive, Hedge End</x:v>
       </x:c>
       <x:c r="D202" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E202" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F202" t="str">
-        <x:v>BH2 5QT</x:v>
+        <x:v>SO30 2AF</x:v>
       </x:c>
       <x:c r="G202" t="str">
         <x:v/>
       </x:c>
       <x:c r="H202" t="str">
-        <x:v/>
+        <x:v>0345 209 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B203" t="str">
-        <x:v>44/46 Parkstone Road</x:v>
+        <x:v>9 Colmore Row</x:v>
       </x:c>
       <x:c r="C203" t="str">
         <x:v/>
       </x:c>
       <x:c r="D203" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E203" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F203" t="str">
-        <x:v>BH15 2PG</x:v>
+        <x:v>B3 2BJ</x:v>
       </x:c>
       <x:c r="G203" t="str">
-        <x:v>rleedham@coles-miller.co.uk</x:v>
+        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
       </x:c>
       <x:c r="H203" t="str">
-        <x:v>01202673011</x:v>
+        <x:v>0345 2019 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B204" t="str">
-        <x:v>Arrowsmith Court, 10 Station Approach</x:v>
+        <x:v>Building C, Assembly Bristol</x:v>
       </x:c>
       <x:c r="C204" t="str">
-        <x:v/>
+        <x:v>Cheese Lane</x:v>
       </x:c>
       <x:c r="D204" t="str">
-        <x:v>Broadstone</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E204" t="str">
-        <x:v>Dorset,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F204" t="str">
-        <x:v>BH18 8AX</x:v>
+        <x:v>BS2 0JJ</x:v>
       </x:c>
       <x:c r="G204" t="str">
-        <x:v>rleedham@coles-miller.co.uk</x:v>
+        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
       </x:c>
       <x:c r="H204" t="str">
-        <x:v>01202694891</x:v>
+        <x:v>0345 209 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B205" t="str">
-        <x:v>21 Eastbrook Row</x:v>
+        <x:v>7 Landau Court, Tan Bank</x:v>
       </x:c>
       <x:c r="C205" t="str">
-        <x:v>Crown Mead</x:v>
+        <x:v>Wellington</x:v>
       </x:c>
       <x:c r="D205" t="str">
-        <x:v>Wimborne</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E205" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F205" t="str">
-        <x:v>BH21 1HN</x:v>
+        <x:v>TF1 1HE</x:v>
       </x:c>
       <x:c r="G205" t="str">
-        <x:v>website@coles-miller.co.uk</x:v>
+        <x:v>wellington@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H205" t="str">
-        <x:v>01202 355699</x:v>
+        <x:v>01952 223548</x:v>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B206" t="str">
-        <x:v>Harbour House, Upton Road</x:v>
+        <x:v>13 Cheapside</x:v>
       </x:c>
       <x:c r="C206" t="str">
         <x:v/>
       </x:c>
       <x:c r="D206" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Shifnal</x:v>
       </x:c>
       <x:c r="E206" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F206" t="str">
-        <x:v>BH17 7AG</x:v>
+        <x:v>TF11 8BN</x:v>
       </x:c>
       <x:c r="G206" t="str">
-        <x:v>rleedham@coles-miller.co.uk</x:v>
+        <x:v>shifnal@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H206" t="str">
-        <x:v>01202338888</x:v>
+        <x:v>01952 466244</x:v>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" t="str">
-        <x:v>Comptons Solicitors LLP</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B207" t="str">
-        <x:v>90-92 Parkway</x:v>
+        <x:v>Hazledine House</x:v>
       </x:c>
       <x:c r="C207" t="str">
-        <x:v/>
+        <x:v>Town Centre</x:v>
       </x:c>
       <x:c r="D207" t="str">
-        <x:v>London</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E207" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F207" t="str">
-        <x:v>NW1 7AN</x:v>
+        <x:v>TF3 4JL</x:v>
       </x:c>
       <x:c r="G207" t="str">
-        <x:v>jayne@comptons.co.uk</x:v>
+        <x:v>info@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H207" t="str">
-        <x:v>02074 850888</x:v>
+        <x:v>01952 291666</x:v>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" t="str">
-        <x:v>Connaught Law Limited</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B208" t="str">
-        <x:v>34-36 Gray's Inn Road</x:v>
+        <x:v>Kingston House</x:v>
       </x:c>
       <x:c r="C208" t="str">
-        <x:v/>
+        <x:v>6 St. Alkmonds Place</x:v>
       </x:c>
       <x:c r="D208" t="str">
-        <x:v>London</x:v>
+        <x:v>Shrewsbury</x:v>
       </x:c>
       <x:c r="E208" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F208" t="str">
-        <x:v>WC1X 8HR</x:v>
+        <x:v>SY1 1UL</x:v>
       </x:c>
       <x:c r="G208" t="str">
-        <x:v/>
+        <x:v>info@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H208" t="str">
-        <x:v/>
+        <x:v>01743 231531</x:v>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" t="str">
-        <x:v>Cook Taylor Woodhouse Limited</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B209" t="str">
-        <x:v>68-70 Eltham High Street</x:v>
+        <x:v>21 High Street</x:v>
       </x:c>
       <x:c r="C209" t="str">
         <x:v/>
       </x:c>
       <x:c r="D209" t="str">
-        <x:v>London</x:v>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="E209" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F209" t="str">
-        <x:v>SE9 1BZ</x:v>
+        <x:v>TF10 7AT</x:v>
       </x:c>
       <x:c r="G209" t="str">
-        <x:v/>
+        <x:v>info@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H209" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" t="str">
-        <x:v>Cook Taylor Woodhouse Limited</x:v>
+        <x:v>CLP Group Limited</x:v>
       </x:c>
       <x:c r="B210" t="str">
-        <x:v>St. Johns House, </x:v>
+        <x:v>Queen Square House</x:v>
       </x:c>
       <x:c r="C210" t="str">
-        <x:v>37-41 Spital Street</x:v>
+        <x:v>18-21 Queen Square</x:v>
       </x:c>
       <x:c r="D210" t="str">
-        <x:v>Dartford</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E210" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F210" t="str">
-        <x:v>DA1 2DR</x:v>
+        <x:v>BS1 4NH</x:v>
       </x:c>
       <x:c r="G210" t="str">
-        <x:v/>
+        <x:v>practice.management@carbonlawpartners.com</x:v>
       </x:c>
       <x:c r="H210" t="str">
-        <x:v>01322223223</x:v>
+        <x:v>03304609635</x:v>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" t="str">
-        <x:v>Cook Taylor Woodhouse Limited</x:v>
+        <x:v>CLP Group Limited</x:v>
       </x:c>
       <x:c r="B211" t="str">
-        <x:v>1st Floor, Warneford House,</x:v>
+        <x:v>One Temple Quay</x:v>
       </x:c>
       <x:c r="C211" t="str">
-        <x:v>St Leonards Road,</x:v>
+        <x:v>Temple Back East</x:v>
       </x:c>
       <x:c r="D211" t="str">
-        <x:v>Allington, Maidstone</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E211" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F211" t="str">
-        <x:v>ME16 0LS</x:v>
+        <x:v>BS1 6DZ</x:v>
       </x:c>
       <x:c r="G211" t="str">
-        <x:v>swarren@ctwsolicitors.co.uk</x:v>
+        <x:v>practice.management@carbonlawpartners.com</x:v>
       </x:c>
       <x:c r="H211" t="str">
-        <x:v>01622 687777</x:v>
+        <x:v>03304609635</x:v>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" t="str">
-        <x:v>Cooklaw Solicitors Ltd</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B212" t="str">
-        <x:v>2a &amp; b Colima Avenue</x:v>
+        <x:v>44/46 Parkstone Road</x:v>
       </x:c>
       <x:c r="C212" t="str">
-        <x:v>Sunderland Enterprise Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D212" t="str">
-        <x:v>Sunderland</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E212" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F212" t="str">
-        <x:v>SR5 3XB</x:v>
+        <x:v>BH15 2PG</x:v>
       </x:c>
       <x:c r="G212" t="str">
-        <x:v>info@cooklaw.co.uk</x:v>
+        <x:v>rleedham@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H212" t="str">
-        <x:v>0191 5677244</x:v>
+        <x:v>01202673011</x:v>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" t="str">
-        <x:v>Core Legal Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B213" t="str">
-        <x:v>Brewers Court</x:v>
+        <x:v>Arrowsmith Court, 10 Station Approach</x:v>
       </x:c>
       <x:c r="C213" t="str">
-        <x:v>164 Westgate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D213" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Broadstone</x:v>
       </x:c>
       <x:c r="E213" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Dorset,</x:v>
       </x:c>
       <x:c r="F213" t="str">
-        <x:v>WF2 9SR</x:v>
+        <x:v>BH18 8AX</x:v>
       </x:c>
       <x:c r="G213" t="str">
-        <x:v>hello@corelegal.co.uk</x:v>
+        <x:v>rleedham@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H213" t="str">
-        <x:v>0345 313 2767</x:v>
+        <x:v>01202694891</x:v>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" t="str">
-        <x:v>Core Legal Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B214" t="str">
-        <x:v>Hawk House</x:v>
+        <x:v>21 Eastbrook Row</x:v>
       </x:c>
       <x:c r="C214" t="str">
-        <x:v>12 Falcon Court, Preston Farm Industrial Estate</x:v>
+        <x:v>Crown Mead</x:v>
       </x:c>
       <x:c r="D214" t="str">
-        <x:v>Stockton-on-Tees</x:v>
+        <x:v>Wimborne</x:v>
       </x:c>
       <x:c r="E214" t="str">
-        <x:v>Durham</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F214" t="str">
-        <x:v>TS18 3TU</x:v>
+        <x:v>BH21 1HN</x:v>
       </x:c>
       <x:c r="G214" t="str">
-        <x:v/>
+        <x:v>website@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H214" t="str">
-        <x:v/>
+        <x:v>01202 355699</x:v>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" t="str">
-        <x:v>Core Legal Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B215" t="str">
-        <x:v>13 Escrick Business Park</x:v>
+        <x:v>Harbour House, Upton Road</x:v>
       </x:c>
       <x:c r="C215" t="str">
-        <x:v>Escrick</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D215" t="str">
-        <x:v>York</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E215" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F215" t="str">
-        <x:v>YO19 6FD</x:v>
+        <x:v>BH17 7AG</x:v>
       </x:c>
       <x:c r="G215" t="str">
-        <x:v/>
+        <x:v>rleedham@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H215" t="str">
-        <x:v/>
+        <x:v>01202338888</x:v>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" t="str">
-        <x:v>Cowling Swift &amp; Kitchin Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B216" t="str">
-        <x:v>8 Blake Street</x:v>
+        <x:v>4 Durley Chine Road</x:v>
       </x:c>
       <x:c r="C216" t="str">
         <x:v/>
       </x:c>
       <x:c r="D216" t="str">
-        <x:v>York</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E216" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F216" t="str">
-        <x:v>YO1 8XJ</x:v>
+        <x:v>BH2 5QT</x:v>
       </x:c>
       <x:c r="G216" t="str">
-        <x:v>enquiries@csksolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H216" t="str">
-        <x:v>01904625678</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" t="str">
-        <x:v>Crane And Walton LLP</x:v>
+        <x:v>Comptons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B217" t="str">
-        <x:v>21-25 London Road</x:v>
+        <x:v>90-92 Parkway</x:v>
       </x:c>
       <x:c r="C217" t="str">
         <x:v/>
       </x:c>
       <x:c r="D217" t="str">
-        <x:v>Coalville</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E217" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F217" t="str">
-        <x:v>LE67 3JB</x:v>
+        <x:v>NW1 7AN</x:v>
       </x:c>
       <x:c r="G217" t="str">
-        <x:v/>
+        <x:v>jayne@comptons.co.uk</x:v>
       </x:c>
       <x:c r="H217" t="str">
-        <x:v/>
+        <x:v>02074 850888</x:v>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" t="str">
-        <x:v>Crane and Walton LLP</x:v>
+        <x:v>Connaught Law Limited</x:v>
       </x:c>
       <x:c r="B218" t="str">
-        <x:v>24 De Montfort Street</x:v>
+        <x:v>34-36 Gray's Inn Road</x:v>
       </x:c>
       <x:c r="C218" t="str">
         <x:v/>
       </x:c>
       <x:c r="D218" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E218" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F218" t="str">
-        <x:v>LE1 7GB</x:v>
+        <x:v>WC1X 8HR</x:v>
       </x:c>
       <x:c r="G218" t="str">
-        <x:v>alisonmuttock@craneandwalton.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H218" t="str">
-        <x:v>0116 2551901</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="219">
       <x:c r="A219" t="str">
-        <x:v>Crane and Walton LLP</x:v>
+        <x:v>Cook Taylor Woodhouse Limited</x:v>
       </x:c>
       <x:c r="B219" t="str">
-        <x:v>30 South Street,</x:v>
+        <x:v>68-70 Eltham High Street</x:v>
       </x:c>
       <x:c r="C219" t="str">
         <x:v/>
       </x:c>
       <x:c r="D219" t="str">
-        <x:v>Ashby-de-la-Zouch</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E219" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F219" t="str">
-        <x:v>LE65 1BT</x:v>
+        <x:v>SE9 1BZ</x:v>
       </x:c>
       <x:c r="G219" t="str">
-        <x:v>matthewneedham@craneandwalton.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H219" t="str">
-        <x:v>01530 414111</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="220">
       <x:c r="A220" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Cook Taylor Woodhouse Limited</x:v>
       </x:c>
       <x:c r="B220" t="str">
-        <x:v>Great Square</x:v>
+        <x:v>St. Johns House, </x:v>
       </x:c>
       <x:c r="C220" t="str">
-        <x:v/>
+        <x:v>37-41 Spital Street</x:v>
       </x:c>
       <x:c r="D220" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Dartford</x:v>
       </x:c>
       <x:c r="E220" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F220" t="str">
-        <x:v>CM7 1UD</x:v>
+        <x:v>DA1 2DR</x:v>
       </x:c>
       <x:c r="G220" t="str">
-        <x:v>culzean.tate@cunningtons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H220" t="str">
-        <x:v>01376554300 </x:v>
+        <x:v>01322223223</x:v>
       </x:c>
     </x:row>
     <x:row r="221">
       <x:c r="A221" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Cook Taylor Woodhouse Limited</x:v>
       </x:c>
       <x:c r="B221" t="str">
-        <x:v>2 Tofts Walk</x:v>
+        <x:v>1st Floor, Warneford House,</x:v>
       </x:c>
       <x:c r="C221" t="str">
-        <x:v/>
+        <x:v>St Leonards Road,</x:v>
       </x:c>
       <x:c r="D221" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Allington, Maidstone</x:v>
       </x:c>
       <x:c r="E221" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F221" t="str">
-        <x:v>CM7 1XH</x:v>
+        <x:v>ME16 0LS</x:v>
       </x:c>
       <x:c r="G221" t="str">
-        <x:v>paul.fenton@cunningtons.co.uk</x:v>
+        <x:v>swarren@ctwsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H221" t="str">
-        <x:v>01376 326868</x:v>
+        <x:v>01622 687777</x:v>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Cooklaw Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B222" t="str">
-        <x:v>Second Floor 19 Park Street</x:v>
+        <x:v>2a &amp; b Colima Avenue</x:v>
       </x:c>
       <x:c r="C222" t="str">
-        <x:v/>
+        <x:v>Sunderland Enterprise Park</x:v>
       </x:c>
       <x:c r="D222" t="str">
-        <x:v>Croydon</x:v>
+        <x:v>Sunderland</x:v>
       </x:c>
       <x:c r="E222" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F222" t="str">
-        <x:v>CR0 1YD</x:v>
+        <x:v>SR5 3XB</x:v>
       </x:c>
       <x:c r="G222" t="str">
-        <x:v>zahid.nizam@cunningtons.co.uk</x:v>
+        <x:v>info@cooklaw.co.uk</x:v>
       </x:c>
       <x:c r="H222" t="str">
-        <x:v>020 8688 8446</x:v>
+        <x:v>0191 5677244</x:v>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Core Legal Limited</x:v>
       </x:c>
       <x:c r="B223" t="str">
-        <x:v>Gibraltar Walk</x:v>
+        <x:v>Brewers Court</x:v>
       </x:c>
       <x:c r="C223" t="str">
-        <x:v/>
+        <x:v>164 Westgate</x:v>
       </x:c>
       <x:c r="D223" t="str">
-        <x:v>Wickford</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E223" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F223" t="str">
-        <x:v>SS12 9AX</x:v>
+        <x:v>WF2 9SR</x:v>
       </x:c>
       <x:c r="G223" t="str">
-        <x:v>kate.hunt@cunningtons.co.uk</x:v>
+        <x:v>hello@corelegal.co.uk</x:v>
       </x:c>
       <x:c r="H223" t="str">
-        <x:v>01268 732268</x:v>
+        <x:v>0345 313 2767</x:v>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Core Legal Limited</x:v>
       </x:c>
       <x:c r="B224" t="str">
-        <x:v>31 Duke Street</x:v>
+        <x:v>Hawk House</x:v>
       </x:c>
       <x:c r="C224" t="str">
-        <x:v/>
+        <x:v>12 Falcon Court, Preston Farm Industrial Estate</x:v>
       </x:c>
       <x:c r="D224" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Stockton-on-Tees</x:v>
       </x:c>
       <x:c r="E224" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="F224" t="str">
-        <x:v>BN1 1AG</x:v>
+        <x:v>TS18 3TU</x:v>
       </x:c>
       <x:c r="G224" t="str">
-        <x:v>	info@cunningtons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H224" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Core Legal Limited</x:v>
       </x:c>
       <x:c r="B225" t="str">
-        <x:v>141 New London Road</x:v>
+        <x:v>13 Escrick Business Park</x:v>
       </x:c>
       <x:c r="C225" t="str">
-        <x:v/>
+        <x:v>Escrick</x:v>
       </x:c>
       <x:c r="D225" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E225" t="str">
-        <x:v>Essex</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F225" t="str">
-        <x:v>CM2 0QT</x:v>
+        <x:v>YO19 6FD</x:v>
       </x:c>
       <x:c r="G225" t="str">
-        <x:v>info@cunningtons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H225" t="str">
-        <x:v>01245264494</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Cowling Swift &amp; Kitchin Limited</x:v>
       </x:c>
       <x:c r="B226" t="str">
-        <x:v>135 High Street</x:v>
+        <x:v>8 Blake Street</x:v>
       </x:c>
       <x:c r="C226" t="str">
         <x:v/>
       </x:c>
       <x:c r="D226" t="str">
-        <x:v>Hornchurch</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E226" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F226" t="str">
-        <x:v>RM11 3YD</x:v>
+        <x:v>YO1 8XJ</x:v>
       </x:c>
       <x:c r="G226" t="str">
-        <x:v>palaniappan.ahilan@cuuningtons.co.uk</x:v>
+        <x:v>enquiries@csksolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H226" t="str">
-        <x:v>01708984999</x:v>
+        <x:v>01904625678</x:v>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" t="str">
-        <x:v>Curtis Law Solicitors Limited</x:v>
+        <x:v>Crane And Walton LLP</x:v>
       </x:c>
       <x:c r="B227" t="str">
-        <x:v>Belthorn House</x:v>
+        <x:v>21-25 London Road</x:v>
       </x:c>
       <x:c r="C227" t="str">
-        <x:v>Walker Industrial Estate, Walker Road, Guide</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D227" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Coalville</x:v>
       </x:c>
       <x:c r="E227" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F227" t="str">
-        <x:v>BB1 2QE</x:v>
+        <x:v>LE67 3JB</x:v>
       </x:c>
       <x:c r="G227" t="str">
-        <x:v>Juber.Deriwala@curtislaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H227" t="str">
-        <x:v>01254 914 177</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" t="str">
-        <x:v>Curtis Law Solicitors Limited</x:v>
+        <x:v>Crane and Walton LLP</x:v>
       </x:c>
       <x:c r="B228" t="str">
-        <x:v>26 Limbrick</x:v>
+        <x:v>24 De Montfort Street</x:v>
       </x:c>
       <x:c r="C228" t="str">
         <x:v/>
       </x:c>
       <x:c r="D228" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E228" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F228" t="str">
-        <x:v>BB1 8AA</x:v>
+        <x:v>LE1 7GB</x:v>
       </x:c>
       <x:c r="G228" t="str">
-        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
+        <x:v>alisonmuttock@craneandwalton.com</x:v>
       </x:c>
       <x:c r="H228" t="str">
-        <x:v>01254 297130</x:v>
+        <x:v>0116 2551901</x:v>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" t="str">
-        <x:v>Curtis Law Solicitors Limited</x:v>
+        <x:v>Crane and Walton LLP</x:v>
       </x:c>
       <x:c r="B229" t="str">
-        <x:v>255 Wilmslow Road</x:v>
+        <x:v>30 South Street,</x:v>
       </x:c>
       <x:c r="C229" t="str">
         <x:v/>
       </x:c>
       <x:c r="D229" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Ashby-de-la-Zouch</x:v>
       </x:c>
       <x:c r="E229" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F229" t="str">
-        <x:v>M14 5LW</x:v>
+        <x:v>LE65 1BT</x:v>
       </x:c>
       <x:c r="G229" t="str">
-        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
+        <x:v>matthewneedham@craneandwalton.com</x:v>
       </x:c>
       <x:c r="H229" t="str">
-        <x:v>0161 248 5898</x:v>
+        <x:v>01530 414111</x:v>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cullimore Dutton Solicitors</x:v>
       </x:c>
       <x:c r="B230" t="str">
-        <x:v>River House</x:v>
+        <x:v>27 Newgate Street</x:v>
       </x:c>
       <x:c r="C230" t="str">
-        <x:v>90 Church Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D230" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E230" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F230" t="str">
-        <x:v>EN2 6AR</x:v>
+        <x:v>CH1 1DE</x:v>
       </x:c>
       <x:c r="G230" t="str">
         <x:v/>
       </x:c>
       <x:c r="H230" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cullimore Dutton Solicitors Limited</x:v>
       </x:c>
       <x:c r="B231" t="str">
-        <x:v>Estate House</x:v>
+        <x:v>Booths Court</x:v>
       </x:c>
       <x:c r="C231" t="str">
-        <x:v>19 High Street</x:v>
+        <x:v>Chelford Road</x:v>
       </x:c>
       <x:c r="D231" t="str">
-        <x:v>Hoddesdon</x:v>
+        <x:v>Knutsford</x:v>
       </x:c>
       <x:c r="E231" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F231" t="str">
-        <x:v>EN11 8SX</x:v>
+        <x:v>WA16 8GS</x:v>
       </x:c>
       <x:c r="G231" t="str">
-        <x:v>hoddesdon@curwens.co.uk</x:v>
+        <x:v>info@cullimoredutton.co.uk</x:v>
       </x:c>
       <x:c r="H231" t="str">
-        <x:v>01992 463 772</x:v>
+        <x:v>01244356789</x:v>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B232" t="str">
-        <x:v>17 High Street</x:v>
+        <x:v>Great Square</x:v>
       </x:c>
       <x:c r="C232" t="str">
         <x:v/>
       </x:c>
       <x:c r="D232" t="str">
-        <x:v>Royston</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E232" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F232" t="str">
-        <x:v>SG8 9AA</x:v>
+        <x:v>CM7 1UD</x:v>
       </x:c>
       <x:c r="G232" t="str">
-        <x:v>Royston@curwens.co.uk</x:v>
+        <x:v>culzean.tate@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H232" t="str">
-        <x:v>01763 241 261</x:v>
+        <x:v>01376554300 </x:v>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B233" t="str">
-        <x:v>1A Friern Park</x:v>
+        <x:v>2 Tofts Walk</x:v>
       </x:c>
       <x:c r="C233" t="str">
         <x:v/>
       </x:c>
       <x:c r="D233" t="str">
-        <x:v>London</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E233" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F233" t="str">
-        <x:v>N12 9DE</x:v>
+        <x:v>CM7 1XH</x:v>
       </x:c>
       <x:c r="G233" t="str">
-        <x:v>**</x:v>
+        <x:v>paul.fenton@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H233" t="str">
-        <x:v>*</x:v>
+        <x:v>01376 326868</x:v>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" t="str">
-        <x:v>Curzon Green</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B234" t="str">
-        <x:v>114-116 Oxford Road</x:v>
+        <x:v>Second Floor 19 Park Street</x:v>
       </x:c>
       <x:c r="C234" t="str">
         <x:v/>
       </x:c>
       <x:c r="D234" t="str">
-        <x:v>High Wycombe</x:v>
+        <x:v>Croydon</x:v>
       </x:c>
       <x:c r="E234" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F234" t="str">
-        <x:v>HP11 2DN</x:v>
+        <x:v>CR0 1YD</x:v>
       </x:c>
       <x:c r="G234" t="str">
-        <x:v>julia@curzongreen.co.uk</x:v>
+        <x:v>zahid.nizam@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H234" t="str">
-        <x:v>01494 451355</x:v>
+        <x:v>020 8688 8446</x:v>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" t="str">
-        <x:v>Curzon Green</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B235" t="str">
-        <x:v>10 Philpot Lane</x:v>
+        <x:v>Gibraltar Walk</x:v>
       </x:c>
       <x:c r="C235" t="str">
         <x:v/>
       </x:c>
       <x:c r="D235" t="str">
-        <x:v>London</x:v>
+        <x:v>Wickford</x:v>
       </x:c>
       <x:c r="E235" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F235" t="str">
-        <x:v>EC3M 8AA</x:v>
+        <x:v>SS12 9AX</x:v>
       </x:c>
       <x:c r="G235" t="str">
-        <x:v>enquiries@curzongreen.co.uk</x:v>
+        <x:v>kate.hunt@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H235" t="str">
-        <x:v>020 3443 9576</x:v>
+        <x:v>01268 732268</x:v>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" t="str">
-        <x:v>Cygnet Family Law Ltd</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B236" t="str">
-        <x:v>Portland House</x:v>
+        <x:v>135 High Street</x:v>
       </x:c>
       <x:c r="C236" t="str">
-        <x:v>West Dyke Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D236" t="str">
-        <x:v>Redcar</x:v>
+        <x:v>Hornchurch</x:v>
       </x:c>
       <x:c r="E236" t="str">
-        <x:v>Cleveland</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F236" t="str">
-        <x:v>TS10 1DH</x:v>
+        <x:v>RM11 3YD</x:v>
       </x:c>
       <x:c r="G236" t="str">
-        <x:v>gbrooke@cygnetlaw.co.uk</x:v>
+        <x:v>palaniappan.ahilan@cuuningtons.co.uk</x:v>
       </x:c>
       <x:c r="H236" t="str">
-        <x:v>01642 777680</x:v>
+        <x:v>01708984999</x:v>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" t="str">
-        <x:v>Cygnet Family Law Ltd</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B237" t="str">
-        <x:v>Victoria House Business Centre</x:v>
+        <x:v>31 Duke Street</x:v>
       </x:c>
       <x:c r="C237" t="str">
-        <x:v>159 Albert Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D237" t="str">
-        <x:v>Middlesbrough</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E237" t="str">
-        <x:v/>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F237" t="str">
-        <x:v>TS1 2PX</x:v>
+        <x:v>BN1 1AG</x:v>
       </x:c>
       <x:c r="G237" t="str">
-        <x:v/>
+        <x:v>	info@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H237" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="238">
       <x:c r="A238" t="str">
-        <x:v>Dale And Co Solicitors Limited</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B238" t="str">
-        <x:v>7-11 Beaumont Fee</x:v>
+        <x:v>141 New London Road</x:v>
       </x:c>
       <x:c r="C238" t="str">
         <x:v/>
       </x:c>
       <x:c r="D238" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E238" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F238" t="str">
-        <x:v>LN1 1UH</x:v>
+        <x:v>CM2 0QT</x:v>
       </x:c>
       <x:c r="G238" t="str">
-        <x:v>rdale@dale-law.co.uk</x:v>
+        <x:v>info@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H238" t="str">
-        <x:v>01522 513 399</x:v>
+        <x:v>01245264494</x:v>
       </x:c>
     </x:row>
     <x:row r="239">
       <x:c r="A239" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
+        <x:v>Curtis Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B239" t="str">
-        <x:v>38 Prince Of Wales Road</x:v>
+        <x:v>Belthorn House</x:v>
       </x:c>
       <x:c r="C239" t="str">
-        <x:v/>
+        <x:v>Walker Industrial Estate, Walker Road, Guide</x:v>
       </x:c>
       <x:c r="D239" t="str">
-        <x:v> Norwich</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E239" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F239" t="str">
-        <x:v>NR1 1LG</x:v>
+        <x:v>BB1 2QE</x:v>
       </x:c>
       <x:c r="G239" t="str">
-        <x:v/>
+        <x:v>Juber.Deriwala@curtislaw.co.uk</x:v>
       </x:c>
       <x:c r="H239" t="str">
-        <x:v/>
+        <x:v>01254 914 177</x:v>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
+        <x:v>Curtis Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B240" t="str">
-        <x:v>A W Offices</x:v>
+        <x:v>26 Limbrick</x:v>
       </x:c>
       <x:c r="C240" t="str">
-        <x:v>Argyle House, 29-31 Euston Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D240" t="str">
-        <x:v>London</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E240" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F240" t="str">
-        <x:v>NW1 2SD</x:v>
+        <x:v>BB1 8AA</x:v>
       </x:c>
       <x:c r="G240" t="str">
-        <x:v>ebun@tblp.uk</x:v>
+        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
       </x:c>
       <x:c r="H240" t="str">
-        <x:v>020 301 12748</x:v>
+        <x:v>01254 297130</x:v>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curtis Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B241" t="str">
-        <x:v>4 Victoria Road</x:v>
+        <x:v>255 Wilmslow Road</x:v>
       </x:c>
       <x:c r="C241" t="str">
         <x:v/>
       </x:c>
       <x:c r="D241" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E241" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F241" t="str">
-        <x:v>B79 7HL</x:v>
+        <x:v>M14 5LW</x:v>
       </x:c>
       <x:c r="G241" t="str">
-        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
+        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
       </x:c>
       <x:c r="H241" t="str">
-        <x:v>01827 58333</x:v>
+        <x:v>0161 248 5898</x:v>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B242" t="str">
-        <x:v>51 Bridge Street</x:v>
+        <x:v>Estate House</x:v>
       </x:c>
       <x:c r="C242" t="str">
-        <x:v>Polesworth</x:v>
+        <x:v>19 High Street</x:v>
       </x:c>
       <x:c r="D242" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>Hoddesdon</x:v>
       </x:c>
       <x:c r="E242" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F242" t="str">
-        <x:v>B78 1DR</x:v>
+        <x:v>EN11 8SX</x:v>
       </x:c>
       <x:c r="G242" t="str">
-        <x:v>jane@davidjfostersolicitors.co.uk</x:v>
+        <x:v>hoddesdon@curwens.co.uk</x:v>
       </x:c>
       <x:c r="H242" t="str">
-        <x:v>01827 899059</x:v>
+        <x:v>01992 463 772</x:v>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B243" t="str">
-        <x:v>157 Nottingham Road</x:v>
+        <x:v>17 High Street</x:v>
       </x:c>
       <x:c r="C243" t="str">
-        <x:v>Somercotes</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D243" t="str">
-        <x:v>Alfreton</x:v>
+        <x:v>Royston</x:v>
       </x:c>
       <x:c r="E243" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F243" t="str">
-        <x:v>DE55 4JH</x:v>
+        <x:v>SG8 9AA</x:v>
       </x:c>
       <x:c r="G243" t="str">
-        <x:v>enquiries@chapsol.com</x:v>
+        <x:v>Royston@curwens.co.uk</x:v>
       </x:c>
       <x:c r="H243" t="str">
-        <x:v>01773540480</x:v>
+        <x:v>01763 241 261</x:v>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B244" t="str">
-        <x:v>65 Gloucester Road</x:v>
+        <x:v>River House</x:v>
       </x:c>
       <x:c r="C244" t="str">
-        <x:v>Patchway</x:v>
+        <x:v>90 Church Street</x:v>
       </x:c>
       <x:c r="D244" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="E244" t="str">
         <x:v/>
       </x:c>
       <x:c r="F244" t="str">
-        <x:v>BS34 5JH</x:v>
+        <x:v>EN2 6AR</x:v>
       </x:c>
       <x:c r="G244" t="str">
-        <x:v>enquiries@hooleandco.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H244" t="str">
-        <x:v>0117 969 1436</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B245" t="str">
-        <x:v>61 Bradford Street</x:v>
+        <x:v>1A Friern Park</x:v>
       </x:c>
       <x:c r="C245" t="str">
         <x:v/>
       </x:c>
       <x:c r="D245" t="str">
-        <x:v>Wallsall</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E245" t="str">
         <x:v/>
       </x:c>
       <x:c r="F245" t="str">
-        <x:v>WS1 3QD</x:v>
+        <x:v>N12 9DE</x:v>
       </x:c>
       <x:c r="G245" t="str">
-        <x:v>info@djfsolicitors.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H245" t="str">
-        <x:v>01827 58333</x:v>
+        <x:v>*</x:v>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curzon Green</x:v>
       </x:c>
       <x:c r="B246" t="str">
-        <x:v>301-303 Chester Rd</x:v>
+        <x:v>114-116 Oxford Road</x:v>
       </x:c>
       <x:c r="C246" t="str">
         <x:v/>
       </x:c>
       <x:c r="D246" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>High Wycombe</x:v>
       </x:c>
       <x:c r="E246" t="str">
-        <x:v/>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F246" t="str">
-        <x:v>B36 0JG</x:v>
+        <x:v>HP11 2DN</x:v>
       </x:c>
       <x:c r="G246" t="str">
-        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
+        <x:v>julia@curzongreen.co.uk</x:v>
       </x:c>
       <x:c r="H246" t="str">
-        <x:v>0121271020</x:v>
+        <x:v>01494 451355</x:v>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curzon Green</x:v>
       </x:c>
       <x:c r="B247" t="str">
-        <x:v>Unit 1 Cable Court, Pittman Way</x:v>
+        <x:v>10 Philpot Lane</x:v>
       </x:c>
       <x:c r="C247" t="str">
-        <x:v>Fulwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D247" t="str">
-        <x:v>Preston</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E247" t="str">
         <x:v/>
       </x:c>
       <x:c r="F247" t="str">
-        <x:v>PR2 9YW</x:v>
+        <x:v>EC3M 8AA</x:v>
       </x:c>
       <x:c r="G247" t="str">
-        <x:v>mth@djfsolicitors.co.uk</x:v>
+        <x:v>enquiries@curzongreen.co.uk</x:v>
       </x:c>
       <x:c r="H247" t="str">
-        <x:v>01772 367718</x:v>
+        <x:v>020 3443 9576</x:v>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Cygnet Family Law Ltd</x:v>
       </x:c>
       <x:c r="B248" t="str">
-        <x:v>Old Wallfields</x:v>
+        <x:v>Portland House</x:v>
       </x:c>
       <x:c r="C248" t="str">
-        <x:v>Pegs Lane</x:v>
+        <x:v>West Dyke Road</x:v>
       </x:c>
       <x:c r="D248" t="str">
-        <x:v>Hertford</x:v>
+        <x:v>Redcar</x:v>
       </x:c>
       <x:c r="E248" t="str">
-        <x:v/>
+        <x:v>Cleveland</x:v>
       </x:c>
       <x:c r="F248" t="str">
-        <x:v>SG13 8EQ</x:v>
+        <x:v>TS10 1DH</x:v>
       </x:c>
       <x:c r="G248" t="str">
-        <x:v>mail@judkins-solicitors.co.uk</x:v>
+        <x:v>gbrooke@cygnetlaw.co.uk</x:v>
       </x:c>
       <x:c r="H248" t="str">
-        <x:v>01992 500456</x:v>
+        <x:v>01642 777680</x:v>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Cygnet Family Law Ltd</x:v>
       </x:c>
       <x:c r="B249" t="str">
-        <x:v>Marlborough House, 139 Stratford Road</x:v>
+        <x:v>Victoria House Business Centre</x:v>
       </x:c>
       <x:c r="C249" t="str">
-        <x:v>Shirley</x:v>
+        <x:v>159 Albert Road</x:v>
       </x:c>
       <x:c r="D249" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Middlesbrough</x:v>
       </x:c>
       <x:c r="E249" t="str">
         <x:v/>
       </x:c>
       <x:c r="F249" t="str">
-        <x:v>B90 3AY</x:v>
+        <x:v>TS1 2PX</x:v>
       </x:c>
       <x:c r="G249" t="str">
-        <x:v>enquiries@ericbowesandco.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H249" t="str">
-        <x:v>0121 744 3691</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>Dale And Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B250" t="str">
-        <x:v>18-19 Market Place</x:v>
+        <x:v>7-11 Beaumont Fee</x:v>
       </x:c>
       <x:c r="C250" t="str">
         <x:v/>
       </x:c>
       <x:c r="D250" t="str">
-        <x:v>Rugby</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E250" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F250" t="str">
-        <x:v>CV21 3DU</x:v>
+        <x:v>LN1 1UH</x:v>
       </x:c>
       <x:c r="G250" t="str">
-        <x:v>rugby@davisons.law</x:v>
+        <x:v>rdale@dale-law.co.uk</x:v>
       </x:c>
       <x:c r="H250" t="str">
-        <x:v>01788 716 362</x:v>
+        <x:v>01522 513 399</x:v>
       </x:c>
     </x:row>
     <x:row r="251">
       <x:c r="A251" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
       </x:c>
       <x:c r="B251" t="str">
-        <x:v>21 Waterloo Road</x:v>
+        <x:v>38 Prince Of Wales Road</x:v>
       </x:c>
       <x:c r="C251" t="str">
         <x:v/>
       </x:c>
       <x:c r="D251" t="str">
-        <x:v>Wolverhampton</x:v>
+        <x:v> Norwich</x:v>
       </x:c>
       <x:c r="E251" t="str">
         <x:v/>
       </x:c>
       <x:c r="F251" t="str">
-        <x:v>WV1 4DJ</x:v>
+        <x:v>NR1 1LG</x:v>
       </x:c>
       <x:c r="G251" t="str">
         <x:v/>
       </x:c>
       <x:c r="H251" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="252">
       <x:c r="A252" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
       </x:c>
       <x:c r="B252" t="str">
-        <x:v>63-65 Beckbury Road</x:v>
+        <x:v>A W Offices</x:v>
       </x:c>
       <x:c r="C252" t="str">
-        <x:v>Weoley Castle</x:v>
+        <x:v>Argyle House, 29-31 Euston Road</x:v>
       </x:c>
       <x:c r="D252" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E252" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F252" t="str">
-        <x:v>B29 5HS</x:v>
+        <x:v>NW1 2SD</x:v>
       </x:c>
       <x:c r="G252" t="str">
-        <x:v>Weoley@davisons.law</x:v>
+        <x:v>ebun@tblp.uk</x:v>
       </x:c>
       <x:c r="H252" t="str">
-        <x:v>0121 6851248</x:v>
+        <x:v>020 301 12748</x:v>
       </x:c>
     </x:row>
     <x:row r="253">
       <x:c r="A253" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B253" t="str">
-        <x:v>1886/1888 Pershore Road</x:v>
+        <x:v>4 Victoria Road</x:v>
       </x:c>
       <x:c r="C253" t="str">
-        <x:v>Cotteridge</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D253" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E253" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F253" t="str">
-        <x:v>B30 3AS</x:v>
+        <x:v>B79 7HL</x:v>
       </x:c>
       <x:c r="G253" t="str">
-        <x:v>Cotteridge@davisons.law</x:v>
+        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H253" t="str">
-        <x:v>0121 685 1255</x:v>
+        <x:v>01827 58333</x:v>
       </x:c>
     </x:row>
     <x:row r="254">
       <x:c r="A254" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B254" t="str">
-        <x:v>Milford House</x:v>
+        <x:v>51 Bridge Street</x:v>
       </x:c>
       <x:c r="C254" t="str">
-        <x:v>260 Lichfield Road</x:v>
+        <x:v>Polesworth</x:v>
       </x:c>
       <x:c r="D254" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E254" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F254" t="str">
-        <x:v>B74 2UH</x:v>
+        <x:v>B78 1DR</x:v>
       </x:c>
       <x:c r="G254" t="str">
-        <x:v>fouroaks@davisons.law</x:v>
+        <x:v>jane@davidjfostersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H254" t="str">
-        <x:v>0121 323 2525</x:v>
+        <x:v>01827 899059</x:v>
       </x:c>
     </x:row>
     <x:row r="255">
       <x:c r="A255" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B255" t="str">
-        <x:v>20A Rother Street</x:v>
+        <x:v>157 Nottingham Road</x:v>
       </x:c>
       <x:c r="C255" t="str">
-        <x:v/>
+        <x:v>Somercotes</x:v>
       </x:c>
       <x:c r="D255" t="str">
-        <x:v>Stratford-upon-Avon</x:v>
+        <x:v>Alfreton</x:v>
       </x:c>
       <x:c r="E255" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F255" t="str">
-        <x:v>CV37 6NE</x:v>
+        <x:v>DE55 4JH</x:v>
       </x:c>
       <x:c r="G255" t="str">
-        <x:v>stratford@davisons.law</x:v>
+        <x:v>enquiries@chapsol.com</x:v>
       </x:c>
       <x:c r="H255" t="str">
-        <x:v>01789 632 500 </x:v>
+        <x:v>01773540480</x:v>
       </x:c>
     </x:row>
     <x:row r="256">
       <x:c r="A256" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B256" t="str">
-        <x:v>Friars Mill, Friars Terrace</x:v>
+        <x:v>65 Gloucester Road</x:v>
       </x:c>
       <x:c r="C256" t="str">
-        <x:v/>
+        <x:v>Patchway</x:v>
       </x:c>
       <x:c r="D256" t="str">
-        <x:v>Stafford</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E256" t="str">
         <x:v/>
       </x:c>
       <x:c r="F256" t="str">
-        <x:v>ST17 4AU</x:v>
+        <x:v>BS34 5JH</x:v>
       </x:c>
       <x:c r="G256" t="str">
-        <x:v>stafford@davisons.law</x:v>
+        <x:v>enquiries@hooleandco.co.uk</x:v>
       </x:c>
       <x:c r="H256" t="str">
-        <x:v>01785556705</x:v>
+        <x:v>0117 969 1436</x:v>
       </x:c>
     </x:row>
     <x:row r="257">
       <x:c r="A257" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B257" t="str">
-        <x:v>2a Bore Street</x:v>
+        <x:v>61 Bradford Street</x:v>
       </x:c>
       <x:c r="C257" t="str">
         <x:v/>
       </x:c>
       <x:c r="D257" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Wallsall</x:v>
       </x:c>
       <x:c r="E257" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F257" t="str">
-        <x:v>WS13 6LL</x:v>
+        <x:v>WS1 3QD</x:v>
       </x:c>
       <x:c r="G257" t="str">
-        <x:v>lichfield@davisons.law</x:v>
+        <x:v>info@djfsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H257" t="str">
-        <x:v>01543387509</x:v>
+        <x:v>01827 58333</x:v>
       </x:c>
     </x:row>
     <x:row r="258">
       <x:c r="A258" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B258" t="str">
-        <x:v>4 Euston Place</x:v>
+        <x:v>301-303 Chester Rd</x:v>
       </x:c>
       <x:c r="C258" t="str">
         <x:v/>
       </x:c>
       <x:c r="D258" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E258" t="str">
         <x:v/>
       </x:c>
       <x:c r="F258" t="str">
-        <x:v>CV32 4LN</x:v>
+        <x:v>B36 0JG</x:v>
       </x:c>
       <x:c r="G258" t="str">
-        <x:v>leamingtonspa@davisons.law</x:v>
+        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H258" t="str">
-        <x:v>01926893278</x:v>
+        <x:v>0121271020</x:v>
       </x:c>
     </x:row>
     <x:row r="259">
       <x:c r="A259" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B259" t="str">
-        <x:v>266-268 Streatham High Road</x:v>
+        <x:v>Unit 1 Cable Court, Pittman Way</x:v>
       </x:c>
       <x:c r="C259" t="str">
-        <x:v/>
+        <x:v>Fulwood</x:v>
       </x:c>
       <x:c r="D259" t="str">
-        <x:v>London</x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E259" t="str">
         <x:v/>
       </x:c>
       <x:c r="F259" t="str">
-        <x:v>SW16 1HS</x:v>
+        <x:v>PR2 9YW</x:v>
       </x:c>
       <x:c r="G259" t="str">
-        <x:v>streatham@davisons.law</x:v>
+        <x:v>mth@djfsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H259" t="str">
-        <x:v>020 3751 4952</x:v>
+        <x:v>01772 367718</x:v>
       </x:c>
     </x:row>
     <x:row r="260">
       <x:c r="A260" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B260" t="str">
-        <x:v>12 Warwick Row</x:v>
+        <x:v>Old Wallfields</x:v>
       </x:c>
       <x:c r="C260" t="str">
-        <x:v/>
+        <x:v>Pegs Lane</x:v>
       </x:c>
       <x:c r="D260" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E260" t="str">
         <x:v/>
       </x:c>
       <x:c r="F260" t="str">
-        <x:v>CV1 1EX</x:v>
+        <x:v>SG13 8EQ</x:v>
       </x:c>
       <x:c r="G260" t="str">
-        <x:v>coventry@davisons.law</x:v>
+        <x:v>mail@judkins-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H260" t="str">
-        <x:v>02475 316 959</x:v>
+        <x:v>01992 500456</x:v>
       </x:c>
     </x:row>
     <x:row r="261">
       <x:c r="A261" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B261" t="str">
-        <x:v>2-3 Park Street</x:v>
+        <x:v>Marlborough House, 139 Stratford Road</x:v>
       </x:c>
       <x:c r="C261" t="str">
-        <x:v>Stow-on-the-Wold</x:v>
+        <x:v>Shirley</x:v>
       </x:c>
       <x:c r="D261" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E261" t="str">
         <x:v/>
       </x:c>
       <x:c r="F261" t="str">
-        <x:v>GL54 1AQ</x:v>
+        <x:v>B90 3AY</x:v>
       </x:c>
       <x:c r="G261" t="str">
-        <x:v>stow@davisons.law</x:v>
+        <x:v>enquiries@ericbowesandco.co.uk</x:v>
       </x:c>
       <x:c r="H261" t="str">
-        <x:v>01451 828 865</x:v>
+        <x:v>0121 744 3691</x:v>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B262" t="str">
-        <x:v>168 The Parade</x:v>
+        <x:v>18-19 Market Place</x:v>
       </x:c>
       <x:c r="C262" t="str">
         <x:v/>
       </x:c>
       <x:c r="D262" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Rugby</x:v>
       </x:c>
       <x:c r="E262" t="str">
         <x:v/>
       </x:c>
       <x:c r="F262" t="str">
-        <x:v>CV32 4AE</x:v>
+        <x:v>CV21 3DU</x:v>
       </x:c>
       <x:c r="G262" t="str">
-        <x:v>newbusiness@jephsonlegal.com</x:v>
+        <x:v>rugby@davisons.law</x:v>
       </x:c>
       <x:c r="H262" t="str">
-        <x:v>03301748545</x:v>
+        <x:v>01788 716 362</x:v>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B263" t="str">
-        <x:v>52 High Street</x:v>
+        <x:v>63-65 Beckbury Road</x:v>
       </x:c>
       <x:c r="C263" t="str">
-        <x:v/>
+        <x:v>Weoley Castle</x:v>
       </x:c>
       <x:c r="D263" t="str">
-        <x:v>Market Harborough</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E263" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F263" t="str">
-        <x:v>LE16 7AF</x:v>
+        <x:v>B29 5HS</x:v>
       </x:c>
       <x:c r="G263" t="str">
-        <x:v>newbusiness@jephsonlegal.com</x:v>
+        <x:v>Weoley@davisons.law</x:v>
       </x:c>
       <x:c r="H263" t="str">
-        <x:v>03306302233</x:v>
+        <x:v>0121 6851248</x:v>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B264" t="str">
-        <x:v>Bryn Ogwy, 3 Court Road</x:v>
+        <x:v>1886/1888 Pershore Road</x:v>
       </x:c>
       <x:c r="C264" t="str">
-        <x:v/>
+        <x:v>Cotteridge</x:v>
       </x:c>
       <x:c r="D264" t="str">
-        <x:v>Bridgend</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E264" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F264" t="str">
-        <x:v>CF31 1BL</x:v>
+        <x:v>B30 3AS</x:v>
       </x:c>
       <x:c r="G264" t="str">
-        <x:v>bridgend@dplaw.law</x:v>
+        <x:v>Cotteridge@davisons.law</x:v>
       </x:c>
       <x:c r="H264" t="str">
-        <x:v>01656 645 921</x:v>
+        <x:v>0121 685 1255</x:v>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B265" t="str">
-        <x:v>1B Icon House, Mill Street</x:v>
+        <x:v>Milford House</x:v>
       </x:c>
       <x:c r="C265" t="str">
-        <x:v/>
+        <x:v>260 Lichfield Road</x:v>
       </x:c>
       <x:c r="D265" t="str">
-        <x:v>Cannock</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E265" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F265" t="str">
-        <x:v>WS11 0DP</x:v>
+        <x:v>B74 2UH</x:v>
       </x:c>
       <x:c r="G265" t="str">
-        <x:v>cannock@davisons.law</x:v>
+        <x:v>fouroaks@davisons.law</x:v>
       </x:c>
       <x:c r="H265" t="str">
-        <x:v>01543 387 416</x:v>
+        <x:v>0121 323 2525</x:v>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B266" t="str">
-        <x:v>Penguin House, Unit 3 Raleigh Walk</x:v>
+        <x:v>20A Rother Street</x:v>
       </x:c>
       <x:c r="C266" t="str">
-        <x:v>2 Brigantine Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D266" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Stratford-upon-Avon</x:v>
       </x:c>
       <x:c r="E266" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F266" t="str">
-        <x:v>CF10 4LN</x:v>
+        <x:v>CV37 6NE</x:v>
       </x:c>
       <x:c r="G266" t="str">
-        <x:v>cardiff@dplaw.law</x:v>
+        <x:v>stratford@davisons.law</x:v>
       </x:c>
       <x:c r="H266" t="str">
-        <x:v>02922 971 435</x:v>
+        <x:v>01789 632 500 </x:v>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B267" t="str">
-        <x:v>Sycamore House</x:v>
+        <x:v>Friars Mill, Friars Terrace</x:v>
       </x:c>
       <x:c r="C267" t="str">
-        <x:v>54 Calthorpe Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D267" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Stafford</x:v>
       </x:c>
       <x:c r="E267" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F267" t="str">
-        <x:v>B15 1TH</x:v>
+        <x:v>ST17 4AU</x:v>
       </x:c>
       <x:c r="G267" t="str">
-        <x:v>Edgbaston@QSDavisons.com</x:v>
+        <x:v>stafford@davisons.law</x:v>
       </x:c>
       <x:c r="H267" t="str">
-        <x:v>0121 289 3780</x:v>
+        <x:v>01785556705</x:v>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B268" t="str">
-        <x:v>4 The Courtyard,</x:v>
+        <x:v>2a Bore Street</x:v>
       </x:c>
       <x:c r="C268" t="str">
-        <x:v>707 Warwick Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D268" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E268" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F268" t="str">
-        <x:v>B91 3DA</x:v>
+        <x:v>WS13 6LL</x:v>
       </x:c>
       <x:c r="G268" t="str">
-        <x:v/>
+        <x:v>lichfield@davisons.law</x:v>
       </x:c>
       <x:c r="H268" t="str">
-        <x:v>01212893500</x:v>
+        <x:v>01543387509</x:v>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B269" t="str">
-        <x:v>75-77 Colmore Row</x:v>
+        <x:v>4 Euston Place</x:v>
       </x:c>
       <x:c r="C269" t="str">
         <x:v/>
       </x:c>
       <x:c r="D269" t="str">
-        <x:v>Birmingham,</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E269" t="str">
-        <x:v>West Midlands,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F269" t="str">
-        <x:v>B3 2AP</x:v>
+        <x:v>CV32 4LN</x:v>
       </x:c>
       <x:c r="G269" t="str">
-        <x:v/>
+        <x:v>leamingtonspa@davisons.law</x:v>
       </x:c>
       <x:c r="H269" t="str">
-        <x:v>0121 289 3596</x:v>
+        <x:v>01926893278</x:v>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" t="str">
-        <x:v>Dean Wilson LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B270" t="str">
-        <x:v>Ridgeland House</x:v>
+        <x:v>266-268 Streatham High Road</x:v>
       </x:c>
       <x:c r="C270" t="str">
-        <x:v>165 Dyke Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D270" t="str">
-        <x:v>Hove</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E270" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F270" t="str">
-        <x:v>BN3 1TL</x:v>
+        <x:v>SW16 1HS</x:v>
       </x:c>
       <x:c r="G270" t="str">
-        <x:v/>
+        <x:v>streatham@davisons.law</x:v>
       </x:c>
       <x:c r="H270" t="str">
-        <x:v/>
+        <x:v>020 3751 4952</x:v>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B271" t="str">
-        <x:v>Hucclecote Court</x:v>
+        <x:v>12 Warwick Row</x:v>
       </x:c>
       <x:c r="C271" t="str">
-        <x:v>76 Hucclecote Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D271" t="str">
-        <x:v>Gloucester</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E271" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F271" t="str">
-        <x:v>GL3 3RU</x:v>
+        <x:v>CV1 1EX</x:v>
       </x:c>
       <x:c r="G271" t="str">
-        <x:v/>
+        <x:v>coventry@davisons.law</x:v>
       </x:c>
       <x:c r="H271" t="str">
-        <x:v/>
+        <x:v>02475 316 959</x:v>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B272" t="str">
-        <x:v>9a-9b School Lane</x:v>
+        <x:v>2-3 Park Street</x:v>
       </x:c>
       <x:c r="C272" t="str">
-        <x:v>Quedgeley</x:v>
+        <x:v>Stow-on-the-Wold</x:v>
       </x:c>
       <x:c r="D272" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E272" t="str">
         <x:v/>
       </x:c>
       <x:c r="F272" t="str">
-        <x:v>GL2 4PJ</x:v>
+        <x:v>GL54 1AQ</x:v>
       </x:c>
       <x:c r="G272" t="str">
-        <x:v>Leahlewis@deeandgriffin.co.uk</x:v>
+        <x:v>stow@davisons.law</x:v>
       </x:c>
       <x:c r="H272" t="str">
-        <x:v>01452 724343</x:v>
+        <x:v>01451 828 865</x:v>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B273" t="str">
-        <x:v>Cheltenham Film Studios</x:v>
+        <x:v>168 The Parade</x:v>
       </x:c>
       <x:c r="C273" t="str">
-        <x:v>Hatherley Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D273" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E273" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F273" t="str">
-        <x:v>GL51 6PN</x:v>
+        <x:v>CV32 4AE</x:v>
       </x:c>
       <x:c r="G273" t="str">
-        <x:v>martinniblett@deeandgriffin.co.uk</x:v>
+        <x:v>newbusiness@jephsonlegal.com</x:v>
       </x:c>
       <x:c r="H273" t="str">
-        <x:v>01242 240560 </x:v>
+        <x:v>03301748545</x:v>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B274" t="str">
-        <x:v>Prospect House, 5 May Lane</x:v>
+        <x:v>52 High Street</x:v>
       </x:c>
       <x:c r="C274" t="str">
         <x:v/>
       </x:c>
       <x:c r="D274" t="str">
-        <x:v>Dursley</x:v>
+        <x:v>Market Harborough</x:v>
       </x:c>
       <x:c r="E274" t="str">
         <x:v/>
       </x:c>
       <x:c r="F274" t="str">
-        <x:v>GL11 4JH</x:v>
+        <x:v>LE16 7AF</x:v>
       </x:c>
       <x:c r="G274" t="str">
-        <x:v>info@deeandgriffin.co.uk</x:v>
+        <x:v>newbusiness@jephsonlegal.com</x:v>
       </x:c>
       <x:c r="H274" t="str">
-        <x:v>01453388001</x:v>
+        <x:v>03306302233</x:v>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" t="str">
-        <x:v>Dexter Montague LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B275" t="str">
-        <x:v>105 Oxford Road</x:v>
+        <x:v>Bryn Ogwy, 3 Court Road</x:v>
       </x:c>
       <x:c r="C275" t="str">
         <x:v/>
       </x:c>
       <x:c r="D275" t="str">
-        <x:v>Reading</x:v>
+        <x:v>Bridgend</x:v>
       </x:c>
       <x:c r="E275" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F275" t="str">
-        <x:v>RG1 7UD</x:v>
+        <x:v>CF31 1BL</x:v>
       </x:c>
       <x:c r="G275" t="str">
-        <x:v/>
+        <x:v>bridgend@dplaw.law</x:v>
       </x:c>
       <x:c r="H275" t="str">
-        <x:v>0118 939 3999</x:v>
+        <x:v>01656 645 921</x:v>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" t="str">
-        <x:v>DKLM LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B276" t="str">
-        <x:v>53 New Broad Street</x:v>
+        <x:v>1B Icon House, Mill Street</x:v>
       </x:c>
       <x:c r="C276" t="str">
         <x:v/>
       </x:c>
       <x:c r="D276" t="str">
-        <x:v>London</x:v>
+        <x:v>Cannock</x:v>
       </x:c>
       <x:c r="E276" t="str">
         <x:v/>
       </x:c>
       <x:c r="F276" t="str">
-        <x:v>EC2M 1JJ</x:v>
+        <x:v>WS11 0DP</x:v>
       </x:c>
       <x:c r="G276" t="str">
-        <x:v/>
+        <x:v>cannock@davisons.law</x:v>
       </x:c>
       <x:c r="H276" t="str">
-        <x:v/>
+        <x:v>01543 387 416</x:v>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" t="str">
-        <x:v>Douglas Wemyss Solicitors LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B277" t="str">
-        <x:v>14-18 Friar Lane</x:v>
+        <x:v>Penguin House, Unit 3 Raleigh Walk</x:v>
       </x:c>
       <x:c r="C277" t="str">
-        <x:v/>
+        <x:v>2 Brigantine Place</x:v>
       </x:c>
       <x:c r="D277" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E277" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F277" t="str">
-        <x:v>LE1 5RA</x:v>
+        <x:v>CF10 4LN</x:v>
       </x:c>
       <x:c r="G277" t="str">
-        <x:v/>
+        <x:v>cardiff@dplaw.law</x:v>
       </x:c>
       <x:c r="H277" t="str">
-        <x:v/>
+        <x:v>02922 971 435</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" t="str">
-        <x:v>Downs Solicitors LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B278" t="str">
-        <x:v>15A High Street</x:v>
+        <x:v>21 Waterloo Road</x:v>
       </x:c>
       <x:c r="C278" t="str">
         <x:v/>
       </x:c>
       <x:c r="D278" t="str">
-        <x:v>Cobham</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E278" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F278" t="str">
-        <x:v>KT11 3DH</x:v>
+        <x:v>WV1 4DJ</x:v>
       </x:c>
       <x:c r="G278" t="str">
         <x:v/>
       </x:c>
       <x:c r="H278" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" t="str">
-        <x:v>Downs Solicitors LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B279" t="str">
-        <x:v>150-156 High Street</x:v>
+        <x:v>4 The Courtyard,</x:v>
       </x:c>
       <x:c r="C279" t="str">
-        <x:v/>
+        <x:v>707 Warwick Road</x:v>
       </x:c>
       <x:c r="D279" t="str">
-        <x:v>Dorking</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E279" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F279" t="str">
-        <x:v>RH4 1BQ</x:v>
+        <x:v>B91 3DA</x:v>
       </x:c>
       <x:c r="G279" t="str">
-        <x:v>c.lacy@downslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H279" t="str">
-        <x:v>01483 411510</x:v>
+        <x:v>01212893500</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" t="str">
-        <x:v>Downs Solicitors LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B280" t="str">
-        <x:v>The Tanners</x:v>
+        <x:v>75-77 Colmore Row</x:v>
       </x:c>
       <x:c r="C280" t="str">
-        <x:v>75 Meadrow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D280" t="str">
-        <x:v>Godalming</x:v>
+        <x:v>Birmingham,</x:v>
       </x:c>
       <x:c r="E280" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands,</x:v>
       </x:c>
       <x:c r="F280" t="str">
-        <x:v>GU7 3HS</x:v>
+        <x:v>B3 2AP</x:v>
       </x:c>
       <x:c r="G280" t="str">
-        <x:v>c.lacy@downslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H280" t="str">
-        <x:v>01483 411510</x:v>
+        <x:v>0121 289 3596</x:v>
       </x:c>
     </x:row>
     <x:row r="281">
       <x:c r="A281" t="str">
-        <x:v>Duffield Harrison</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B281" t="str">
-        <x:v>32A St. Andrew Street</x:v>
+        <x:v>Sycamore House</x:v>
       </x:c>
       <x:c r="C281" t="str">
-        <x:v/>
+        <x:v>54 Calthorpe Road</x:v>
       </x:c>
       <x:c r="D281" t="str">
-        <x:v>Hertford</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E281" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F281" t="str">
-        <x:v>SG14 1JA</x:v>
+        <x:v>B15 1TH</x:v>
       </x:c>
       <x:c r="G281" t="str">
-        <x:v>l.rooke@dhlaw.email</x:v>
+        <x:v>Edgbaston@QSDavisons.com</x:v>
       </x:c>
       <x:c r="H281" t="str">
-        <x:v>01992 587065</x:v>
+        <x:v>0121 289 3780</x:v>
       </x:c>
     </x:row>
     <x:row r="282">
       <x:c r="A282" t="str">
-        <x:v>Duffield Harrison LLP</x:v>
+        <x:v>Dean Wilson LLP</x:v>
       </x:c>
       <x:c r="B282" t="str">
-        <x:v>Rathmore House, 56 High Street</x:v>
+        <x:v>Ridgeland House</x:v>
       </x:c>
       <x:c r="C282" t="str">
-        <x:v/>
+        <x:v>165 Dyke Road</x:v>
       </x:c>
       <x:c r="D282" t="str">
-        <x:v>Hoddesdon</x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E282" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F282" t="str">
-        <x:v>EN11 8EX</x:v>
+        <x:v>BN3 1TL</x:v>
       </x:c>
       <x:c r="G282" t="str">
-        <x:v>r.dewey@dhlaw.email</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H282" t="str">
-        <x:v>01992442911</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="283">
       <x:c r="A283" t="str">
-        <x:v>Duffield Harrison LLP</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B283" t="str">
-        <x:v>626a Hertford Road</x:v>
+        <x:v>Hucclecote Court</x:v>
       </x:c>
       <x:c r="C283" t="str">
-        <x:v/>
+        <x:v>76 Hucclecote Road</x:v>
       </x:c>
       <x:c r="D283" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>Gloucester</x:v>
       </x:c>
       <x:c r="E283" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F283" t="str">
-        <x:v>EN3 5TG</x:v>
+        <x:v>GL3 3RU</x:v>
       </x:c>
       <x:c r="G283" t="str">
-        <x:v>k.court@dhlaw.email</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H283" t="str">
-        <x:v>0208 804 5271</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="284">
       <x:c r="A284" t="str">
-        <x:v>Duncan and Toplis Legal Services Limited</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B284" t="str">
-        <x:v>3 Castlegate</x:v>
+        <x:v>9a-9b School Lane</x:v>
       </x:c>
       <x:c r="C284" t="str">
-        <x:v/>
+        <x:v>Quedgeley</x:v>
       </x:c>
       <x:c r="D284" t="str">
-        <x:v>Grantham</x:v>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="E284" t="str">
         <x:v/>
       </x:c>
       <x:c r="F284" t="str">
-        <x:v>NG31 6SF</x:v>
+        <x:v>GL2 4PJ</x:v>
       </x:c>
       <x:c r="G284" t="str">
-        <x:v>alc2@duncantoplislegal.co.uk</x:v>
+        <x:v>Leahlewis@deeandgriffin.co.uk</x:v>
       </x:c>
       <x:c r="H284" t="str">
-        <x:v>01476 591200</x:v>
+        <x:v>01452 724343</x:v>
       </x:c>
     </x:row>
     <x:row r="285">
       <x:c r="A285" t="str">
-        <x:v>Dunn and Baker LLP</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B285" t="str">
-        <x:v>38 High Street</x:v>
+        <x:v>Cheltenham Film Studios</x:v>
       </x:c>
       <x:c r="C285" t="str">
-        <x:v/>
+        <x:v>Hatherley Lane</x:v>
       </x:c>
       <x:c r="D285" t="str">
-        <x:v>Cullompton</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E285" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F285" t="str">
-        <x:v>EX15 1AE</x:v>
+        <x:v>GL51 6PN</x:v>
       </x:c>
       <x:c r="G285" t="str">
-        <x:v>mail@dunnandbaker.co.uk</x:v>
+        <x:v>martinniblett@deeandgriffin.co.uk</x:v>
       </x:c>
       <x:c r="H285" t="str">
-        <x:v>01884 33818</x:v>
+        <x:v>01242 240560 </x:v>
       </x:c>
     </x:row>
     <x:row r="286">
       <x:c r="A286" t="str">
-        <x:v>Dunn And Baker LLP</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B286" t="str">
-        <x:v>21 Southernhay East</x:v>
+        <x:v>Prospect House, 5 May Lane</x:v>
       </x:c>
       <x:c r="C286" t="str">
         <x:v/>
       </x:c>
       <x:c r="D286" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Dursley</x:v>
       </x:c>
       <x:c r="E286" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F286" t="str">
-        <x:v>EX1 1QQ</x:v>
+        <x:v>GL11 4JH</x:v>
       </x:c>
       <x:c r="G286" t="str">
-        <x:v/>
+        <x:v>info@deeandgriffin.co.uk</x:v>
       </x:c>
       <x:c r="H286" t="str">
-        <x:v>01392 285000</x:v>
+        <x:v>01453388001</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Dexter Montague LLP</x:v>
       </x:c>
       <x:c r="B287" t="str">
-        <x:v>Suite 4 Exchange suite </x:v>
+        <x:v>105 Oxford Road</x:v>
       </x:c>
       <x:c r="C287" t="str">
-        <x:v>1 Dale Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D287" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E287" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F287" t="str">
-        <x:v>L2 2PP</x:v>
+        <x:v>RG1 7UD</x:v>
       </x:c>
       <x:c r="G287" t="str">
-        <x:v>d.leith@duttongregory.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H287" t="str">
-        <x:v>01515 590144	</x:v>
+        <x:v>0118 939 3999</x:v>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>DKLM LLP</x:v>
       </x:c>
       <x:c r="B288" t="str">
-        <x:v>Suite 5, Second Floor</x:v>
+        <x:v>53 New Broad Street</x:v>
       </x:c>
       <x:c r="C288" t="str">
-        <x:v>Everdene House</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D288" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E288" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F288" t="str">
-        <x:v>BH7 7DU</x:v>
+        <x:v>EC2M 1JJ</x:v>
       </x:c>
       <x:c r="G288" t="str">
         <x:v/>
       </x:c>
       <x:c r="H288" t="str">
-        <x:v>02380221344</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Douglas Wemyss Solicitors LLP</x:v>
       </x:c>
       <x:c r="B289" t="str">
-        <x:v>Concept House</x:v>
+        <x:v>14-18 Friar Lane</x:v>
       </x:c>
       <x:c r="C289" t="str">
-        <x:v>6 Stoneycroft Rise</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D289" t="str">
-        <x:v>Eastleigh</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E289" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F289" t="str">
-        <x:v>SO53 3LD</x:v>
+        <x:v>LE1 5RA</x:v>
       </x:c>
       <x:c r="G289" t="str">
-        <x:v>n.williams@duttongregory.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H289" t="str">
-        <x:v>01962 624439 </x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="290">
       <x:c r="A290" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Downs Solicitors LLP</x:v>
       </x:c>
       <x:c r="B290" t="str">
-        <x:v>44 Jewry Street</x:v>
+        <x:v>15A High Street</x:v>
       </x:c>
       <x:c r="C290" t="str">
         <x:v/>
       </x:c>
       <x:c r="D290" t="str">
-        <x:v>Winchester</x:v>
+        <x:v>Cobham</x:v>
       </x:c>
       <x:c r="E290" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F290" t="str">
-        <x:v>SO23 8RY</x:v>
+        <x:v>KT11 3DH</x:v>
       </x:c>
       <x:c r="G290" t="str">
-        <x:v>DGResProp@duttongregory.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H290" t="str">
-        <x:v>01962 844333</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="291">
       <x:c r="A291" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Downs Solicitors LLP</x:v>
       </x:c>
       <x:c r="B291" t="str">
-        <x:v>24 Church Street West</x:v>
+        <x:v>150-156 High Street</x:v>
       </x:c>
       <x:c r="C291" t="str">
         <x:v/>
       </x:c>
       <x:c r="D291" t="str">
-        <x:v>Woking</x:v>
+        <x:v>Dorking</x:v>
       </x:c>
       <x:c r="E291" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F291" t="str">
-        <x:v>GU21 6HT</x:v>
+        <x:v>RH4 1BQ</x:v>
       </x:c>
       <x:c r="G291" t="str">
-        <x:v>contact@duttongregory.co.uk</x:v>
+        <x:v>c.lacy@downslaw.co.uk</x:v>
       </x:c>
       <x:c r="H291" t="str">
-        <x:v>01483 755609 </x:v>
+        <x:v>01483 411510</x:v>
       </x:c>
     </x:row>
     <x:row r="292">
       <x:c r="A292" t="str">
-        <x:v>E J Winter &amp; Son LLP</x:v>
+        <x:v>Downs Solicitors LLP</x:v>
       </x:c>
       <x:c r="B292" t="str">
-        <x:v>One Forbury Square</x:v>
+        <x:v>The Tanners</x:v>
       </x:c>
       <x:c r="C292" t="str">
-        <x:v>The Forbury</x:v>
+        <x:v>75 Meadrow</x:v>
       </x:c>
       <x:c r="D292" t="str">
-        <x:v>Reading</x:v>
+        <x:v>Godalming</x:v>
       </x:c>
       <x:c r="E292" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F292" t="str">
-        <x:v>RG1 3BB</x:v>
+        <x:v>GU7 3HS</x:v>
       </x:c>
       <x:c r="G292" t="str">
-        <x:v>sols@ejwinter.co.uk</x:v>
+        <x:v>c.lacy@downslaw.co.uk</x:v>
       </x:c>
       <x:c r="H292" t="str">
-        <x:v>01189574424</x:v>
+        <x:v>01483 411510</x:v>
       </x:c>
     </x:row>
     <x:row r="293">
       <x:c r="A293" t="str">
-        <x:v>Eddowes Perry &amp; Osbourne Limited</x:v>
+        <x:v>Duffield Harrison</x:v>
       </x:c>
       <x:c r="B293" t="str">
-        <x:v>46 High Street</x:v>
+        <x:v>32A St. Andrew Street</x:v>
       </x:c>
       <x:c r="C293" t="str">
         <x:v/>
       </x:c>
       <x:c r="D293" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E293" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F293" t="str">
-        <x:v>B72 1UL</x:v>
+        <x:v>SG14 1JA</x:v>
       </x:c>
       <x:c r="G293" t="str">
-        <x:v>advice@e-p-o.co.uk</x:v>
+        <x:v>l.rooke@dhlaw.email</x:v>
       </x:c>
       <x:c r="H293" t="str">
-        <x:v>0121 686 9444</x:v>
+        <x:v>01992 587065</x:v>
       </x:c>
     </x:row>
     <x:row r="294">
       <x:c r="A294" t="str">
-        <x:v>Eddowes Perry and Osbourne Limited</x:v>
+        <x:v>Duffield Harrison LLP</x:v>
       </x:c>
       <x:c r="B294" t="str">
-        <x:v>52 High Street</x:v>
+        <x:v>Rathmore House, 56 High Street</x:v>
       </x:c>
       <x:c r="C294" t="str">
         <x:v/>
       </x:c>
       <x:c r="D294" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Hoddesdon</x:v>
       </x:c>
       <x:c r="E294" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F294" t="str">
-        <x:v>B72 1UQ</x:v>
+        <x:v>EN11 8EX</x:v>
       </x:c>
       <x:c r="G294" t="str">
-        <x:v>yasar.baz@e-p-o.co.uk</x:v>
+        <x:v>r.dewey@dhlaw.email</x:v>
       </x:c>
       <x:c r="H294" t="str">
-        <x:v>01216869444</x:v>
+        <x:v>01992442911</x:v>
       </x:c>
     </x:row>
     <x:row r="295">
       <x:c r="A295" t="str">
-        <x:v>Eddowes Perry and Osbourne Limited</x:v>
+        <x:v>Duffield Harrison LLP</x:v>
       </x:c>
       <x:c r="B295" t="str">
-        <x:v>Mansell House, Suite A1</x:v>
+        <x:v>626a Hertford Road</x:v>
       </x:c>
       <x:c r="C295" t="str">
         <x:v/>
       </x:c>
       <x:c r="D295" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="E295" t="str">
-        <x:v>Stafforshire</x:v>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F295" t="str">
-        <x:v>WS13 6LL</x:v>
+        <x:v>EN3 5TG</x:v>
       </x:c>
       <x:c r="G295" t="str">
-        <x:v>jack.mahon@e-p-o.co.uk</x:v>
+        <x:v>k.court@dhlaw.email</x:v>
       </x:c>
       <x:c r="H295" t="str">
-        <x:v>01543 386982</x:v>
+        <x:v>0208 804 5271</x:v>
       </x:c>
     </x:row>
     <x:row r="296">
       <x:c r="A296" t="str">
-        <x:v>Eden &amp; Co Solicitors Ltd</x:v>
+        <x:v>Duncan and Toplis Legal Services Limited</x:v>
       </x:c>
       <x:c r="B296" t="str">
-        <x:v>26 Oxford Court</x:v>
+        <x:v>3 Castlegate</x:v>
       </x:c>
       <x:c r="C296" t="str">
         <x:v/>
       </x:c>
       <x:c r="D296" t="str">
-        <x:v>MANCHESTER</x:v>
+        <x:v>Grantham</x:v>
       </x:c>
       <x:c r="E296" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F296" t="str">
-        <x:v>M2 3WQ</x:v>
+        <x:v>NG31 6SF</x:v>
       </x:c>
       <x:c r="G296" t="str">
-        <x:v>josh.brackup@edenandco.com</x:v>
+        <x:v>alc2@duncantoplislegal.co.uk</x:v>
       </x:c>
       <x:c r="H296" t="str">
-        <x:v>01612371116</x:v>
+        <x:v>01476 591200</x:v>
       </x:c>
     </x:row>
     <x:row r="297">
       <x:c r="A297" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dunn and Baker LLP</x:v>
       </x:c>
       <x:c r="B297" t="str">
-        <x:v>Chalfont Court, 5 Hill Avenue</x:v>
+        <x:v>38 High Street</x:v>
       </x:c>
       <x:c r="C297" t="str">
         <x:v/>
       </x:c>
       <x:c r="D297" t="str">
-        <x:v>Amersham</x:v>
+        <x:v>Cullompton</x:v>
       </x:c>
       <x:c r="E297" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F297" t="str">
-        <x:v>HP6 5BD</x:v>
+        <x:v>EX15 1AE</x:v>
       </x:c>
       <x:c r="G297" t="str">
-        <x:v>leveritt@elitelawsolicitors.co.uk</x:v>
+        <x:v>mail@dunnandbaker.co.uk</x:v>
       </x:c>
       <x:c r="H297" t="str">
-        <x:v>01494 722326</x:v>
+        <x:v>01884 33818</x:v>
       </x:c>
     </x:row>
     <x:row r="298">
       <x:c r="A298" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dunn And Baker LLP</x:v>
       </x:c>
       <x:c r="B298" t="str">
-        <x:v>Queensberry House</x:v>
+        <x:v>21 Southernhay East</x:v>
       </x:c>
       <x:c r="C298" t="str">
-        <x:v>106 Queens Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D298" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E298" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F298" t="str">
-        <x:v>BN1 3XF</x:v>
+        <x:v>EX1 1QQ</x:v>
       </x:c>
       <x:c r="G298" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H298" t="str">
-        <x:v>01273 056 720</x:v>
+        <x:v>01392 285000</x:v>
       </x:c>
     </x:row>
     <x:row r="299">
       <x:c r="A299" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B299" t="str">
-        <x:v>Kent Space Fleet House Springhead Enterprise Park</x:v>
+        <x:v>Suite 4 Exchange suite </x:v>
       </x:c>
       <x:c r="C299" t="str">
-        <x:v>Springhead Road, Northfleet</x:v>
+        <x:v>1 Dale Street</x:v>
       </x:c>
       <x:c r="D299" t="str">
-        <x:v>Gravesend</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E299" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F299" t="str">
-        <x:v>DA11 8HJ</x:v>
+        <x:v>L2 2PP</x:v>
       </x:c>
       <x:c r="G299" t="str">
-        <x:v>ecooke@elitelawsolicitors.co.uk</x:v>
+        <x:v>d.leith@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H299" t="str">
-        <x:v>01494 414131</x:v>
+        <x:v>01515 590144	</x:v>
       </x:c>
     </x:row>
     <x:row r="300">
       <x:c r="A300" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B300" t="str">
-        <x:v>1636 Parkway</x:v>
+        <x:v>Concept House</x:v>
       </x:c>
       <x:c r="C300" t="str">
-        <x:v>Whiteley</x:v>
+        <x:v>6 Stoneycroft Rise</x:v>
       </x:c>
       <x:c r="D300" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Eastleigh</x:v>
       </x:c>
       <x:c r="E300" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F300" t="str">
-        <x:v>PO15 7AH</x:v>
+        <x:v>SO53 3LD</x:v>
       </x:c>
       <x:c r="G300" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>n.williams@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H300" t="str">
-        <x:v>01329 558 635</x:v>
+        <x:v>01962 624439 </x:v>
       </x:c>
     </x:row>
     <x:row r="301">
       <x:c r="A301" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B301" t="str">
-        <x:v>Suite 2, Unit 1, The Cam Centre</x:v>
+        <x:v>Suite 5, Second Floor</x:v>
       </x:c>
       <x:c r="C301" t="str">
-        <x:v>Wilbury Way</x:v>
+        <x:v>Everdene House</x:v>
       </x:c>
       <x:c r="D301" t="str">
-        <x:v>Hitchin</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E301" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F301" t="str">
-        <x:v>SG4 0TW</x:v>
+        <x:v>BH7 7DU</x:v>
       </x:c>
       <x:c r="G301" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H301" t="str">
-        <x:v>0800 086 2929</x:v>
+        <x:v>02380221344</x:v>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B302" t="str">
-        <x:v>Spicer Suite, 40 London Road</x:v>
+        <x:v>44 Jewry Street</x:v>
       </x:c>
       <x:c r="C302" t="str">
         <x:v/>
       </x:c>
       <x:c r="D302" t="str">
-        <x:v>St Albans</x:v>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="E302" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F302" t="str">
-        <x:v>AL1 1NG</x:v>
+        <x:v>SO23 8RY</x:v>
       </x:c>
       <x:c r="G302" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>DGResProp@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H302" t="str">
-        <x:v>020 8076 4973</x:v>
+        <x:v>01962 844333</x:v>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B303" t="str">
-        <x:v>7 Leck House</x:v>
+        <x:v>24 Church Street West</x:v>
       </x:c>
       <x:c r="C303" t="str">
-        <x:v>Lake Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D303" t="str">
-        <x:v>Leighton Buzzard</x:v>
+        <x:v>Woking</x:v>
       </x:c>
       <x:c r="E303" t="str">
         <x:v/>
       </x:c>
       <x:c r="F303" t="str">
-        <x:v>LU7 1TQ</x:v>
+        <x:v>GU21 6HT</x:v>
       </x:c>
       <x:c r="G303" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>contact@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H303" t="str">
-        <x:v>01525301700</x:v>
+        <x:v>01483 755609 </x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>E J Winter &amp; Son LLP</x:v>
       </x:c>
       <x:c r="B304" t="str">
-        <x:v>St James House</x:v>
+        <x:v>One Forbury Square</x:v>
       </x:c>
       <x:c r="C304" t="str">
-        <x:v>9-15 St James Road</x:v>
+        <x:v>The Forbury</x:v>
       </x:c>
       <x:c r="D304" t="str">
-        <x:v>Surbiton</x:v>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E304" t="str">
-        <x:v/>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F304" t="str">
-        <x:v>KT6 4QH</x:v>
+        <x:v>RG1 3BB</x:v>
       </x:c>
       <x:c r="G304" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>sols@ejwinter.co.uk</x:v>
       </x:c>
       <x:c r="H304" t="str">
-        <x:v>02033765861</x:v>
+        <x:v>01189574424</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Eddowes Perry &amp; Osbourne Limited</x:v>
       </x:c>
       <x:c r="B305" t="str">
-        <x:v>499A Bath Road</x:v>
+        <x:v>46 High Street</x:v>
       </x:c>
       <x:c r="C305" t="str">
-        <x:v>Saltford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D305" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E305" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F305" t="str">
-        <x:v>BS31 3HQ</x:v>
+        <x:v>B72 1UL</x:v>
       </x:c>
       <x:c r="G305" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>advice@e-p-o.co.uk</x:v>
       </x:c>
       <x:c r="H305" t="str">
-        <x:v>0800 0862929</x:v>
+        <x:v>0121 686 9444</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Eddowes Perry and Osbourne Limited</x:v>
       </x:c>
       <x:c r="B306" t="str">
-        <x:v>Unit 4, The Enterprise Centre</x:v>
+        <x:v>52 High Street</x:v>
       </x:c>
       <x:c r="C306" t="str">
-        <x:v>Michael Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D306" t="str">
-        <x:v>Warth Park</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E306" t="str">
-        <x:v>Raunds</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F306" t="str">
-        <x:v>NN9 6GR</x:v>
+        <x:v>B72 1UQ</x:v>
       </x:c>
       <x:c r="G306" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>yasar.baz@e-p-o.co.uk</x:v>
       </x:c>
       <x:c r="H306" t="str">
-        <x:v>01933 698429</x:v>
+        <x:v>01216869444</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Eddowes Perry and Osbourne Limited</x:v>
       </x:c>
       <x:c r="B307" t="str">
-        <x:v>Suite 13 &amp; 14 Talbot House</x:v>
+        <x:v>Mansell House, Suite A1</x:v>
       </x:c>
       <x:c r="C307" t="str">
-        <x:v>34 Staple Gardens</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D307" t="str">
-        <x:v/>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E307" t="str">
-        <x:v>Winchester</x:v>
+        <x:v>Stafforshire</x:v>
       </x:c>
       <x:c r="F307" t="str">
-        <x:v>SO23 8SR</x:v>
+        <x:v>WS13 6LL</x:v>
       </x:c>
       <x:c r="G307" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>jack.mahon@e-p-o.co.uk</x:v>
       </x:c>
       <x:c r="H307" t="str">
-        <x:v>0800 086 8989</x:v>
+        <x:v>01543 386982</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Eden &amp; Co Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B308" t="str">
-        <x:v>St Mary's Court</x:v>
+        <x:v>26 Oxford Court</x:v>
       </x:c>
       <x:c r="C308" t="str">
-        <x:v>St Mary's Gate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D308" t="str">
-        <x:v>Chesterfield</x:v>
+        <x:v>MANCHESTER</x:v>
       </x:c>
       <x:c r="E308" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F308" t="str">
-        <x:v>S41 7TD</x:v>
+        <x:v>M2 3WQ</x:v>
       </x:c>
       <x:c r="G308" t="str">
-        <x:v>katie.yates@elliotmather.co.uk</x:v>
+        <x:v>josh.brackup@edenandco.com</x:v>
       </x:c>
       <x:c r="H308" t="str">
-        <x:v>01246231288</x:v>
+        <x:v>01612371116</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B309" t="str">
-        <x:v>Gervase House</x:v>
+        <x:v>Chalfont Court, 5 Hill Avenue</x:v>
       </x:c>
       <x:c r="C309" t="str">
-        <x:v>111-113 Friar Gate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D309" t="str">
-        <x:v>Derby</x:v>
+        <x:v>Amersham</x:v>
       </x:c>
       <x:c r="E309" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F309" t="str">
-        <x:v>DE1 1EX</x:v>
+        <x:v>HP6 5BD</x:v>
       </x:c>
       <x:c r="G309" t="str">
-        <x:v/>
+        <x:v>leveritt@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H309" t="str">
-        <x:v/>
+        <x:v>01494 722326</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B310" t="str">
-        <x:v>Westgate House</x:v>
+        <x:v>Queensberry House</x:v>
       </x:c>
       <x:c r="C310" t="str">
-        <x:v>1 Chesterfield Road South</x:v>
+        <x:v>106 Queens Road</x:v>
       </x:c>
       <x:c r="D310" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E310" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F310" t="str">
-        <x:v>NG18 5NR</x:v>
+        <x:v>BN1 3XF</x:v>
       </x:c>
       <x:c r="G310" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H310" t="str">
-        <x:v/>
+        <x:v>01273 056 720</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B311" t="str">
-        <x:v>18 Carrington Street</x:v>
+        <x:v>Kent Space Fleet House Springhead Enterprise Park</x:v>
       </x:c>
       <x:c r="C311" t="str">
-        <x:v/>
+        <x:v>Springhead Road, Northfleet</x:v>
       </x:c>
       <x:c r="D311" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Gravesend</x:v>
       </x:c>
       <x:c r="E311" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F311" t="str">
-        <x:v>NG1 7FF</x:v>
+        <x:v>DA11 8HJ</x:v>
       </x:c>
       <x:c r="G311" t="str">
-        <x:v/>
+        <x:v>ecooke@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H311" t="str">
-        <x:v>01157043389</x:v>
+        <x:v>01494 414131</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B312" t="str">
-        <x:v>5 Market Place</x:v>
+        <x:v>1636 Parkway</x:v>
       </x:c>
       <x:c r="C312" t="str">
-        <x:v/>
+        <x:v>Whiteley</x:v>
       </x:c>
       <x:c r="D312" t="str">
-        <x:v>RIPLEY</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E312" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F312" t="str">
-        <x:v>DE5 3BS</x:v>
+        <x:v>PO15 7AH</x:v>
       </x:c>
       <x:c r="G312" t="str">
-        <x:v>r.holmes@ellis-fermor.co.uk</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H312" t="str">
-        <x:v>01773744744</x:v>
+        <x:v>01329 558 635</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B313" t="str">
-        <x:v>35 DERBY ROAD</x:v>
+        <x:v>Suite 2, Unit 1, The Cam Centre</x:v>
       </x:c>
       <x:c r="C313" t="str">
-        <x:v>LONG EATON</x:v>
+        <x:v>Wilbury Way</x:v>
       </x:c>
       <x:c r="D313" t="str">
-        <x:v>NOTTINGHAM</x:v>
+        <x:v>Hitchin</x:v>
       </x:c>
       <x:c r="E313" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F313" t="str">
-        <x:v>NG10 1LU</x:v>
+        <x:v>SG4 0TW</x:v>
       </x:c>
       <x:c r="G313" t="str">
-        <x:v>longeaton@ellis-fermor.co.uk</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H313" t="str">
-        <x:v>0115 972 5222</x:v>
+        <x:v>0800 086 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B314" t="str">
-        <x:v>2 DEVONSHIRE AVENUE</x:v>
+        <x:v>Spicer Suite, 40 London Road</x:v>
       </x:c>
       <x:c r="C314" t="str">
-        <x:v>BEESTON</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D314" t="str">
-        <x:v>NOTTINGHAM</x:v>
+        <x:v>St Albans</x:v>
       </x:c>
       <x:c r="E314" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F314" t="str">
-        <x:v>NG9 1BS</x:v>
+        <x:v>AL1 1NG</x:v>
       </x:c>
       <x:c r="G314" t="str">
-        <x:v>beeston@ellis-fermor.co.uk</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H314" t="str">
-        <x:v>0115 922 1591</x:v>
+        <x:v>020 8076 4973</x:v>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B315" t="str">
-        <x:v>The Old Registry, 6 Derby Road</x:v>
+        <x:v>7 Leck House</x:v>
       </x:c>
       <x:c r="C315" t="str">
-        <x:v/>
+        <x:v>Lake Street</x:v>
       </x:c>
       <x:c r="D315" t="str">
-        <x:v>BELPER</x:v>
+        <x:v>Leighton Buzzard</x:v>
       </x:c>
       <x:c r="E315" t="str">
-        <x:v>DERBYSHIRE</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F315" t="str">
-        <x:v>DE56 1UU</x:v>
+        <x:v>LU7 1TQ</x:v>
       </x:c>
       <x:c r="G315" t="str">
-        <x:v>belper@ellis-fermor.co.uk</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H315" t="str">
-        <x:v>01773 821 665</x:v>
+        <x:v>01525301700</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B316" t="str">
-        <x:v>Unit 1, Fountain Court, Gordon Road</x:v>
+        <x:v>St James House</x:v>
       </x:c>
       <x:c r="C316" t="str">
-        <x:v>West Bridgford</x:v>
+        <x:v>9-15 St James Road</x:v>
       </x:c>
       <x:c r="D316" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Surbiton</x:v>
       </x:c>
       <x:c r="E316" t="str">
         <x:v/>
       </x:c>
       <x:c r="F316" t="str">
-        <x:v>NG2 5LN</x:v>
+        <x:v>KT6 4QH</x:v>
       </x:c>
       <x:c r="G316" t="str">
-        <x:v>westbridgford@ellis-fermor.co.uk</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H316" t="str">
-        <x:v>0115 896 3390</x:v>
+        <x:v>02033765861</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B317" t="str">
-        <x:v>Croft House, High Street</x:v>
+        <x:v>499A Bath Road</x:v>
       </x:c>
       <x:c r="C317" t="str">
-        <x:v/>
+        <x:v>Saltford</x:v>
       </x:c>
       <x:c r="D317" t="str">
-        <x:v>Gosforth</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E317" t="str">
-        <x:v>Newcastle upon Tyne</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F317" t="str">
-        <x:v>NE3 1NQ</x:v>
+        <x:v>BS31 3HQ</x:v>
       </x:c>
       <x:c r="G317" t="str">
-        <x:v>emma.rickaby@emgsolicitors.com</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H317" t="str">
-        <x:v>0191 5006989</x:v>
+        <x:v>0800 0862929</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B318" t="str">
-        <x:v>Coniscliffe House, 9 Coniscliffe Road</x:v>
+        <x:v>Unit 4, The Enterprise Centre</x:v>
       </x:c>
       <x:c r="C318" t="str">
-        <x:v/>
+        <x:v>Michael Way</x:v>
       </x:c>
       <x:c r="D318" t="str">
-        <x:v>Darlington</x:v>
+        <x:v>Warth Park</x:v>
       </x:c>
       <x:c r="E318" t="str">
-        <x:v/>
+        <x:v>Raunds</x:v>
       </x:c>
       <x:c r="F318" t="str">
-        <x:v>DL3 7EE</x:v>
+        <x:v>NN9 6GR</x:v>
       </x:c>
       <x:c r="G318" t="str">
-        <x:v>emma.rickaby@emgsolicitors.com</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H318" t="str">
-        <x:v>01325651040</x:v>
+        <x:v>01933 698429</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B319" t="str">
-        <x:v>Birbeck House, Duke Street</x:v>
+        <x:v>Suite 13 &amp; 14 Talbot House</x:v>
       </x:c>
       <x:c r="C319" t="str">
-        <x:v/>
+        <x:v>34 Staple Gardens</x:v>
       </x:c>
       <x:c r="D319" t="str">
-        <x:v>Penrith</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E319" t="str">
-        <x:v/>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="F319" t="str">
-        <x:v>CA11 7NA</x:v>
+        <x:v>SO23 8SR</x:v>
       </x:c>
       <x:c r="G319" t="str">
-        <x:v>emma.rickaby@emgsolicitors.com</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H319" t="str">
-        <x:v>01768527000</x:v>
+        <x:v>0800 086 8989</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B320" t="str">
-        <x:v>Abbey House</x:v>
+        <x:v>St Mary's Court</x:v>
       </x:c>
       <x:c r="C320" t="str">
-        <x:v>Abbeywoods Business Park</x:v>
+        <x:v>St Mary's Gate</x:v>
       </x:c>
       <x:c r="D320" t="str">
-        <x:v>Durham</x:v>
+        <x:v>Chesterfield</x:v>
       </x:c>
       <x:c r="E320" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F320" t="str">
-        <x:v>DH1 5TH</x:v>
+        <x:v>S41 7TD</x:v>
       </x:c>
       <x:c r="G320" t="str">
-        <x:v/>
+        <x:v>katie.yates@elliotmather.co.uk</x:v>
       </x:c>
       <x:c r="H320" t="str">
-        <x:v/>
+        <x:v>01246231288</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" t="str">
-        <x:v>F W MEGGITT &amp; CO LTD</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B321" t="str">
-        <x:v>191 Ashley Road</x:v>
+        <x:v>18 Carrington Street</x:v>
       </x:c>
       <x:c r="C321" t="str">
         <x:v/>
       </x:c>
       <x:c r="D321" t="str">
-        <x:v>Altrincham</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E321" t="str">
-        <x:v>Hale</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F321" t="str">
-        <x:v>WA15 9SQ</x:v>
+        <x:v>NG1 7FF</x:v>
       </x:c>
       <x:c r="G321" t="str">
         <x:v/>
       </x:c>
       <x:c r="H321" t="str">
-        <x:v/>
+        <x:v>01157043389</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" t="str">
-        <x:v>F W Meggitt &amp; Co Ltd</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B322" t="str">
-        <x:v>Apt 9, Queens Stables, 82 Park Grange Road</x:v>
+        <x:v>Gervase House</x:v>
       </x:c>
       <x:c r="C322" t="str">
-        <x:v/>
+        <x:v>111-113 Friar Gate</x:v>
       </x:c>
       <x:c r="D322" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Derby</x:v>
       </x:c>
       <x:c r="E322" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F322" t="str">
-        <x:v>S2 3RU</x:v>
+        <x:v>DE1 1EX</x:v>
       </x:c>
       <x:c r="G322" t="str">
-        <x:v>benkeating@kmclegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H322" t="str">
-        <x:v>0114 2727955</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" t="str">
-        <x:v>F W Meggitt &amp; Co Ltd</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B323" t="str">
-        <x:v>21-23 Broad Green Road</x:v>
+        <x:v>Westgate House</x:v>
       </x:c>
       <x:c r="C323" t="str">
-        <x:v/>
+        <x:v>1 Chesterfield Road South</x:v>
       </x:c>
       <x:c r="D323" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="E323" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F323" t="str">
-        <x:v>L13 5SD</x:v>
+        <x:v>NG18 5NR</x:v>
       </x:c>
       <x:c r="G323" t="str">
-        <x:v>benkeating@kmclegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H323" t="str">
-        <x:v>01518324977</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" t="str">
-        <x:v>F W Meggitt &amp; Co Ltd</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B324" t="str">
-        <x:v>First Floor, 125 Telegraph Rd,</x:v>
+        <x:v>55 High Street</x:v>
       </x:c>
       <x:c r="C324" t="str">
-        <x:v>Heswall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D324" t="str">
-        <x:v>Wirral</x:v>
+        <x:v>Swanage</x:v>
       </x:c>
       <x:c r="E324" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F324" t="str">
-        <x:v>CH60 0AF</x:v>
+        <x:v>BH19 2LT</x:v>
       </x:c>
       <x:c r="G324" t="str">
-        <x:v>lornaferguson@kmclegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H324" t="str">
-        <x:v>0151 305 6070</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" t="str">
-        <x:v>Fahri LLP</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B325" t="str">
-        <x:v>Suite 2, Ground Floor, Prince Of Wales House</x:v>
+        <x:v>12A-14A Haven Road</x:v>
       </x:c>
       <x:c r="C325" t="str">
-        <x:v>3 Bluecoats Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D325" t="str">
-        <x:v>Hertford</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E325" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F325" t="str">
-        <x:v>SG14 1PB</x:v>
+        <x:v>BH13 7LP</x:v>
       </x:c>
       <x:c r="G325" t="str">
-        <x:v>info@fahrillp.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H325" t="str">
-        <x:v>01992 350170</x:v>
+        <x:v>01202709898</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" t="str">
-        <x:v>Fahri LLP</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B326" t="str">
-        <x:v>Unit 3</x:v>
+        <x:v>Sandbourne House</x:v>
       </x:c>
       <x:c r="C326" t="str">
-        <x:v> Mountview Court, 310 Friern Barnet Lane</x:v>
+        <x:v>302 Charminster Road</x:v>
       </x:c>
       <x:c r="D326" t="str">
-        <x:v>London</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E326" t="str">
         <x:v/>
       </x:c>
       <x:c r="F326" t="str">
-        <x:v>N20 0LD</x:v>
+        <x:v>BH8 9RU</x:v>
       </x:c>
       <x:c r="G326" t="str">
         <x:v/>
       </x:c>
       <x:c r="H326" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" t="str">
-        <x:v>Fairmont Law Solicitors Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B327" t="str">
-        <x:v>8 Hill Rise</x:v>
+        <x:v>39a East Street </x:v>
       </x:c>
       <x:c r="C327" t="str">
-        <x:v/>
+        <x:v>Wimborne </x:v>
       </x:c>
       <x:c r="D327" t="str">
-        <x:v>Richmond</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E327" t="str">
         <x:v/>
       </x:c>
       <x:c r="F327" t="str">
-        <x:v>TW10 6UA</x:v>
+        <x:v>BH21 1DX </x:v>
       </x:c>
       <x:c r="G327" t="str">
-        <x:v>marjan@fairmontsolicitors.co.uk</x:v>
+        <x:v>paul.dyer@ellisjones.co.uk</x:v>
       </x:c>
       <x:c r="H327" t="str">
-        <x:v>0333 222 501</x:v>
+        <x:v>01202057682</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B328" t="str">
-        <x:v>Cross Corner, 16 Wentworth Road</x:v>
+        <x:v>Brooke House</x:v>
       </x:c>
       <x:c r="C328" t="str">
-        <x:v/>
+        <x:v>Oakley Hill</x:v>
       </x:c>
       <x:c r="D328" t="str">
-        <x:v>Aldeburgh</x:v>
+        <x:v>Wimborne</x:v>
       </x:c>
       <x:c r="E328" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F328" t="str">
-        <x:v>IP15 5BB</x:v>
+        <x:v>BH21 1RJ</x:v>
       </x:c>
       <x:c r="G328" t="str">
-        <x:v>enquiries@fairweatherstephenson.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H328" t="str">
-        <x:v>01728 454595</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B329" t="str">
-        <x:v>Holland Court</x:v>
+        <x:v>MONMOUTH COURT, SOUTHAMPTON ROAD</x:v>
       </x:c>
       <x:c r="C329" t="str">
-        <x:v>The Close</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D329" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>RINGWOOD</x:v>
       </x:c>
       <x:c r="E329" t="str">
-        <x:v/>
+        <x:v>HAMPSHIRE</x:v>
       </x:c>
       <x:c r="F329" t="str">
-        <x:v>NR1 4DY</x:v>
+        <x:v>BH24 1HE</x:v>
       </x:c>
       <x:c r="G329" t="str">
-        <x:v>thobden@fairweatherlaw.co.uk</x:v>
+        <x:v>panels@ellisjones.co.uk</x:v>
       </x:c>
       <x:c r="H329" t="str">
-        <x:v>07702261001</x:v>
+        <x:v>01425 484848</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B330" t="str">
-        <x:v>14 Museum Street</x:v>
+        <x:v>Suites 4, 5 &amp; 6 Somerleigh Gate</x:v>
       </x:c>
       <x:c r="C330" t="str">
-        <x:v/>
+        <x:v>Somerleigh Road</x:v>
       </x:c>
       <x:c r="D330" t="str">
-        <x:v>Ipswich</x:v>
+        <x:v>Dorchester</x:v>
       </x:c>
       <x:c r="E330" t="str">
         <x:v/>
       </x:c>
       <x:c r="F330" t="str">
-        <x:v>IP1 1HT</x:v>
+        <x:v>DT1 1TL</x:v>
       </x:c>
       <x:c r="G330" t="str">
-        <x:v>jfairweather@fairweatherlaw.co.uk</x:v>
+        <x:v>dorchester@ellisiones.co.uk</x:v>
       </x:c>
       <x:c r="H330" t="str">
-        <x:v>01473 942183</x:v>
+        <x:v>01305 559010</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B331" t="str">
-        <x:v>51 High Street</x:v>
+        <x:v>Office 212, 107 - 111 Fleet Street</x:v>
       </x:c>
       <x:c r="C331" t="str">
         <x:v/>
       </x:c>
       <x:c r="D331" t="str">
-        <x:v>Leiston</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E331" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F331" t="str">
-        <x:v>IP16 4EL</x:v>
+        <x:v>EC4A 2AB</x:v>
       </x:c>
       <x:c r="G331" t="str">
-        <x:v/>
+        <x:v>london@ellisjones.co.uk</x:v>
       </x:c>
       <x:c r="H331" t="str">
-        <x:v/>
+        <x:v>02039784720</x:v>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B332" t="str">
-        <x:v>10 Riverside</x:v>
+        <x:v>5 Market Place</x:v>
       </x:c>
       <x:c r="C332" t="str">
-        <x:v>Framlingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D332" t="str">
-        <x:v>Woodbridge</x:v>
+        <x:v>RIPLEY</x:v>
       </x:c>
       <x:c r="E332" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F332" t="str">
-        <x:v>IP13 9AG</x:v>
+        <x:v>DE5 3BS</x:v>
       </x:c>
       <x:c r="G332" t="str">
-        <x:v/>
+        <x:v>r.holmes@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H332" t="str">
-        <x:v/>
+        <x:v>01773744744</x:v>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" t="str">
-        <x:v>Falcon Solicitors Limited</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B333" t="str">
-        <x:v>340 Farnham Road</x:v>
+        <x:v>35 DERBY ROAD</x:v>
       </x:c>
       <x:c r="C333" t="str">
-        <x:v/>
+        <x:v>LONG EATON</x:v>
       </x:c>
       <x:c r="D333" t="str">
-        <x:v>Slough</x:v>
+        <x:v>NOTTINGHAM</x:v>
       </x:c>
       <x:c r="E333" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F333" t="str">
-        <x:v>SL2 1JG</x:v>
+        <x:v>NG10 1LU</x:v>
       </x:c>
       <x:c r="G333" t="str">
-        <x:v/>
+        <x:v>longeaton@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H333" t="str">
-        <x:v/>
+        <x:v>0115 972 5222</x:v>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" t="str">
-        <x:v>FDR Law Limited</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B334" t="str">
-        <x:v>71-73 Carter Lane</x:v>
+        <x:v>2 DEVONSHIRE AVENUE</x:v>
       </x:c>
       <x:c r="C334" t="str">
-        <x:v/>
+        <x:v>BEESTON</x:v>
       </x:c>
       <x:c r="D334" t="str">
-        <x:v>London</x:v>
+        <x:v>NOTTINGHAM</x:v>
       </x:c>
       <x:c r="E334" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F334" t="str">
-        <x:v>EC4V 5EQ </x:v>
+        <x:v>NG9 1BS</x:v>
       </x:c>
       <x:c r="G334" t="str">
-        <x:v>enquiries@fdrlaw.co.uk</x:v>
+        <x:v>beeston@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H334" t="str">
-        <x:v>02039927890</x:v>
+        <x:v>0115 922 1591</x:v>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" t="str">
-        <x:v>FH Law Ltd</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B335" t="str">
-        <x:v>732 Romford Road</x:v>
+        <x:v>The Old Registry, 6 Derby Road</x:v>
       </x:c>
       <x:c r="C335" t="str">
         <x:v/>
       </x:c>
       <x:c r="D335" t="str">
-        <x:v>London</x:v>
+        <x:v>BELPER</x:v>
       </x:c>
       <x:c r="E335" t="str">
-        <x:v/>
+        <x:v>DERBYSHIRE</x:v>
       </x:c>
       <x:c r="F335" t="str">
-        <x:v>E12 6BT</x:v>
+        <x:v>DE56 1UU</x:v>
       </x:c>
       <x:c r="G335" t="str">
-        <x:v>mhr@fhlawsolicitors.co.uk</x:v>
+        <x:v>belper@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H335" t="str">
-        <x:v>02089117100</x:v>
+        <x:v>01773 821 665</x:v>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B336" t="str">
-        <x:v>16 Baddow Road</x:v>
+        <x:v>Unit 1, Fountain Court, Gordon Road</x:v>
       </x:c>
       <x:c r="C336" t="str">
-        <x:v/>
+        <x:v>West Bridgford</x:v>
       </x:c>
       <x:c r="D336" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E336" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F336" t="str">
-        <x:v>CM2 0DG</x:v>
+        <x:v>NG2 5LN</x:v>
       </x:c>
       <x:c r="G336" t="str">
-        <x:v/>
+        <x:v>westbridgford@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H336" t="str">
-        <x:v/>
+        <x:v>0115 896 3390</x:v>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B337" t="str">
-        <x:v>Charter Court,</x:v>
+        <x:v>Croft House, High Street</x:v>
       </x:c>
       <x:c r="C337" t="str">
-        <x:v>Newcomen Way,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D337" t="str">
-        <x:v>Colchester,</x:v>
+        <x:v>Gosforth</x:v>
       </x:c>
       <x:c r="E337" t="str">
-        <x:v>Essex,</x:v>
+        <x:v>Newcastle upon Tyne</x:v>
       </x:c>
       <x:c r="F337" t="str">
-        <x:v>CO4 9YA</x:v>
+        <x:v>NE3 1NQ</x:v>
       </x:c>
       <x:c r="G337" t="str">
-        <x:v>info@fig.co.uk</x:v>
+        <x:v>emma.rickaby@emgsolicitors.com</x:v>
       </x:c>
       <x:c r="H337" t="str">
-        <x:v>01206835300</x:v>
+        <x:v>0191 5006989</x:v>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B338" t="str">
-        <x:v>73 Station Road</x:v>
+        <x:v>Coniscliffe House, 9 Coniscliffe Road</x:v>
       </x:c>
       <x:c r="C338" t="str">
         <x:v/>
       </x:c>
       <x:c r="D338" t="str">
-        <x:v>Clacton-on-Sea</x:v>
+        <x:v>Darlington</x:v>
       </x:c>
       <x:c r="E338" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F338" t="str">
-        <x:v>CO15 1SD</x:v>
+        <x:v>DL3 7EE</x:v>
       </x:c>
       <x:c r="G338" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v>emma.rickaby@emgsolicitors.com</x:v>
       </x:c>
       <x:c r="H338" t="str">
-        <x:v>01255323103</x:v>
+        <x:v>01325651040</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B339" t="str">
-        <x:v>102 High Street</x:v>
+        <x:v>Birbeck House, Duke Street</x:v>
       </x:c>
       <x:c r="C339" t="str">
         <x:v/>
       </x:c>
       <x:c r="D339" t="str">
-        <x:v>Billericay</x:v>
+        <x:v>Penrith</x:v>
       </x:c>
       <x:c r="E339" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F339" t="str">
-        <x:v>CM12 9BY</x:v>
+        <x:v>CA11 7NA</x:v>
       </x:c>
       <x:c r="G339" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v>emma.rickaby@emgsolicitors.com</x:v>
       </x:c>
       <x:c r="H339" t="str">
-        <x:v>01277623132</x:v>
+        <x:v>01768527000</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B340" t="str">
-        <x:v>17 Coggeshall Road</x:v>
+        <x:v>Abbey House</x:v>
       </x:c>
       <x:c r="C340" t="str">
-        <x:v/>
+        <x:v>Abbeywoods Business Park</x:v>
       </x:c>
       <x:c r="D340" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="E340" t="str">
-        <x:v>Essex, Braintree</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F340" t="str">
-        <x:v>CM7 9DB</x:v>
+        <x:v>DH1 5TH</x:v>
       </x:c>
       <x:c r="G340" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H340" t="str">
-        <x:v>01376 552828</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>F W MEGGITT &amp; CO LTD</x:v>
       </x:c>
       <x:c r="B341" t="str">
-        <x:v>18A Market Hill</x:v>
+        <x:v>191 Ashley Road</x:v>
       </x:c>
       <x:c r="C341" t="str">
         <x:v/>
       </x:c>
       <x:c r="D341" t="str">
-        <x:v>Sudbury</x:v>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E341" t="str">
-        <x:v/>
+        <x:v>Hale</x:v>
       </x:c>
       <x:c r="F341" t="str">
-        <x:v>CO10 2EA</x:v>
+        <x:v>WA15 9SQ</x:v>
       </x:c>
       <x:c r="G341" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H341" t="str">
-        <x:v>01787 373387</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" t="str">
-        <x:v>Fishman Brand Stone Solicitors</x:v>
+        <x:v>F W Meggitt &amp; Co Ltd</x:v>
       </x:c>
       <x:c r="B342" t="str">
-        <x:v>70 Baker Street</x:v>
+        <x:v>Apt 9, Queens Stables, 82 Park Grange Road</x:v>
       </x:c>
       <x:c r="C342" t="str">
         <x:v/>
       </x:c>
       <x:c r="D342" t="str">
-        <x:v>London</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E342" t="str">
         <x:v/>
       </x:c>
       <x:c r="F342" t="str">
-        <x:v>W1U 7DJ</x:v>
+        <x:v>S2 3RU</x:v>
       </x:c>
       <x:c r="G342" t="str">
-        <x:v>Rgs@fishmanbrandstone.com</x:v>
+        <x:v>benkeating@kmclegal.co.uk</x:v>
       </x:c>
       <x:c r="H342" t="str">
-        <x:v>02079354848</x:v>
+        <x:v>0114 2727955</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>F W Meggitt &amp; Co Ltd</x:v>
       </x:c>
       <x:c r="B343" t="str">
-        <x:v>Blackbrook Park Avenue</x:v>
+        <x:v>21-23 Broad Green Road</x:v>
       </x:c>
       <x:c r="C343" t="str">
         <x:v/>
       </x:c>
       <x:c r="D343" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E343" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F343" t="str">
-        <x:v>TA1 2PX</x:v>
+        <x:v>L13 5SD</x:v>
       </x:c>
       <x:c r="G343" t="str">
-        <x:v>enquiries@footanstey.com</x:v>
+        <x:v>benkeating@kmclegal.co.uk</x:v>
       </x:c>
       <x:c r="H343" t="str">
-        <x:v>01823 625600</x:v>
+        <x:v>01518324977</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>F W Meggitt &amp; Co Ltd</x:v>
       </x:c>
       <x:c r="B344" t="str">
-        <x:v>2 Glass Wharf</x:v>
+        <x:v>First Floor, 125 Telegraph Rd,</x:v>
       </x:c>
       <x:c r="C344" t="str">
-        <x:v/>
+        <x:v>Heswall</x:v>
       </x:c>
       <x:c r="D344" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Wirral</x:v>
       </x:c>
       <x:c r="E344" t="str">
         <x:v/>
       </x:c>
       <x:c r="F344" t="str">
-        <x:v>BS2 0EL</x:v>
+        <x:v>CH60 0AF</x:v>
       </x:c>
       <x:c r="G344" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>lornaferguson@kmclegal.co.uk</x:v>
       </x:c>
       <x:c r="H344" t="str">
-        <x:v>0345 140 0025</x:v>
+        <x:v>0151 305 6070</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fahri LLP</x:v>
       </x:c>
       <x:c r="B345" t="str">
-        <x:v>Salt Quay House, 4 North East Quay</x:v>
+        <x:v>Suite 2, Ground Floor, Prince Of Wales House</x:v>
       </x:c>
       <x:c r="C345" t="str">
-        <x:v>Sutton Harbour</x:v>
+        <x:v>3 Bluecoats Avenue</x:v>
       </x:c>
       <x:c r="D345" t="str">
-        <x:v>Plymouth</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E345" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F345" t="str">
-        <x:v>PL4 0BN</x:v>
+        <x:v>SG14 1PB</x:v>
       </x:c>
       <x:c r="G345" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>info@fahrillp.com</x:v>
       </x:c>
       <x:c r="H345" t="str">
-        <x:v>01752 675000</x:v>
+        <x:v>01992 350170</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fahri LLP</x:v>
       </x:c>
       <x:c r="B346" t="str">
-        <x:v>Senate Court</x:v>
+        <x:v>Unit 3</x:v>
       </x:c>
       <x:c r="C346" t="str">
-        <x:v>Southernhay Gardens</x:v>
+        <x:v> Mountview Court, 310 Friern Barnet Lane</x:v>
       </x:c>
       <x:c r="D346" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E346" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F346" t="str">
-        <x:v>EX1 1NT</x:v>
+        <x:v>N20 0LD</x:v>
       </x:c>
       <x:c r="G346" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H346" t="str">
-        <x:v>01392 411221</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fairmont Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B347" t="str">
-        <x:v>High Water House</x:v>
+        <x:v>8 Hill Rise</x:v>
       </x:c>
       <x:c r="C347" t="str">
-        <x:v>Malpas Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D347" t="str">
-        <x:v>Truro</x:v>
+        <x:v>Richmond</x:v>
       </x:c>
       <x:c r="E347" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F347" t="str">
-        <x:v>TR1 1QH</x:v>
+        <x:v>TW10 6UA</x:v>
       </x:c>
       <x:c r="G347" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>marjan@fairmontsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H347" t="str">
-        <x:v>01872 243300</x:v>
+        <x:v>0333 222 501</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B348" t="str">
-        <x:v>36 – 38 Cornhill</x:v>
+        <x:v>Cross Corner, 16 Wentworth Road</x:v>
       </x:c>
       <x:c r="C348" t="str">
         <x:v/>
       </x:c>
       <x:c r="D348" t="str">
-        <x:v>London</x:v>
+        <x:v>Aldeburgh</x:v>
       </x:c>
       <x:c r="E348" t="str">
-        <x:v>London</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F348" t="str">
-        <x:v>EC3V 3NG</x:v>
+        <x:v>IP15 5BB</x:v>
       </x:c>
       <x:c r="G348" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>enquiries@fairweatherstephenson.co.uk</x:v>
       </x:c>
       <x:c r="H348" t="str">
-        <x:v>0207 2630001</x:v>
+        <x:v>01728 454595</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B349" t="str">
-        <x:v>White Building, 1-4 Cumberland Place</x:v>
+        <x:v>Holland Court</x:v>
       </x:c>
       <x:c r="C349" t="str">
-        <x:v/>
+        <x:v>The Close</x:v>
       </x:c>
       <x:c r="D349" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E349" t="str">
         <x:v/>
       </x:c>
       <x:c r="F349" t="str">
-        <x:v>SO15 2NP</x:v>
+        <x:v>NR1 4DY</x:v>
       </x:c>
       <x:c r="G349" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>thobden@fairweatherlaw.co.uk</x:v>
       </x:c>
       <x:c r="H349" t="str">
-        <x:v>02380 172222</x:v>
+        <x:v>07702261001</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" t="str">
-        <x:v>Forever Legal Limited</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B350" t="str">
-        <x:v>Lindley Court</x:v>
+        <x:v>14 Museum Street</x:v>
       </x:c>
       <x:c r="C350" t="str">
-        <x:v>Scott Drive</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D350" t="str">
-        <x:v>Altrincham</x:v>
+        <x:v>Ipswich</x:v>
       </x:c>
       <x:c r="E350" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F350" t="str">
-        <x:v>WA15 8AB</x:v>
+        <x:v>IP1 1HT</x:v>
       </x:c>
       <x:c r="G350" t="str">
-        <x:v>michael.harrison@foreverlegal.co.uk</x:v>
+        <x:v>jfairweather@fairweatherlaw.co.uk</x:v>
       </x:c>
       <x:c r="H350" t="str">
-        <x:v>0344 245 2500</x:v>
+        <x:v>01473 942183</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" t="str">
-        <x:v>Fosters Solicitors</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B351" t="str">
-        <x:v>William House</x:v>
+        <x:v>51 High Street</x:v>
       </x:c>
       <x:c r="C351" t="str">
-        <x:v>19 Bank Plain</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D351" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Leiston</x:v>
       </x:c>
       <x:c r="E351" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F351" t="str">
-        <x:v>NR2 4FS</x:v>
+        <x:v>IP16 4EL</x:v>
       </x:c>
       <x:c r="G351" t="str">
         <x:v/>
       </x:c>
       <x:c r="H351" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" t="str">
-        <x:v>Fosters Solicitors LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B352" t="str">
-        <x:v>1 Middleton Street</x:v>
+        <x:v>10 Riverside</x:v>
       </x:c>
       <x:c r="C352" t="str">
-        <x:v/>
+        <x:v>Framlingham</x:v>
       </x:c>
       <x:c r="D352" t="str">
-        <x:v>Wymondham</x:v>
+        <x:v>Woodbridge</x:v>
       </x:c>
       <x:c r="E352" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F352" t="str">
-        <x:v>NR18 0AB</x:v>
+        <x:v>IP13 9AG</x:v>
       </x:c>
       <x:c r="G352" t="str">
-        <x:v>szavanaiu@fosters-solicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H352" t="str">
-        <x:v>01953 607724</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="353">
       <x:c r="A353" t="str">
-        <x:v>Fosters Solicitors LLP</x:v>
+        <x:v>Falcon Solicitors Limited</x:v>
       </x:c>
       <x:c r="B353" t="str">
-        <x:v>Scores House, 14 Regent Road</x:v>
+        <x:v>340 Farnham Road</x:v>
       </x:c>
       <x:c r="C353" t="str">
         <x:v/>
       </x:c>
       <x:c r="D353" t="str">
-        <x:v>Lowestoft</x:v>
+        <x:v>Slough</x:v>
       </x:c>
       <x:c r="E353" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F353" t="str">
-        <x:v>NR32 1PB</x:v>
+        <x:v>SL2 1JG</x:v>
       </x:c>
       <x:c r="G353" t="str">
-        <x:v>lowestoft@fosters-solicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H353" t="str">
-        <x:v>01502 573307</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="354">
       <x:c r="A354" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B354" t="str">
-        <x:v>120 Bridge Street</x:v>
+        <x:v>Unit C1</x:v>
       </x:c>
       <x:c r="C354" t="str">
-        <x:v/>
+        <x:v>Hurstwood Court,</x:v>
       </x:c>
       <x:c r="D354" t="str">
-        <x:v>Worksop</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E354" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F354" t="str">
-        <x:v>S80 1HU</x:v>
+        <x:v>BB1 2QR</x:v>
       </x:c>
       <x:c r="G354" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v>gavin.hall@farleys.com </x:v>
       </x:c>
       <x:c r="H354" t="str">
-        <x:v>01909 473560</x:v>
+        <x:v>01254 229800 </x:v>
       </x:c>
     </x:row>
     <x:row r="355">
       <x:c r="A355" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B355" t="str">
-        <x:v>102/112 Burncross Road</x:v>
+        <x:v>196 Deansgate</x:v>
       </x:c>
       <x:c r="C355" t="str">
-        <x:v>Chapeltown</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D355" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E355" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F355" t="str">
-        <x:v>S35 1TG</x:v>
+        <x:v>M3 3WF</x:v>
       </x:c>
       <x:c r="G355" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H355" t="str">
-        <x:v>0114 246 760</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="356">
       <x:c r="A356" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B356" t="str">
-        <x:v>Drakehouse Crescent</x:v>
+        <x:v>3 Mead Way</x:v>
       </x:c>
       <x:c r="C356" t="str">
-        <x:v>Waterthorpe</x:v>
+        <x:v>Shuttleworth Mead Business Park</x:v>
       </x:c>
       <x:c r="D356" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Padiham</x:v>
       </x:c>
       <x:c r="E356" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F356" t="str">
-        <x:v>S20 7HT</x:v>
+        <x:v>BB12 7NG</x:v>
       </x:c>
       <x:c r="G356" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H356" t="str">
-        <x:v>0114 2511702</x:v>
+        <x:v>01282718000</x:v>
       </x:c>
     </x:row>
     <x:row r="357">
       <x:c r="A357" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B357" t="str">
-        <x:v>18 Grove Street</x:v>
+        <x:v>Prudential Buildings</x:v>
       </x:c>
       <x:c r="C357" t="str">
-        <x:v/>
+        <x:v>Manchester Road</x:v>
       </x:c>
       <x:c r="D357" t="str">
-        <x:v>Retford</x:v>
+        <x:v>Burnley</x:v>
       </x:c>
       <x:c r="E357" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F357" t="str">
-        <x:v>DN22 6JS</x:v>
+        <x:v>BB11 1HJ</x:v>
       </x:c>
       <x:c r="G357" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v>andrea.edwards@farleys.com</x:v>
       </x:c>
       <x:c r="H357" t="str">
-        <x:v>01777 703 100</x:v>
+        <x:v>01282 718000</x:v>
       </x:c>
     </x:row>
     <x:row r="358">
       <x:c r="A358" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B358" t="str">
-        <x:v>31 Mill Street</x:v>
+        <x:v>12-20 Willow Street</x:v>
       </x:c>
       <x:c r="C358" t="str">
-        <x:v>Clowne</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D358" t="str">
-        <x:v>Chesterfield</x:v>
+        <x:v>Accrington</x:v>
       </x:c>
       <x:c r="E358" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F358" t="str">
-        <x:v>S43 4JN</x:v>
+        <x:v>BB5 1LP</x:v>
       </x:c>
       <x:c r="G358" t="str">
-        <x:v>steven.dixon@foys.co.uk</x:v>
+        <x:v>julie.fishwick@farleys.com</x:v>
       </x:c>
       <x:c r="H358" t="str">
-        <x:v>01246 810 050</x:v>
+        <x:v>01254 606600</x:v>
       </x:c>
     </x:row>
     <x:row r="359">
       <x:c r="A359" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B359" t="str">
-        <x:v>Kingsgate House</x:v>
+        <x:v>Charnley House, 13 Winckley Square</x:v>
       </x:c>
       <x:c r="C359" t="str">
         <x:v/>
       </x:c>
       <x:c r="D359" t="str">
-        <x:v>Doncaster </x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E359" t="str">
-        <x:v>South Yorkshier</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F359" t="str">
-        <x:v>DN1 3JZ</x:v>
+        <x:v>PR1 3JJ</x:v>
       </x:c>
       <x:c r="G359" t="str">
-        <x:v/>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H359" t="str">
-        <x:v/>
+        <x:v>01772 754450</x:v>
       </x:c>
     </x:row>
     <x:row r="360">
       <x:c r="A360" t="str">
-        <x:v>Fraser Dawbarns</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B360" t="str">
-        <x:v>1-3 York Row</x:v>
+        <x:v>72 Bank Street</x:v>
       </x:c>
       <x:c r="C360" t="str">
-        <x:v/>
+        <x:v>Rawtenstall</x:v>
       </x:c>
       <x:c r="D360" t="str">
-        <x:v>Wisbech</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E360" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F360" t="str">
-        <x:v>PE13 1EA</x:v>
+        <x:v>BB4 8EG</x:v>
       </x:c>
       <x:c r="G360" t="str">
-        <x:v>KirstyHaines@fraserdawbarns.com</x:v>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H360" t="str">
-        <x:v/>
+        <x:v>01706 222852</x:v>
       </x:c>
     </x:row>
     <x:row r="361">
       <x:c r="A361" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B361" t="str">
-        <x:v>Myriad House</x:v>
+        <x:v>Unit A1, Sovereign Business Park</x:v>
       </x:c>
       <x:c r="C361" t="str">
-        <x:v>7 Bartholemews Walk</x:v>
+        <x:v>Kings Croft Court</x:v>
       </x:c>
       <x:c r="D361" t="str">
-        <x:v>Ely</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E361" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F361" t="str">
-        <x:v>CB7 4EA</x:v>
+        <x:v>WN1 3AP</x:v>
       </x:c>
       <x:c r="G361" t="str">
-        <x:v/>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H361" t="str">
-        <x:v>01353 383483</x:v>
+        <x:v>01942 246241</x:v>
       </x:c>
     </x:row>
     <x:row r="362">
       <x:c r="A362" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>FDR Law Limited</x:v>
       </x:c>
       <x:c r="B362" t="str">
-        <x:v>21 Tuesday Market Place</x:v>
+        <x:v>71-73 Carter Lane</x:v>
       </x:c>
       <x:c r="C362" t="str">
-        <x:v>King'S Lynn</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D362" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E362" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F362" t="str">
-        <x:v>PE30 1JW</x:v>
+        <x:v>EC4V 5EQ </x:v>
       </x:c>
       <x:c r="G362" t="str">
-        <x:v>DanielBall@fraserdawbarns.com</x:v>
+        <x:v>enquiries@fdrlaw.co.uk</x:v>
       </x:c>
       <x:c r="H362" t="str">
-        <x:v>01553 666600</x:v>
+        <x:v>02039927890</x:v>
       </x:c>
     </x:row>
     <x:row r="363">
       <x:c r="A363" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>Fentiman Legal Limited</x:v>
       </x:c>
       <x:c r="B363" t="str">
-        <x:v>29 London Road</x:v>
+        <x:v>2nd Foor</x:v>
       </x:c>
       <x:c r="C363" t="str">
-        <x:v/>
+        <x:v>84 Salop Street</x:v>
       </x:c>
       <x:c r="D363" t="str">
-        <x:v>Downham Market</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E363" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F363" t="str">
-        <x:v>PE38 9AS</x:v>
+        <x:v>WV3 0SR</x:v>
       </x:c>
       <x:c r="G363" t="str">
-        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H363" t="str">
-        <x:v>01366 383171</x:v>
+        <x:v>08002889947</x:v>
       </x:c>
     </x:row>
     <x:row r="364">
       <x:c r="A364" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>Fentiman Legal Limited</x:v>
       </x:c>
       <x:c r="B364" t="str">
-        <x:v>62 High Street</x:v>
+        <x:v>1st Floor</x:v>
       </x:c>
       <x:c r="C364" t="str">
-        <x:v/>
+        <x:v>Albany House</x:v>
       </x:c>
       <x:c r="D364" t="str">
-        <x:v>March</x:v>
+        <x:v>162-168 High Street</x:v>
       </x:c>
       <x:c r="E364" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Waltham Cross </x:v>
       </x:c>
       <x:c r="F364" t="str">
-        <x:v>PE15 9LD</x:v>
+        <x:v>EN8 7DF</x:v>
       </x:c>
       <x:c r="G364" t="str">
-        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H364" t="str">
-        <x:v>01354 602880</x:v>
+        <x:v>08002889947</x:v>
       </x:c>
     </x:row>
     <x:row r="365">
       <x:c r="A365" t="str">
-        <x:v>Frederic Hall Solicitors</x:v>
+        <x:v>Fentiman Legal Ltd</x:v>
       </x:c>
       <x:c r="B365" t="str">
-        <x:v>York House</x:v>
+        <x:v>Greville Court Business Centre, 1665, High Street</x:v>
       </x:c>
       <x:c r="C365" t="str">
-        <x:v>32 Cheriton Gardens</x:v>
+        <x:v>Knowle</x:v>
       </x:c>
       <x:c r="D365" t="str">
-        <x:v>Folkestone</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E365" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F365" t="str">
-        <x:v>CT20 2UR</x:v>
+        <x:v>B93 0LL</x:v>
       </x:c>
       <x:c r="G365" t="str">
-        <x:v/>
+        <x:v>archana.jethwa@fentimans.co.uk</x:v>
       </x:c>
       <x:c r="H365" t="str">
-        <x:v/>
+        <x:v>0330 124 2171</x:v>
       </x:c>
     </x:row>
     <x:row r="366">
       <x:c r="A366" t="str">
-        <x:v>Frederic Hall Solicitors</x:v>
+        <x:v>Fentiman Legal Ltd</x:v>
       </x:c>
       <x:c r="B366" t="str">
-        <x:v>77 Biggin Street</x:v>
+        <x:v>Station House, 1st Floor, 3-5 Station Road</x:v>
       </x:c>
       <x:c r="C366" t="str">
         <x:v/>
       </x:c>
       <x:c r="D366" t="str">
-        <x:v>Dover</x:v>
+        <x:v>Urmston</x:v>
       </x:c>
       <x:c r="E366" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="F366" t="str">
-        <x:v>CT16 1BB</x:v>
+        <x:v>M41 9JG</x:v>
       </x:c>
       <x:c r="G366" t="str">
-        <x:v>RR@frederic-hall.co.uk</x:v>
+        <x:v>archana.jethwa@fentimans.co.uk</x:v>
       </x:c>
       <x:c r="H366" t="str">
-        <x:v>01304202411</x:v>
+        <x:v>0161 749 9606</x:v>
       </x:c>
     </x:row>
     <x:row r="367">
       <x:c r="A367" t="str">
-        <x:v>Freedman Green Dhokia</x:v>
+        <x:v>FH Law Ltd</x:v>
       </x:c>
       <x:c r="B367" t="str">
-        <x:v>104 Boundary Road</x:v>
+        <x:v>732 Romford Road</x:v>
       </x:c>
       <x:c r="C367" t="str">
         <x:v/>
       </x:c>
       <x:c r="D367" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E367" t="str">
         <x:v/>
       </x:c>
       <x:c r="F367" t="str">
-        <x:v>NW8 0RH</x:v>
+        <x:v>E12 6BT</x:v>
       </x:c>
       <x:c r="G367" t="str">
-        <x:v>g.green@fgdlaw.co.uk</x:v>
+        <x:v>mhr@fhlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H367" t="str">
-        <x:v>02076256003</x:v>
+        <x:v>02089117100</x:v>
       </x:c>
     </x:row>
     <x:row r="368">
       <x:c r="A368" t="str">
-        <x:v>Freedman Green Dhokia</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B368" t="str">
-        <x:v>190 Clarence Gate Gardens</x:v>
+        <x:v>16 Baddow Road</x:v>
       </x:c>
       <x:c r="C368" t="str">
-        <x:v>Glentworth Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D368" t="str">
-        <x:v>London</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E368" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F368" t="str">
-        <x:v>NW1 6AD</x:v>
+        <x:v>CM2 0DG</x:v>
       </x:c>
       <x:c r="G368" t="str">
-        <x:v>fgdadmin@fgdlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H368" t="str">
-        <x:v>02076256003</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="369">
       <x:c r="A369" t="str">
-        <x:v>Frettens LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B369" t="str">
-        <x:v>7 - 8 Church Street</x:v>
+        <x:v>Charter Court,</x:v>
       </x:c>
       <x:c r="C369" t="str">
-        <x:v/>
+        <x:v>Newcomen Way,</x:v>
       </x:c>
       <x:c r="D369" t="str">
-        <x:v>Wimborne</x:v>
+        <x:v>Colchester,</x:v>
       </x:c>
       <x:c r="E369" t="str">
-        <x:v/>
+        <x:v>Essex,</x:v>
       </x:c>
       <x:c r="F369" t="str">
-        <x:v>BH21 1JH</x:v>
+        <x:v>CO4 9YA</x:v>
       </x:c>
       <x:c r="G369" t="str">
-        <x:v>info@frettens.co.uk</x:v>
+        <x:v>info@fig.co.uk</x:v>
       </x:c>
       <x:c r="H369" t="str">
-        <x:v>01202 148748</x:v>
+        <x:v>01206835300</x:v>
       </x:c>
     </x:row>
     <x:row r="370">
       <x:c r="A370" t="str">
-        <x:v>Frettens LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B370" t="str">
-        <x:v>2 Christchurch Road</x:v>
+        <x:v>73 Station Road</x:v>
       </x:c>
       <x:c r="C370" t="str">
         <x:v/>
       </x:c>
       <x:c r="D370" t="str">
-        <x:v>Ringwood</x:v>
+        <x:v>Clacton-on-Sea</x:v>
       </x:c>
       <x:c r="E370" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F370" t="str">
-        <x:v>BH24 1DN</x:v>
+        <x:v>CO15 1SD</x:v>
       </x:c>
       <x:c r="G370" t="str">
-        <x:v>ringwood@frettens.co.uk</x:v>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H370" t="str">
-        <x:v>01425 610100</x:v>
+        <x:v>01255323103</x:v>
       </x:c>
     </x:row>
     <x:row r="371">
       <x:c r="A371" t="str">
-        <x:v>Frettens LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B371" t="str">
-        <x:v>The Saxon Centre</x:v>
+        <x:v>102 High Street</x:v>
       </x:c>
       <x:c r="C371" t="str">
-        <x:v>11 The Saxon Centre</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D371" t="str">
-        <x:v>Christchurch</x:v>
+        <x:v>Billericay</x:v>
       </x:c>
       <x:c r="E371" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F371" t="str">
-        <x:v>BH23 1PZ</x:v>
+        <x:v>CM12 9BY</x:v>
       </x:c>
       <x:c r="G371" t="str">
-        <x:v/>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H371" t="str">
-        <x:v/>
+        <x:v>01277623132</x:v>
       </x:c>
     </x:row>
     <x:row r="372">
       <x:c r="A372" t="str">
-        <x:v>Furley Page LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B372" t="str">
-        <x:v>39 St. Margarets Street</x:v>
+        <x:v>17 Coggeshall Road</x:v>
       </x:c>
       <x:c r="C372" t="str">
         <x:v/>
       </x:c>
       <x:c r="D372" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E372" t="str">
-        <x:v/>
+        <x:v>Essex, Braintree</x:v>
       </x:c>
       <x:c r="F372" t="str">
-        <x:v>CT1 2TX</x:v>
+        <x:v>CM7 9DB</x:v>
       </x:c>
       <x:c r="G372" t="str">
-        <x:v/>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H372" t="str">
-        <x:v/>
+        <x:v>01376 552828</x:v>
       </x:c>
     </x:row>
     <x:row r="373">
       <x:c r="A373" t="str">
-        <x:v>Furley Page LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B373" t="str">
-        <x:v>9 Boorman Way</x:v>
+        <x:v>18A Market Hill</x:v>
       </x:c>
       <x:c r="C373" t="str">
-        <x:v>Estuary View Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D373" t="str">
-        <x:v>Whitstable</x:v>
+        <x:v>Sudbury</x:v>
       </x:c>
       <x:c r="E373" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F373" t="str">
-        <x:v>CT5 3SE</x:v>
+        <x:v>CO10 2EA</x:v>
       </x:c>
       <x:c r="G373" t="str">
-        <x:v>info@furleypage.co.uk</x:v>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H373" t="str">
-        <x:v>01227 274241</x:v>
+        <x:v>01787 373387</x:v>
       </x:c>
     </x:row>
     <x:row r="374">
       <x:c r="A374" t="str">
-        <x:v>Gardner Champion Solicitors Ltd</x:v>
+        <x:v>Fishman Brand Stone Solicitors</x:v>
       </x:c>
       <x:c r="B374" t="str">
-        <x:v>Brook House</x:v>
+        <x:v>70 Baker Street</x:v>
       </x:c>
       <x:c r="C374" t="str">
-        <x:v>Brook Square</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D374" t="str">
-        <x:v>Rugeley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E374" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F374" t="str">
-        <x:v>WS15 2DT</x:v>
+        <x:v>W1U 7DJ</x:v>
       </x:c>
       <x:c r="G374" t="str">
-        <x:v>ja@gardnerchampion.co.uk</x:v>
+        <x:v>Rgs@fishmanbrandstone.com</x:v>
       </x:c>
       <x:c r="H374" t="str">
-        <x:v>01889582116</x:v>
+        <x:v>02079354848</x:v>
       </x:c>
     </x:row>
     <x:row r="375">
       <x:c r="A375" t="str">
-        <x:v>Gateley PLC</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B375" t="str">
-        <x:v>1 Paternoster Square</x:v>
+        <x:v>Blackbrook Park Avenue</x:v>
       </x:c>
       <x:c r="C375" t="str">
         <x:v/>
       </x:c>
       <x:c r="D375" t="str">
-        <x:v>London</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E375" t="str">
-        <x:v/>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F375" t="str">
-        <x:v>EC4M 7DX</x:v>
+        <x:v>TA1 2PX</x:v>
       </x:c>
       <x:c r="G375" t="str">
-        <x:v>alison.reid@gateleylegal.com</x:v>
+        <x:v>enquiries@footanstey.com</x:v>
       </x:c>
       <x:c r="H375" t="str">
-        <x:v>020 7653 1600</x:v>
+        <x:v>01823 625600</x:v>
       </x:c>
     </x:row>
     <x:row r="376">
       <x:c r="A376" t="str">
-        <x:v>Gateley PLC</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B376" t="str">
-        <x:v>Minerva, 29 East Parade</x:v>
+        <x:v>2 Glass Wharf</x:v>
       </x:c>
       <x:c r="C376" t="str">
         <x:v/>
       </x:c>
       <x:c r="D376" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E376" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F376" t="str">
-        <x:v>LS1 5PS</x:v>
+        <x:v>BS2 0EL</x:v>
       </x:c>
       <x:c r="G376" t="str">
-        <x:v>alison.reid@gateleylegal.com</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H376" t="str">
-        <x:v>0113 218 2470</x:v>
+        <x:v>0345 140 0025</x:v>
       </x:c>
     </x:row>
     <x:row r="377">
       <x:c r="A377" t="str">
-        <x:v>Gateley PLC</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B377" t="str">
-        <x:v>Park View House</x:v>
+        <x:v>Salt Quay House, 4 North East Quay</x:v>
       </x:c>
       <x:c r="C377" t="str">
-        <x:v>58 The Ropewalk</x:v>
+        <x:v>Sutton Harbour</x:v>
       </x:c>
       <x:c r="D377" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Plymouth</x:v>
       </x:c>
       <x:c r="E377" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F377" t="str">
-        <x:v>NG1 5DW</x:v>
+        <x:v>PL4 0BN</x:v>
       </x:c>
       <x:c r="G377" t="str">
-        <x:v/>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H377" t="str">
-        <x:v>0115 983 8200</x:v>
+        <x:v>01752 675000</x:v>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" t="str">
-        <x:v>Gateley Plc</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B378" t="str">
-        <x:v>Ship Canal House</x:v>
+        <x:v>Senate Court</x:v>
       </x:c>
       <x:c r="C378" t="str">
-        <x:v>98 King Street</x:v>
+        <x:v>Southernhay Gardens</x:v>
       </x:c>
       <x:c r="D378" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E378" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F378" t="str">
-        <x:v>M2 4WU</x:v>
+        <x:v>EX1 1NT</x:v>
       </x:c>
       <x:c r="G378" t="str">
-        <x:v/>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H378" t="str">
-        <x:v/>
+        <x:v>01392 411221</x:v>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" t="str">
-        <x:v>Gateley Plc</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B379" t="str">
-        <x:v>3000 Cathedral Square</x:v>
+        <x:v>High Water House</x:v>
       </x:c>
       <x:c r="C379" t="str">
-        <x:v>Cathedral Hill</x:v>
+        <x:v>Malpas Road</x:v>
       </x:c>
       <x:c r="D379" t="str">
-        <x:v/>
+        <x:v>Truro</x:v>
       </x:c>
       <x:c r="E379" t="str">
-        <x:v/>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F379" t="str">
-        <x:v>GU2 7YL</x:v>
+        <x:v>TR1 1QH</x:v>
       </x:c>
       <x:c r="G379" t="str">
-        <x:v>**</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H379" t="str">
-        <x:v>01483 577091</x:v>
+        <x:v>01872 243300</x:v>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" t="str">
-        <x:v>Gateley Plc</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B380" t="str">
-        <x:v>111 Edmund Street</x:v>
+        <x:v>36 – 38 Cornhill</x:v>
       </x:c>
       <x:c r="C380" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D380" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E380" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F380" t="str">
-        <x:v>B3 2HJ</x:v>
+        <x:v>EC3V 3NG</x:v>
       </x:c>
       <x:c r="G380" t="str">
-        <x:v>01212340000</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H380" t="str">
-        <x:v>**</x:v>
+        <x:v>0207 2630001</x:v>
       </x:c>
     </x:row>
     <x:row r="381">
       <x:c r="A381" t="str">
-        <x:v>Gentle Mathias LLP</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B381" t="str">
-        <x:v>59 Charlotte Street</x:v>
+        <x:v>White Building, 1-4 Cumberland Place</x:v>
       </x:c>
       <x:c r="C381" t="str">
         <x:v/>
       </x:c>
       <x:c r="D381" t="str">
-        <x:v>London</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E381" t="str">
         <x:v/>
       </x:c>
       <x:c r="F381" t="str">
-        <x:v>W1T 4PE</x:v>
+        <x:v>SO15 2NP</x:v>
       </x:c>
       <x:c r="G381" t="str">
-        <x:v>tarkan.hassan@gentlemathias.com</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H381" t="str">
-        <x:v>020 7631 1811</x:v>
+        <x:v>02380 172222</x:v>
       </x:c>
     </x:row>
     <x:row r="382">
       <x:c r="A382" t="str">
-        <x:v>George Davies &amp; Evans Ltd</x:v>
+        <x:v>Forever Legal Limited</x:v>
       </x:c>
       <x:c r="B382" t="str">
-        <x:v>Castle Chambers</x:v>
+        <x:v>Lindley Court</x:v>
       </x:c>
       <x:c r="C382" t="str">
-        <x:v>Grosvenor Hill</x:v>
+        <x:v>Scott Drive</x:v>
       </x:c>
       <x:c r="D382" t="str">
-        <x:v>Cardigan</x:v>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E382" t="str">
-        <x:v>Ceredigion</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F382" t="str">
-        <x:v>SA43 1HX</x:v>
+        <x:v>WA15 8AB</x:v>
       </x:c>
       <x:c r="G382" t="str">
-        <x:v>pam@georgedaviesandevans.co.uk</x:v>
+        <x:v>michael.harrison@foreverlegal.co.uk</x:v>
       </x:c>
       <x:c r="H382" t="str">
-        <x:v>01239 612308</x:v>
+        <x:v>0344 245 2500</x:v>
       </x:c>
     </x:row>
     <x:row r="383">
       <x:c r="A383" t="str">
-        <x:v>George Davies &amp; Evans Ltd</x:v>
+        <x:v>Fosters Solicitors</x:v>
       </x:c>
       <x:c r="B383" t="str">
-        <x:v>Sycamore Street</x:v>
+        <x:v>William House</x:v>
       </x:c>
       <x:c r="C383" t="str">
-        <x:v>Newcastle Emlyn</x:v>
+        <x:v>19 Bank Plain</x:v>
       </x:c>
       <x:c r="D383" t="str">
-        <x:v/>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E383" t="str">
-        <x:v>Carmarthenshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F383" t="str">
-        <x:v>SA38 9AJ</x:v>
+        <x:v>NR2 4FS</x:v>
       </x:c>
       <x:c r="G383" t="str">
-        <x:v>helen@wegsons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H383" t="str">
-        <x:v>01239 710228</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="384">
       <x:c r="A384" t="str">
-        <x:v>George Green LLP</x:v>
+        <x:v>Fosters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B384" t="str">
-        <x:v>195 High Street,</x:v>
+        <x:v>1 Middleton Street</x:v>
       </x:c>
       <x:c r="C384" t="str">
         <x:v/>
       </x:c>
       <x:c r="D384" t="str">
-        <x:v>Cradley Heath,</x:v>
+        <x:v>Wymondham</x:v>
       </x:c>
       <x:c r="E384" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F384" t="str">
-        <x:v>B64 5HW</x:v>
+        <x:v>NR18 0AB</x:v>
       </x:c>
       <x:c r="G384" t="str">
-        <x:v>info@georgegreen.co.uk</x:v>
+        <x:v>szavanaiu@fosters-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H384" t="str">
-        <x:v>01384 410410</x:v>
+        <x:v>01953 607724</x:v>
       </x:c>
     </x:row>
     <x:row r="385">
       <x:c r="A385" t="str">
-        <x:v>George Green LLP</x:v>
+        <x:v>Fosters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B385" t="str">
-        <x:v>Second Floor, 4 Emmanuel Court</x:v>
+        <x:v>Scores House, 14 Regent Road</x:v>
       </x:c>
       <x:c r="C385" t="str">
-        <x:v>Reddicroft</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D385" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Lowestoft</x:v>
       </x:c>
       <x:c r="E385" t="str">
-        <x:v/>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F385" t="str">
-        <x:v>B73 6AZ</x:v>
+        <x:v>NR32 1PB</x:v>
       </x:c>
       <x:c r="G385" t="str">
-        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
+        <x:v>lowestoft@fosters-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H385" t="str">
-        <x:v>0121 269 5850</x:v>
+        <x:v>01502 573307</x:v>
       </x:c>
     </x:row>
     <x:row r="386">
       <x:c r="A386" t="str">
-        <x:v>George Green LLP</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B386" t="str">
-        <x:v>19 Waterloo Road</x:v>
+        <x:v>120 Bridge Street</x:v>
       </x:c>
       <x:c r="C386" t="str">
         <x:v/>
       </x:c>
       <x:c r="D386" t="str">
-        <x:v>Wolverhampton</x:v>
+        <x:v>Worksop</x:v>
       </x:c>
       <x:c r="E386" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F386" t="str">
-        <x:v>WV1 4DY</x:v>
+        <x:v>S80 1HU</x:v>
       </x:c>
       <x:c r="G386" t="str">
-        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H386" t="str">
-        <x:v>01902 424927</x:v>
+        <x:v>01909 473560</x:v>
       </x:c>
     </x:row>
     <x:row r="387">
       <x:c r="A387" t="str">
-        <x:v>Gepp &amp; Sons Solicitors LLP</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B387" t="str">
-        <x:v>5 Springfield Lyons Approach</x:v>
+        <x:v>102/112 Burncross Road</x:v>
       </x:c>
       <x:c r="C387" t="str">
-        <x:v/>
+        <x:v>Chapeltown</x:v>
       </x:c>
       <x:c r="D387" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E387" t="str">
-        <x:v>Essex</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F387" t="str">
-        <x:v>CM2 5LB</x:v>
+        <x:v>S35 1TG</x:v>
       </x:c>
       <x:c r="G387" t="str">
-        <x:v>mollisonk@gepp.co.uk</x:v>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H387" t="str">
-        <x:v>01245493939</x:v>
+        <x:v>0114 246 760</x:v>
       </x:c>
     </x:row>
     <x:row r="388">
       <x:c r="A388" t="str">
-        <x:v>Gilson Gray (England) Limited</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B388" t="str">
-        <x:v>Olympic House, 995 Doddington Road</x:v>
+        <x:v>Drakehouse Crescent</x:v>
       </x:c>
       <x:c r="C388" t="str">
-        <x:v/>
+        <x:v>Waterthorpe</x:v>
       </x:c>
       <x:c r="D388" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E388" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F388" t="str">
-        <x:v>LN6 3SE</x:v>
+        <x:v>S20 7HT</x:v>
       </x:c>
       <x:c r="G388" t="str">
-        <x:v>vanessa.yoward@gilsongray.com</x:v>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H388" t="str">
-        <x:v>01522 503500</x:v>
+        <x:v>0114 2511702</x:v>
       </x:c>
     </x:row>
     <x:row r="389">
       <x:c r="A389" t="str">
-        <x:v>Gilson Gray (England) Limited</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B389" t="str">
-        <x:v>6-7 Queen Street</x:v>
+        <x:v>18 Grove Street</x:v>
       </x:c>
       <x:c r="C389" t="str">
         <x:v/>
       </x:c>
       <x:c r="D389" t="str">
-        <x:v>London</x:v>
+        <x:v>Retford</x:v>
       </x:c>
       <x:c r="E389" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F389" t="str">
-        <x:v>EC4N 1SP</x:v>
+        <x:v>DN22 6JS</x:v>
       </x:c>
       <x:c r="G389" t="str">
-        <x:v>infolondon@gilsongray.com</x:v>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H389" t="str">
-        <x:v>020 3096 7500</x:v>
+        <x:v>01777 703 100</x:v>
       </x:c>
     </x:row>
     <x:row r="390">
       <x:c r="A390" t="str">
-        <x:v>Glaisyers Solicitors LLP</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B390" t="str">
-        <x:v>8th Floor, Horton House</x:v>
+        <x:v>31 Mill Street</x:v>
       </x:c>
       <x:c r="C390" t="str">
-        <x:v>Exchange Flags</x:v>
+        <x:v>Clowne</x:v>
       </x:c>
       <x:c r="D390" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Chesterfield</x:v>
       </x:c>
       <x:c r="E390" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F390" t="str">
-        <x:v>L2 3YL</x:v>
+        <x:v>S43 4JN</x:v>
       </x:c>
       <x:c r="G390" t="str">
-        <x:v>paul.barrow@glaisyers.com</x:v>
+        <x:v>steven.dixon@foys.co.uk</x:v>
       </x:c>
       <x:c r="H390" t="str">
-        <x:v>0151 231 6620</x:v>
+        <x:v>01246 810 050</x:v>
       </x:c>
     </x:row>
     <x:row r="391">
       <x:c r="A391" t="str">
-        <x:v>Glaisyers Solicitors LLP</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B391" t="str">
-        <x:v>6Th Floor</x:v>
+        <x:v>Kingsgate House</x:v>
       </x:c>
       <x:c r="C391" t="str">
-        <x:v>3 Hardman Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D391" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Doncaster </x:v>
       </x:c>
       <x:c r="E391" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>South Yorkshier</x:v>
       </x:c>
       <x:c r="F391" t="str">
-        <x:v>M3 3HF</x:v>
+        <x:v>DN1 3JZ</x:v>
       </x:c>
       <x:c r="G391" t="str">
         <x:v/>
       </x:c>
       <x:c r="H391" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="392">
       <x:c r="A392" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Fraser Dawbarns</x:v>
       </x:c>
       <x:c r="B392" t="str">
-        <x:v>32A Sheep Street</x:v>
+        <x:v>1-3 York Row</x:v>
       </x:c>
       <x:c r="C392" t="str">
         <x:v/>
       </x:c>
       <x:c r="D392" t="str">
-        <x:v>Wellingborough</x:v>
+        <x:v>Wisbech</x:v>
       </x:c>
       <x:c r="E392" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F392" t="str">
-        <x:v>NN8 1BS</x:v>
+        <x:v>PE13 1EA</x:v>
       </x:c>
       <x:c r="G392" t="str">
-        <x:v/>
+        <x:v>KirstyHaines@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H392" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="393">
       <x:c r="A393" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B393" t="str">
-        <x:v>The Old Court House</x:v>
+        <x:v>Myriad House</x:v>
       </x:c>
       <x:c r="C393" t="str">
-        <x:v>Hagley Road</x:v>
+        <x:v>7 Bartholemews Walk</x:v>
       </x:c>
       <x:c r="D393" t="str">
-        <x:v>Stourbridge</x:v>
+        <x:v>Ely</x:v>
       </x:c>
       <x:c r="E393" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F393" t="str">
-        <x:v>DY8 1QL</x:v>
+        <x:v>CB7 4EA</x:v>
       </x:c>
       <x:c r="G393" t="str">
-        <x:v>Rachel.freedman@gloverpriest.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H393" t="str">
-        <x:v>01384 375 649</x:v>
+        <x:v>01353 383483</x:v>
       </x:c>
     </x:row>
     <x:row r="394">
       <x:c r="A394" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B394" t="str">
-        <x:v>817 Hagley Road West</x:v>
+        <x:v>21 Tuesday Market Place</x:v>
       </x:c>
       <x:c r="C394" t="str">
-        <x:v>Quinton</x:v>
+        <x:v>King'S Lynn</x:v>
       </x:c>
       <x:c r="D394" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E394" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F394" t="str">
-        <x:v>B32 1AD</x:v>
+        <x:v>PE30 1JW</x:v>
       </x:c>
       <x:c r="G394" t="str">
-        <x:v/>
+        <x:v>DanielBall@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H394" t="str">
-        <x:v>0121 421 4888</x:v>
+        <x:v>01553 666600</x:v>
       </x:c>
     </x:row>
     <x:row r="395">
       <x:c r="A395" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B395" t="str">
-        <x:v>56 Springfield Road</x:v>
+        <x:v>29 London Road</x:v>
       </x:c>
       <x:c r="C395" t="str">
-        <x:v>Kings Heath</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D395" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Downham Market</x:v>
       </x:c>
       <x:c r="E395" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F395" t="str">
-        <x:v>B14 7DY</x:v>
+        <x:v>PE38 9AS</x:v>
       </x:c>
       <x:c r="G395" t="str">
-        <x:v>Emma.pulford@gloverpriest.com</x:v>
+        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H395" t="str">
-        <x:v>0121 444 0030</x:v>
+        <x:v>01366 383171</x:v>
       </x:c>
     </x:row>
     <x:row r="396">
       <x:c r="A396" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B396" t="str">
-        <x:v>43 Albert Road</x:v>
+        <x:v>62 High Street</x:v>
       </x:c>
       <x:c r="C396" t="str">
         <x:v/>
       </x:c>
       <x:c r="D396" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>March</x:v>
       </x:c>
       <x:c r="E396" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F396" t="str">
-        <x:v>B79 7JS</x:v>
+        <x:v>PE15 9LD</x:v>
       </x:c>
       <x:c r="G396" t="str">
-        <x:v>info@argylessolicitors.co.uk</x:v>
+        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H396" t="str">
-        <x:v>01827 338220</x:v>
+        <x:v>01354 602880</x:v>
       </x:c>
     </x:row>
     <x:row r="397">
       <x:c r="A397" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Frederic Hall Solicitors</x:v>
       </x:c>
       <x:c r="B397" t="str">
-        <x:v>306a Queslett Road</x:v>
+        <x:v>York House</x:v>
       </x:c>
       <x:c r="C397" t="str">
-        <x:v/>
+        <x:v>32 Cheriton Gardens</x:v>
       </x:c>
       <x:c r="D397" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Folkestone</x:v>
       </x:c>
       <x:c r="E397" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F397" t="str">
-        <x:v>B43 7EX</x:v>
+        <x:v>CT20 2UR</x:v>
       </x:c>
       <x:c r="G397" t="str">
-        <x:v>info@gloverpriest.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H397" t="str">
-        <x:v>0121 7945030</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Frederic Hall Solicitors</x:v>
       </x:c>
       <x:c r="B398" t="str">
-        <x:v>Brook House, 24 Dam Street</x:v>
+        <x:v>77 Biggin Street</x:v>
       </x:c>
       <x:c r="C398" t="str">
         <x:v/>
       </x:c>
       <x:c r="D398" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Dover</x:v>
       </x:c>
       <x:c r="E398" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F398" t="str">
-        <x:v>WS13 6AA</x:v>
+        <x:v>CT16 1BB</x:v>
       </x:c>
       <x:c r="G398" t="str">
-        <x:v>info@gloverpriest.com</x:v>
+        <x:v>RR@frederic-hall.co.uk</x:v>
       </x:c>
       <x:c r="H398" t="str">
-        <x:v>01543 253000</x:v>
+        <x:v>01304202411</x:v>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Freedman Green Dhokia</x:v>
       </x:c>
       <x:c r="B399" t="str">
-        <x:v>19 The Point</x:v>
+        <x:v>104 Boundary Road</x:v>
       </x:c>
       <x:c r="C399" t="str">
         <x:v/>
       </x:c>
       <x:c r="D399" t="str">
-        <x:v>Market Harborough</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E399" t="str">
         <x:v/>
       </x:c>
       <x:c r="F399" t="str">
-        <x:v>LE16 7QU</x:v>
+        <x:v>NW8 0RH</x:v>
       </x:c>
       <x:c r="G399" t="str">
-        <x:v>info@gloverpriest.com</x:v>
+        <x:v>g.green@fgdlaw.co.uk</x:v>
       </x:c>
       <x:c r="H399" t="str">
-        <x:v>01858 450900</x:v>
+        <x:v>02076256003</x:v>
       </x:c>
     </x:row>
     <x:row r="400">
       <x:c r="A400" t="str">
-        <x:v>Gordons LLP</x:v>
+        <x:v>Freedman Green Dhokia</x:v>
       </x:c>
       <x:c r="B400" t="str">
-        <x:v>1 New Augustus Street</x:v>
+        <x:v>190 Clarence Gate Gardens</x:v>
       </x:c>
       <x:c r="C400" t="str">
-        <x:v/>
+        <x:v>Glentworth Street</x:v>
       </x:c>
       <x:c r="D400" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E400" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F400" t="str">
-        <x:v>BD1 5LL</x:v>
+        <x:v>NW1 6AD</x:v>
       </x:c>
       <x:c r="G400" t="str">
-        <x:v>mail@gordonsllp.com </x:v>
+        <x:v>fgdadmin@fgdlaw.co.uk</x:v>
       </x:c>
       <x:c r="H400" t="str">
-        <x:v>0300 077 0300</x:v>
+        <x:v>02076256003</x:v>
       </x:c>
     </x:row>
     <x:row r="401">
       <x:c r="A401" t="str">
-        <x:v>Gordons LLP</x:v>
+        <x:v>Frettens LLP</x:v>
       </x:c>
       <x:c r="B401" t="str">
-        <x:v>Riverside West</x:v>
+        <x:v>7 - 8 Church Street</x:v>
       </x:c>
       <x:c r="C401" t="str">
-        <x:v>Whitehall Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D401" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Wimborne</x:v>
       </x:c>
       <x:c r="E401" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F401" t="str">
-        <x:v>LS1 4AW</x:v>
+        <x:v>BH21 1JH</x:v>
       </x:c>
       <x:c r="G401" t="str">
-        <x:v/>
+        <x:v>info@frettens.co.uk</x:v>
       </x:c>
       <x:c r="H401" t="str">
-        <x:v/>
+        <x:v>01202 148748</x:v>
       </x:c>
     </x:row>
     <x:row r="402">
       <x:c r="A402" t="str">
-        <x:v>Gorvins Residential LLP</x:v>
+        <x:v>Frettens LLP</x:v>
       </x:c>
       <x:c r="B402" t="str">
-        <x:v>Dale House</x:v>
+        <x:v>2 Christchurch Road</x:v>
       </x:c>
       <x:c r="C402" t="str">
-        <x:v>Tiviot Dale</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D402" t="str">
-        <x:v/>
+        <x:v>Ringwood</x:v>
       </x:c>
       <x:c r="E402" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F402" t="str">
-        <x:v>SK1 1TA</x:v>
+        <x:v>BH24 1DN</x:v>
       </x:c>
       <x:c r="G402" t="str">
-        <x:v>Tiffany.Wilcox@gorvinsresi.com</x:v>
+        <x:v>ringwood@frettens.co.uk</x:v>
       </x:c>
       <x:c r="H402" t="str">
-        <x:v>01619305212</x:v>
+        <x:v>01425 610100</x:v>
       </x:c>
     </x:row>
     <x:row r="403">
       <x:c r="A403" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Frettens LLP</x:v>
       </x:c>
       <x:c r="B403" t="str">
-        <x:v>Mill House</x:v>
+        <x:v>The Saxon Centre</x:v>
       </x:c>
       <x:c r="C403" t="str">
-        <x:v>1 New Road</x:v>
+        <x:v>11 The Saxon Centre</x:v>
       </x:c>
       <x:c r="D403" t="str">
-        <x:v>Chippenham</x:v>
+        <x:v>Christchurch</x:v>
       </x:c>
       <x:c r="E403" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F403" t="str">
-        <x:v>SN15 1EJ</x:v>
+        <x:v>BH23 1PZ</x:v>
       </x:c>
       <x:c r="G403" t="str">
         <x:v/>
       </x:c>
       <x:c r="H403" t="str">
-        <x:v>01249 444499</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="404">
       <x:c r="A404" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Furley Page LLP</x:v>
       </x:c>
       <x:c r="B404" t="str">
-        <x:v>5 Bath Road</x:v>
+        <x:v>9 Boorman Way</x:v>
       </x:c>
       <x:c r="C404" t="str">
-        <x:v/>
+        <x:v>Estuary View Business Park</x:v>
       </x:c>
       <x:c r="D404" t="str">
-        <x:v>Melksham</x:v>
+        <x:v>Whitstable</x:v>
       </x:c>
       <x:c r="E404" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F404" t="str">
-        <x:v>SN12 6LN</x:v>
+        <x:v>CT5 3SE</x:v>
       </x:c>
       <x:c r="G404" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>info@furleypage.co.uk</x:v>
       </x:c>
       <x:c r="H404" t="str">
-        <x:v>01225 703036</x:v>
+        <x:v>01227 274241</x:v>
       </x:c>
     </x:row>
     <x:row r="405">
       <x:c r="A405" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Furley Page LLP</x:v>
       </x:c>
       <x:c r="B405" t="str">
-        <x:v>The Strand</x:v>
+        <x:v>39 St. Margarets Street</x:v>
       </x:c>
       <x:c r="C405" t="str">
         <x:v/>
       </x:c>
       <x:c r="D405" t="str">
-        <x:v>Calne</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E405" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F405" t="str">
-        <x:v>SN11 0JU</x:v>
+        <x:v>CT1 2TX</x:v>
       </x:c>
       <x:c r="G405" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H405" t="str">
-        <x:v>01249 812086</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="406">
       <x:c r="A406" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Gardner Champion Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B406" t="str">
-        <x:v>23 Pickwick Road</x:v>
+        <x:v>Brook House</x:v>
       </x:c>
       <x:c r="C406" t="str">
-        <x:v/>
+        <x:v>Brook Square</x:v>
       </x:c>
       <x:c r="D406" t="str">
-        <x:v>Corsham</x:v>
+        <x:v>Rugeley</x:v>
       </x:c>
       <x:c r="E406" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F406" t="str">
-        <x:v>SN13 9BH</x:v>
+        <x:v>WS15 2DT</x:v>
       </x:c>
       <x:c r="G406" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>ja@gardnerchampion.co.uk</x:v>
       </x:c>
       <x:c r="H406" t="str">
-        <x:v>01249 712193</x:v>
+        <x:v>01889582116</x:v>
       </x:c>
     </x:row>
     <x:row r="407">
       <x:c r="A407" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Gateley PLC</x:v>
       </x:c>
       <x:c r="B407" t="str">
-        <x:v>Ramsbury House</x:v>
+        <x:v>1 Paternoster Square</x:v>
       </x:c>
       <x:c r="C407" t="str">
-        <x:v>30 Market Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D407" t="str">
-        <x:v>Devizes</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E407" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F407" t="str">
-        <x:v>SN10 1JG</x:v>
+        <x:v>EC4M 7DX</x:v>
       </x:c>
       <x:c r="G407" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>alison.reid@gateleylegal.com</x:v>
       </x:c>
       <x:c r="H407" t="str">
-        <x:v>01380726913</x:v>
+        <x:v>020 7653 1600</x:v>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Gateley PLC</x:v>
       </x:c>
       <x:c r="B408" t="str">
-        <x:v>2 Fore Street</x:v>
+        <x:v>Minerva, 29 East Parade</x:v>
       </x:c>
       <x:c r="C408" t="str">
         <x:v/>
       </x:c>
       <x:c r="D408" t="str">
-        <x:v>Trowbridge</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E408" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F408" t="str">
-        <x:v>BA14 8HX</x:v>
+        <x:v>LS1 5PS</x:v>
       </x:c>
       <x:c r="G408" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>alison.reid@gateleylegal.com</x:v>
       </x:c>
       <x:c r="H408" t="str">
-        <x:v>01225 762683</x:v>
+        <x:v>0113 218 2470</x:v>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Gateley Plc</x:v>
       </x:c>
       <x:c r="B409" t="str">
-        <x:v>Unit 5, Greenways Business Park</x:v>
+        <x:v>Ship Canal House</x:v>
       </x:c>
       <x:c r="C409" t="str">
-        <x:v>Bellinger Close</x:v>
+        <x:v>98 King Street</x:v>
       </x:c>
       <x:c r="D409" t="str">
-        <x:v>Chippenham</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E409" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F409" t="str">
-        <x:v>SN15 1BN</x:v>
+        <x:v>M2 4WU</x:v>
       </x:c>
       <x:c r="G409" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H409" t="str">
-        <x:v>01249 475880</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" t="str">
-        <x:v>Gould &amp; Swayne Limited</x:v>
+        <x:v>Gateley Plc</x:v>
       </x:c>
       <x:c r="B410" t="str">
-        <x:v>31 High Street</x:v>
+        <x:v>111 Edmund Street</x:v>
       </x:c>
       <x:c r="C410" t="str">
-        <x:v/>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="D410" t="str">
-        <x:v>Glastonbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E410" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F410" t="str">
-        <x:v>BA6 9HA</x:v>
+        <x:v>B3 2HJ</x:v>
       </x:c>
       <x:c r="G410" t="str">
-        <x:v>l.guy@gouldandswayne.co.uk</x:v>
+        <x:v>01212340000</x:v>
       </x:c>
       <x:c r="H410" t="str">
-        <x:v>01458 833700</x:v>
+        <x:v>**</x:v>
       </x:c>
     </x:row>
     <x:row r="411">
       <x:c r="A411" t="str">
-        <x:v>Gould &amp; Swayne Limited</x:v>
+        <x:v>Gateley PLC</x:v>
       </x:c>
       <x:c r="B411" t="str">
-        <x:v>76 High Street</x:v>
+        <x:v>Park View House</x:v>
       </x:c>
       <x:c r="C411" t="str">
-        <x:v/>
+        <x:v>58 The Ropewalk</x:v>
       </x:c>
       <x:c r="D411" t="str">
-        <x:v>Street</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="E411" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F411" t="str">
-        <x:v>BA16 0EN</x:v>
+        <x:v>NG1 5DW</x:v>
       </x:c>
       <x:c r="G411" t="str">
-        <x:v>street@gouldandswayne.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H411" t="str">
-        <x:v>01458 442433</x:v>
+        <x:v>0115 983 8200</x:v>
       </x:c>
     </x:row>
     <x:row r="412">
       <x:c r="A412" t="str">
-        <x:v>Gould &amp; Swayne Limited</x:v>
+        <x:v>Gateley Plc</x:v>
       </x:c>
       <x:c r="B412" t="str">
-        <x:v>21 Broad Street</x:v>
+        <x:v>3000 Cathedral Square</x:v>
       </x:c>
       <x:c r="C412" t="str">
-        <x:v/>
+        <x:v>Cathedral Hill</x:v>
       </x:c>
       <x:c r="D412" t="str">
-        <x:v>Wells</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E412" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F412" t="str">
-        <x:v>BA5 2DJ</x:v>
+        <x:v>GU2 7YL</x:v>
       </x:c>
       <x:c r="G412" t="str">
-        <x:v>*</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H412" t="str">
-        <x:v>01749 390081</x:v>
+        <x:v>01483 577091</x:v>
       </x:c>
     </x:row>
     <x:row r="413">
       <x:c r="A413" t="str">
-        <x:v>Grant Saw Solicitors LLP</x:v>
+        <x:v>Gentle Mathias LLP</x:v>
       </x:c>
       <x:c r="B413" t="str">
-        <x:v>Ground floor</x:v>
+        <x:v>59 Charlotte Street</x:v>
       </x:c>
       <x:c r="C413" t="str">
         <x:v/>
       </x:c>
       <x:c r="D413" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E413" t="str">
         <x:v/>
       </x:c>
       <x:c r="F413" t="str">
-        <x:v>SE10 9BB</x:v>
+        <x:v>W1T 4PE</x:v>
       </x:c>
       <x:c r="G413" t="str">
-        <x:v/>
+        <x:v>tarkan.hassan@gentlemathias.com</x:v>
       </x:c>
       <x:c r="H413" t="str">
-        <x:v>02088586971</x:v>
+        <x:v>020 7631 1811</x:v>
       </x:c>
     </x:row>
     <x:row r="414">
       <x:c r="A414" t="str">
-        <x:v>Grant Saw Solicitors LLP</x:v>
+        <x:v>George Davies &amp; Evans Ltd</x:v>
       </x:c>
       <x:c r="B414" t="str">
-        <x:v>Grant Saw House, 8 Tranquil Passage</x:v>
+        <x:v>Castle Chambers</x:v>
       </x:c>
       <x:c r="C414" t="str">
-        <x:v/>
+        <x:v>Grosvenor Hill</x:v>
       </x:c>
       <x:c r="D414" t="str">
-        <x:v>Blackheath Village</x:v>
+        <x:v>Cardigan</x:v>
       </x:c>
       <x:c r="E414" t="str">
-        <x:v>London</x:v>
+        <x:v>Ceredigion</x:v>
       </x:c>
       <x:c r="F414" t="str">
-        <x:v>SE3 0BJ</x:v>
+        <x:v>SA43 1HX</x:v>
       </x:c>
       <x:c r="G414" t="str">
-        <x:v>ml@grantsaw.co.uk</x:v>
+        <x:v>pam@georgedaviesandevans.co.uk</x:v>
       </x:c>
       <x:c r="H414" t="str">
-        <x:v>020 8858 6971</x:v>
+        <x:v>01239 612308</x:v>
       </x:c>
     </x:row>
     <x:row r="415">
       <x:c r="A415" t="str">
-        <x:v>Graphene Legal Ltd</x:v>
+        <x:v>George Davies &amp; Evans Ltd</x:v>
       </x:c>
       <x:c r="B415" t="str">
-        <x:v>Crown House</x:v>
+        <x:v>Sycamore Street</x:v>
       </x:c>
       <x:c r="C415" t="str">
-        <x:v>Manchester Road</x:v>
+        <x:v>Newcastle Emlyn</x:v>
       </x:c>
       <x:c r="D415" t="str">
-        <x:v>Wilmslow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E415" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Carmarthenshire</x:v>
       </x:c>
       <x:c r="F415" t="str">
-        <x:v>SK9 1BH</x:v>
+        <x:v>SA38 9AJ</x:v>
       </x:c>
       <x:c r="G415" t="str">
-        <x:v>lauren@graphene.legal</x:v>
+        <x:v>helen@wegsons.co.uk</x:v>
       </x:c>
       <x:c r="H415" t="str">
-        <x:v>01625363032</x:v>
+        <x:v>01239 710228</x:v>
       </x:c>
     </x:row>
     <x:row r="416">
       <x:c r="A416" t="str">
-        <x:v>Gullands</x:v>
+        <x:v>George Green LLP</x:v>
       </x:c>
       <x:c r="B416" t="str">
-        <x:v>16 Mill Street</x:v>
+        <x:v>195 High Street,</x:v>
       </x:c>
       <x:c r="C416" t="str">
         <x:v/>
       </x:c>
       <x:c r="D416" t="str">
-        <x:v>Maidstone</x:v>
+        <x:v>Cradley Heath,</x:v>
       </x:c>
       <x:c r="E416" t="str">
-        <x:v>Kent</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F416" t="str">
-        <x:v>ME15 6XT</x:v>
+        <x:v>B64 5HW</x:v>
       </x:c>
       <x:c r="G416" t="str">
-        <x:v/>
+        <x:v>info@georgegreen.co.uk</x:v>
       </x:c>
       <x:c r="H416" t="str">
-        <x:v>01622 689700</x:v>
+        <x:v>01384 410410</x:v>
       </x:c>
     </x:row>
     <x:row r="417">
       <x:c r="A417" t="str">
-        <x:v>Gullands LLP</x:v>
+        <x:v>George Green LLP</x:v>
       </x:c>
       <x:c r="B417" t="str">
-        <x:v>Whitehall Place</x:v>
+        <x:v>Second Floor, 4 Emmanuel Court</x:v>
       </x:c>
       <x:c r="C417" t="str">
-        <x:v>47 The Terrace</x:v>
+        <x:v>Reddicroft</x:v>
       </x:c>
       <x:c r="D417" t="str">
-        <x:v>Gravesend</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E417" t="str">
         <x:v/>
       </x:c>
       <x:c r="F417" t="str">
-        <x:v>DA12 2DL</x:v>
+        <x:v>B73 6AZ</x:v>
       </x:c>
       <x:c r="G417" t="str">
-        <x:v>n.skinner@gullands.com</x:v>
+        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
       </x:c>
       <x:c r="H417" t="str">
-        <x:v>01474 887688</x:v>
+        <x:v>0121 269 5850</x:v>
       </x:c>
     </x:row>
     <x:row r="418">
       <x:c r="A418" t="str">
-        <x:v>Hadgkiss Hughes &amp; Beale</x:v>
+        <x:v>George Green LLP</x:v>
       </x:c>
       <x:c r="B418" t="str">
-        <x:v>45-47 Yardley Road, Acocks Green</x:v>
+        <x:v>19 Waterloo Road</x:v>
       </x:c>
       <x:c r="C418" t="str">
         <x:v/>
       </x:c>
       <x:c r="D418" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E418" t="str">
         <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F418" t="str">
-        <x:v>B27 6HQ</x:v>
+        <x:v>WV1 4DY</x:v>
       </x:c>
       <x:c r="G418" t="str">
-        <x:v>Carolparker@hhb-ago.co.uk</x:v>
+        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
       </x:c>
       <x:c r="H418" t="str">
-        <x:v>01217078484</x:v>
+        <x:v>01902 424927</x:v>
       </x:c>
     </x:row>
     <x:row r="419">
       <x:c r="A419" t="str">
-        <x:v>Hadgkiss Hughes And Beale</x:v>
+        <x:v>Gepp &amp; Sons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B419" t="str">
-        <x:v>83-85 Alcester Road</x:v>
+        <x:v>5 Springfield Lyons Approach</x:v>
       </x:c>
       <x:c r="C419" t="str">
         <x:v/>
       </x:c>
       <x:c r="D419" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E419" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F419" t="str">
-        <x:v>B13 8EB</x:v>
+        <x:v>CM2 5LB</x:v>
       </x:c>
       <x:c r="G419" t="str">
-        <x:v>gordonkeir@hhb-mo.co.uk show</x:v>
+        <x:v>mollisonk@gepp.co.uk</x:v>
       </x:c>
       <x:c r="H419" t="str">
-        <x:v>0121 449 5050</x:v>
+        <x:v>01245493939</x:v>
       </x:c>
     </x:row>
     <x:row r="420">
       <x:c r="A420" t="str">
-        <x:v>Hadgkiss Hughes And Beale</x:v>
+        <x:v>Gilson Gray (England) Limited</x:v>
       </x:c>
       <x:c r="B420" t="str">
-        <x:v>1041 Stratford Road</x:v>
+        <x:v>Olympic House, 995 Doddington Road</x:v>
       </x:c>
       <x:c r="C420" t="str">
-        <x:v>Hall Green</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D420" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E420" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F420" t="str">
-        <x:v>B28 8AS</x:v>
+        <x:v>LN6 3SE</x:v>
       </x:c>
       <x:c r="G420" t="str">
-        <x:v/>
+        <x:v>vanessa.yoward@gilsongray.com</x:v>
       </x:c>
       <x:c r="H420" t="str">
-        <x:v/>
+        <x:v>01522 503500</x:v>
       </x:c>
     </x:row>
     <x:row r="421">
       <x:c r="A421" t="str">
-        <x:v>HallmarkHulme LLP</x:v>
+        <x:v>Gilson Gray (England) Limited</x:v>
       </x:c>
       <x:c r="B421" t="str">
-        <x:v>3, 4 - 5 Sansome Place</x:v>
+        <x:v>6-7 Queen Street</x:v>
       </x:c>
       <x:c r="C421" t="str">
         <x:v/>
       </x:c>
       <x:c r="D421" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E421" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F421" t="str">
-        <x:v>WR1 1UQ</x:v>
+        <x:v>EC4N 1SP</x:v>
       </x:c>
       <x:c r="G421" t="str">
-        <x:v>Julian.powell@hwhlaw.co.uk</x:v>
+        <x:v>infolondon@gilsongray.com</x:v>
       </x:c>
       <x:c r="H421" t="str">
-        <x:v>01905 743374</x:v>
+        <x:v>020 3096 7500</x:v>
       </x:c>
     </x:row>
     <x:row r="422">
       <x:c r="A422" t="str">
-        <x:v>Hannah Solicitors LLP</x:v>
+        <x:v>Glaisyers Solicitors LLP</x:v>
       </x:c>
       <x:c r="B422" t="str">
-        <x:v>The Armco Arena, Damson Park</x:v>
+        <x:v>8th Floor, Horton House</x:v>
       </x:c>
       <x:c r="C422" t="str">
-        <x:v>Damson Parkway</x:v>
+        <x:v>Exchange Flags</x:v>
       </x:c>
       <x:c r="D422" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E422" t="str">
         <x:v/>
       </x:c>
       <x:c r="F422" t="str">
-        <x:v>B91 2PP</x:v>
+        <x:v>L2 3YL</x:v>
       </x:c>
       <x:c r="G422" t="str">
-        <x:v>info@hannahsolicitors.co.uk</x:v>
+        <x:v>paul.barrow@glaisyers.com</x:v>
       </x:c>
       <x:c r="H422" t="str">
-        <x:v>01216 476 437</x:v>
+        <x:v>0151 231 6620</x:v>
       </x:c>
     </x:row>
     <x:row r="423">
       <x:c r="A423" t="str">
-        <x:v>Hannah Solicitors LLP</x:v>
+        <x:v>Glaisyers Solicitors LLP</x:v>
       </x:c>
       <x:c r="B423" t="str">
-        <x:v>16 High Street</x:v>
+        <x:v>6Th Floor</x:v>
       </x:c>
       <x:c r="C423" t="str">
-        <x:v/>
+        <x:v>3 Hardman Street</x:v>
       </x:c>
       <x:c r="D423" t="str">
-        <x:v>Rushden</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E423" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F423" t="str">
-        <x:v>NN10 0PR</x:v>
+        <x:v>M3 3HF</x:v>
       </x:c>
       <x:c r="G423" t="str">
-        <x:v>i.shah@hannahsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H423" t="str">
-        <x:v>01933 423225</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="424">
       <x:c r="A424" t="str">
-        <x:v>Hannah Solicitors LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B424" t="str">
-        <x:v>Hart House Business Centre</x:v>
+        <x:v>The Old Court House</x:v>
       </x:c>
       <x:c r="C424" t="str">
-        <x:v/>
+        <x:v>Hagley Road</x:v>
       </x:c>
       <x:c r="D424" t="str">
-        <x:v>Kimpton Road </x:v>
+        <x:v>Stourbridge</x:v>
       </x:c>
       <x:c r="E424" t="str">
-        <x:v>Luton</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F424" t="str">
-        <x:v>LU2 0LA</x:v>
+        <x:v>DY8 1QL</x:v>
       </x:c>
       <x:c r="G424" t="str">
-        <x:v/>
+        <x:v>Rachel.freedman@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H424" t="str">
-        <x:v/>
+        <x:v>01384 375 649</x:v>
       </x:c>
     </x:row>
     <x:row r="425">
       <x:c r="A425" t="str">
-        <x:v>Harding Evans</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B425" t="str">
-        <x:v>13 Merthyr Road</x:v>
+        <x:v>32A Sheep Street</x:v>
       </x:c>
       <x:c r="C425" t="str">
-        <x:v>Whitchurch</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D425" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Wellingborough</x:v>
       </x:c>
       <x:c r="E425" t="str">
-        <x:v>Caerdydd</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F425" t="str">
-        <x:v>CF14 1DA</x:v>
+        <x:v>NN8 1BS</x:v>
       </x:c>
       <x:c r="G425" t="str">
         <x:v/>
       </x:c>
       <x:c r="H425" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="426">
       <x:c r="A426" t="str">
-        <x:v>Harding Evans LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B426" t="str">
-        <x:v>Queens Chambers</x:v>
+        <x:v>817 Hagley Road West</x:v>
       </x:c>
       <x:c r="C426" t="str">
-        <x:v>2 North Street</x:v>
+        <x:v>Quinton</x:v>
       </x:c>
       <x:c r="D426" t="str">
-        <x:v>Gwent</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E426" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F426" t="str">
-        <x:v>NP20 1TE</x:v>
+        <x:v>B32 1AD</x:v>
       </x:c>
       <x:c r="G426" t="str">
-        <x:v>enquire@hevans.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H426" t="str">
-        <x:v>01633 244 233</x:v>
+        <x:v>0121 421 4888</x:v>
       </x:c>
     </x:row>
     <x:row r="427">
       <x:c r="A427" t="str">
-        <x:v>Hart Reade LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B427" t="str">
-        <x:v>104 South Street</x:v>
+        <x:v>56 Springfield Road</x:v>
       </x:c>
       <x:c r="C427" t="str">
-        <x:v/>
+        <x:v>Kings Heath</x:v>
       </x:c>
       <x:c r="D427" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E427" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F427" t="str">
-        <x:v>BN21 4LW</x:v>
+        <x:v>B14 7DY</x:v>
       </x:c>
       <x:c r="G427" t="str">
-        <x:v>info@hartreade.co.uk</x:v>
+        <x:v>Emma.pulford@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H427" t="str">
-        <x:v>01323 727321</x:v>
+        <x:v>0121 444 0030</x:v>
       </x:c>
     </x:row>
     <x:row r="428">
       <x:c r="A428" t="str">
-        <x:v>Hart Reade LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B428" t="str">
-        <x:v>Old Manor House,</x:v>
+        <x:v>43 Albert Road</x:v>
       </x:c>
       <x:c r="C428" t="str">
-        <x:v>Market Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D428" t="str">
-        <x:v>Hailsham</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E428" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F428" t="str">
-        <x:v>BN27 2AE</x:v>
+        <x:v>B79 7JS</x:v>
       </x:c>
       <x:c r="G428" t="str">
-        <x:v>apluck@hartreade.co.uk</x:v>
+        <x:v>info@argylessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H428" t="str">
-        <x:v>01323 841481</x:v>
+        <x:v>01827 338220</x:v>
       </x:c>
     </x:row>
     <x:row r="429">
       <x:c r="A429" t="str">
-        <x:v>Hart Reade LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B429" t="str">
-        <x:v>55 High Street</x:v>
+        <x:v>306a Queslett Road</x:v>
       </x:c>
       <x:c r="C429" t="str">
         <x:v/>
       </x:c>
       <x:c r="D429" t="str">
-        <x:v>Polegate</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E429" t="str">
         <x:v/>
       </x:c>
       <x:c r="F429" t="str">
-        <x:v>BN26 6AL</x:v>
+        <x:v>B43 7EX</x:v>
       </x:c>
       <x:c r="G429" t="str">
-        <x:v>info@hartreade.co.uk</x:v>
+        <x:v>info@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H429" t="str">
-        <x:v>01323487051</x:v>
+        <x:v>0121 7945030</x:v>
       </x:c>
     </x:row>
     <x:row r="430">
       <x:c r="A430" t="str">
-        <x:v>Harvey Baker Limited</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B430" t="str">
-        <x:v>Ty Antur, Navigation Park,</x:v>
+        <x:v>Brook House, 24 Dam Street</x:v>
       </x:c>
       <x:c r="C430" t="str">
-        <x:v>Abercynon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D430" t="str">
-        <x:v>Mountain Ash</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E430" t="str">
-        <x:v>Rhondda Cynon Taff</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F430" t="str">
-        <x:v>CF45 4SN</x:v>
+        <x:v>WS13 6AA</x:v>
       </x:c>
       <x:c r="G430" t="str">
-        <x:v/>
+        <x:v>info@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H430" t="str">
-        <x:v/>
+        <x:v>01543 253000</x:v>
       </x:c>
     </x:row>
     <x:row r="431">
       <x:c r="A431" t="str">
-        <x:v>Hawkins Law Limited</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B431" t="str">
-        <x:v>448 Romford Road</x:v>
+        <x:v>19 The Point</x:v>
       </x:c>
       <x:c r="C431" t="str">
         <x:v/>
       </x:c>
       <x:c r="D431" t="str">
-        <x:v>London</x:v>
+        <x:v>Market Harborough</x:v>
       </x:c>
       <x:c r="E431" t="str">
         <x:v/>
       </x:c>
       <x:c r="F431" t="str">
-        <x:v>E7 8DF</x:v>
+        <x:v>LE16 7QU</x:v>
       </x:c>
       <x:c r="G431" t="str">
-        <x:v/>
+        <x:v>info@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H431" t="str">
-        <x:v/>
+        <x:v>01858 450900</x:v>
       </x:c>
     </x:row>
     <x:row r="432">
       <x:c r="A432" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B432" t="str">
-        <x:v>Croft House</x:v>
+        <x:v>Eastgate House, Dogflud Way</x:v>
       </x:c>
       <x:c r="C432" t="str">
-        <x:v>Moons Moat Drive</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D432" t="str">
-        <x:v/>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E432" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F432" t="str">
-        <x:v>B98 9HN</x:v>
+        <x:v>GU9 7UD</x:v>
       </x:c>
       <x:c r="G432" t="str">
-        <x:v/>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H432" t="str">
-        <x:v>01527406363</x:v>
+        <x:v>01252 471211</x:v>
       </x:c>
     </x:row>
     <x:row r="433">
       <x:c r="A433" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B433" t="str">
-        <x:v>114 Bury New Road</x:v>
+        <x:v>4 Isetta Square, 35 New England Street</x:v>
       </x:c>
       <x:c r="C433" t="str">
-        <x:v>Whitefield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D433" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E433" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F433" t="str">
-        <x:v>M45 6AD</x:v>
+        <x:v>BN1 4GQ</x:v>
       </x:c>
       <x:c r="G433" t="str">
-        <x:v/>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H433" t="str">
-        <x:v/>
+        <x:v>01273 956270</x:v>
       </x:c>
     </x:row>
     <x:row r="434">
       <x:c r="A434" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B434" t="str">
-        <x:v>2 Walter Street</x:v>
+        <x:v>37-39 Keymer Road</x:v>
       </x:c>
       <x:c r="C434" t="str">
-        <x:v>Worsley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D434" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Hassocks</x:v>
       </x:c>
       <x:c r="E434" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F434" t="str">
-        <x:v>M28 3ZG</x:v>
+        <x:v>BN6 8AG</x:v>
       </x:c>
       <x:c r="G434" t="str">
-        <x:v/>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H434" t="str">
-        <x:v/>
+        <x:v>01273 836007</x:v>
       </x:c>
     </x:row>
     <x:row r="435">
       <x:c r="A435" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B435" t="str">
-        <x:v>297-299 Kenton Lane</x:v>
+        <x:v>Pinnacle, Station Way</x:v>
       </x:c>
       <x:c r="C435" t="str">
-        <x:v>Harrow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D435" t="str">
-        <x:v/>
+        <x:v>Crawley</x:v>
       </x:c>
       <x:c r="E435" t="str">
         <x:v/>
       </x:c>
       <x:c r="F435" t="str">
-        <x:v>HA3 8RR</x:v>
+        <x:v>RH10 1JH</x:v>
       </x:c>
       <x:c r="G435" t="str">
-        <x:v/>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H435" t="str">
-        <x:v/>
+        <x:v>01293 699 256</x:v>
       </x:c>
     </x:row>
     <x:row r="436">
       <x:c r="A436" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goodlaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B436" t="str">
-        <x:v>Graylaw House</x:v>
+        <x:v>6 The Drive</x:v>
       </x:c>
       <x:c r="C436" t="str">
-        <x:v>21 Goldington Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D436" t="str">
-        <x:v>Bedford</x:v>
+        <x:v>Hove </x:v>
       </x:c>
       <x:c r="E436" t="str">
-        <x:v>Bedfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F436" t="str">
-        <x:v>MK40 3JY</x:v>
+        <x:v>BN3 3JA </x:v>
       </x:c>
       <x:c r="G436" t="str">
-        <x:v/>
+        <x:v>jina@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H436" t="str">
-        <x:v>01234400000</x:v>
+        <x:v>01273 956 272 </x:v>
       </x:c>
     </x:row>
     <x:row r="437">
       <x:c r="A437" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Gordons LLP</x:v>
       </x:c>
       <x:c r="B437" t="str">
-        <x:v>679 Warwick Road</x:v>
+        <x:v>Riverside West</x:v>
       </x:c>
       <x:c r="C437" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Whitehall Road</x:v>
       </x:c>
       <x:c r="D437" t="str">
-        <x:v/>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E437" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F437" t="str">
-        <x:v>B91 3DA</x:v>
+        <x:v>LS1 4AW</x:v>
       </x:c>
       <x:c r="G437" t="str">
         <x:v/>
       </x:c>
       <x:c r="H437" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="438">
       <x:c r="A438" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Gordons LLP</x:v>
       </x:c>
       <x:c r="B438" t="str">
-        <x:v>71 Sankey Street</x:v>
+        <x:v>1 New Augustus Street</x:v>
       </x:c>
       <x:c r="C438" t="str">
-        <x:v>Warrington</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D438" t="str">
-        <x:v/>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E438" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F438" t="str">
-        <x:v>WA1 1SL</x:v>
+        <x:v>BD1 5LL</x:v>
       </x:c>
       <x:c r="G438" t="str">
-        <x:v/>
+        <x:v>mail@gordonsllp.com </x:v>
       </x:c>
       <x:c r="H438" t="str">
-        <x:v>01789 270 452</x:v>
+        <x:v>0300 077 0300</x:v>
       </x:c>
     </x:row>
     <x:row r="439">
       <x:c r="A439" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Gorvins Residential LLP</x:v>
       </x:c>
       <x:c r="B439" t="str">
-        <x:v>20 Lichfield Street</x:v>
+        <x:v>Dale House</x:v>
       </x:c>
       <x:c r="C439" t="str">
-        <x:v/>
+        <x:v>Tiviot Dale</x:v>
       </x:c>
       <x:c r="D439" t="str">
-        <x:v>Walsall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E439" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F439" t="str">
-        <x:v>WS1 1TJ</x:v>
+        <x:v>SK1 1TA</x:v>
       </x:c>
       <x:c r="G439" t="str">
-        <x:v/>
+        <x:v>Tiffany.Wilcox@gorvinsresi.com</x:v>
       </x:c>
       <x:c r="H439" t="str">
-        <x:v/>
+        <x:v>01619305212</x:v>
       </x:c>
     </x:row>
     <x:row r="440">
       <x:c r="A440" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B440" t="str">
-        <x:v>13 Swan Street</x:v>
+        <x:v>Mill House</x:v>
       </x:c>
       <x:c r="C440" t="str">
-        <x:v/>
+        <x:v>1 New Road</x:v>
       </x:c>
       <x:c r="D440" t="str">
-        <x:v>Alcester</x:v>
+        <x:v>Chippenham</x:v>
       </x:c>
       <x:c r="E440" t="str">
-        <x:v/>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F440" t="str">
-        <x:v>B49 5DP</x:v>
+        <x:v>SN15 1EJ</x:v>
       </x:c>
       <x:c r="G440" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H440" t="str">
-        <x:v>01789 765522</x:v>
+        <x:v>01249 444499</x:v>
       </x:c>
     </x:row>
     <x:row r="441">
       <x:c r="A441" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B441" t="str">
-        <x:v>Mill House, 38 Dam Street</x:v>
+        <x:v>5 Bath Road</x:v>
       </x:c>
       <x:c r="C441" t="str">
         <x:v/>
       </x:c>
       <x:c r="D441" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Melksham</x:v>
       </x:c>
       <x:c r="E441" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F441" t="str">
-        <x:v>WS13 6AA</x:v>
+        <x:v>SN12 6LN</x:v>
       </x:c>
       <x:c r="G441" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H441" t="str">
-        <x:v>01543 414426</x:v>
+        <x:v>01225 703036</x:v>
       </x:c>
     </x:row>
     <x:row r="442">
       <x:c r="A442" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B442" t="str">
-        <x:v>16 Wrens Court, Lower Queen Street</x:v>
+        <x:v>The Strand</x:v>
       </x:c>
       <x:c r="C442" t="str">
         <x:v/>
       </x:c>
       <x:c r="D442" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Calne</x:v>
       </x:c>
       <x:c r="E442" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F442" t="str">
-        <x:v>B72 1RT</x:v>
+        <x:v>SN11 0JU</x:v>
       </x:c>
       <x:c r="G442" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H442" t="str">
-        <x:v>0121 3556118</x:v>
+        <x:v>01249 812086</x:v>
       </x:c>
     </x:row>
     <x:row r="443">
       <x:c r="A443" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B443" t="str">
-        <x:v>Belvoir Chambers, 17 Bowling Green Street</x:v>
+        <x:v>23 Pickwick Road</x:v>
       </x:c>
       <x:c r="C443" t="str">
         <x:v/>
       </x:c>
       <x:c r="D443" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Corsham</x:v>
       </x:c>
       <x:c r="E443" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F443" t="str">
-        <x:v>LE1 6AS</x:v>
+        <x:v>SN13 9BH</x:v>
       </x:c>
       <x:c r="G443" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H443" t="str">
-        <x:v>0116 2559911</x:v>
+        <x:v>01249 712193</x:v>
       </x:c>
     </x:row>
     <x:row r="444">
       <x:c r="A444" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B444" t="str">
-        <x:v>3-5 King Street</x:v>
+        <x:v>Ramsbury House</x:v>
       </x:c>
       <x:c r="C444" t="str">
-        <x:v/>
+        <x:v>30 Market Place</x:v>
       </x:c>
       <x:c r="D444" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>Devizes</x:v>
       </x:c>
       <x:c r="E444" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F444" t="str">
-        <x:v>WN7 4LP</x:v>
+        <x:v>SN10 1JG</x:v>
       </x:c>
       <x:c r="G444" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H444" t="str">
-        <x:v>01942 673311 </x:v>
+        <x:v>01380726913</x:v>
       </x:c>
     </x:row>
     <x:row r="445">
       <x:c r="A445" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B445" t="str">
-        <x:v>14 Library Street</x:v>
+        <x:v>2 Fore Street</x:v>
       </x:c>
       <x:c r="C445" t="str">
         <x:v/>
       </x:c>
       <x:c r="D445" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>Trowbridge</x:v>
       </x:c>
       <x:c r="E445" t="str">
-        <x:v/>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F445" t="str">
-        <x:v>WN1 1NZ</x:v>
+        <x:v>BA14 8HX</x:v>
       </x:c>
       <x:c r="G445" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H445" t="str">
-        <x:v>01942 244294 </x:v>
+        <x:v>01225 762683</x:v>
       </x:c>
     </x:row>
     <x:row r="446">
       <x:c r="A446" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B446" t="str">
-        <x:v>35 Market Street</x:v>
+        <x:v>Unit 5, Greenways Business Park</x:v>
       </x:c>
       <x:c r="C446" t="str">
-        <x:v/>
+        <x:v>Bellinger Close</x:v>
       </x:c>
       <x:c r="D446" t="str">
-        <x:v>Westhoughton</x:v>
+        <x:v>Chippenham</x:v>
       </x:c>
       <x:c r="E446" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F446" t="str">
-        <x:v>BL5 3AG</x:v>
+        <x:v>SN15 1BN</x:v>
       </x:c>
       <x:c r="G446" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H446" t="str">
-        <x:v>01942 816515 </x:v>
+        <x:v>01249 475880</x:v>
       </x:c>
     </x:row>
     <x:row r="447">
       <x:c r="A447" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Gould &amp; Swayne Limited</x:v>
       </x:c>
       <x:c r="B447" t="str">
-        <x:v>8 St Thomas' Road</x:v>
+        <x:v>31 High Street</x:v>
       </x:c>
       <x:c r="C447" t="str">
-        <x:v>Stopsley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D447" t="str">
-        <x:v>Luton</x:v>
+        <x:v>Glastonbury</x:v>
       </x:c>
       <x:c r="E447" t="str">
-        <x:v>Bedfordshire</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F447" t="str">
-        <x:v>LU2 7UY</x:v>
+        <x:v>BA6 9HA</x:v>
       </x:c>
       <x:c r="G447" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>l.guy@gouldandswayne.co.uk</x:v>
       </x:c>
       <x:c r="H447" t="str">
-        <x:v>01582 453 366</x:v>
+        <x:v>01458 833700</x:v>
       </x:c>
     </x:row>
     <x:row r="448">
       <x:c r="A448" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Gould &amp; Swayne Limited</x:v>
       </x:c>
       <x:c r="B448" t="str">
-        <x:v>16 Castilian Street</x:v>
+        <x:v>76 High Street</x:v>
       </x:c>
       <x:c r="C448" t="str">
         <x:v/>
       </x:c>
       <x:c r="D448" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Street</x:v>
       </x:c>
       <x:c r="E448" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F448" t="str">
-        <x:v>NN1 1JX</x:v>
+        <x:v>BA16 0EN</x:v>
       </x:c>
       <x:c r="G448" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>street@gouldandswayne.co.uk</x:v>
       </x:c>
       <x:c r="H448" t="str">
-        <x:v>01604 233 200</x:v>
+        <x:v>01458 442433</x:v>
       </x:c>
     </x:row>
     <x:row r="449">
       <x:c r="A449" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Gould &amp; Swayne Limited</x:v>
       </x:c>
       <x:c r="B449" t="str">
-        <x:v>Bridge Court</x:v>
+        <x:v>21 Broad Street</x:v>
       </x:c>
       <x:c r="C449" t="str">
-        <x:v>64 Bridge Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D449" t="str">
-        <x:v>Evesham</x:v>
+        <x:v>Wells</x:v>
       </x:c>
       <x:c r="E449" t="str">
-        <x:v/>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F449" t="str">
-        <x:v>WR11 4RY</x:v>
+        <x:v>BA5 2DJ</x:v>
       </x:c>
       <x:c r="G449" t="str">
-        <x:v>evesham@hcbgroup.com</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H449" t="str">
-        <x:v>01386 425300</x:v>
+        <x:v>01749 390081</x:v>
       </x:c>
     </x:row>
     <x:row r="450">
       <x:c r="A450" t="str">
-        <x:v>HCB Widdows Mason Limited</x:v>
+        <x:v>Grant Saw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B450" t="str">
-        <x:v>27A High Street</x:v>
+        <x:v>Ground floor</x:v>
       </x:c>
       <x:c r="C450" t="str">
         <x:v/>
       </x:c>
       <x:c r="D450" t="str">
-        <x:v>Aberdare</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E450" t="str">
         <x:v/>
       </x:c>
       <x:c r="F450" t="str">
-        <x:v>CF44 7AA</x:v>
+        <x:v>SE10 9BB</x:v>
       </x:c>
       <x:c r="G450" t="str">
-        <x:v>aberdare@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H450" t="str">
-        <x:v>01685 888 730</x:v>
+        <x:v>02088586971</x:v>
       </x:c>
     </x:row>
     <x:row r="451">
       <x:c r="A451" t="str">
-        <x:v>HCB Widdows Mason Limited</x:v>
+        <x:v>Grant Saw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B451" t="str">
-        <x:v>Citibase, Aztec Centre, Aztec West</x:v>
+        <x:v>Grant Saw House, 8 Tranquil Passage</x:v>
       </x:c>
       <x:c r="C451" t="str">
-        <x:v>Almondsbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D451" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Blackheath Village</x:v>
       </x:c>
       <x:c r="E451" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F451" t="str">
-        <x:v>BS32 4TD</x:v>
+        <x:v>SE3 0BJ</x:v>
       </x:c>
       <x:c r="G451" t="str">
-        <x:v>bristol@hcbgroup.com</x:v>
+        <x:v>ml@grantsaw.co.uk</x:v>
       </x:c>
       <x:c r="H451" t="str">
-        <x:v>01454 275190</x:v>
+        <x:v>020 8858 6971</x:v>
       </x:c>
     </x:row>
     <x:row r="452">
       <x:c r="A452" t="str">
-        <x:v>HCB Widdows Mason Limited</x:v>
+        <x:v>Gullands</x:v>
       </x:c>
       <x:c r="B452" t="str">
-        <x:v>Riverside House, Normandy Road</x:v>
+        <x:v>16 Mill Street</x:v>
       </x:c>
       <x:c r="C452" t="str">
         <x:v/>
       </x:c>
       <x:c r="D452" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Maidstone</x:v>
       </x:c>
       <x:c r="E452" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F452" t="str">
-        <x:v>SA1 2JA</x:v>
+        <x:v>ME15 6XT</x:v>
       </x:c>
       <x:c r="G452" t="str">
-        <x:v>lmscardiff@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H452" t="str">
-        <x:v>01792 983 755</x:v>
+        <x:v>01622 689700</x:v>
       </x:c>
     </x:row>
     <x:row r="453">
       <x:c r="A453" t="str">
-        <x:v>Hcb Widdows Mason Limited</x:v>
+        <x:v>Gullands LLP</x:v>
       </x:c>
       <x:c r="B453" t="str">
-        <x:v>Unit 4 Ashtree Court</x:v>
+        <x:v>Whitehall Place</x:v>
       </x:c>
       <x:c r="C453" t="str">
-        <x:v>Gate Business Park</x:v>
+        <x:v>47 The Terrace</x:v>
       </x:c>
       <x:c r="D453" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Gravesend</x:v>
       </x:c>
       <x:c r="E453" t="str">
-        <x:v> Wales</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F453" t="str">
-        <x:v>CF23 8RW</x:v>
+        <x:v>DA12 2DL</x:v>
       </x:c>
       <x:c r="G453" t="str">
-        <x:v/>
+        <x:v>n.skinner@gullands.com</x:v>
       </x:c>
       <x:c r="H453" t="str">
-        <x:v>02920291704</x:v>
+        <x:v>01474 887688</x:v>
       </x:c>
     </x:row>
     <x:row r="454">
       <x:c r="A454" t="str">
-        <x:v>Heald Nickinson</x:v>
+        <x:v>Hadgkiss Hughes &amp; Beale</x:v>
       </x:c>
       <x:c r="B454" t="str">
-        <x:v>Lansdowne House</x:v>
+        <x:v>45-47 Yardley Road, Acocks Green</x:v>
       </x:c>
       <x:c r="C454" t="str">
-        <x:v>Knoll Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D454" t="str">
-        <x:v>Camberley</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E454" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F454" t="str">
-        <x:v>GU15 3SY</x:v>
+        <x:v>B27 6HQ</x:v>
       </x:c>
       <x:c r="G454" t="str">
-        <x:v/>
+        <x:v>Carolparker@hhb-ago.co.uk</x:v>
       </x:c>
       <x:c r="H454" t="str">
-        <x:v/>
+        <x:v>01217078484</x:v>
       </x:c>
     </x:row>
     <x:row r="455">
       <x:c r="A455" t="str">
-        <x:v>Heald Nickinson</x:v>
+        <x:v>Hadgkiss Hughes And Beale</x:v>
       </x:c>
       <x:c r="B455" t="str">
-        <x:v>Byworth House, Units 1-2 Romans Industrial Park,</x:v>
+        <x:v>83-85 Alcester Road</x:v>
       </x:c>
       <x:c r="C455" t="str">
-        <x:v>East Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D455" t="str">
-        <x:v>Farnham</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E455" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F455" t="str">
-        <x:v>GU9 7TH</x:v>
+        <x:v>B13 8EB</x:v>
       </x:c>
       <x:c r="G455" t="str">
-        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
+        <x:v>gordonkeir@hhb-mo.co.uk show</x:v>
       </x:c>
       <x:c r="H455" t="str">
-        <x:v>01252 716101</x:v>
+        <x:v>0121 449 5050</x:v>
       </x:c>
     </x:row>
     <x:row r="456">
       <x:c r="A456" t="str">
-        <x:v>Heald Nickinson</x:v>
+        <x:v>Hadgkiss Hughes And Beale</x:v>
       </x:c>
       <x:c r="B456" t="str">
-        <x:v>12 North Bar</x:v>
+        <x:v>1041 Stratford Road</x:v>
       </x:c>
       <x:c r="C456" t="str">
-        <x:v/>
+        <x:v>Hall Green</x:v>
       </x:c>
       <x:c r="D456" t="str">
-        <x:v>Banbury</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="E456" t="str">
         <x:v/>
       </x:c>
       <x:c r="F456" t="str">
-        <x:v>OX16 0TB</x:v>
+        <x:v>B28 8AS</x:v>
       </x:c>
       <x:c r="G456" t="str">
-        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H456" t="str">
-        <x:v>01295 278500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="457">
       <x:c r="A457" t="str">
-        <x:v>Healys LLP</x:v>
+        <x:v>HallmarkHulme LLP</x:v>
       </x:c>
       <x:c r="B457" t="str">
-        <x:v>Atrium Court 15-17 Jockey's Fields</x:v>
+        <x:v>3, 4 - 5 Sansome Place</x:v>
       </x:c>
       <x:c r="C457" t="str">
         <x:v/>
       </x:c>
       <x:c r="D457" t="str">
-        <x:v>London</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E457" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F457" t="str">
-        <x:v>WC1R 4BW</x:v>
+        <x:v>WR1 1UQ</x:v>
       </x:c>
       <x:c r="G457" t="str">
-        <x:v>claire.fisher@healys.com</x:v>
+        <x:v>Julian.powell@hwhlaw.co.uk</x:v>
       </x:c>
       <x:c r="H457" t="str">
-        <x:v>02078224111</x:v>
+        <x:v>01905 743374</x:v>
       </x:c>
     </x:row>
     <x:row r="458">
       <x:c r="A458" t="str">
-        <x:v>Healys LLP (Brighton)</x:v>
+        <x:v>Hannah Solicitors LLP</x:v>
       </x:c>
       <x:c r="B458" t="str">
-        <x:v>8-9 Old Steine</x:v>
+        <x:v>The Armco Arena, Damson Park</x:v>
       </x:c>
       <x:c r="C458" t="str">
-        <x:v/>
+        <x:v>Damson Parkway</x:v>
       </x:c>
       <x:c r="D458" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E458" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F458" t="str">
-        <x:v>BN1 1EJ</x:v>
+        <x:v>B91 2PP</x:v>
       </x:c>
       <x:c r="G458" t="str">
-        <x:v>brighton@healys.com</x:v>
+        <x:v>info@hannahsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H458" t="str">
-        <x:v>01273 685 888</x:v>
+        <x:v>01216 476 437</x:v>
       </x:c>
     </x:row>
     <x:row r="459">
       <x:c r="A459" t="str">
-        <x:v>Hennah Haywood Law Ltd</x:v>
+        <x:v>Hannah Solicitors LLP</x:v>
       </x:c>
       <x:c r="B459" t="str">
-        <x:v>13 Clytha Park Road</x:v>
+        <x:v>16 High Street</x:v>
       </x:c>
       <x:c r="C459" t="str">
-        <x:v>Newport</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D459" t="str">
-        <x:v/>
+        <x:v>Rushden</x:v>
       </x:c>
       <x:c r="E459" t="str">
-        <x:v/>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F459" t="str">
-        <x:v>NP20 4PB</x:v>
+        <x:v>NN10 0PR</x:v>
       </x:c>
       <x:c r="G459" t="str">
-        <x:v>**</x:v>
+        <x:v>i.shah@hannahsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H459" t="str">
-        <x:v>01633 846557</x:v>
+        <x:v>01933 423225</x:v>
       </x:c>
     </x:row>
     <x:row r="460">
       <x:c r="A460" t="str">
-        <x:v>Heppenstalls Solicitors Limited</x:v>
+        <x:v>Hannah Solicitors LLP</x:v>
       </x:c>
       <x:c r="B460" t="str">
-        <x:v>82 Station Road</x:v>
+        <x:v>Hart House Business Centre</x:v>
       </x:c>
       <x:c r="C460" t="str">
         <x:v/>
       </x:c>
       <x:c r="D460" t="str">
-        <x:v>New Milton</x:v>
+        <x:v>Kimpton Road </x:v>
       </x:c>
       <x:c r="E460" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Luton</x:v>
       </x:c>
       <x:c r="F460" t="str">
-        <x:v>BH25 6LG</x:v>
+        <x:v>LU2 0LA</x:v>
       </x:c>
       <x:c r="G460" t="str">
-        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H460" t="str">
-        <x:v>01425 610078</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="461">
       <x:c r="A461" t="str">
-        <x:v>Heppenstalls Solicitors Limited</x:v>
+        <x:v>Harding Evans</x:v>
       </x:c>
       <x:c r="B461" t="str">
-        <x:v>South Wing, Lymington Town Hall</x:v>
+        <x:v>13 Merthyr Road</x:v>
       </x:c>
       <x:c r="C461" t="str">
-        <x:v>Avenue Road</x:v>
+        <x:v>Whitchurch</x:v>
       </x:c>
       <x:c r="D461" t="str">
-        <x:v>Lymington</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E461" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Caerdydd</x:v>
       </x:c>
       <x:c r="F461" t="str">
-        <x:v>SO41 9BF</x:v>
+        <x:v>CF14 1DA</x:v>
       </x:c>
       <x:c r="G461" t="str">
-        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H461" t="str">
-        <x:v>01590 689500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="462">
       <x:c r="A462" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>Harding Evans LLP</x:v>
       </x:c>
       <x:c r="B462" t="str">
-        <x:v>51 Amersham Road</x:v>
+        <x:v>Queens Chambers</x:v>
       </x:c>
       <x:c r="C462" t="str">
-        <x:v>Beaconsfield</x:v>
+        <x:v>2 North Street</x:v>
       </x:c>
       <x:c r="D462" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>Gwent</x:v>
       </x:c>
       <x:c r="E462" t="str">
         <x:v/>
       </x:c>
       <x:c r="F462" t="str">
-        <x:v>HP9 2HB</x:v>
+        <x:v>NP20 1TE</x:v>
       </x:c>
       <x:c r="G462" t="str">
-        <x:v/>
+        <x:v>enquire@hevans.com</x:v>
       </x:c>
       <x:c r="H462" t="str">
-        <x:v/>
+        <x:v>01633 244 233</x:v>
       </x:c>
     </x:row>
     <x:row r="463">
       <x:c r="A463" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>Harold Benjamin Solicitors Limited</x:v>
       </x:c>
       <x:c r="B463" t="str">
-        <x:v>285 Banbury Road</x:v>
+        <x:v>Hygeia Building</x:v>
       </x:c>
       <x:c r="C463" t="str">
-        <x:v/>
+        <x:v>66-68 College Road</x:v>
       </x:c>
       <x:c r="D463" t="str">
-        <x:v>Oxford</x:v>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="E463" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F463" t="str">
-        <x:v>OX2 7JF</x:v>
+        <x:v>HA1 1BE</x:v>
       </x:c>
       <x:c r="G463" t="str">
-        <x:v>natalieberry@hinesolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H463" t="str">
-        <x:v>01865 514348</x:v>
+        <x:v>0208 4225678</x:v>
       </x:c>
     </x:row>
     <x:row r="464">
       <x:c r="A464" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>Harold Benjamin Solicitors Limited</x:v>
       </x:c>
       <x:c r="B464" t="str">
-        <x:v>149-151 Fairview Road</x:v>
+        <x:v>60 Queen Anne Street</x:v>
       </x:c>
       <x:c r="C464" t="str">
         <x:v/>
       </x:c>
       <x:c r="D464" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E464" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F464" t="str">
-        <x:v>GL52 2EX</x:v>
+        <x:v>W1G 8HP</x:v>
       </x:c>
       <x:c r="G464" t="str">
-        <x:v>natalieberry@hinesolicitors.com</x:v>
+        <x:v>enquiries@haroldbenjamin.com</x:v>
       </x:c>
       <x:c r="H464" t="str">
-        <x:v>01242 256686</x:v>
+        <x:v>020 7224 0888</x:v>
       </x:c>
     </x:row>
     <x:row r="465">
       <x:c r="A465" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>Hart Reade LLP</x:v>
       </x:c>
       <x:c r="B465" t="str">
-        <x:v>Park House Business Centre</x:v>
+        <x:v>Old Manor House,</x:v>
       </x:c>
       <x:c r="C465" t="str">
-        <x:v>Church Place</x:v>
+        <x:v>Market Street</x:v>
       </x:c>
       <x:c r="D465" t="str">
-        <x:v>Swindon</x:v>
+        <x:v>Hailsham</x:v>
       </x:c>
       <x:c r="E465" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F465" t="str">
-        <x:v>SN1 5ED</x:v>
+        <x:v>BN27 2AE</x:v>
       </x:c>
       <x:c r="G465" t="str">
-        <x:v>enquiries@hinesolicitors.com</x:v>
+        <x:v>apluck@hartreade.co.uk</x:v>
       </x:c>
       <x:c r="H465" t="str">
-        <x:v>01793698027</x:v>
+        <x:v>01323 841481</x:v>
       </x:c>
     </x:row>
     <x:row r="466">
       <x:c r="A466" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>Hart Reade LLP</x:v>
       </x:c>
       <x:c r="B466" t="str">
-        <x:v>17 East Common</x:v>
+        <x:v>55 High Street</x:v>
       </x:c>
       <x:c r="C466" t="str">
-        <x:v>Gerrards Cross,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D466" t="str">
-        <x:v/>
+        <x:v>Polegate</x:v>
       </x:c>
       <x:c r="E466" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F466" t="str">
-        <x:v>SL9 7AF</x:v>
+        <x:v>BN26 6AL</x:v>
       </x:c>
       <x:c r="G466" t="str">
-        <x:v>talwindermahal@hinesolicitors.com</x:v>
+        <x:v>info@hartreade.co.uk</x:v>
       </x:c>
       <x:c r="H466" t="str">
-        <x:v>01753 482400</x:v>
+        <x:v>01323487051</x:v>
       </x:c>
     </x:row>
     <x:row r="467">
       <x:c r="A467" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>Hart Reade LLP</x:v>
       </x:c>
       <x:c r="B467" t="str">
-        <x:v>12 Temple Street</x:v>
+        <x:v>104 South Street</x:v>
       </x:c>
       <x:c r="C467" t="str">
         <x:v/>
       </x:c>
       <x:c r="D467" t="str">
-        <x:v>Aylesbury</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E467" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F467" t="str">
-        <x:v>HP20 2RQ</x:v>
+        <x:v>BN21 4LW</x:v>
       </x:c>
       <x:c r="G467" t="str">
-        <x:v/>
+        <x:v>info@hartreade.co.uk</x:v>
       </x:c>
       <x:c r="H467" t="str">
-        <x:v/>
+        <x:v>01323 727321</x:v>
       </x:c>
     </x:row>
     <x:row r="468">
       <x:c r="A468" t="str">
-        <x:v>HM Solicitors Limited</x:v>
+        <x:v>Harvey Baker Limited</x:v>
       </x:c>
       <x:c r="B468" t="str">
-        <x:v>186 LOWER ROAD</x:v>
+        <x:v>Ty Antur, Navigation Park,</x:v>
       </x:c>
       <x:c r="C468" t="str">
-        <x:v>Surrey Quays</x:v>
+        <x:v>Abercynon</x:v>
       </x:c>
       <x:c r="D468" t="str">
-        <x:v>London</x:v>
+        <x:v>Mountain Ash</x:v>
       </x:c>
       <x:c r="E468" t="str">
-        <x:v/>
+        <x:v>Rhondda Cynon Taff</x:v>
       </x:c>
       <x:c r="F468" t="str">
-        <x:v>SE16 2UN</x:v>
+        <x:v>CF45 4SN</x:v>
       </x:c>
       <x:c r="G468" t="str">
-        <x:v>michael@hmsolicitorsltd.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H468" t="str">
-        <x:v>02071128180</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="469">
       <x:c r="A469" t="str">
-        <x:v>Hodge Halsall Solicitors Limited</x:v>
+        <x:v>Hawkins Law Limited</x:v>
       </x:c>
       <x:c r="B469" t="str">
-        <x:v>565 Liverpool Road</x:v>
+        <x:v>448 Romford Road</x:v>
       </x:c>
       <x:c r="C469" t="str">
-        <x:v>Ainsdale</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D469" t="str">
-        <x:v>Southport</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E469" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F469" t="str">
-        <x:v>PR8 3LU</x:v>
+        <x:v>E7 8DF</x:v>
       </x:c>
       <x:c r="G469" t="str">
-        <x:v>gordonhatton@hhlegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H469" t="str">
-        <x:v>01704 577171</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="470">
       <x:c r="A470" t="str">
-        <x:v>Hodge Halsall Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B470" t="str">
-        <x:v>18 Hoghton Street,</x:v>
+        <x:v>297-299 Kenton Lane</x:v>
       </x:c>
       <x:c r="C470" t="str">
-        <x:v>Southport,</x:v>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="D470" t="str">
         <x:v/>
       </x:c>
       <x:c r="E470" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F470" t="str">
-        <x:v>PR9 0PA</x:v>
+        <x:v>HA3 8RR</x:v>
       </x:c>
       <x:c r="G470" t="str">
-        <x:v>markglenville@hhlegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H470" t="str">
-        <x:v>01704 531991</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="471">
       <x:c r="A471" t="str">
-        <x:v>Holden Smith Law Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B471" t="str">
-        <x:v>Ashlar House, 230 Cumberworth Lane</x:v>
+        <x:v>Croft House</x:v>
       </x:c>
       <x:c r="C471" t="str">
-        <x:v>Lower Cumberworth</x:v>
+        <x:v>Moons Moat Drive</x:v>
       </x:c>
       <x:c r="D471" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E471" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F471" t="str">
-        <x:v>HD8 8PR</x:v>
+        <x:v>B98 9HN</x:v>
       </x:c>
       <x:c r="G471" t="str">
-        <x:v>james.smith@holdensmith.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H471" t="str">
-        <x:v>01484 556677</x:v>
+        <x:v>01527406363</x:v>
       </x:c>
     </x:row>
     <x:row r="472">
       <x:c r="A472" t="str">
-        <x:v>Holden Smith Law Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B472" t="str">
-        <x:v>107-109 New Roadside</x:v>
+        <x:v>114 Bury New Road</x:v>
       </x:c>
       <x:c r="C472" t="str">
-        <x:v>Horsforth</x:v>
+        <x:v>Whitefield</x:v>
       </x:c>
       <x:c r="D472" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E472" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F472" t="str">
-        <x:v>LS18 4QD</x:v>
+        <x:v>M45 6AD</x:v>
       </x:c>
       <x:c r="G472" t="str">
-        <x:v>james.smith@holdensmith.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H472" t="str">
-        <x:v>01135133232</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="473">
       <x:c r="A473" t="str">
-        <x:v>Holden Smith Law Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B473" t="str">
-        <x:v>111 Piccadilly</x:v>
+        <x:v>2 Walter Street</x:v>
       </x:c>
       <x:c r="C473" t="str">
-        <x:v/>
+        <x:v>Worsley</x:v>
       </x:c>
       <x:c r="D473" t="str">
         <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E473" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F473" t="str">
-        <x:v>M1 2HX</x:v>
+        <x:v>M28 3ZG</x:v>
       </x:c>
       <x:c r="G473" t="str">
-        <x:v>hello@holdensmith.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H473" t="str">
-        <x:v>0161 3994701</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="474">
       <x:c r="A474" t="str">
-        <x:v>Holden Smith Law Limited (Leeds)</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B474" t="str">
-        <x:v>Suite 1</x:v>
+        <x:v>679 Warwick Road</x:v>
       </x:c>
       <x:c r="C474" t="str">
-        <x:v>Crossgates House</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="D474" t="str">
-        <x:v>Leeds</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E474" t="str">
         <x:v/>
       </x:c>
       <x:c r="F474" t="str">
-        <x:v>LS15 8ET </x:v>
+        <x:v>B91 3DA</x:v>
       </x:c>
       <x:c r="G474" t="str">
-        <x:v>abbey.pettit@holdensmith.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H474" t="str">
-        <x:v>0113 513 0508</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="475">
       <x:c r="A475" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B475" t="str">
-        <x:v>96 North Street</x:v>
+        <x:v>Graylaw House</x:v>
       </x:c>
       <x:c r="C475" t="str">
-        <x:v/>
+        <x:v>21 Goldington Road</x:v>
       </x:c>
       <x:c r="D475" t="str">
-        <x:v>Sudbury</x:v>
+        <x:v>Bedford</x:v>
       </x:c>
       <x:c r="E475" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F475" t="str">
-        <x:v>CO10 1RF</x:v>
+        <x:v>MK40 3JY</x:v>
       </x:c>
       <x:c r="G475" t="str">
-        <x:v>*</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H475" t="str">
-        <x:v>01787 275275 </x:v>
+        <x:v>01234400000</x:v>
       </x:c>
     </x:row>
     <x:row r="476">
       <x:c r="A476" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B476" t="str">
-        <x:v>Trinity Street</x:v>
+        <x:v>71 Sankey Street</x:v>
       </x:c>
       <x:c r="C476" t="str">
-        <x:v/>
+        <x:v>Warrington</x:v>
       </x:c>
       <x:c r="D476" t="str">
-        <x:v>Halstead</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E476" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F476" t="str">
-        <x:v>CO9 1JE</x:v>
+        <x:v>WA1 1SL</x:v>
       </x:c>
       <x:c r="G476" t="str">
         <x:v/>
       </x:c>
       <x:c r="H476" t="str">
-        <x:v/>
+        <x:v>01789 270 452</x:v>
       </x:c>
     </x:row>
     <x:row r="477">
       <x:c r="A477" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B477" t="str">
-        <x:v>Bocking End</x:v>
+        <x:v>20 Lichfield Street</x:v>
       </x:c>
       <x:c r="C477" t="str">
         <x:v/>
       </x:c>
       <x:c r="D477" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Walsall</x:v>
       </x:c>
       <x:c r="E477" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F477" t="str">
-        <x:v>CM7 9AJ</x:v>
+        <x:v>WS1 1TJ</x:v>
       </x:c>
       <x:c r="G477" t="str">
         <x:v/>
       </x:c>
       <x:c r="H477" t="str">
-        <x:v>01376 320456</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="478">
       <x:c r="A478" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B478" t="str">
-        <x:v>1 Market End</x:v>
+        <x:v>13 Swan Street</x:v>
       </x:c>
       <x:c r="C478" t="str">
-        <x:v>Coggeshall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D478" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>Alcester</x:v>
       </x:c>
       <x:c r="E478" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F478" t="str">
-        <x:v>CO6 1TP</x:v>
+        <x:v>B49 5DP</x:v>
       </x:c>
       <x:c r="G478" t="str">
-        <x:v>advice@holmes-hills.co.uk</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H478" t="str">
-        <x:v>01376 557311</x:v>
+        <x:v>01789 765522</x:v>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B479" t="str">
-        <x:v>A12 Commercial Hub, 86 London Road</x:v>
+        <x:v>Mill House, 38 Dam Street</x:v>
       </x:c>
       <x:c r="C479" t="str">
-        <x:v>Marks Tey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D479" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E479" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F479" t="str">
-        <x:v>CO6 1ED</x:v>
+        <x:v>WS13 6AA</x:v>
       </x:c>
       <x:c r="G479" t="str">
-        <x:v>complianceteam@holmes-hills.co.uk</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H479" t="str">
-        <x:v>01206 593933</x:v>
+        <x:v>01543 414426</x:v>
       </x:c>
     </x:row>
     <x:row r="480">
       <x:c r="A480" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B480" t="str">
-        <x:v>Unit 2, Ketleys Place, 84a Church Road</x:v>
+        <x:v>16 Wrens Court, Lower Queen Street</x:v>
       </x:c>
       <x:c r="C480" t="str">
         <x:v/>
       </x:c>
       <x:c r="D480" t="str">
-        <x:v>Tiptree</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E480" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F480" t="str">
-        <x:v>CO5 0HB</x:v>
+        <x:v>B72 1RT</x:v>
       </x:c>
       <x:c r="G480" t="str">
-        <x:v>complianceteam@holmes-hills.co.uk</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H480" t="str">
-        <x:v>01621 817522</x:v>
+        <x:v>0121 3556118</x:v>
       </x:c>
     </x:row>
     <x:row r="481">
       <x:c r="A481" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B481" t="str">
-        <x:v>8 The Grove Centre</x:v>
+        <x:v>Belvoir Chambers, 17 Bowling Green Street</x:v>
       </x:c>
       <x:c r="C481" t="str">
         <x:v/>
       </x:c>
       <x:c r="D481" t="str">
-        <x:v>Witham</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E481" t="str">
-        <x:v/>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F481" t="str">
-        <x:v>CM8 2YT</x:v>
+        <x:v>LE1 6AS</x:v>
       </x:c>
       <x:c r="G481" t="str">
-        <x:v>advice@holmes-hills.co.uk</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H481" t="str">
-        <x:v>01376557333</x:v>
+        <x:v>0116 2559911</x:v>
       </x:c>
     </x:row>
     <x:row r="482">
       <x:c r="A482" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B482" t="str">
-        <x:v>Fitzalan House, Fitzalan Court, Fitzalan Road</x:v>
+        <x:v>3-5 King Street</x:v>
       </x:c>
       <x:c r="C482" t="str">
         <x:v/>
       </x:c>
       <x:c r="D482" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E482" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F482" t="str">
-        <x:v>CF24 0EL</x:v>
+        <x:v>WN7 4LP</x:v>
       </x:c>
       <x:c r="G482" t="str">
-        <x:v>info@howellslegal.com</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H482" t="str">
-        <x:v>02920 404020</x:v>
+        <x:v>01942 673311 </x:v>
       </x:c>
     </x:row>
     <x:row r="483">
       <x:c r="A483" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B483" t="str">
-        <x:v>29 Bridge Street</x:v>
+        <x:v>14 Library Street</x:v>
       </x:c>
       <x:c r="C483" t="str">
         <x:v/>
       </x:c>
       <x:c r="D483" t="str">
-        <x:v>Newport</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E483" t="str">
-        <x:v>Gwent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F483" t="str">
-        <x:v>NP20 4BG</x:v>
+        <x:v>WN1 1NZ</x:v>
       </x:c>
       <x:c r="G483" t="str">
-        <x:v>Joanna.Ingles@howellslegal.com</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H483" t="str">
-        <x:v>01633227960</x:v>
+        <x:v>01942 244294 </x:v>
       </x:c>
     </x:row>
     <x:row r="484">
       <x:c r="A484" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B484" t="str">
-        <x:v>Elm Court</x:v>
+        <x:v>35 Market Street</x:v>
       </x:c>
       <x:c r="C484" t="str">
-        <x:v>Cowbridge Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D484" t="str">
-        <x:v>Bridgend</x:v>
+        <x:v>Westhoughton</x:v>
       </x:c>
       <x:c r="E484" t="str">
-        <x:v>Pen-y-bont ar Ogwr</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="F484" t="str">
-        <x:v>CF31 3SR</x:v>
+        <x:v>BL5 3AG</x:v>
       </x:c>
       <x:c r="G484" t="str">
-        <x:v/>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H484" t="str">
-        <x:v>01656 477477</x:v>
+        <x:v>01942 816515 </x:v>
       </x:c>
     </x:row>
     <x:row r="485">
       <x:c r="A485" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B485" t="str">
-        <x:v>Unit 4</x:v>
+        <x:v>8 St Thomas' Road</x:v>
       </x:c>
       <x:c r="C485" t="str">
-        <x:v>Langdon House, Langdon Road</x:v>
+        <x:v>Stopsley</x:v>
       </x:c>
       <x:c r="D485" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Luton</x:v>
       </x:c>
       <x:c r="E485" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F485" t="str">
-        <x:v>SA1 8QY</x:v>
+        <x:v>LU2 7UY</x:v>
       </x:c>
       <x:c r="G485" t="str">
-        <x:v/>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H485" t="str">
-        <x:v>01792 410016</x:v>
+        <x:v>01582 453 366</x:v>
       </x:c>
     </x:row>
     <x:row r="486">
       <x:c r="A486" t="str">
-        <x:v>Huggins Lewis Foskett</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B486" t="str">
-        <x:v>5/6 The Shrubberies,</x:v>
+        <x:v>16 Castilian Street</x:v>
       </x:c>
       <x:c r="C486" t="str">
-        <x:v>George Lane,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D486" t="str">
-        <x:v>London,</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E486" t="str">
-        <x:v>London,</x:v>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F486" t="str">
-        <x:v>E18 1BG</x:v>
+        <x:v>NN1 1JX</x:v>
       </x:c>
       <x:c r="G486" t="str">
-        <x:v>law@huggins-law.co.uk</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H486" t="str">
-        <x:v>02089893000</x:v>
+        <x:v>01604 233 200</x:v>
       </x:c>
     </x:row>
     <x:row r="487">
       <x:c r="A487" t="str">
-        <x:v>Hughes Paddison Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B487" t="str">
-        <x:v>10 Royal Crescent</x:v>
+        <x:v>Bridge Court</x:v>
       </x:c>
       <x:c r="C487" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>64 Bridge Street</x:v>
       </x:c>
       <x:c r="D487" t="str">
-        <x:v/>
+        <x:v>Evesham</x:v>
       </x:c>
       <x:c r="E487" t="str">
         <x:v/>
       </x:c>
       <x:c r="F487" t="str">
-        <x:v>GL50 3DA</x:v>
+        <x:v>WR11 4RY</x:v>
       </x:c>
       <x:c r="G487" t="str">
-        <x:v/>
+        <x:v>evesham@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H487" t="str">
-        <x:v/>
+        <x:v>01386 425300</x:v>
       </x:c>
     </x:row>
     <x:row r="488">
       <x:c r="A488" t="str">
-        <x:v>Hugh-Jones LLP</x:v>
+        <x:v>HCB Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B488" t="str">
-        <x:v>Aston House, Ground Floor</x:v>
+        <x:v>27A High Street</x:v>
       </x:c>
       <x:c r="C488" t="str">
-        <x:v>Cornwall Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D488" t="str">
-        <x:v>London</x:v>
+        <x:v>Aberdare</x:v>
       </x:c>
       <x:c r="E488" t="str">
         <x:v/>
       </x:c>
       <x:c r="F488" t="str">
-        <x:v>N3 1LF</x:v>
+        <x:v>CF44 7AA</x:v>
       </x:c>
       <x:c r="G488" t="str">
-        <x:v>e.dervish@hugh-jones.co.uk</x:v>
+        <x:v>aberdare@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H488" t="str">
-        <x:v>020 8346 2236</x:v>
+        <x:v>01685 888 730</x:v>
       </x:c>
     </x:row>
     <x:row r="489">
       <x:c r="A489" t="str">
-        <x:v>Humphreys &amp; Co.</x:v>
+        <x:v>HCB Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B489" t="str">
-        <x:v>14 King Street</x:v>
+        <x:v>Citibase, Aztec Centre, Aztec West</x:v>
       </x:c>
       <x:c r="C489" t="str">
-        <x:v/>
+        <x:v>Almondsbury</x:v>
       </x:c>
       <x:c r="D489" t="str">
         <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E489" t="str">
-        <x:v>Avon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F489" t="str">
-        <x:v>BS1 4EF</x:v>
+        <x:v>BS32 4TD</x:v>
       </x:c>
       <x:c r="G489" t="str">
-        <x:v>humphreys@humphreys.co.uk</x:v>
+        <x:v>bristol@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H489" t="str">
-        <x:v>0117 929 2662</x:v>
+        <x:v>01454 275190</x:v>
       </x:c>
     </x:row>
     <x:row r="490">
       <x:c r="A490" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>HCB Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B490" t="str">
-        <x:v>Glebe House</x:v>
+        <x:v>Riverside House, Normandy Road</x:v>
       </x:c>
       <x:c r="C490" t="str">
-        <x:v>North Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D490" t="str">
-        <x:v>Wareham</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E490" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F490" t="str">
-        <x:v>BH20 4AN</x:v>
+        <x:v>SA1 2JA</x:v>
       </x:c>
       <x:c r="G490" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v>lmscardiff@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H490" t="str">
-        <x:v>01929 552141</x:v>
+        <x:v>01792 983 755</x:v>
       </x:c>
     </x:row>
     <x:row r="491">
       <x:c r="A491" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Hcb Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B491" t="str">
-        <x:v>17 Market Street</x:v>
+        <x:v>Unit 4 Ashtree Court</x:v>
       </x:c>
       <x:c r="C491" t="str">
-        <x:v/>
+        <x:v>Gate Business Park</x:v>
       </x:c>
       <x:c r="D491" t="str">
-        <x:v>Crewkerne</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E491" t="str">
-        <x:v>Somerset</x:v>
+        <x:v> Wales</x:v>
       </x:c>
       <x:c r="F491" t="str">
-        <x:v>TA18 7JU</x:v>
+        <x:v>CF23 8RW</x:v>
       </x:c>
       <x:c r="G491" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H491" t="str">
-        <x:v>01460 279100</x:v>
+        <x:v>02920291704</x:v>
       </x:c>
     </x:row>
     <x:row r="492">
       <x:c r="A492" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Heald Nickinson</x:v>
       </x:c>
       <x:c r="B492" t="str">
-        <x:v>40 High West Street</x:v>
+        <x:v>Lansdowne House</x:v>
       </x:c>
       <x:c r="C492" t="str">
-        <x:v/>
+        <x:v>Knoll Road</x:v>
       </x:c>
       <x:c r="D492" t="str">
-        <x:v>Dorchester</x:v>
+        <x:v>Camberley</x:v>
       </x:c>
       <x:c r="E492" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F492" t="str">
-        <x:v>DT1 1UR</x:v>
+        <x:v>GU15 3SY</x:v>
       </x:c>
       <x:c r="G492" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H492" t="str">
-        <x:v>01305 251007</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="493">
       <x:c r="A493" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Heald Nickinson</x:v>
       </x:c>
       <x:c r="B493" t="str">
-        <x:v>3 Acorn Business Park</x:v>
+        <x:v>Byworth House, Units 1-2 Romans Industrial Park,</x:v>
       </x:c>
       <x:c r="C493" t="str">
-        <x:v>Ling Road</x:v>
+        <x:v>East Street</x:v>
       </x:c>
       <x:c r="D493" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E493" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F493" t="str">
-        <x:v>BH12 4NZ</x:v>
+        <x:v>GU9 7TH</x:v>
       </x:c>
       <x:c r="G493" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
       </x:c>
       <x:c r="H493" t="str">
-        <x:v>01202 725400</x:v>
+        <x:v>01252 716101</x:v>
       </x:c>
     </x:row>
     <x:row r="494">
       <x:c r="A494" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Heald Nickinson</x:v>
       </x:c>
       <x:c r="B494" t="str">
-        <x:v>The Stables</x:v>
+        <x:v>12 North Bar</x:v>
       </x:c>
       <x:c r="C494" t="str">
-        <x:v>The Brewery, Barley Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D494" t="str">
-        <x:v>Blandford St Mary</x:v>
+        <x:v>Banbury</x:v>
       </x:c>
       <x:c r="E494" t="str">
-        <x:v>Blandford Forum</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F494" t="str">
-        <x:v>DT11 9GB</x:v>
+        <x:v>OX16 0TB</x:v>
       </x:c>
       <x:c r="G494" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
       </x:c>
       <x:c r="H494" t="str">
-        <x:v>01258 442 444 </x:v>
+        <x:v>01295 278500</x:v>
       </x:c>
     </x:row>
     <x:row r="495">
       <x:c r="A495" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Healys LLP</x:v>
       </x:c>
       <x:c r="B495" t="str">
-        <x:v>1 Southbourne Grove</x:v>
+        <x:v>Atrium Court 15-17 Jockey's Fields</x:v>
       </x:c>
       <x:c r="C495" t="str">
         <x:v/>
       </x:c>
       <x:c r="D495" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E495" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F495" t="str">
-        <x:v>BH6 3RD</x:v>
+        <x:v>WC1R 4BW</x:v>
       </x:c>
       <x:c r="G495" t="str">
-        <x:v/>
+        <x:v>claire.fisher@healys.com</x:v>
       </x:c>
       <x:c r="H495" t="str">
-        <x:v>01202437157</x:v>
+        <x:v>02078224111</x:v>
       </x:c>
     </x:row>
     <x:row r="496">
       <x:c r="A496" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Healys LLP (Brighton)</x:v>
       </x:c>
       <x:c r="B496" t="str">
-        <x:v>4 Rempstone Road</x:v>
+        <x:v>8-9 Old Steine</x:v>
       </x:c>
       <x:c r="C496" t="str">
         <x:v/>
       </x:c>
       <x:c r="D496" t="str">
-        <x:v>Swanage</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E496" t="str">
-        <x:v/>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F496" t="str">
-        <x:v>BH19 1DP</x:v>
+        <x:v>BN1 1EJ</x:v>
       </x:c>
       <x:c r="G496" t="str">
-        <x:v/>
+        <x:v>brighton@healys.com</x:v>
       </x:c>
       <x:c r="H496" t="str">
-        <x:v/>
+        <x:v>01273 685 888</x:v>
       </x:c>
     </x:row>
     <x:row r="497">
       <x:c r="A497" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Hennah Haywood Law Ltd</x:v>
       </x:c>
       <x:c r="B497" t="str">
-        <x:v>116 Hamlet Court Road</x:v>
+        <x:v>13 Clytha Park Road</x:v>
       </x:c>
       <x:c r="C497" t="str">
-        <x:v/>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="D497" t="str">
-        <x:v>Westcliff-on-Sea</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E497" t="str">
         <x:v/>
       </x:c>
       <x:c r="F497" t="str">
-        <x:v>SS0 7LP</x:v>
+        <x:v>NP20 4PB</x:v>
       </x:c>
       <x:c r="G497" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H497" t="str">
-        <x:v>01702353093</x:v>
+        <x:v>01633 846557</x:v>
       </x:c>
     </x:row>
     <x:row r="498">
       <x:c r="A498" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Heppenstalls Solicitors Limited</x:v>
       </x:c>
       <x:c r="B498" t="str">
-        <x:v>58 High Street</x:v>
+        <x:v>82 Station Road</x:v>
       </x:c>
       <x:c r="C498" t="str">
-        <x:v>Bovingdon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D498" t="str">
-        <x:v>Hemel Hempstead</x:v>
+        <x:v>New Milton</x:v>
       </x:c>
       <x:c r="E498" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F498" t="str">
-        <x:v>HP3 0HJ</x:v>
+        <x:v>BH25 6LG</x:v>
       </x:c>
       <x:c r="G498" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
       </x:c>
       <x:c r="H498" t="str">
-        <x:v>01442 834 344</x:v>
+        <x:v>01425 610078</x:v>
       </x:c>
     </x:row>
     <x:row r="499">
       <x:c r="A499" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Heppenstalls Solicitors Limited</x:v>
       </x:c>
       <x:c r="B499" t="str">
-        <x:v>Suffolk House, 54-55 The Green</x:v>
+        <x:v>South Wing, Lymington Town Hall</x:v>
       </x:c>
       <x:c r="C499" t="str">
-        <x:v>Wooburn Green</x:v>
+        <x:v>Avenue Road</x:v>
       </x:c>
       <x:c r="D499" t="str">
-        <x:v>High Wycombe</x:v>
+        <x:v>Lymington</x:v>
       </x:c>
       <x:c r="E499" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F499" t="str">
-        <x:v>HP10 0EU</x:v>
+        <x:v>SO41 9BF</x:v>
       </x:c>
       <x:c r="G499" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
       </x:c>
       <x:c r="H499" t="str">
-        <x:v>01844 216995</x:v>
+        <x:v>01590 689500</x:v>
       </x:c>
     </x:row>
     <x:row r="500">
       <x:c r="A500" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B500" t="str">
-        <x:v>Suite 202 The Hub, 14 Station Road</x:v>
+        <x:v>51 Amersham Road</x:v>
       </x:c>
       <x:c r="C500" t="str">
-        <x:v/>
+        <x:v>Beaconsfield</x:v>
       </x:c>
       <x:c r="D500" t="str">
-        <x:v>Henley-on-Thames</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="E500" t="str">
         <x:v/>
       </x:c>
       <x:c r="F500" t="str">
-        <x:v>RG9 1AY</x:v>
+        <x:v>HP9 2HB</x:v>
       </x:c>
       <x:c r="G500" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H500" t="str">
-        <x:v>01491 410393</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="501">
       <x:c r="A501" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B501" t="str">
-        <x:v>29 Lincolns Inn Fields</x:v>
+        <x:v>12 Temple Street</x:v>
       </x:c>
       <x:c r="C501" t="str">
         <x:v/>
       </x:c>
       <x:c r="D501" t="str">
-        <x:v>London</x:v>
+        <x:v>Aylesbury</x:v>
       </x:c>
       <x:c r="E501" t="str">
-        <x:v/>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F501" t="str">
-        <x:v>WC2A 3EG</x:v>
+        <x:v>HP20 2RQ</x:v>
       </x:c>
       <x:c r="G501" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H501" t="str">
-        <x:v>02077233040</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="502">
       <x:c r="A502" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B502" t="str">
-        <x:v>15 Ock Street</x:v>
+        <x:v>285 Banbury Road</x:v>
       </x:c>
       <x:c r="C502" t="str">
         <x:v/>
       </x:c>
       <x:c r="D502" t="str">
-        <x:v>Abingdon</x:v>
+        <x:v>Oxford</x:v>
       </x:c>
       <x:c r="E502" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F502" t="str">
-        <x:v>OX14 5AN</x:v>
+        <x:v>OX2 7JF</x:v>
       </x:c>
       <x:c r="G502" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>natalieberry@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H502" t="str">
-        <x:v>01235 553222</x:v>
+        <x:v>01865 514348</x:v>
       </x:c>
     </x:row>
     <x:row r="503">
       <x:c r="A503" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B503" t="str">
-        <x:v>94 High Street</x:v>
+        <x:v>149-151 Fairview Road</x:v>
       </x:c>
       <x:c r="C503" t="str">
         <x:v/>
       </x:c>
       <x:c r="D503" t="str">
-        <x:v>Bushey</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E503" t="str">
-        <x:v/>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F503" t="str">
-        <x:v>WD23 3HD</x:v>
+        <x:v>GL52 2EX</x:v>
       </x:c>
       <x:c r="G503" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>natalieberry@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H503" t="str">
-        <x:v>0208 950 5304</x:v>
+        <x:v>01242 256686</x:v>
       </x:c>
     </x:row>
     <x:row r="504">
       <x:c r="A504" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B504" t="str">
-        <x:v>Unit 5.0 Switchback Office Park</x:v>
+        <x:v>Park House Business Centre</x:v>
       </x:c>
       <x:c r="C504" t="str">
-        <x:v>Gardner Road</x:v>
+        <x:v>Church Place</x:v>
       </x:c>
       <x:c r="D504" t="str">
-        <x:v>Maidenhead</x:v>
+        <x:v>Swindon</x:v>
       </x:c>
       <x:c r="E504" t="str">
-        <x:v/>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F504" t="str">
-        <x:v>SL6 7RJ</x:v>
+        <x:v>SN1 5ED</x:v>
       </x:c>
       <x:c r="G504" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>enquiries@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H504" t="str">
-        <x:v>01628 631051</x:v>
+        <x:v>01793698027</x:v>
       </x:c>
     </x:row>
     <x:row r="505">
       <x:c r="A505" t="str">
-        <x:v>Inghams</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B505" t="str">
-        <x:v>32-38 North Albert Street</x:v>
+        <x:v>17 East Common</x:v>
       </x:c>
       <x:c r="C505" t="str">
-        <x:v/>
+        <x:v>Gerrards Cross,</x:v>
       </x:c>
       <x:c r="D505" t="str">
-        <x:v>Fleetwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E505" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F505" t="str">
-        <x:v>FY7 6AW</x:v>
+        <x:v>SL9 7AF</x:v>
       </x:c>
       <x:c r="G505" t="str">
-        <x:v>es@inghams.law</x:v>
+        <x:v>talwindermahal@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H505" t="str">
-        <x:v>01253 873481</x:v>
+        <x:v>01753 482400</x:v>
       </x:c>
     </x:row>
     <x:row r="506">
       <x:c r="A506" t="str">
-        <x:v>Inghams</x:v>
+        <x:v>HM Solicitors Limited</x:v>
       </x:c>
       <x:c r="B506" t="str">
-        <x:v>8 Crescent East</x:v>
+        <x:v>186 LOWER ROAD</x:v>
       </x:c>
       <x:c r="C506" t="str">
-        <x:v>Thornton-cleveleys</x:v>
+        <x:v>Surrey Quays</x:v>
       </x:c>
       <x:c r="D506" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E506" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F506" t="str">
-        <x:v>FY5 3LW</x:v>
+        <x:v>SE16 2UN</x:v>
       </x:c>
       <x:c r="G506" t="str">
-        <x:v/>
+        <x:v>michael@hmsolicitorsltd.com</x:v>
       </x:c>
       <x:c r="H506" t="str">
-        <x:v/>
+        <x:v>02071128180</x:v>
       </x:c>
     </x:row>
     <x:row r="507">
       <x:c r="A507" t="str">
-        <x:v>Inghams</x:v>
+        <x:v>Hodge Halsall Solicitors Limited</x:v>
       </x:c>
       <x:c r="B507" t="str">
-        <x:v>37 Red Bank Road</x:v>
+        <x:v>565 Liverpool Road</x:v>
       </x:c>
       <x:c r="C507" t="str">
-        <x:v/>
+        <x:v>Ainsdale</x:v>
       </x:c>
       <x:c r="D507" t="str">
-        <x:v>Blackpool</x:v>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="E507" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F507" t="str">
-        <x:v>FY2 9HX</x:v>
+        <x:v>PR8 3LU</x:v>
       </x:c>
       <x:c r="G507" t="str">
-        <x:v>info@inghams-law.co.uk</x:v>
+        <x:v>gordonhatton@hhlegal.co.uk</x:v>
       </x:c>
       <x:c r="H507" t="str">
-        <x:v>01253353308</x:v>
+        <x:v>01704 577171</x:v>
       </x:c>
     </x:row>
     <x:row r="508">
       <x:c r="A508" t="str">
-        <x:v>Inghams Solicitors</x:v>
+        <x:v>Hodge Halsall Solicitors Limited</x:v>
       </x:c>
       <x:c r="B508" t="str">
-        <x:v>12 Queens Square</x:v>
+        <x:v>18 Hoghton Street,</x:v>
       </x:c>
       <x:c r="C508" t="str">
-        <x:v/>
+        <x:v>Southport,</x:v>
       </x:c>
       <x:c r="D508" t="str">
-        <x:v>Poulton-le-Fylde</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E508" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F508" t="str">
-        <x:v>FY6 7BN</x:v>
+        <x:v>PR9 0PA</x:v>
       </x:c>
       <x:c r="G508" t="str">
-        <x:v>info@inghams-law.co.uk</x:v>
+        <x:v>markglenville@hhlegal.co.uk</x:v>
       </x:c>
       <x:c r="H508" t="str">
-        <x:v/>
+        <x:v>01704 531991</x:v>
       </x:c>
     </x:row>
     <x:row r="509">
       <x:c r="A509" t="str">
-        <x:v>Insight Legal Services Limited</x:v>
+        <x:v>Holden Smith Law Limited</x:v>
       </x:c>
       <x:c r="B509" t="str">
-        <x:v>2nd Floor, Copse Walk</x:v>
+        <x:v>Ashlar House, 230 Cumberworth Lane</x:v>
       </x:c>
       <x:c r="C509" t="str">
-        <x:v>Cardiff Gate Business Park, Pontprennau,</x:v>
+        <x:v>Lower Cumberworth</x:v>
       </x:c>
       <x:c r="D509" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E509" t="str">
-        <x:v>South Glamorgan</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F509" t="str">
-        <x:v>CF23 8RB</x:v>
+        <x:v>HD8 8PR</x:v>
       </x:c>
       <x:c r="G509" t="str">
-        <x:v>lmason@insight-law.co.uk</x:v>
+        <x:v>james.smith@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H509" t="str">
-        <x:v>02920 093600</x:v>
+        <x:v>01484 556677</x:v>
       </x:c>
     </x:row>
     <x:row r="510">
       <x:c r="A510" t="str">
-        <x:v>Insight Legal Services Limited</x:v>
+        <x:v>Holden Smith Law Limited</x:v>
       </x:c>
       <x:c r="B510" t="str">
-        <x:v>2nd Floor, Langford Lodge, 109 Pembroke Road</x:v>
+        <x:v>107-109 New Roadside</x:v>
       </x:c>
       <x:c r="C510" t="str">
-        <x:v>Clifton</x:v>
+        <x:v>Horsforth</x:v>
       </x:c>
       <x:c r="D510" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E510" t="str">
-        <x:v>South Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F510" t="str">
-        <x:v>BS8 3EU</x:v>
+        <x:v>LS18 4QD</x:v>
       </x:c>
       <x:c r="G510" t="str">
-        <x:v>lmason@insight-law.co.uk</x:v>
+        <x:v>james.smith@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H510" t="str">
-        <x:v>01179 256257</x:v>
+        <x:v>01135133232</x:v>
       </x:c>
     </x:row>
     <x:row r="511">
       <x:c r="A511" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holden Smith Law Limited</x:v>
       </x:c>
       <x:c r="B511" t="str">
-        <x:v>48 Austhorpe Road</x:v>
+        <x:v>111 Piccadilly</x:v>
       </x:c>
       <x:c r="C511" t="str">
-        <x:v>Crossgates</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D511" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E511" t="str">
         <x:v/>
       </x:c>
       <x:c r="F511" t="str">
-        <x:v>LS15 8DX</x:v>
+        <x:v>M1 2HX</x:v>
       </x:c>
       <x:c r="G511" t="str">
-        <x:v>crossgates@isonharrison.co.uk</x:v>
+        <x:v>hello@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H511" t="str">
-        <x:v>0113 2326530</x:v>
+        <x:v>0161 3994701</x:v>
       </x:c>
     </x:row>
     <x:row r="512">
       <x:c r="A512" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holden Smith Law Limited (Leeds)</x:v>
       </x:c>
       <x:c r="B512" t="str">
-        <x:v>29 Main Street</x:v>
+        <x:v>Suite 1</x:v>
       </x:c>
       <x:c r="C512" t="str">
-        <x:v>Garforth</x:v>
+        <x:v>Crossgates House</x:v>
       </x:c>
       <x:c r="D512" t="str">
         <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E512" t="str">
         <x:v/>
       </x:c>
       <x:c r="F512" t="str">
-        <x:v>LS25 1DS</x:v>
+        <x:v>LS15 8ET </x:v>
       </x:c>
       <x:c r="G512" t="str">
-        <x:v>garforth@isonharrison.co.uk</x:v>
+        <x:v>abbey.pettit@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H512" t="str">
-        <x:v>0113 2861455</x:v>
+        <x:v>0113 513 0508</x:v>
       </x:c>
     </x:row>
     <x:row r="513">
       <x:c r="A513" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B513" t="str">
-        <x:v>65 Victoria Road</x:v>
+        <x:v>96 North Street</x:v>
       </x:c>
       <x:c r="C513" t="str">
         <x:v/>
       </x:c>
       <x:c r="D513" t="str">
-        <x:v>Guiseley</x:v>
+        <x:v>Sudbury</x:v>
       </x:c>
       <x:c r="E513" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F513" t="str">
-        <x:v>LS20 8DQ</x:v>
+        <x:v>CO10 1RF</x:v>
       </x:c>
       <x:c r="G513" t="str">
-        <x:v>guiseley@isonharrison.co.uk</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H513" t="str">
-        <x:v>01943 889080</x:v>
+        <x:v>01787 275275 </x:v>
       </x:c>
     </x:row>
     <x:row r="514">
       <x:c r="A514" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B514" t="str">
-        <x:v>46a The Grove</x:v>
+        <x:v>Trinity Street</x:v>
       </x:c>
       <x:c r="C514" t="str">
         <x:v/>
       </x:c>
       <x:c r="D514" t="str">
-        <x:v>Ilkley</x:v>
+        <x:v>Halstead</x:v>
       </x:c>
       <x:c r="E514" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F514" t="str">
-        <x:v>LS29 9EE</x:v>
+        <x:v>CO9 1JE</x:v>
       </x:c>
       <x:c r="G514" t="str">
-        <x:v>ilkley@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H514" t="str">
-        <x:v>01943 889100</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="515">
       <x:c r="A515" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B515" t="str">
-        <x:v>70a Queen Street</x:v>
+        <x:v>Bocking End</x:v>
       </x:c>
       <x:c r="C515" t="str">
-        <x:v>Morley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D515" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E515" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F515" t="str">
-        <x:v>LS27 9BP</x:v>
+        <x:v>CM7 9AJ</x:v>
       </x:c>
       <x:c r="G515" t="str">
-        <x:v>mail@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H515" t="str">
-        <x:v>0113 2520331</x:v>
+        <x:v>01376 320456</x:v>
       </x:c>
     </x:row>
     <x:row r="516">
       <x:c r="A516" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B516" t="str">
-        <x:v>Lexmith Chambers, Bradley Street</x:v>
+        <x:v>1 Market End</x:v>
       </x:c>
       <x:c r="C516" t="str">
-        <x:v/>
+        <x:v>Coggeshall</x:v>
       </x:c>
       <x:c r="D516" t="str">
-        <x:v>Castleford</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E516" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F516" t="str">
-        <x:v>WF10 1HP</x:v>
+        <x:v>CO6 1TP</x:v>
       </x:c>
       <x:c r="G516" t="str">
-        <x:v>property@ih.co.uk</x:v>
+        <x:v>advice@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H516" t="str">
-        <x:v>01977 557171</x:v>
+        <x:v>01376 557311</x:v>
       </x:c>
     </x:row>
     <x:row r="517">
       <x:c r="A517" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B517" t="str">
-        <x:v>Norwood House</x:v>
+        <x:v>A12 Commercial Hub, 86 London Road</x:v>
       </x:c>
       <x:c r="C517" t="str">
-        <x:v>Stuart Road</x:v>
+        <x:v>Marks Tey</x:v>
       </x:c>
       <x:c r="D517" t="str">
-        <x:v>Pontefract</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E517" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F517" t="str">
-        <x:v>WF8 1BT</x:v>
+        <x:v>CO6 1ED</x:v>
       </x:c>
       <x:c r="G517" t="str">
-        <x:v>pontefract@isonharrison.co.uk</x:v>
+        <x:v>complianceteam@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H517" t="str">
-        <x:v>01977 600960</x:v>
+        <x:v>01206 593933</x:v>
       </x:c>
     </x:row>
     <x:row r="518">
       <x:c r="A518" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B518" t="str">
-        <x:v>24 - 26 Lidget Hill</x:v>
+        <x:v>Unit 2, Ketleys Place, 84a Church Road</x:v>
       </x:c>
       <x:c r="C518" t="str">
-        <x:v>Pudsey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D518" t="str">
-        <x:v/>
+        <x:v>Tiptree</x:v>
       </x:c>
       <x:c r="E518" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F518" t="str">
-        <x:v>LS28 7DR</x:v>
+        <x:v>CO5 0HB</x:v>
       </x:c>
       <x:c r="G518" t="str">
-        <x:v>pudsey@isonharrison.co.uk</x:v>
+        <x:v>complianceteam@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H518" t="str">
-        <x:v>0113 4680930</x:v>
+        <x:v>01621 817522</x:v>
       </x:c>
     </x:row>
     <x:row r="519">
       <x:c r="A519" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B519" t="str">
-        <x:v>60 John William Street</x:v>
+        <x:v>8 The Grove Centre</x:v>
       </x:c>
       <x:c r="C519" t="str">
         <x:v/>
       </x:c>
       <x:c r="D519" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Witham</x:v>
       </x:c>
       <x:c r="E519" t="str">
         <x:v/>
       </x:c>
       <x:c r="F519" t="str">
-        <x:v>HD1 1ER</x:v>
+        <x:v>CM8 2YT</x:v>
       </x:c>
       <x:c r="G519" t="str">
-        <x:v>mail@isonharrison.co.uk</x:v>
+        <x:v>advice@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H519" t="str">
-        <x:v>01484 508680</x:v>
+        <x:v>01376557333</x:v>
       </x:c>
     </x:row>
     <x:row r="520">
       <x:c r="A520" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B520" t="str">
-        <x:v>17 Market Street</x:v>
+        <x:v>Fitzalan House, Fitzalan Court, Fitzalan Road</x:v>
       </x:c>
       <x:c r="C520" t="str">
         <x:v/>
       </x:c>
       <x:c r="D520" t="str">
-        <x:v>Otley</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E520" t="str">
         <x:v/>
       </x:c>
       <x:c r="F520" t="str">
-        <x:v>LS21 3AF</x:v>
+        <x:v>CF24 0EL</x:v>
       </x:c>
       <x:c r="G520" t="str">
-        <x:v>Nigel.cowley@isonharrison.co.uk</x:v>
+        <x:v>info@howellslegal.com</x:v>
       </x:c>
       <x:c r="H520" t="str">
-        <x:v>01943 889100</x:v>
+        <x:v>02920 404020</x:v>
       </x:c>
     </x:row>
     <x:row r="521">
       <x:c r="A521" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B521" t="str">
-        <x:v>Queens Court</x:v>
+        <x:v>29 Bridge Street</x:v>
       </x:c>
       <x:c r="C521" t="str">
-        <x:v>Regent Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D521" t="str">
-        <x:v>Barnsley</x:v>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="E521" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Gwent</x:v>
       </x:c>
       <x:c r="F521" t="str">
-        <x:v>S70 2EG</x:v>
+        <x:v>NP20 4BG</x:v>
       </x:c>
       <x:c r="G521" t="str">
-        <x:v>barnsley@isonharrison.co.uk</x:v>
+        <x:v>Joanna.Ingles@howellslegal.com</x:v>
       </x:c>
       <x:c r="H521" t="str">
-        <x:v>01226 337840</x:v>
+        <x:v>01633227960</x:v>
       </x:c>
     </x:row>
     <x:row r="522">
       <x:c r="A522" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B522" t="str">
-        <x:v>6A Albert Street</x:v>
+        <x:v>Unit 4</x:v>
       </x:c>
       <x:c r="C522" t="str">
-        <x:v/>
+        <x:v>Langdon House, Langdon Road</x:v>
       </x:c>
       <x:c r="D522" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E522" t="str">
-        <x:v/>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F522" t="str">
-        <x:v>HG1 1JG</x:v>
+        <x:v>SA1 8QY</x:v>
       </x:c>
       <x:c r="G522" t="str">
-        <x:v>harrogate@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H522" t="str">
-        <x:v>01423 228111</x:v>
+        <x:v>01792 410016</x:v>
       </x:c>
     </x:row>
     <x:row r="523">
       <x:c r="A523" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B523" t="str">
-        <x:v>4-6 Cross Street</x:v>
+        <x:v>Elm Court</x:v>
       </x:c>
       <x:c r="C523" t="str">
-        <x:v/>
+        <x:v>Cowbridge Road</x:v>
       </x:c>
       <x:c r="D523" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Bridgend</x:v>
       </x:c>
       <x:c r="E523" t="str">
-        <x:v/>
+        <x:v>Pen-y-bont ar Ogwr</x:v>
       </x:c>
       <x:c r="F523" t="str">
-        <x:v>WF1 3BW</x:v>
+        <x:v>CF31 3SR</x:v>
       </x:c>
       <x:c r="G523" t="str">
-        <x:v>Wakefield@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H523" t="str">
-        <x:v>01924 942 230</x:v>
+        <x:v>01656 477477</x:v>
       </x:c>
     </x:row>
     <x:row r="524">
       <x:c r="A524" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howes Percival</x:v>
       </x:c>
       <x:c r="B524" t="str">
-        <x:v>9C Cavendish Court, South Parade</x:v>
+        <x:v>Flint Buildings</x:v>
       </x:c>
       <x:c r="C524" t="str">
-        <x:v/>
+        <x:v>1 Bedding Lane</x:v>
       </x:c>
       <x:c r="D524" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E524" t="str">
-        <x:v/>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F524" t="str">
-        <x:v>DN1 2DJ</x:v>
+        <x:v>NR3 1RG</x:v>
       </x:c>
       <x:c r="G524" t="str">
-        <x:v>doncaster@isonharrison.co.uk</x:v>
+        <x:v>law@howespercival.com show</x:v>
       </x:c>
       <x:c r="H524" t="str">
-        <x:v>01302 246777</x:v>
+        <x:v>01603 762103</x:v>
       </x:c>
     </x:row>
     <x:row r="525">
       <x:c r="A525" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B525" t="str">
-        <x:v>2 Queensbury Court, Brighouse Road</x:v>
+        <x:v>Nene House, 4 Rushmills</x:v>
       </x:c>
       <x:c r="C525" t="str">
-        <x:v>Queensbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D525" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E525" t="str">
-        <x:v/>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F525" t="str">
-        <x:v>BD13 1FF</x:v>
+        <x:v>NN4 7YB</x:v>
       </x:c>
       <x:c r="G525" t="str">
-        <x:v>queensbury@isonharrison.co.uk</x:v>
+        <x:v>sarah.dipane@howespercival.com</x:v>
       </x:c>
       <x:c r="H525" t="str">
-        <x:v>01274 940150</x:v>
+        <x:v>01604 230400</x:v>
       </x:c>
     </x:row>
     <x:row r="526">
       <x:c r="A526" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B526" t="str">
-        <x:v>29-31 Brook Street</x:v>
+        <x:v>3 The Osiers Business Centre</x:v>
       </x:c>
       <x:c r="C526" t="str">
         <x:v/>
       </x:c>
       <x:c r="D526" t="str">
-        <x:v>Selby</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E526" t="str">
-        <x:v/>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F526" t="str">
-        <x:v>YO8 4AL</x:v>
+        <x:v>LE19 1DX</x:v>
       </x:c>
       <x:c r="G526" t="str">
-        <x:v>selby@isonharrison.co.uk</x:v>
+        <x:v>Stuart.Burns@howespercival.com</x:v>
       </x:c>
       <x:c r="H526" t="str">
-        <x:v>01757 601 900</x:v>
+        <x:v>01162 473500</x:v>
       </x:c>
     </x:row>
     <x:row r="527">
       <x:c r="A527" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B527" t="str">
-        <x:v>Clifton House, Clifton Road</x:v>
+        <x:v>First Floor, Bell House, Seebeck Place</x:v>
       </x:c>
       <x:c r="C527" t="str">
-        <x:v/>
+        <x:v>Knowlhill</x:v>
       </x:c>
       <x:c r="D527" t="str">
-        <x:v>Brighouse</x:v>
+        <x:v>Milton Keynes</x:v>
       </x:c>
       <x:c r="E527" t="str">
-        <x:v/>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F527" t="str">
-        <x:v>HD6 1SL</x:v>
+        <x:v>MK5 8FR</x:v>
       </x:c>
       <x:c r="G527" t="str">
-        <x:v>brighouse@isonharrison.co.uk</x:v>
+        <x:v>sarah.dipane@howespercival.com</x:v>
       </x:c>
       <x:c r="H527" t="str">
-        <x:v>01484 260000</x:v>
+        <x:v>01908 672682</x:v>
       </x:c>
     </x:row>
     <x:row r="528">
       <x:c r="A528" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B528" t="str">
-        <x:v>Kipling House</x:v>
+        <x:v>Ground Floor, Terrington House, 13-15 Hills Road</x:v>
       </x:c>
       <x:c r="C528" t="str">
-        <x:v>24 Otley Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D528" t="str">
-        <x:v>Skipton</x:v>
+        <x:v>Cambridge</x:v>
       </x:c>
       <x:c r="E528" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F528" t="str">
-        <x:v>BD23 1EW</x:v>
+        <x:v>CB2 1NL</x:v>
       </x:c>
       <x:c r="G528" t="str">
-        <x:v>skipton@isonharrison.co.uk</x:v>
+        <x:v>clare.best@howespercival.com</x:v>
       </x:c>
       <x:c r="H528" t="str">
-        <x:v>01756 799977</x:v>
+        <x:v>01223 356079</x:v>
       </x:c>
     </x:row>
     <x:row r="529">
       <x:c r="A529" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Huggins Lewis Foskett</x:v>
       </x:c>
       <x:c r="B529" t="str">
-        <x:v>23 Micklegate</x:v>
+        <x:v>5/6 The Shrubberies,</x:v>
       </x:c>
       <x:c r="C529" t="str">
-        <x:v/>
+        <x:v>George Lane,</x:v>
       </x:c>
       <x:c r="D529" t="str">
-        <x:v>York</x:v>
+        <x:v>London,</x:v>
       </x:c>
       <x:c r="E529" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>London,</x:v>
       </x:c>
       <x:c r="F529" t="str">
-        <x:v>YO1 6JH</x:v>
+        <x:v>E18 1BG</x:v>
       </x:c>
       <x:c r="G529" t="str">
-        <x:v/>
+        <x:v>law@huggins-law.co.uk</x:v>
       </x:c>
       <x:c r="H529" t="str">
-        <x:v/>
+        <x:v>02089893000</x:v>
       </x:c>
     </x:row>
     <x:row r="530">
       <x:c r="A530" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Hughes Paddison Limited</x:v>
       </x:c>
       <x:c r="B530" t="str">
-        <x:v>122-126 Main Street</x:v>
+        <x:v>10 Royal Crescent</x:v>
       </x:c>
       <x:c r="C530" t="str">
-        <x:v/>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="D530" t="str">
-        <x:v>Bingley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E530" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F530" t="str">
-        <x:v>BD16 2HL</x:v>
+        <x:v>GL50 3DA</x:v>
       </x:c>
       <x:c r="G530" t="str">
-        <x:v>preeya.bernard@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H530" t="str">
-        <x:v>01274 009145</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="531">
       <x:c r="A531" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Hugh-Jones LLP</x:v>
       </x:c>
       <x:c r="B531" t="str">
-        <x:v>120 Harrogate Road</x:v>
+        <x:v>Aston House, Ground Floor</x:v>
       </x:c>
       <x:c r="C531" t="str">
-        <x:v/>
+        <x:v>Cornwall Avenue</x:v>
       </x:c>
       <x:c r="D531" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E531" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F531" t="str">
-        <x:v>LS7 4NY</x:v>
+        <x:v>N3 1LF</x:v>
       </x:c>
       <x:c r="G531" t="str">
-        <x:v>geraldine.levison@isonharrison.co.uk</x:v>
+        <x:v>e.dervish@hugh-jones.co.uk</x:v>
       </x:c>
       <x:c r="H531" t="str">
-        <x:v>01132007444</x:v>
+        <x:v>020 8346 2236</x:v>
       </x:c>
     </x:row>
     <x:row r="532">
       <x:c r="A532" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humfrys &amp; Symonds Ltd</x:v>
       </x:c>
       <x:c r="B532" t="str">
-        <x:v>Duke House, 54 Wellington Street</x:v>
+        <x:v>1 St. John Street</x:v>
       </x:c>
       <x:c r="C532" t="str">
         <x:v/>
       </x:c>
       <x:c r="D532" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Hereford</x:v>
       </x:c>
       <x:c r="E532" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Herefordshire</x:v>
       </x:c>
       <x:c r="F532" t="str">
-        <x:v>LS1 2EE</x:v>
+        <x:v>HR1 2ND</x:v>
       </x:c>
       <x:c r="G532" t="str">
-        <x:v>andrew.marshall@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H532" t="str">
-        <x:v>0113 284 5000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="533">
       <x:c r="A533" t="str">
-        <x:v>Jacksons Commercial &amp; Private Law LLP</x:v>
+        <x:v>Humphreys &amp; Co.</x:v>
       </x:c>
       <x:c r="B533" t="str">
-        <x:v>Central Square</x:v>
+        <x:v>14 King Street</x:v>
       </x:c>
       <x:c r="C533" t="str">
-        <x:v>Forth Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D533" t="str">
-        <x:v>Newcastle Upon Tyne</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E533" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v>Avon</x:v>
       </x:c>
       <x:c r="F533" t="str">
-        <x:v>NE1 3PJ</x:v>
+        <x:v>BS1 4EF</x:v>
       </x:c>
       <x:c r="G533" t="str">
-        <x:v>info@jacksons-law.com</x:v>
+        <x:v>humphreys@humphreys.co.uk</x:v>
       </x:c>
       <x:c r="H533" t="str">
-        <x:v>01912322574</x:v>
+        <x:v>0117 929 2662</x:v>
       </x:c>
     </x:row>
     <x:row r="534">
       <x:c r="A534" t="str">
-        <x:v>Jacksons Commercial &amp; Private Law LLP.</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B534" t="str">
-        <x:v>17 Falcon Court</x:v>
+        <x:v>Glebe House</x:v>
       </x:c>
       <x:c r="C534" t="str">
-        <x:v>Preston Farm Industrial Estate</x:v>
+        <x:v>North Street</x:v>
       </x:c>
       <x:c r="D534" t="str">
-        <x:v>Stockton-on-Tees</x:v>
+        <x:v>Wareham</x:v>
       </x:c>
       <x:c r="E534" t="str">
-        <x:v>Durham</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F534" t="str">
-        <x:v>TS18 3TU</x:v>
+        <x:v>BH20 4AN</x:v>
       </x:c>
       <x:c r="G534" t="str">
-        <x:v/>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H534" t="str">
-        <x:v/>
+        <x:v>01929 552141</x:v>
       </x:c>
     </x:row>
     <x:row r="535">
       <x:c r="A535" t="str">
-        <x:v>Jamieson Alexander Legal</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B535" t="str">
-        <x:v>Suite 219-220</x:v>
+        <x:v>17 Market Street</x:v>
       </x:c>
       <x:c r="C535" t="str">
-        <x:v>Temple Chambers, 3-7 Temple Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D535" t="str">
-        <x:v>London</x:v>
+        <x:v>Crewkerne</x:v>
       </x:c>
       <x:c r="E535" t="str">
-        <x:v/>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F535" t="str">
-        <x:v>EC4Y 0DB</x:v>
+        <x:v>TA18 7JU</x:v>
       </x:c>
       <x:c r="G535" t="str">
-        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk </x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H535" t="str">
-        <x:v>03302000 017</x:v>
+        <x:v>01460 279100</x:v>
       </x:c>
     </x:row>
     <x:row r="536">
       <x:c r="A536" t="str">
-        <x:v>Jamieson Alexander Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B536" t="str">
-        <x:v>The Old Dairy Manor Farm High Street</x:v>
+        <x:v>40 High West Street</x:v>
       </x:c>
       <x:c r="C536" t="str">
-        <x:v>Tingrith</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D536" t="str">
-        <x:v>Milton Keynes</x:v>
+        <x:v>Dorchester</x:v>
       </x:c>
       <x:c r="E536" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F536" t="str">
-        <x:v>MK17 9EN</x:v>
+        <x:v>DT1 1UR</x:v>
       </x:c>
       <x:c r="G536" t="str">
-        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H536" t="str">
-        <x:v>01908108571</x:v>
+        <x:v>01305 251007</x:v>
       </x:c>
     </x:row>
     <x:row r="537">
       <x:c r="A537" t="str">
-        <x:v>JMW Solicitors LLP</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B537" t="str">
-        <x:v>Kings House</x:v>
+        <x:v>3 Acorn Business Park</x:v>
       </x:c>
       <x:c r="C537" t="str">
-        <x:v>36-37 King Street</x:v>
+        <x:v>Ling Road</x:v>
       </x:c>
       <x:c r="D537" t="str">
-        <x:v/>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E537" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F537" t="str">
-        <x:v>EC2V 8BB</x:v>
+        <x:v>BH12 4NZ</x:v>
       </x:c>
       <x:c r="G537" t="str">
-        <x:v>enquiries@jmw.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H537" t="str">
-        <x:v>020 3675 7600</x:v>
+        <x:v>01202 725400</x:v>
       </x:c>
     </x:row>
     <x:row r="538">
       <x:c r="A538" t="str">
-        <x:v>JMW Solicitors LLP</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B538" t="str">
-        <x:v>1 Byrom Place</x:v>
+        <x:v>The Stables</x:v>
       </x:c>
       <x:c r="C538" t="str">
-        <x:v/>
+        <x:v>The Brewery, Barley Place</x:v>
       </x:c>
       <x:c r="D538" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Blandford St Mary</x:v>
       </x:c>
       <x:c r="E538" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Blandford Forum</x:v>
       </x:c>
       <x:c r="F538" t="str">
-        <x:v>M3 3HG</x:v>
+        <x:v>DT11 9GB</x:v>
       </x:c>
       <x:c r="G538" t="str">
-        <x:v>enquiries@jmw.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H538" t="str">
-        <x:v>0161 838 2749</x:v>
+        <x:v>01258 442 444 </x:v>
       </x:c>
     </x:row>
     <x:row r="539">
       <x:c r="A539" t="str">
-        <x:v>Johal &amp; Co</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B539" t="str">
-        <x:v>7 Northolt Road</x:v>
+        <x:v>1 Southbourne Grove</x:v>
       </x:c>
       <x:c r="C539" t="str">
-        <x:v>South Harrow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D539" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E539" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F539" t="str">
-        <x:v>HA2 0LH</x:v>
+        <x:v>BH6 3RD</x:v>
       </x:c>
       <x:c r="G539" t="str">
-        <x:v>shamoon@johalsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H539" t="str">
-        <x:v>020 84221221</x:v>
+        <x:v>01202437157</x:v>
       </x:c>
     </x:row>
     <x:row r="540">
       <x:c r="A540" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B540" t="str">
-        <x:v>6 Cavendish place</x:v>
+        <x:v>4 Rempstone Road</x:v>
       </x:c>
       <x:c r="C540" t="str">
         <x:v/>
       </x:c>
       <x:c r="D540" t="str">
-        <x:v/>
+        <x:v>Swanage</x:v>
       </x:c>
       <x:c r="E540" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F540" t="str">
-        <x:v>W1G 9NB</x:v>
+        <x:v>BH19 1DP</x:v>
       </x:c>
       <x:c r="G540" t="str">
-        <x:v>london_office@judge-priestley.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H540" t="str">
-        <x:v>020 8290 0333</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="541">
       <x:c r="A541" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B541" t="str">
-        <x:v>1 Spencer Yard</x:v>
+        <x:v>116 Hamlet Court Road</x:v>
       </x:c>
       <x:c r="C541" t="str">
         <x:v/>
       </x:c>
       <x:c r="D541" t="str">
-        <x:v>London</x:v>
+        <x:v>Westcliff-on-Sea</x:v>
       </x:c>
       <x:c r="E541" t="str">
         <x:v/>
       </x:c>
       <x:c r="F541" t="str">
-        <x:v>SE3 0DE</x:v>
+        <x:v>SS0 7LP</x:v>
       </x:c>
       <x:c r="G541" t="str">
-        <x:v>info@judge-priestley.co.uk</x:v>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H541" t="str">
-        <x:v>0208 297 5800</x:v>
+        <x:v>01702353093</x:v>
       </x:c>
     </x:row>
     <x:row r="542">
       <x:c r="A542" t="str">
-        <x:v>Judge And Priestley LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B542" t="str">
-        <x:v>Justin House</x:v>
+        <x:v>58 High Street</x:v>
       </x:c>
       <x:c r="C542" t="str">
-        <x:v>6 West Street</x:v>
+        <x:v>Bovingdon</x:v>
       </x:c>
       <x:c r="D542" t="str">
-        <x:v>Bromley</x:v>
+        <x:v>Hemel Hempstead</x:v>
       </x:c>
       <x:c r="E542" t="str">
         <x:v/>
       </x:c>
       <x:c r="F542" t="str">
-        <x:v>BR1 1JN</x:v>
+        <x:v>HP3 0HJ</x:v>
       </x:c>
       <x:c r="G542" t="str">
-        <x:v>krajah@judge-priestley.co.uk</x:v>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H542" t="str">
-        <x:v>020 8290 7788</x:v>
+        <x:v>01442 834 344</x:v>
       </x:c>
     </x:row>
     <x:row r="543">
       <x:c r="A543" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B543" t="str">
-        <x:v>108-110 High Street</x:v>
+        <x:v>Suffolk House, 54-55 The Green</x:v>
       </x:c>
       <x:c r="C543" t="str">
-        <x:v/>
+        <x:v>Wooburn Green</x:v>
       </x:c>
       <x:c r="D543" t="str">
-        <x:v>Beckenham</x:v>
+        <x:v>High Wycombe</x:v>
       </x:c>
       <x:c r="E543" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F543" t="str">
-        <x:v>BR3 1EB</x:v>
+        <x:v>HP10 0EU</x:v>
       </x:c>
       <x:c r="G543" t="str">
-        <x:v/>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H543" t="str">
-        <x:v/>
+        <x:v>01844 216995</x:v>
       </x:c>
     </x:row>
     <x:row r="544">
       <x:c r="A544" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B544" t="str">
-        <x:v>100 Station Road</x:v>
+        <x:v>Suite 202 The Hub, 14 Station Road</x:v>
       </x:c>
       <x:c r="C544" t="str">
         <x:v/>
       </x:c>
       <x:c r="D544" t="str">
-        <x:v>Sidcup</x:v>
+        <x:v>Henley-on-Thames</x:v>
       </x:c>
       <x:c r="E544" t="str">
         <x:v/>
       </x:c>
       <x:c r="F544" t="str">
-        <x:v>DA15 7DT</x:v>
+        <x:v>RG9 1AY</x:v>
       </x:c>
       <x:c r="G544" t="str">
-        <x:v/>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H544" t="str">
-        <x:v/>
+        <x:v>01491 410393</x:v>
       </x:c>
     </x:row>
     <x:row r="545">
       <x:c r="A545" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B545" t="str">
-        <x:v>64 North Row</x:v>
+        <x:v>29 Lincolns Inn Fields</x:v>
       </x:c>
       <x:c r="C545" t="str">
         <x:v/>
       </x:c>
       <x:c r="D545" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E545" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F545" t="str">
-        <x:v>W1K 7DA</x:v>
+        <x:v>WC2A 3EG</x:v>
       </x:c>
       <x:c r="G545" t="str">
-        <x:v/>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H545" t="str">
-        <x:v/>
+        <x:v>02077233040</x:v>
       </x:c>
     </x:row>
     <x:row r="546">
       <x:c r="A546" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B546" t="str">
-        <x:v>The Dock Hub</x:v>
+        <x:v>15 Ock Street</x:v>
       </x:c>
       <x:c r="C546" t="str">
-        <x:v>Wilbury Villas</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D546" t="str">
-        <x:v>Hove</x:v>
+        <x:v>Abingdon</x:v>
       </x:c>
       <x:c r="E546" t="str">
         <x:v/>
       </x:c>
       <x:c r="F546" t="str">
-        <x:v>BN3 6AH</x:v>
+        <x:v>OX14 5AN</x:v>
       </x:c>
       <x:c r="G546" t="str">
-        <x:v>Info@juryoshea.com</x:v>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H546" t="str">
-        <x:v>02031764255</x:v>
+        <x:v>01235 553222</x:v>
       </x:c>
     </x:row>
     <x:row r="547">
       <x:c r="A547" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B547" t="str">
-        <x:v>195 Whiteladies Road</x:v>
+        <x:v>94 High Street</x:v>
       </x:c>
       <x:c r="C547" t="str">
         <x:v/>
       </x:c>
       <x:c r="D547" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Bushey</x:v>
       </x:c>
       <x:c r="E547" t="str">
         <x:v/>
       </x:c>
       <x:c r="F547" t="str">
-        <x:v>BS8 2SB</x:v>
+        <x:v>WD23 3HD</x:v>
       </x:c>
       <x:c r="G547" t="str">
-        <x:v>info@juryoshea.com</x:v>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H547" t="str">
-        <x:v>02031764255</x:v>
+        <x:v>0208 950 5304</x:v>
       </x:c>
     </x:row>
     <x:row r="548">
       <x:c r="A548" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Hunter's Solicitors LLP</x:v>
       </x:c>
       <x:c r="B548" t="str">
-        <x:v>Hanging Sword House</x:v>
+        <x:v>Unit 5.0 Switchback Office Park</x:v>
       </x:c>
       <x:c r="C548" t="str">
-        <x:v>21 Whitefriars Street</x:v>
+        <x:v>Gardner Road</x:v>
       </x:c>
       <x:c r="D548" t="str">
-        <x:v>London</x:v>
+        <x:v>Maidenhead</x:v>
       </x:c>
       <x:c r="E548" t="str">
         <x:v/>
       </x:c>
       <x:c r="F548" t="str">
-        <x:v>EC4Y 8JJ</x:v>
+        <x:v>SL6 7RJ</x:v>
       </x:c>
       <x:c r="G548" t="str">
-        <x:v/>
+        <x:v>clara@hunterssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H548" t="str">
-        <x:v>02031764255</x:v>
+        <x:v>01628 631051</x:v>
       </x:c>
     </x:row>
     <x:row r="549">
       <x:c r="A549" t="str">
-        <x:v>Kenneth Elliott And Rowe Ltd</x:v>
+        <x:v>Inghams</x:v>
       </x:c>
       <x:c r="B549" t="str">
-        <x:v>Enterprise House, 18 Eastern Road</x:v>
+        <x:v>32-38 North Albert Street</x:v>
       </x:c>
       <x:c r="C549" t="str">
         <x:v/>
       </x:c>
       <x:c r="D549" t="str">
-        <x:v>Romford</x:v>
+        <x:v>Fleetwood</x:v>
       </x:c>
       <x:c r="E549" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F549" t="str">
-        <x:v>RM1 3PJ</x:v>
+        <x:v>FY7 6AW</x:v>
       </x:c>
       <x:c r="G549" t="str">
-        <x:v>david.farr@ker.co.uk</x:v>
+        <x:v>es@inghams.law</x:v>
       </x:c>
       <x:c r="H549" t="str">
-        <x:v>01708 757575</x:v>
+        <x:v>01253 873481</x:v>
       </x:c>
     </x:row>
     <x:row r="550">
       <x:c r="A550" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>Inghams</x:v>
       </x:c>
       <x:c r="B550" t="str">
-        <x:v>The Old Rectory, Old Rectory Drive</x:v>
+        <x:v>8 Crescent East</x:v>
       </x:c>
       <x:c r="C550" t="str">
-        <x:v>Eastergate</x:v>
+        <x:v>Thornton-cleveleys</x:v>
       </x:c>
       <x:c r="D550" t="str">
-        <x:v>Chichester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E550" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F550" t="str">
-        <x:v>PO20 3XH</x:v>
+        <x:v>FY5 3LW</x:v>
       </x:c>
       <x:c r="G550" t="str">
-        <x:v>louise@kennysolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H550" t="str">
-        <x:v>01243 769016</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="551">
       <x:c r="A551" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>Inghams</x:v>
       </x:c>
       <x:c r="B551" t="str">
-        <x:v>11 The Causeway</x:v>
+        <x:v>37 Red Bank Road</x:v>
       </x:c>
       <x:c r="C551" t="str">
         <x:v/>
       </x:c>
       <x:c r="D551" t="str">
-        <x:v>Arundel</x:v>
+        <x:v>Blackpool</x:v>
       </x:c>
       <x:c r="E551" t="str">
-        <x:v>West Sussex</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F551" t="str">
-        <x:v>BN18 9JJ</x:v>
+        <x:v>FY2 9HX</x:v>
       </x:c>
       <x:c r="G551" t="str">
-        <x:v>susanne@kennysolicitors.co.uk</x:v>
+        <x:v>info@inghams-law.co.uk</x:v>
       </x:c>
       <x:c r="H551" t="str">
-        <x:v>01903 331021</x:v>
+        <x:v>01253353308</x:v>
       </x:c>
     </x:row>
     <x:row r="552">
       <x:c r="A552" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>Inghams Solicitors</x:v>
       </x:c>
       <x:c r="B552" t="str">
-        <x:v>195 The Crossway</x:v>
+        <x:v>12 Queens Square</x:v>
       </x:c>
       <x:c r="C552" t="str">
         <x:v/>
       </x:c>
       <x:c r="D552" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Poulton-le-Fylde</x:v>
       </x:c>
       <x:c r="E552" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F552" t="str">
-        <x:v>PO16 8NG</x:v>
+        <x:v>FY6 7BN</x:v>
       </x:c>
       <x:c r="G552" t="str">
-        <x:v>lorna@kennysolicitors.co.uk</x:v>
+        <x:v>info@inghams-law.co.uk</x:v>
       </x:c>
       <x:c r="H552" t="str">
-        <x:v>02392 002011 </x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>Insight Legal Services Limited</x:v>
       </x:c>
       <x:c r="B553" t="str">
-        <x:v>Old Market House</x:v>
+        <x:v>2nd Floor, Copse Walk</x:v>
       </x:c>
       <x:c r="C553" t="str">
-        <x:v>Market Avenue</x:v>
+        <x:v>Cardiff Gate Business Park, Pontprennau,</x:v>
       </x:c>
       <x:c r="D553" t="str">
-        <x:v/>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E553" t="str">
-        <x:v>Chichester</x:v>
+        <x:v>South Glamorgan</x:v>
       </x:c>
       <x:c r="F553" t="str">
-        <x:v>PO19 1JR</x:v>
+        <x:v>CF23 8RB</x:v>
       </x:c>
       <x:c r="G553" t="str">
-        <x:v>info@kennysolicitors.co.uk</x:v>
+        <x:v>lmason@insight-law.co.uk</x:v>
       </x:c>
       <x:c r="H553" t="str">
-        <x:v>01243 769072</x:v>
+        <x:v>02920 093600</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>Insight Legal Services Limited</x:v>
       </x:c>
       <x:c r="B554" t="str">
-        <x:v>17 Clovelly Road</x:v>
+        <x:v>2nd Floor, Langford Lodge, 109 Pembroke Road</x:v>
       </x:c>
       <x:c r="C554" t="str">
-        <x:v/>
+        <x:v>Clifton</x:v>
       </x:c>
       <x:c r="D554" t="str">
-        <x:v>Emsworth</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E554" t="str">
-        <x:v/>
+        <x:v>South Gloucestershire</x:v>
       </x:c>
       <x:c r="F554" t="str">
-        <x:v>PO10 7HL</x:v>
+        <x:v>BS8 3EU</x:v>
       </x:c>
       <x:c r="G554" t="str">
-        <x:v/>
+        <x:v>lmason@insight-law.co.uk</x:v>
       </x:c>
       <x:c r="H554" t="str">
-        <x:v/>
+        <x:v>01179 256257</x:v>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B555" t="str">
-        <x:v>88 Duke Street</x:v>
+        <x:v>48 Austhorpe Road</x:v>
       </x:c>
       <x:c r="C555" t="str">
-        <x:v/>
+        <x:v>Crossgates</x:v>
       </x:c>
       <x:c r="D555" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E555" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F555" t="str">
-        <x:v>CM1 1JP</x:v>
+        <x:v>LS15 8DX</x:v>
       </x:c>
       <x:c r="G555" t="str">
-        <x:v/>
+        <x:v>crossgates@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H555" t="str">
-        <x:v/>
+        <x:v>0113 2326530</x:v>
       </x:c>
     </x:row>
     <x:row r="556">
       <x:c r="A556" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B556" t="str">
-        <x:v>1 Gate Street</x:v>
+        <x:v>29 Main Street</x:v>
       </x:c>
       <x:c r="C556" t="str">
-        <x:v/>
+        <x:v>Garforth</x:v>
       </x:c>
       <x:c r="D556" t="str">
-        <x:v>Maldon</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E556" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F556" t="str">
-        <x:v>CM9 5QW</x:v>
+        <x:v>LS25 1DS</x:v>
       </x:c>
       <x:c r="G556" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>garforth@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H556" t="str">
-        <x:v/>
+        <x:v>0113 2861455</x:v>
       </x:c>
     </x:row>
     <x:row r="557">
       <x:c r="A557" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B557" t="str">
-        <x:v>55 North Hill</x:v>
+        <x:v>65 Victoria Road</x:v>
       </x:c>
       <x:c r="C557" t="str">
-        <x:v>Colchester </x:v>
+        <x:v/>
       </x:c>
       <x:c r="D557" t="str">
-        <x:v/>
+        <x:v>Guiseley</x:v>
       </x:c>
       <x:c r="E557" t="str">
-        <x:v>Essex </x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="F557" t="str">
-        <x:v>CO1 1PX</x:v>
+        <x:v>LS20 8DQ</x:v>
       </x:c>
       <x:c r="G557" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>guiseley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H557" t="str">
-        <x:v>01206 564546</x:v>
+        <x:v>01943 889080</x:v>
       </x:c>
     </x:row>
     <x:row r="558">
       <x:c r="A558" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B558" t="str">
-        <x:v>Old Manor House</x:v>
+        <x:v>46a The Grove</x:v>
       </x:c>
       <x:c r="C558" t="str">
-        <x:v>Little Square</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D558" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Ilkley</x:v>
       </x:c>
       <x:c r="E558" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F558" t="str">
-        <x:v>CM7 1UT</x:v>
+        <x:v>LS29 9EE</x:v>
       </x:c>
       <x:c r="G558" t="str">
-        <x:v/>
+        <x:v>ilkley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H558" t="str">
-        <x:v/>
+        <x:v>01943 889100</x:v>
       </x:c>
     </x:row>
     <x:row r="559">
       <x:c r="A559" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B559" t="str">
-        <x:v>30 Rectory Road</x:v>
+        <x:v>70a Queen Street</x:v>
       </x:c>
       <x:c r="C559" t="str">
-        <x:v>Hadleigh</x:v>
+        <x:v>Morley</x:v>
       </x:c>
       <x:c r="D559" t="str">
-        <x:v>Benfleet</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E559" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F559" t="str">
-        <x:v>SS7 2ND</x:v>
+        <x:v>LS27 9BP</x:v>
       </x:c>
       <x:c r="G559" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>mail@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H559" t="str">
-        <x:v>01702 558 211</x:v>
+        <x:v>0113 2520331</x:v>
       </x:c>
     </x:row>
     <x:row r="560">
       <x:c r="A560" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B560" t="str">
-        <x:v>121 Newland Street</x:v>
+        <x:v>Lexmith Chambers, Bradley Street</x:v>
       </x:c>
       <x:c r="C560" t="str">
         <x:v/>
       </x:c>
       <x:c r="D560" t="str">
-        <x:v>Witham</x:v>
+        <x:v>Castleford</x:v>
       </x:c>
       <x:c r="E560" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F560" t="str">
-        <x:v>CM8 1BE</x:v>
+        <x:v>WF10 1HP</x:v>
       </x:c>
       <x:c r="G560" t="str">
-        <x:v>nigel.wood@kewlaw.co.uk</x:v>
+        <x:v>property@ih.co.uk</x:v>
       </x:c>
       <x:c r="H560" t="str">
-        <x:v>01376 500049</x:v>
+        <x:v>01977 557171</x:v>
       </x:c>
     </x:row>
     <x:row r="561">
       <x:c r="A561" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B561" t="str">
-        <x:v>11 London Road</x:v>
+        <x:v>Norwood House</x:v>
       </x:c>
       <x:c r="C561" t="str">
-        <x:v/>
+        <x:v>Stuart Road</x:v>
       </x:c>
       <x:c r="D561" t="str">
-        <x:v>Wickford</x:v>
+        <x:v>Pontefract</x:v>
       </x:c>
       <x:c r="E561" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F561" t="str">
-        <x:v>SS12 0AW</x:v>
+        <x:v>WF8 1BT</x:v>
       </x:c>
       <x:c r="G561" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>pontefract@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H561" t="str">
-        <x:v>01268 560176</x:v>
+        <x:v>01977 600960</x:v>
       </x:c>
     </x:row>
     <x:row r="562">
       <x:c r="A562" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B562" t="str">
-        <x:v>34 High Street</x:v>
+        <x:v>24 - 26 Lidget Hill</x:v>
       </x:c>
       <x:c r="C562" t="str">
-        <x:v/>
+        <x:v>Pudsey</x:v>
       </x:c>
       <x:c r="D562" t="str">
-        <x:v>Burnham-on-Crouch</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E562" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F562" t="str">
-        <x:v>CM0 8AA</x:v>
+        <x:v>LS28 7DR</x:v>
       </x:c>
       <x:c r="G562" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>pudsey@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H562" t="str">
-        <x:v>01621 784838</x:v>
+        <x:v>0113 4680930</x:v>
       </x:c>
     </x:row>
     <x:row r="563">
       <x:c r="A563" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B563" t="str">
-        <x:v>20 High Street</x:v>
+        <x:v>60 John William Street</x:v>
       </x:c>
       <x:c r="C563" t="str">
         <x:v/>
       </x:c>
       <x:c r="D563" t="str">
-        <x:v>Halstead</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E563" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F563" t="str">
-        <x:v>CO9 2AP</x:v>
+        <x:v>HD1 1ER</x:v>
       </x:c>
       <x:c r="G563" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>mail@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H563" t="str">
-        <x:v>01787 274210</x:v>
+        <x:v>01484 508680</x:v>
       </x:c>
     </x:row>
     <x:row r="564">
       <x:c r="A564" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B564" t="str">
-        <x:v>18 North Street</x:v>
+        <x:v>17 Market Street</x:v>
       </x:c>
       <x:c r="C564" t="str">
         <x:v/>
       </x:c>
       <x:c r="D564" t="str">
-        <x:v>Sudbury</x:v>
+        <x:v>Otley</x:v>
       </x:c>
       <x:c r="E564" t="str">
         <x:v/>
       </x:c>
       <x:c r="F564" t="str">
-        <x:v>CO10 1RB</x:v>
+        <x:v>LS21 3AF</x:v>
       </x:c>
       <x:c r="G564" t="str">
-        <x:v>sudbury@kewlaw.co.uk</x:v>
+        <x:v>Nigel.cowley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H564" t="str">
-        <x:v>01787 322500</x:v>
+        <x:v>01943 889100</x:v>
       </x:c>
     </x:row>
     <x:row r="565">
       <x:c r="A565" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B565" t="str">
-        <x:v>8 Chandlers Way</x:v>
+        <x:v>Queens Court</x:v>
       </x:c>
       <x:c r="C565" t="str">
-        <x:v/>
+        <x:v>Regent Street</x:v>
       </x:c>
       <x:c r="D565" t="str">
-        <x:v>South Woodham Ferrers</x:v>
+        <x:v>Barnsley</x:v>
       </x:c>
       <x:c r="E565" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F565" t="str">
-        <x:v>CM3 5TB</x:v>
+        <x:v>S70 2EG</x:v>
       </x:c>
       <x:c r="G565" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>barnsley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H565" t="str">
-        <x:v>01245 201910</x:v>
+        <x:v>01226 337840</x:v>
       </x:c>
     </x:row>
     <x:row r="566">
       <x:c r="A566" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B566" t="str">
-        <x:v>89 Rosemary Road West</x:v>
+        <x:v>6A Albert Street</x:v>
       </x:c>
       <x:c r="C566" t="str">
         <x:v/>
       </x:c>
       <x:c r="D566" t="str">
-        <x:v>Clacton On Sea</x:v>
+        <x:v>Harrogate</x:v>
       </x:c>
       <x:c r="E566" t="str">
         <x:v/>
       </x:c>
       <x:c r="F566" t="str">
-        <x:v>CO15 1EP</x:v>
+        <x:v>HG1 1JG</x:v>
       </x:c>
       <x:c r="G566" t="str">
-        <x:v>clacton@kewlaw.co.uk</x:v>
+        <x:v>harrogate@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H566" t="str">
-        <x:v>01255 440363</x:v>
+        <x:v>01423 228111</x:v>
       </x:c>
     </x:row>
     <x:row r="567">
       <x:c r="A567" t="str">
-        <x:v>Keystone Law Limited</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B567" t="str">
-        <x:v>48 Chancery Lane</x:v>
+        <x:v>4-6 Cross Street</x:v>
       </x:c>
       <x:c r="C567" t="str">
         <x:v/>
       </x:c>
       <x:c r="D567" t="str">
-        <x:v>London</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E567" t="str">
         <x:v/>
       </x:c>
       <x:c r="F567" t="str">
-        <x:v>WC2A 1JF</x:v>
+        <x:v>WF1 3BW</x:v>
       </x:c>
       <x:c r="G567" t="str">
-        <x:v/>
+        <x:v>Wakefield@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H567" t="str">
-        <x:v>020 3319 3700</x:v>
+        <x:v>01924 942 230</x:v>
       </x:c>
     </x:row>
     <x:row r="568">
       <x:c r="A568" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B568" t="str">
-        <x:v>Walker House</x:v>
+        <x:v>9C Cavendish Court, South Parade</x:v>
       </x:c>
       <x:c r="C568" t="str">
-        <x:v>George Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D568" t="str">
-        <x:v>Aylesbury</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E568" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F568" t="str">
-        <x:v>HP20 2HU</x:v>
+        <x:v>DN1 2DJ</x:v>
       </x:c>
       <x:c r="G568" t="str">
-        <x:v/>
+        <x:v>doncaster@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H568" t="str">
-        <x:v>01296 432 541</x:v>
+        <x:v>01302 246777</x:v>
       </x:c>
     </x:row>
     <x:row r="569">
       <x:c r="A569" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B569" t="str">
-        <x:v>392 Edinburgh Avenue</x:v>
+        <x:v>2 Queensbury Court, Brighouse Road</x:v>
       </x:c>
       <x:c r="C569" t="str">
-        <x:v/>
+        <x:v>Queensbury</x:v>
       </x:c>
       <x:c r="D569" t="str">
-        <x:v>Slough</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E569" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F569" t="str">
-        <x:v>SL1 4UF</x:v>
+        <x:v>BD13 1FF</x:v>
       </x:c>
       <x:c r="G569" t="str">
-        <x:v/>
+        <x:v>queensbury@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H569" t="str">
-        <x:v/>
+        <x:v>01274 940150</x:v>
       </x:c>
     </x:row>
     <x:row r="570">
       <x:c r="A570" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B570" t="str">
-        <x:v>The Old Registry,</x:v>
+        <x:v>29-31 Brook Street</x:v>
       </x:c>
       <x:c r="C570" t="str">
-        <x:v>20 Amersham Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D570" t="str">
-        <x:v>High Wycombe</x:v>
+        <x:v>Selby</x:v>
       </x:c>
       <x:c r="E570" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F570" t="str">
-        <x:v>HP13 6NZ</x:v>
+        <x:v>YO8 4AL</x:v>
       </x:c>
       <x:c r="G570" t="str">
-        <x:v/>
+        <x:v>selby@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H570" t="str">
-        <x:v/>
+        <x:v>01757 601 900</x:v>
       </x:c>
     </x:row>
     <x:row r="571">
       <x:c r="A571" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B571" t="str">
-        <x:v>29 Harbour Exchange Square</x:v>
+        <x:v>Clifton House, Clifton Road</x:v>
       </x:c>
       <x:c r="C571" t="str">
         <x:v/>
       </x:c>
       <x:c r="D571" t="str">
-        <x:v>London</x:v>
+        <x:v>Brighouse</x:v>
       </x:c>
       <x:c r="E571" t="str">
         <x:v/>
       </x:c>
       <x:c r="F571" t="str">
-        <x:v>E14 9GE</x:v>
+        <x:v>HD6 1SL</x:v>
       </x:c>
       <x:c r="G571" t="str">
-        <x:v>mzvarykina@kiddrapinet.co.uk</x:v>
+        <x:v>brighouse@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H571" t="str">
-        <x:v>02072655473</x:v>
+        <x:v>01484 260000</x:v>
       </x:c>
     </x:row>
     <x:row r="572">
       <x:c r="A572" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B572" t="str">
-        <x:v>33 Queen Street</x:v>
+        <x:v>Kipling House</x:v>
       </x:c>
       <x:c r="C572" t="str">
-        <x:v>Maidenhead</x:v>
+        <x:v>24 Otley Street</x:v>
       </x:c>
       <x:c r="D572" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>Skipton</x:v>
       </x:c>
       <x:c r="E572" t="str">
         <x:v/>
       </x:c>
       <x:c r="F572" t="str">
-        <x:v>SL6 1ND</x:v>
+        <x:v>BD23 1EW</x:v>
       </x:c>
       <x:c r="G572" t="str">
-        <x:v/>
+        <x:v>skipton@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H572" t="str">
-        <x:v/>
+        <x:v>01756 799977</x:v>
       </x:c>
     </x:row>
     <x:row r="573">
       <x:c r="A573" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B573" t="str">
-        <x:v>Sovereign House</x:v>
+        <x:v>122-126 Main Street</x:v>
       </x:c>
       <x:c r="C573" t="str">
-        <x:v>17 South Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D573" t="str">
-        <x:v>Farnham</x:v>
+        <x:v>Bingley</x:v>
       </x:c>
       <x:c r="E573" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F573" t="str">
-        <x:v>GU9 7QU</x:v>
+        <x:v>BD16 2HL</x:v>
       </x:c>
       <x:c r="G573" t="str">
-        <x:v>khaycock@kiddrapinet.co.uk</x:v>
+        <x:v>preeya.bernard@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H573" t="str">
-        <x:v>01252713242</x:v>
+        <x:v>01274 009145</x:v>
       </x:c>
     </x:row>
     <x:row r="574">
       <x:c r="A574" t="str">
-        <x:v>Kidwells Law Solicitors Limited</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B574" t="str">
-        <x:v>Kidwells House </x:v>
+        <x:v>120 Harrogate Road</x:v>
       </x:c>
       <x:c r="C574" t="str">
-        <x:v> 4 Coldnose Road,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D574" t="str">
-        <x:v/>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E574" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F574" t="str">
-        <x:v>HR2 6JL </x:v>
+        <x:v>LS7 4NY</x:v>
       </x:c>
       <x:c r="G574" t="str">
-        <x:v>Michael.Horne@kidwellssolicitors.co.uk</x:v>
+        <x:v>geraldine.levison@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H574" t="str">
-        <x:v>01432 278179</x:v>
+        <x:v>01132007444</x:v>
       </x:c>
     </x:row>
     <x:row r="575">
       <x:c r="A575" t="str">
-        <x:v>Kidwells Law Solicitors Limited</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B575" t="str">
-        <x:v>E Q, 111 Victoria Street</x:v>
+        <x:v>23 Micklegate</x:v>
       </x:c>
       <x:c r="C575" t="str">
         <x:v/>
       </x:c>
       <x:c r="D575" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E575" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F575" t="str">
-        <x:v>BS1 6AX</x:v>
+        <x:v>YO1 6JH</x:v>
       </x:c>
       <x:c r="G575" t="str">
-        <x:v>info@kidwellssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H575" t="str">
-        <x:v>0117 435 0014</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="576">
       <x:c r="A576" t="str">
-        <x:v>Kinas Solicitors Ltd</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B576" t="str">
-        <x:v>393 Green Lanes</x:v>
+        <x:v>Duke House, 54 Wellington Street</x:v>
       </x:c>
       <x:c r="C576" t="str">
         <x:v/>
       </x:c>
       <x:c r="D576" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E576" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F576" t="str">
-        <x:v>N4 1EU</x:v>
+        <x:v>LS1 2EE</x:v>
       </x:c>
       <x:c r="G576" t="str">
-        <x:v>onder.akar@kinas.co.uk</x:v>
+        <x:v>andrew.marshall@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H576" t="str">
-        <x:v>02083472303</x:v>
+        <x:v>0113 284 5000</x:v>
       </x:c>
     </x:row>
     <x:row r="577">
       <x:c r="A577" t="str">
-        <x:v>Kingsley Bond Solicitors</x:v>
+        <x:v>Jacksons Commercial &amp; Private Law LLP</x:v>
       </x:c>
       <x:c r="B577" t="str">
-        <x:v>13A Market Street</x:v>
+        <x:v>Central Square</x:v>
       </x:c>
       <x:c r="C577" t="str">
-        <x:v/>
+        <x:v>Forth Street</x:v>
       </x:c>
       <x:c r="D577" t="str">
-        <x:v>Alton</x:v>
+        <x:v>Newcastle Upon Tyne</x:v>
       </x:c>
       <x:c r="E577" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F577" t="str">
-        <x:v>GU34 1HA</x:v>
+        <x:v>NE1 3PJ</x:v>
       </x:c>
       <x:c r="G577" t="str">
-        <x:v/>
+        <x:v>info@jacksons-law.com</x:v>
       </x:c>
       <x:c r="H577" t="str">
-        <x:v/>
+        <x:v>01912322574</x:v>
       </x:c>
     </x:row>
     <x:row r="578">
       <x:c r="A578" t="str">
-        <x:v>Kingsley Bond Solicitors Limited</x:v>
+        <x:v>Jacksons Commercial &amp; Private Law LLP.</x:v>
       </x:c>
       <x:c r="B578" t="str">
-        <x:v>34 Crowhurst Mead</x:v>
+        <x:v>17 Falcon Court</x:v>
       </x:c>
       <x:c r="C578" t="str">
-        <x:v/>
+        <x:v>Preston Farm Industrial Estate</x:v>
       </x:c>
       <x:c r="D578" t="str">
-        <x:v>Godstone</x:v>
+        <x:v>Stockton-on-Tees</x:v>
       </x:c>
       <x:c r="E578" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="F578" t="str">
-        <x:v>RH9 8BF</x:v>
+        <x:v>TS18 3TU</x:v>
       </x:c>
       <x:c r="G578" t="str">
-        <x:v>Guy.Fernback@kingsleybond.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H578" t="str">
-        <x:v>02080514222</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="579">
       <x:c r="A579" t="str">
-        <x:v>Kingsley Bond Solicitors Limited</x:v>
+        <x:v>Jamieson Alexander Legal</x:v>
       </x:c>
       <x:c r="B579" t="str">
-        <x:v>30 Churchill Place</x:v>
+        <x:v>Suite 219-220</x:v>
       </x:c>
       <x:c r="C579" t="str">
-        <x:v/>
+        <x:v>Temple Chambers, 3-7 Temple Avenue</x:v>
       </x:c>
       <x:c r="D579" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E579" t="str">
         <x:v/>
       </x:c>
       <x:c r="F579" t="str">
-        <x:v>E14 5RE</x:v>
+        <x:v>EC4Y 0DB</x:v>
       </x:c>
       <x:c r="G579" t="str">
-        <x:v>ask@kingsleybond.co.uk</x:v>
+        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk </x:v>
       </x:c>
       <x:c r="H579" t="str">
-        <x:v>020 8051 4222</x:v>
+        <x:v>03302000 017</x:v>
       </x:c>
     </x:row>
     <x:row r="580">
       <x:c r="A580" t="str">
-        <x:v>Kingswell Watts Solicitors Limited</x:v>
+        <x:v>Jamieson Alexander Limited</x:v>
       </x:c>
       <x:c r="B580" t="str">
-        <x:v>Church Street</x:v>
+        <x:v>The Old Dairy Manor Farm High Street</x:v>
       </x:c>
       <x:c r="C580" t="str">
-        <x:v/>
+        <x:v>Tingrith</x:v>
       </x:c>
       <x:c r="D580" t="str">
-        <x:v>Dewsbury</x:v>
+        <x:v>Milton Keynes</x:v>
       </x:c>
       <x:c r="E580" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F580" t="str">
-        <x:v>WF13 1JX</x:v>
+        <x:v>MK17 9EN</x:v>
       </x:c>
       <x:c r="G580" t="str">
-        <x:v>asif.abubaker@kingswellwatts.co.uk</x:v>
+        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk</x:v>
       </x:c>
       <x:c r="H580" t="str">
-        <x:v>01924461236</x:v>
+        <x:v>01908108571</x:v>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>JMW Solicitors LLP</x:v>
       </x:c>
       <x:c r="B581" t="str">
-        <x:v>Minerva House, Orchard Way</x:v>
+        <x:v>Kings House</x:v>
       </x:c>
       <x:c r="C581" t="str">
-        <x:v>Edginswell Park</x:v>
+        <x:v>36-37 King Street</x:v>
       </x:c>
       <x:c r="D581" t="str">
-        <x:v>Torquay</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E581" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F581" t="str">
-        <x:v>TQ2 7FA</x:v>
+        <x:v>EC2V 8BB</x:v>
       </x:c>
       <x:c r="G581" t="str">
-        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
+        <x:v>enquiries@jmw.co.uk</x:v>
       </x:c>
       <x:c r="H581" t="str">
-        <x:v>01803202020</x:v>
+        <x:v>020 3675 7600</x:v>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>JMW Solicitors LLP</x:v>
       </x:c>
       <x:c r="B582" t="str">
-        <x:v>Balliol House, Southernhay Gardens</x:v>
+        <x:v>1 Byrom Place</x:v>
       </x:c>
       <x:c r="C582" t="str">
         <x:v/>
       </x:c>
       <x:c r="D582" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E582" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F582" t="str">
-        <x:v>EX1 1NP</x:v>
+        <x:v>M3 3HG</x:v>
       </x:c>
       <x:c r="G582" t="str">
-        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
+        <x:v>enquiries@jmw.co.uk</x:v>
       </x:c>
       <x:c r="H582" t="str">
-        <x:v>01392 455 555</x:v>
+        <x:v>0161 838 2749</x:v>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>Johal &amp; Co</x:v>
       </x:c>
       <x:c r="B583" t="str">
-        <x:v>Ashleigh Way</x:v>
+        <x:v>7 Northolt Road</x:v>
       </x:c>
       <x:c r="C583" t="str">
-        <x:v>Langage Business Park</x:v>
+        <x:v>South Harrow</x:v>
       </x:c>
       <x:c r="D583" t="str">
-        <x:v>Plympton, Plymouth</x:v>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="E583" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F583" t="str">
-        <x:v>PL7 5JX</x:v>
+        <x:v>HA2 0LH</x:v>
       </x:c>
       <x:c r="G583" t="str">
-        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
+        <x:v>shamoon@johalsolicitors.com</x:v>
       </x:c>
       <x:c r="H583" t="str">
-        <x:v>01752603040</x:v>
+        <x:v>020 84221221</x:v>
       </x:c>
     </x:row>
     <x:row r="584">
       <x:c r="A584" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>John Fowlers LLP</x:v>
       </x:c>
       <x:c r="B584" t="str">
-        <x:v>Brunel House</x:v>
+        <x:v>12 Victoria Place</x:v>
       </x:c>
       <x:c r="C584" t="str">
-        <x:v>Station Road</x:v>
+        <x:v>Brightlingsea</x:v>
       </x:c>
       <x:c r="D584" t="str">
-        <x:v>Totnes</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E584" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F584" t="str">
-        <x:v>TQ9 5HW</x:v>
+        <x:v>CO7 0BX</x:v>
       </x:c>
       <x:c r="G584" t="str">
-        <x:v>advice@kitsonboyce.co.uk</x:v>
+        <x:v>brightlingsea@johnfowlers.co.uk</x:v>
       </x:c>
       <x:c r="H584" t="str">
-        <x:v>01803 403403</x:v>
+        <x:v>01206 302694</x:v>
       </x:c>
     </x:row>
     <x:row r="585">
       <x:c r="A585" t="str">
-        <x:v>KLR Solicitors Limited</x:v>
+        <x:v>John Fowlers LLP</x:v>
       </x:c>
       <x:c r="B585" t="str">
-        <x:v>63a Sidcup High Street</x:v>
+        <x:v>Town Hall Chambers</x:v>
       </x:c>
       <x:c r="C585" t="str">
-        <x:v/>
+        <x:v>St. Runwalds Street</x:v>
       </x:c>
       <x:c r="D585" t="str">
-        <x:v>Sidcup</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E585" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F585" t="str">
-        <x:v>DA14 6DW</x:v>
+        <x:v>CO1 1DS</x:v>
       </x:c>
       <x:c r="G585" t="str">
-        <x:v>samanthi.perera@klrsolicitors.co.uk</x:v>
+        <x:v>info@johnfowlers.co.uk</x:v>
       </x:c>
       <x:c r="H585" t="str">
-        <x:v>02083006666</x:v>
+        <x:v>01206576151</x:v>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Judge And Priestley LLP</x:v>
       </x:c>
       <x:c r="B586" t="str">
-        <x:v>3rd Floor, HQ Offices</x:v>
+        <x:v>Justin House</x:v>
       </x:c>
       <x:c r="C586" t="str">
-        <x:v>58 Nicholas Street</x:v>
+        <x:v>6 West Street</x:v>
       </x:c>
       <x:c r="D586" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Bromley</x:v>
       </x:c>
       <x:c r="E586" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F586" t="str">
-        <x:v>CH1 2NP</x:v>
+        <x:v>BR1 1JN</x:v>
       </x:c>
       <x:c r="G586" t="str">
-        <x:v>katrina.allen@knightsplc.com</x:v>
+        <x:v>krajah@judge-priestley.co.uk</x:v>
       </x:c>
       <x:c r="H586" t="str">
-        <x:v>0113 2452833</x:v>
+        <x:v>020 8290 7788</x:v>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B587" t="str">
-        <x:v>The Brampton</x:v>
+        <x:v>108-110 High Street</x:v>
       </x:c>
       <x:c r="C587" t="str">
         <x:v/>
       </x:c>
       <x:c r="D587" t="str">
-        <x:v>Newcastle</x:v>
+        <x:v>Beckenham</x:v>
       </x:c>
       <x:c r="E587" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F587" t="str">
-        <x:v>ST5 0QW</x:v>
+        <x:v>BR3 1EB</x:v>
       </x:c>
       <x:c r="G587" t="str">
         <x:v/>
       </x:c>
       <x:c r="H587" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B588" t="str">
-        <x:v>Midland House</x:v>
+        <x:v>100 Station Road</x:v>
       </x:c>
       <x:c r="C588" t="str">
-        <x:v>West Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D588" t="str">
-        <x:v>Oxford</x:v>
+        <x:v>Sidcup</x:v>
       </x:c>
       <x:c r="E588" t="str">
         <x:v/>
       </x:c>
       <x:c r="F588" t="str">
-        <x:v>OX2 0PH</x:v>
+        <x:v>DA15 7DT</x:v>
       </x:c>
       <x:c r="G588" t="str">
         <x:v/>
       </x:c>
       <x:c r="H588" t="str">
-        <x:v>01865 811700</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="589">
       <x:c r="A589" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B589" t="str">
-        <x:v>Riverside Court</x:v>
+        <x:v>6 Cavendish place</x:v>
       </x:c>
       <x:c r="C589" t="str">
-        <x:v>Bollin Walk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D589" t="str">
-        <x:v>Wilmslow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E589" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F589" t="str">
-        <x:v>SK9 1DL</x:v>
+        <x:v>W1G 9NB</x:v>
       </x:c>
       <x:c r="G589" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>london_office@judge-priestley.co.uk</x:v>
       </x:c>
       <x:c r="H589" t="str">
-        <x:v>01625 704090</x:v>
+        <x:v>020 8290 0333</x:v>
       </x:c>
     </x:row>
     <x:row r="590">
       <x:c r="A590" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B590" t="str">
-        <x:v>Festival House</x:v>
+        <x:v>1 Spencer Yard</x:v>
       </x:c>
       <x:c r="C590" t="str">
-        <x:v>Jessop Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D590" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E590" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F590" t="str">
-        <x:v>GL50 3SH</x:v>
+        <x:v>SE3 0DE</x:v>
       </x:c>
       <x:c r="G590" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>info@judge-priestley.co.uk</x:v>
       </x:c>
       <x:c r="H590" t="str">
-        <x:v>01242 524848 </x:v>
+        <x:v>0208 297 5800</x:v>
       </x:c>
     </x:row>
     <x:row r="591">
       <x:c r="A591" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B591" t="str">
-        <x:v>2 Colton Square</x:v>
+        <x:v>The Dock Hub</x:v>
       </x:c>
       <x:c r="C591" t="str">
-        <x:v/>
+        <x:v>Wilbury Villas</x:v>
       </x:c>
       <x:c r="D591" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E591" t="str">
         <x:v/>
       </x:c>
       <x:c r="F591" t="str">
-        <x:v>LE1 1QH</x:v>
+        <x:v>BN3 6AH</x:v>
       </x:c>
       <x:c r="G591" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>Info@juryoshea.com</x:v>
       </x:c>
       <x:c r="H591" t="str">
-        <x:v>01162 624225 </x:v>
+        <x:v>02031764255</x:v>
       </x:c>
     </x:row>
     <x:row r="592">
       <x:c r="A592" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B592" t="str">
-        <x:v>Victoria, Hudson Quarter</x:v>
+        <x:v>195 Whiteladies Road</x:v>
       </x:c>
       <x:c r="C592" t="str">
-        <x:v>Toft Green</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D592" t="str">
-        <x:v>York</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E592" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F592" t="str">
-        <x:v>YO1 6AB</x:v>
+        <x:v>BS8 2SB</x:v>
       </x:c>
       <x:c r="G592" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>info@juryoshea.com</x:v>
       </x:c>
       <x:c r="H592" t="str">
-        <x:v>01904 949200</x:v>
+        <x:v>02031764255</x:v>
       </x:c>
     </x:row>
     <x:row r="593">
       <x:c r="A593" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B593" t="str">
-        <x:v>2 St Peter's Square</x:v>
+        <x:v>64 North Row</x:v>
       </x:c>
       <x:c r="C593" t="str">
         <x:v/>
       </x:c>
       <x:c r="D593" t="str">
-        <x:v>Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E593" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F593" t="str">
-        <x:v>M2 3AA</x:v>
+        <x:v>W1K 7DA</x:v>
       </x:c>
       <x:c r="G593" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H593" t="str">
-        <x:v>0161 833 1212</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="594">
       <x:c r="A594" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B594" t="str">
-        <x:v>2 Chamberlain Square</x:v>
+        <x:v>Hanging Sword House</x:v>
       </x:c>
       <x:c r="C594" t="str">
-        <x:v/>
+        <x:v>21 Whitefriars Street</x:v>
       </x:c>
       <x:c r="D594" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E594" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F594" t="str">
-        <x:v>B3 3AX</x:v>
+        <x:v>EC4Y 8JJ</x:v>
       </x:c>
       <x:c r="G594" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H594" t="str">
-        <x:v>0121 314 0000</x:v>
+        <x:v>02031764255</x:v>
       </x:c>
     </x:row>
     <x:row r="595">
       <x:c r="A595" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kenneth Elliott And Rowe Ltd</x:v>
       </x:c>
       <x:c r="B595" t="str">
-        <x:v>Embankment House</x:v>
+        <x:v>Enterprise House, 18 Eastern Road</x:v>
       </x:c>
       <x:c r="C595" t="str">
-        <x:v>Electric Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D595" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Romford</x:v>
       </x:c>
       <x:c r="E595" t="str">
         <x:v/>
       </x:c>
       <x:c r="F595" t="str">
-        <x:v>NG2 1AS</x:v>
+        <x:v>RM1 3PJ</x:v>
       </x:c>
       <x:c r="G595" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>david.farr@ker.co.uk</x:v>
       </x:c>
       <x:c r="H595" t="str">
-        <x:v>01159 888777</x:v>
+        <x:v>01708 757575</x:v>
       </x:c>
     </x:row>
     <x:row r="596">
       <x:c r="A596" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B596" t="str">
-        <x:v>42 Kings Hill Avenue</x:v>
+        <x:v>17 Clovelly Road</x:v>
       </x:c>
       <x:c r="C596" t="str">
         <x:v/>
       </x:c>
       <x:c r="D596" t="str">
-        <x:v>West Malling</x:v>
+        <x:v>Emsworth</x:v>
       </x:c>
       <x:c r="E596" t="str">
-        <x:v>Kings Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F596" t="str">
-        <x:v>ME19 4AJ</x:v>
+        <x:v>PO10 7HL</x:v>
       </x:c>
       <x:c r="G596" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H596" t="str">
-        <x:v>01622 656500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="597">
       <x:c r="A597" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B597" t="str">
-        <x:v>Broadwalk House</x:v>
+        <x:v>The Old Rectory, Old Rectory Drive</x:v>
       </x:c>
       <x:c r="C597" t="str">
-        <x:v>Southernhay West</x:v>
+        <x:v>Eastergate</x:v>
       </x:c>
       <x:c r="D597" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Chichester</x:v>
       </x:c>
       <x:c r="E597" t="str">
         <x:v/>
       </x:c>
       <x:c r="F597" t="str">
-        <x:v>EX1 1TS</x:v>
+        <x:v>PO20 3XH</x:v>
       </x:c>
       <x:c r="G597" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>louise@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H597" t="str">
-        <x:v>01392 823811</x:v>
+        <x:v>01243 769016</x:v>
       </x:c>
     </x:row>
     <x:row r="598">
       <x:c r="A598" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B598" t="str">
-        <x:v>St. Pauls Place, 121 Norfolk Street</x:v>
+        <x:v>11 The Causeway</x:v>
       </x:c>
       <x:c r="C598" t="str">
         <x:v/>
       </x:c>
       <x:c r="D598" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Arundel</x:v>
       </x:c>
       <x:c r="E598" t="str">
-        <x:v/>
+        <x:v>West Sussex</x:v>
       </x:c>
       <x:c r="F598" t="str">
-        <x:v>S1 2JF</x:v>
+        <x:v>BN18 9JJ</x:v>
       </x:c>
       <x:c r="G598" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>susanne@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H598" t="str">
-        <x:v>0114 276 555</x:v>
+        <x:v>01903 331021</x:v>
       </x:c>
     </x:row>
     <x:row r="599">
       <x:c r="A599" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B599" t="str">
-        <x:v>Majestic, City Square</x:v>
+        <x:v>195 The Crossway</x:v>
       </x:c>
       <x:c r="C599" t="str">
         <x:v/>
       </x:c>
       <x:c r="D599" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E599" t="str">
         <x:v/>
       </x:c>
       <x:c r="F599" t="str">
-        <x:v>LS1 2EF</x:v>
+        <x:v>PO16 8NG</x:v>
       </x:c>
       <x:c r="G599" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>lorna@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H599" t="str">
-        <x:v>0113 245 2833</x:v>
+        <x:v>02392 002011 </x:v>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B600" t="str">
-        <x:v>Lakeside House, Kingfisher Way</x:v>
+        <x:v>Old Market House</x:v>
       </x:c>
       <x:c r="C600" t="str">
-        <x:v/>
+        <x:v>Market Avenue</x:v>
       </x:c>
       <x:c r="D600" t="str">
-        <x:v>Stockton-On-Tees</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E600" t="str">
-        <x:v/>
+        <x:v>Chichester</x:v>
       </x:c>
       <x:c r="F600" t="str">
-        <x:v>TS18 3NB</x:v>
+        <x:v>PO19 1JR</x:v>
       </x:c>
       <x:c r="G600" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>info@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H600" t="str">
-        <x:v>01642 636500 </x:v>
+        <x:v>01243 769072</x:v>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B601" t="str">
-        <x:v>Olympic House, 995 Doddington Road</x:v>
+        <x:v>88 Duke Street</x:v>
       </x:c>
       <x:c r="C601" t="str">
         <x:v/>
       </x:c>
       <x:c r="D601" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E601" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F601" t="str">
-        <x:v>LN6 3SE</x:v>
+        <x:v>CM1 1JP</x:v>
       </x:c>
       <x:c r="G601" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H601" t="str">
-        <x:v>01522 888 555</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B602" t="str">
-        <x:v>Building 1000</x:v>
+        <x:v>1 Gate Street</x:v>
       </x:c>
       <x:c r="C602" t="str">
-        <x:v>Lakeside North Harbour</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D602" t="str">
-        <x:v>Western Road</x:v>
+        <x:v>Maldon</x:v>
       </x:c>
       <x:c r="E602" t="str">
-        <x:v>Portsmouth</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F602" t="str">
-        <x:v>PO6 3EN</x:v>
+        <x:v>CM9 5QW</x:v>
       </x:c>
       <x:c r="G602" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H602" t="str">
-        <x:v>023 9238 8021</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="603">
       <x:c r="A603" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B603" t="str">
-        <x:v>3 Neptune Square</x:v>
+        <x:v>Old Manor House</x:v>
       </x:c>
       <x:c r="C603" t="str">
-        <x:v/>
+        <x:v>Little Square</x:v>
       </x:c>
       <x:c r="D603" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E603" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F603" t="str">
-        <x:v>BN2 0AT</x:v>
+        <x:v>CM7 1UT</x:v>
       </x:c>
       <x:c r="G603" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H603" t="str">
-        <x:v>01273 069 999</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="604">
       <x:c r="A604" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B604" t="str">
-        <x:v>E Q, 111 Victoria St</x:v>
+        <x:v>30 Rectory Road</x:v>
       </x:c>
       <x:c r="C604" t="str">
-        <x:v/>
+        <x:v>Hadleigh</x:v>
       </x:c>
       <x:c r="D604" t="str">
-        <x:v>Redcliffe</x:v>
+        <x:v>Benfleet</x:v>
       </x:c>
       <x:c r="E604" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F604" t="str">
-        <x:v>BS1 6AX</x:v>
+        <x:v>SS7 2ND</x:v>
       </x:c>
       <x:c r="G604" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H604" t="str">
-        <x:v>0117 926 4121</x:v>
+        <x:v>01702 558 211</x:v>
       </x:c>
     </x:row>
     <x:row r="605">
       <x:c r="A605" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B605" t="str">
-        <x:v>2 Merchants Drive</x:v>
+        <x:v>55 North Hill</x:v>
       </x:c>
       <x:c r="C605" t="str">
-        <x:v>Parkhouse</x:v>
+        <x:v>Colchester </x:v>
       </x:c>
       <x:c r="D605" t="str">
-        <x:v>Carlisle</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E605" t="str">
-        <x:v/>
+        <x:v>Essex </x:v>
       </x:c>
       <x:c r="F605" t="str">
-        <x:v>CA3 0JW</x:v>
+        <x:v>CO1 1PX</x:v>
       </x:c>
       <x:c r="G605" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H605" t="str">
-        <x:v>0122 855 2600</x:v>
+        <x:v>01206 564546</x:v>
       </x:c>
     </x:row>
     <x:row r="606">
       <x:c r="A606" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B606" t="str">
-        <x:v>Bank House, Pilgrim Street</x:v>
+        <x:v>121 Newland Street</x:v>
       </x:c>
       <x:c r="C606" t="str">
         <x:v/>
       </x:c>
       <x:c r="D606" t="str">
-        <x:v>Newcastle Upon Tyne</x:v>
+        <x:v>Witham</x:v>
       </x:c>
       <x:c r="E606" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F606" t="str">
-        <x:v>NE1 6QF</x:v>
+        <x:v>CM8 1BE</x:v>
       </x:c>
       <x:c r="G606" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>nigel.wood@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H606" t="str">
-        <x:v>0191 466 1000</x:v>
+        <x:v>01376 500049</x:v>
       </x:c>
     </x:row>
     <x:row r="607">
       <x:c r="A607" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B607" t="str">
-        <x:v>9 The Courtyard, 707 Warwick Road</x:v>
+        <x:v>11 London Road</x:v>
       </x:c>
       <x:c r="C607" t="str">
         <x:v/>
       </x:c>
       <x:c r="D607" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Wickford</x:v>
       </x:c>
       <x:c r="E607" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F607" t="str">
-        <x:v>B91 3DA</x:v>
+        <x:v>SS12 0AW</x:v>
       </x:c>
       <x:c r="G607" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H607" t="str">
-        <x:v>0121 624 4000</x:v>
+        <x:v>01268 560176</x:v>
       </x:c>
     </x:row>
     <x:row r="608">
       <x:c r="A608" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B608" t="str">
-        <x:v>1 Kings Court Business Park</x:v>
+        <x:v>34 High Street</x:v>
       </x:c>
       <x:c r="C608" t="str">
         <x:v/>
       </x:c>
       <x:c r="D608" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Burnham-on-Crouch</x:v>
       </x:c>
       <x:c r="E608" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F608" t="str">
-        <x:v>WR5 1JR</x:v>
+        <x:v>CM0 8AA</x:v>
       </x:c>
       <x:c r="G608" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H608" t="str">
-        <x:v>01905 730 450</x:v>
+        <x:v>01621 784838</x:v>
       </x:c>
     </x:row>
     <x:row r="609">
       <x:c r="A609" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B609" t="str">
-        <x:v>59B High Street</x:v>
+        <x:v>20 High Street</x:v>
       </x:c>
       <x:c r="C609" t="str">
         <x:v/>
       </x:c>
       <x:c r="D609" t="str">
-        <x:v>Ascot</x:v>
+        <x:v>Halstead</x:v>
       </x:c>
       <x:c r="E609" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F609" t="str">
-        <x:v>SL5 7HP</x:v>
+        <x:v>CO9 2AP</x:v>
       </x:c>
       <x:c r="G609" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H609" t="str">
-        <x:v>01344 623400</x:v>
+        <x:v>01787 274210</x:v>
       </x:c>
     </x:row>
     <x:row r="610">
       <x:c r="A610" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B610" t="str">
-        <x:v>The Great Barn, Burnham Road</x:v>
+        <x:v>18 North Street</x:v>
       </x:c>
       <x:c r="C610" t="str">
         <x:v/>
       </x:c>
       <x:c r="D610" t="str">
-        <x:v>Beaconsfield</x:v>
+        <x:v>Sudbury</x:v>
       </x:c>
       <x:c r="E610" t="str">
         <x:v/>
       </x:c>
       <x:c r="F610" t="str">
-        <x:v>HP9 2SF</x:v>
+        <x:v>CO10 1RB</x:v>
       </x:c>
       <x:c r="G610" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>sudbury@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H610" t="str">
-        <x:v>01344 623400</x:v>
+        <x:v>01787 322500</x:v>
       </x:c>
     </x:row>
     <x:row r="611">
       <x:c r="A611" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B611" t="str">
-        <x:v>Level 13, Abbey Square</x:v>
+        <x:v>8 Chandlers Way</x:v>
       </x:c>
       <x:c r="C611" t="str">
         <x:v/>
       </x:c>
       <x:c r="D611" t="str">
-        <x:v>Reading</x:v>
+        <x:v>South Woodham Ferrers</x:v>
       </x:c>
       <x:c r="E611" t="str">
-        <x:v/>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="F611" t="str">
-        <x:v>RG1 3BE</x:v>
+        <x:v>CM3 5TB</x:v>
       </x:c>
       <x:c r="G611" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H611" t="str">
-        <x:v>0330 175 7613</x:v>
+        <x:v>01245 201910</x:v>
       </x:c>
     </x:row>
     <x:row r="612">
       <x:c r="A612" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B612" t="str">
-        <x:v>Capital Court, 30 Windsor Street</x:v>
+        <x:v>89 Rosemary Road West</x:v>
       </x:c>
       <x:c r="C612" t="str">
         <x:v/>
       </x:c>
       <x:c r="D612" t="str">
-        <x:v>Uxbridge</x:v>
+        <x:v>Clacton On Sea</x:v>
       </x:c>
       <x:c r="E612" t="str">
         <x:v/>
       </x:c>
       <x:c r="F612" t="str">
-        <x:v>UB8 1AB</x:v>
+        <x:v>CO15 1EP</x:v>
       </x:c>
       <x:c r="G612" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>clacton@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H612" t="str">
-        <x:v>03456 381381</x:v>
+        <x:v>01255 440363</x:v>
       </x:c>
     </x:row>
     <x:row r="613">
       <x:c r="A613" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Keystone Law Limited</x:v>
       </x:c>
       <x:c r="B613" t="str">
-        <x:v>Hyatt Place, 50-60 Broomfield Road</x:v>
+        <x:v>48 Chancery Lane</x:v>
       </x:c>
       <x:c r="C613" t="str">
         <x:v/>
       </x:c>
       <x:c r="D613" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E613" t="str">
         <x:v/>
       </x:c>
       <x:c r="F613" t="str">
-        <x:v>CM1 1SW</x:v>
+        <x:v>WC2A 1JF</x:v>
       </x:c>
       <x:c r="G613" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H613" t="str">
-        <x:v>01206 217300</x:v>
+        <x:v>020 3319 3700</x:v>
       </x:c>
     </x:row>
     <x:row r="614">
       <x:c r="A614" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B614" t="str">
-        <x:v>1 Amphora Place, Sheepen Road</x:v>
+        <x:v>Walker House</x:v>
       </x:c>
       <x:c r="C614" t="str">
-        <x:v/>
+        <x:v>George Street</x:v>
       </x:c>
       <x:c r="D614" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>Aylesbury</x:v>
       </x:c>
       <x:c r="E614" t="str">
-        <x:v/>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F614" t="str">
-        <x:v>CO3 3WG</x:v>
+        <x:v>HP20 2HU</x:v>
       </x:c>
       <x:c r="G614" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H614" t="str">
-        <x:v>01245 453800</x:v>
+        <x:v>01296 432 541</x:v>
       </x:c>
     </x:row>
     <x:row r="615">
       <x:c r="A615" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B615" t="str">
-        <x:v>22 Plas Winsor</x:v>
+        <x:v>392 Edinburgh Avenue</x:v>
       </x:c>
       <x:c r="C615" t="str">
         <x:v/>
       </x:c>
       <x:c r="D615" t="str">
-        <x:v>Caerdydd</x:v>
+        <x:v>Slough</x:v>
       </x:c>
       <x:c r="E615" t="str">
-        <x:v/>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F615" t="str">
-        <x:v>CF10 3BY</x:v>
+        <x:v>SL1 4UF</x:v>
       </x:c>
       <x:c r="G615" t="str">
-        <x:v>dentialPropertyTeam@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H615" t="str">
-        <x:v>029 2267 1301 </x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="616">
       <x:c r="A616" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B616" t="str">
-        <x:v>400 Dashwood Lang Road</x:v>
+        <x:v>The Old Registry,</x:v>
       </x:c>
       <x:c r="C616" t="str">
-        <x:v/>
+        <x:v>20 Amersham Hill</x:v>
       </x:c>
       <x:c r="D616" t="str">
-        <x:v>Weybridge</x:v>
+        <x:v>High Wycombe</x:v>
       </x:c>
       <x:c r="E616" t="str">
-        <x:v/>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F616" t="str">
-        <x:v>KT15 2HJ</x:v>
+        <x:v>HP13 6NZ</x:v>
       </x:c>
       <x:c r="G616" t="str">
         <x:v/>
       </x:c>
       <x:c r="H616" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="617">
       <x:c r="A617" t="str">
-        <x:v>KTS Legal Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B617" t="str">
-        <x:v>Equitis House</x:v>
+        <x:v>29 Harbour Exchange Square</x:v>
       </x:c>
       <x:c r="C617" t="str">
-        <x:v>23-25 Aldermans Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D617" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E617" t="str">
         <x:v/>
       </x:c>
       <x:c r="F617" t="str">
-        <x:v>N13 4YD</x:v>
+        <x:v>E14 9GE</x:v>
       </x:c>
       <x:c r="G617" t="str">
-        <x:v/>
+        <x:v>mzvarykina@kiddrapinet.co.uk</x:v>
       </x:c>
       <x:c r="H617" t="str">
-        <x:v>02083670505</x:v>
+        <x:v>02072655473</x:v>
       </x:c>
     </x:row>
     <x:row r="618">
       <x:c r="A618" t="str">
-        <x:v>KTS Legal Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B618" t="str">
-        <x:v>29 Lincoln’s Inn Fields</x:v>
+        <x:v>33 Queen Street</x:v>
       </x:c>
       <x:c r="C618" t="str">
-        <x:v/>
+        <x:v>Maidenhead</x:v>
       </x:c>
       <x:c r="D618" t="str">
-        <x:v>London</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="E618" t="str">
         <x:v/>
       </x:c>
       <x:c r="F618" t="str">
-        <x:v>WC2A 3EG</x:v>
+        <x:v>SL6 1ND</x:v>
       </x:c>
       <x:c r="G618" t="str">
-        <x:v>email@mgb.law</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H618" t="str">
-        <x:v>020 7499 0620</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="619">
       <x:c r="A619" t="str">
-        <x:v>Laker Legal Solicitors Ltd</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B619" t="str">
-        <x:v>2 Sir Thomas Storey House, Off West Road</x:v>
+        <x:v>Sovereign House</x:v>
       </x:c>
       <x:c r="C619" t="str">
-        <x:v/>
+        <x:v>17 South Street</x:v>
       </x:c>
       <x:c r="D619" t="str">
-        <x:v>Lancaster</x:v>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E619" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F619" t="str">
-        <x:v>LA1 5PE</x:v>
+        <x:v>GU9 7QU</x:v>
       </x:c>
       <x:c r="G619" t="str">
-        <x:v>info@lakerlegal.co.uk</x:v>
+        <x:v>khaycock@kiddrapinet.co.uk</x:v>
       </x:c>
       <x:c r="H619" t="str">
-        <x:v>01524 753040</x:v>
+        <x:v>01252713242</x:v>
       </x:c>
     </x:row>
     <x:row r="620">
       <x:c r="A620" t="str">
-        <x:v>Lamptons Law Solicitors Ltd</x:v>
+        <x:v>Kidwells Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B620" t="str">
-        <x:v>20 Central Avenue</x:v>
+        <x:v>Kidwells House </x:v>
       </x:c>
       <x:c r="C620" t="str">
-        <x:v/>
+        <x:v> 4 Coldnose Road,</x:v>
       </x:c>
       <x:c r="D620" t="str">
-        <x:v>Hounslow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E620" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F620" t="str">
-        <x:v>TW3 2QH</x:v>
+        <x:v>HR2 6JL </x:v>
       </x:c>
       <x:c r="G620" t="str">
-        <x:v>i.khan@lamptonssolicitors.co.uk</x:v>
+        <x:v>Michael.Horne@kidwellssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H620" t="str">
-        <x:v>0203 745 7975 </x:v>
+        <x:v>01432 278179</x:v>
       </x:c>
     </x:row>
     <x:row r="621">
       <x:c r="A621" t="str">
-        <x:v>Lansdowne Law Limited</x:v>
+        <x:v>Kidwells Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B621" t="str">
-        <x:v>Third Floor, 29 Waterloo Place</x:v>
+        <x:v>E Q, 111 Victoria Street</x:v>
       </x:c>
       <x:c r="C621" t="str">
-        <x:v>Warwick Street,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D621" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E621" t="str">
-        <x:v>Warwickshire,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F621" t="str">
-        <x:v>CV32 5LA</x:v>
+        <x:v>BS1 6AX</x:v>
       </x:c>
       <x:c r="G621" t="str">
-        <x:v>n.hayer@lansdowne.law</x:v>
+        <x:v>info@kidwellssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H621" t="str">
-        <x:v>01926258182</x:v>
+        <x:v>0117 435 0014</x:v>
       </x:c>
     </x:row>
     <x:row r="622">
       <x:c r="A622" t="str">
-        <x:v>Lansdowne Law Limited</x:v>
+        <x:v>Kilvington Solicitors</x:v>
       </x:c>
       <x:c r="B622" t="str">
-        <x:v>First Floor, 12a Birmingham Road</x:v>
+        <x:v>Westmorland House</x:v>
       </x:c>
       <x:c r="C622" t="str">
-        <x:v>Great Barr</x:v>
+        <x:v>Market Square</x:v>
       </x:c>
       <x:c r="D622" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Kirkby Stephen</x:v>
       </x:c>
       <x:c r="E622" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Cumbria</x:v>
       </x:c>
       <x:c r="F622" t="str">
-        <x:v>B43 6NR</x:v>
+        <x:v>CA17 4QT</x:v>
       </x:c>
       <x:c r="G622" t="str">
-        <x:v>n.hayer@lansdowne.law</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H622" t="str">
-        <x:v>01217280242</x:v>
+        <x:v>01768371495</x:v>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" t="str">
-        <x:v>Lansdowne Law Limited</x:v>
+        <x:v>Kinas Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B623" t="str">
-        <x:v>14 Hanover Square</x:v>
+        <x:v>393 Green Lanes</x:v>
       </x:c>
       <x:c r="C623" t="str">
         <x:v/>
       </x:c>
       <x:c r="D623" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E623" t="str">
         <x:v/>
       </x:c>
       <x:c r="F623" t="str">
-        <x:v>W1S 1HN</x:v>
+        <x:v>N4 1EU</x:v>
       </x:c>
       <x:c r="G623" t="str">
-        <x:v>n.hayer@lansdowne.law</x:v>
+        <x:v>onder.akar@kinas.co.uk</x:v>
       </x:c>
       <x:c r="H623" t="str">
-        <x:v>02073621620</x:v>
+        <x:v>02083472303</x:v>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" t="str">
-        <x:v>Laurus Law Limited</x:v>
+        <x:v>Kingsley Bond Solicitors</x:v>
       </x:c>
       <x:c r="B624" t="str">
-        <x:v>The Old Print House, 173 Northcote Road</x:v>
+        <x:v>13A Market Street</x:v>
       </x:c>
       <x:c r="C624" t="str">
         <x:v/>
       </x:c>
       <x:c r="D624" t="str">
-        <x:v/>
+        <x:v>Alton</x:v>
       </x:c>
       <x:c r="E624" t="str">
-        <x:v>London</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F624" t="str">
-        <x:v>SW11 6QE</x:v>
+        <x:v>GU34 1HA</x:v>
       </x:c>
       <x:c r="G624" t="str">
-        <x:v>info@lauruslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H624" t="str">
-        <x:v>020 7924 3986</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" t="str">
-        <x:v>Laurus Law Limited</x:v>
+        <x:v>Kingsley Bond Solicitors Limited</x:v>
       </x:c>
       <x:c r="B625" t="str">
-        <x:v>30 Dukes Place</x:v>
+        <x:v>34 Crowhurst Mead</x:v>
       </x:c>
       <x:c r="C625" t="str">
         <x:v/>
       </x:c>
       <x:c r="D625" t="str">
-        <x:v>London</x:v>
+        <x:v>Godstone</x:v>
       </x:c>
       <x:c r="E625" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F625" t="str">
-        <x:v>EC3A 7LP</x:v>
+        <x:v>RH9 8BF</x:v>
       </x:c>
       <x:c r="G625" t="str">
-        <x:v/>
+        <x:v>Guy.Fernback@kingsleybond.co.uk</x:v>
       </x:c>
       <x:c r="H625" t="str">
-        <x:v/>
+        <x:v>02080514222</x:v>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" t="str">
-        <x:v>Law &amp; Lawyers</x:v>
+        <x:v>Kingsley Bond Solicitors Limited</x:v>
       </x:c>
       <x:c r="B626" t="str">
-        <x:v>Ground Floor</x:v>
+        <x:v>30 Churchill Place</x:v>
       </x:c>
       <x:c r="C626" t="str">
-        <x:v>31-41 Worship Street </x:v>
+        <x:v/>
       </x:c>
       <x:c r="D626" t="str">
-        <x:v>London </x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E626" t="str">
         <x:v/>
       </x:c>
       <x:c r="F626" t="str">
-        <x:v>EC2A 2DX </x:v>
+        <x:v>E14 5RE</x:v>
       </x:c>
       <x:c r="G626" t="str">
-        <x:v>ram@lawandlawyers.co.uk</x:v>
+        <x:v>ask@kingsleybond.co.uk</x:v>
       </x:c>
       <x:c r="H626" t="str">
-        <x:v>07721989550</x:v>
+        <x:v>020 8051 4222</x:v>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" t="str">
-        <x:v>Law And Lawyers Ltd</x:v>
+        <x:v>Kingswell Watts Solicitors Limited</x:v>
       </x:c>
       <x:c r="B627" t="str">
-        <x:v>352 High Street North</x:v>
+        <x:v>Church Street</x:v>
       </x:c>
       <x:c r="C627" t="str">
         <x:v/>
       </x:c>
       <x:c r="D627" t="str">
-        <x:v>London</x:v>
+        <x:v>Dewsbury</x:v>
       </x:c>
       <x:c r="E627" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F627" t="str">
-        <x:v>E12 6PH</x:v>
+        <x:v>WF13 1JX</x:v>
       </x:c>
       <x:c r="G627" t="str">
-        <x:v>sreekumar@lawandlawyers.co.uk</x:v>
+        <x:v>asif.abubaker@kingswellwatts.co.uk</x:v>
       </x:c>
       <x:c r="H627" t="str">
-        <x:v>0208 586 5657</x:v>
+        <x:v>01924461236</x:v>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" t="str">
-        <x:v>Law and Lawyers Ltd</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B628" t="str">
-        <x:v>106 Irlam Road</x:v>
+        <x:v>Minerva House, Orchard Way</x:v>
       </x:c>
       <x:c r="C628" t="str">
-        <x:v>Flixton</x:v>
+        <x:v>Edginswell Park</x:v>
       </x:c>
       <x:c r="D628" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Torquay</x:v>
       </x:c>
       <x:c r="E628" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F628" t="str">
-        <x:v>M41 6JT</x:v>
+        <x:v>TQ2 7FA</x:v>
       </x:c>
       <x:c r="G628" t="str">
-        <x:v>manchester@lawandlawyers.co.uk</x:v>
+        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H628" t="str">
-        <x:v>01617 483 335</x:v>
+        <x:v>01803202020</x:v>
       </x:c>
     </x:row>
     <x:row r="629">
       <x:c r="A629" t="str">
-        <x:v>Law Lane Solicitors Limited</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B629" t="str">
-        <x:v>Law Lane Chambers</x:v>
+        <x:v>Balliol House, Southernhay Gardens</x:v>
       </x:c>
       <x:c r="C629" t="str">
-        <x:v>43-45 Broadway</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D629" t="str">
-        <x:v>London</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E629" t="str">
         <x:v/>
       </x:c>
       <x:c r="F629" t="str">
-        <x:v>E15 4BL</x:v>
+        <x:v>EX1 1NP</x:v>
       </x:c>
       <x:c r="G629" t="str">
-        <x:v/>
+        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H629" t="str">
-        <x:v/>
+        <x:v>01392 455 555</x:v>
       </x:c>
     </x:row>
     <x:row r="630">
       <x:c r="A630" t="str">
-        <x:v>lawlight solicitors limited</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B630" t="str">
-        <x:v>Suite 3, Farleigh House</x:v>
+        <x:v>Ashleigh Way</x:v>
       </x:c>
       <x:c r="C630" t="str">
-        <x:v>Farleigh Court</x:v>
+        <x:v>Langage Business Park</x:v>
       </x:c>
       <x:c r="D630" t="str">
-        <x:v>Flax Bourton</x:v>
+        <x:v>Plympton, Plymouth</x:v>
       </x:c>
       <x:c r="E630" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F630" t="str">
-        <x:v>BS48 1UR</x:v>
+        <x:v>PL7 5JX</x:v>
       </x:c>
       <x:c r="G630" t="str">
-        <x:v>conveyancing@lawlight.co.uk</x:v>
+        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H630" t="str">
-        <x:v>01174038700</x:v>
+        <x:v>01752603040</x:v>
       </x:c>
     </x:row>
     <x:row r="631">
       <x:c r="A631" t="str">
-        <x:v>Lawmatic Solicitors</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B631" t="str">
-        <x:v>18 Tapestry Way</x:v>
+        <x:v>Brunel House</x:v>
       </x:c>
       <x:c r="C631" t="str">
-        <x:v/>
+        <x:v>Station Road</x:v>
       </x:c>
       <x:c r="D631" t="str">
-        <x:v>London</x:v>
+        <x:v>Totnes</x:v>
       </x:c>
       <x:c r="E631" t="str">
         <x:v/>
       </x:c>
       <x:c r="F631" t="str">
-        <x:v>E1 2FJ</x:v>
+        <x:v>TQ9 5HW</x:v>
       </x:c>
       <x:c r="G631" t="str">
-        <x:v>asaduzzaman@lawmaticsolicitors.com</x:v>
+        <x:v>advice@kitsonboyce.co.uk</x:v>
       </x:c>
       <x:c r="H631" t="str">
-        <x:v>02080775079</x:v>
+        <x:v>01803 403403</x:v>
       </x:c>
     </x:row>
     <x:row r="632">
       <x:c r="A632" t="str">
-        <x:v>Lawrence Stephens</x:v>
+        <x:v>KLR Solicitors Limited</x:v>
       </x:c>
       <x:c r="B632" t="str">
-        <x:v>50 Farringdon Road</x:v>
+        <x:v>63a Sidcup High Street</x:v>
       </x:c>
       <x:c r="C632" t="str">
         <x:v/>
       </x:c>
       <x:c r="D632" t="str">
-        <x:v>London</x:v>
+        <x:v>Sidcup</x:v>
       </x:c>
       <x:c r="E632" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F632" t="str">
-        <x:v>EC1M 3HE</x:v>
+        <x:v>DA14 6DW</x:v>
       </x:c>
       <x:c r="G632" t="str">
-        <x:v/>
+        <x:v>samanthi.perera@klrsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H632" t="str">
-        <x:v/>
+        <x:v>02083006666</x:v>
       </x:c>
     </x:row>
     <x:row r="633">
       <x:c r="A633" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B633" t="str">
-        <x:v>1 New Augustus Street</x:v>
+        <x:v>3rd Floor, HQ Offices</x:v>
       </x:c>
       <x:c r="C633" t="str">
-        <x:v/>
+        <x:v>58 Nicholas Street</x:v>
       </x:c>
       <x:c r="D633" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E633" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F633" t="str">
-        <x:v>BD1 5LL</x:v>
+        <x:v>CH1 2NP</x:v>
       </x:c>
       <x:c r="G633" t="str">
-        <x:v/>
+        <x:v>katrina.allen@knightsplc.com</x:v>
       </x:c>
       <x:c r="H633" t="str">
-        <x:v/>
+        <x:v>0113 2452833</x:v>
       </x:c>
     </x:row>
     <x:row r="634">
       <x:c r="A634" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B634" t="str">
-        <x:v>2 Wells Walk</x:v>
+        <x:v>The Brampton</x:v>
       </x:c>
       <x:c r="C634" t="str">
         <x:v/>
       </x:c>
       <x:c r="D634" t="str">
-        <x:v>Ilkley</x:v>
+        <x:v>Newcastle</x:v>
       </x:c>
       <x:c r="E634" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F634" t="str">
-        <x:v>LS29 9LH</x:v>
+        <x:v>ST5 0QW</x:v>
       </x:c>
       <x:c r="G634" t="str">
-        <x:v>resconadmin@lcf.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H634" t="str">
-        <x:v>0345 680 0277</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="635">
       <x:c r="A635" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B635" t="str">
-        <x:v>The Exchange, Station Parade</x:v>
+        <x:v>Midland House</x:v>
       </x:c>
       <x:c r="C635" t="str">
-        <x:v/>
+        <x:v>West Way</x:v>
       </x:c>
       <x:c r="D635" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Oxford</x:v>
       </x:c>
       <x:c r="E635" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F635" t="str">
-        <x:v>HG1 1TS</x:v>
+        <x:v>OX2 0PH</x:v>
       </x:c>
       <x:c r="G635" t="str">
-        <x:v>resconadmin@lcf.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H635" t="str">
-        <x:v>01423 502211</x:v>
+        <x:v>01865 811700</x:v>
       </x:c>
     </x:row>
     <x:row r="636">
       <x:c r="A636" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B636" t="str">
-        <x:v>33 Park Place</x:v>
+        <x:v>Riverside Court</x:v>
       </x:c>
       <x:c r="C636" t="str">
-        <x:v/>
+        <x:v>Bollin Walk</x:v>
       </x:c>
       <x:c r="D636" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Wilmslow</x:v>
       </x:c>
       <x:c r="E636" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F636" t="str">
-        <x:v>LS1 2RY</x:v>
+        <x:v>SK9 1DL</x:v>
       </x:c>
       <x:c r="G636" t="str">
-        <x:v>resconadmin@lcf.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H636" t="str">
-        <x:v>0113 2440876</x:v>
+        <x:v>01625 704090</x:v>
       </x:c>
     </x:row>
     <x:row r="637">
       <x:c r="A637" t="str">
-        <x:v>Leathes Prior</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B637" t="str">
-        <x:v>74 The Close</x:v>
+        <x:v>Festival House</x:v>
       </x:c>
       <x:c r="C637" t="str">
-        <x:v/>
+        <x:v>Jessop Avenue</x:v>
       </x:c>
       <x:c r="D637" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E637" t="str">
-        <x:v/>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F637" t="str">
-        <x:v>NR1 4DR</x:v>
+        <x:v>GL50 3SH</x:v>
       </x:c>
       <x:c r="G637" t="str">
-        <x:v>**</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H637" t="str">
-        <x:v>01603 610911</x:v>
+        <x:v>01242 524848 </x:v>
       </x:c>
     </x:row>
     <x:row r="638">
       <x:c r="A638" t="str">
-        <x:v>Leathes Prior</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B638" t="str">
-        <x:v>74 The Close</x:v>
+        <x:v>2 Colton Square</x:v>
       </x:c>
       <x:c r="C638" t="str">
         <x:v/>
       </x:c>
       <x:c r="D638" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E638" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F638" t="str">
-        <x:v>NR1 4DR</x:v>
+        <x:v>LE1 1QH</x:v>
       </x:c>
       <x:c r="G638" t="str">
-        <x:v/>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H638" t="str">
-        <x:v/>
+        <x:v>01162 624225 </x:v>
       </x:c>
     </x:row>
     <x:row r="639">
       <x:c r="A639" t="str">
-        <x:v>Lee Chadwick Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B639" t="str">
-        <x:v>14 Market Square</x:v>
+        <x:v>Victoria, Hudson Quarter</x:v>
       </x:c>
       <x:c r="C639" t="str">
-        <x:v/>
+        <x:v>Toft Green</x:v>
       </x:c>
       <x:c r="D639" t="str">
-        <x:v>Witney</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E639" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F639" t="str">
-        <x:v>OX28 6BE</x:v>
+        <x:v>YO1 6AB</x:v>
       </x:c>
       <x:c r="G639" t="str">
-        <x:v>kr@lee-chadwick.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H639" t="str">
-        <x:v>01993 703272</x:v>
+        <x:v>01904 949200</x:v>
       </x:c>
     </x:row>
     <x:row r="640">
       <x:c r="A640" t="str">
-        <x:v>Lee Chadwick Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B640" t="str">
-        <x:v>5 The Clock House, Brize Norton Road</x:v>
+        <x:v>2 St Peter's Square</x:v>
       </x:c>
       <x:c r="C640" t="str">
         <x:v/>
       </x:c>
       <x:c r="D640" t="str">
-        <x:v>Carterton</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E640" t="str">
         <x:v/>
       </x:c>
       <x:c r="F640" t="str">
-        <x:v>OX18 3HN</x:v>
+        <x:v>M2 3AA</x:v>
       </x:c>
       <x:c r="G640" t="str">
-        <x:v>reception@lee-chadwick.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H640" t="str">
-        <x:v>01993 840 200</x:v>
+        <x:v>0161 833 1212</x:v>
       </x:c>
     </x:row>
     <x:row r="641">
       <x:c r="A641" t="str">
-        <x:v>Lee Chadwick Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B641" t="str">
-        <x:v>29A Market Square</x:v>
+        <x:v>2 Chamberlain Square</x:v>
       </x:c>
       <x:c r="C641" t="str">
         <x:v/>
       </x:c>
       <x:c r="D641" t="str">
-        <x:v>Bicester</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E641" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F641" t="str">
-        <x:v>OX26 6AG</x:v>
+        <x:v>B3 3AX</x:v>
       </x:c>
       <x:c r="G641" t="str">
-        <x:v>Bicester@lee-chadwick.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H641" t="str">
-        <x:v>01869627555</x:v>
+        <x:v>0121 314 0000</x:v>
       </x:c>
     </x:row>
     <x:row r="642">
       <x:c r="A642" t="str">
-        <x:v>Legend Solicitors Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B642" t="str">
-        <x:v>2 Heigham Road</x:v>
+        <x:v>Embankment House</x:v>
       </x:c>
       <x:c r="C642" t="str">
-        <x:v>East Ham</x:v>
+        <x:v>Electric Avenue</x:v>
       </x:c>
       <x:c r="D642" t="str">
-        <x:v>London </x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E642" t="str">
         <x:v/>
       </x:c>
       <x:c r="F642" t="str">
-        <x:v>E6 2JG</x:v>
+        <x:v>NG2 1AS</x:v>
       </x:c>
       <x:c r="G642" t="str">
-        <x:v>info@legendsolicitors.org</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H642" t="str">
-        <x:v>02031301747</x:v>
+        <x:v>01159 888777</x:v>
       </x:c>
     </x:row>
     <x:row r="643">
       <x:c r="A643" t="str">
-        <x:v>Lester Aldridge LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B643" t="str">
-        <x:v>31 Oxford Road</x:v>
+        <x:v>42 Kings Hill Avenue</x:v>
       </x:c>
       <x:c r="C643" t="str">
         <x:v/>
       </x:c>
       <x:c r="D643" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>West Malling</x:v>
       </x:c>
       <x:c r="E643" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Kings Hill</x:v>
       </x:c>
       <x:c r="F643" t="str">
-        <x:v>BH8 8EX</x:v>
+        <x:v>ME19 4AJ</x:v>
       </x:c>
       <x:c r="G643" t="str">
-        <x:v>info@LA-law.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H643" t="str">
-        <x:v>01202786161</x:v>
+        <x:v>01622 656500</x:v>
       </x:c>
     </x:row>
     <x:row r="644">
       <x:c r="A644" t="str">
-        <x:v>Lester Aldridge LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B644" t="str">
-        <x:v>Mountbatten House, Grosvenor Square</x:v>
+        <x:v>Broadwalk House</x:v>
       </x:c>
       <x:c r="C644" t="str">
-        <x:v/>
+        <x:v>Southernhay West</x:v>
       </x:c>
       <x:c r="D644" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E644" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F644" t="str">
-        <x:v>SO15 2JU</x:v>
+        <x:v>EX1 1TS</x:v>
       </x:c>
       <x:c r="G644" t="str">
-        <x:v>Online.enquiries@la-law.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H644" t="str">
-        <x:v>023 8082 7492</x:v>
+        <x:v>01392 823811</x:v>
       </x:c>
     </x:row>
     <x:row r="645">
       <x:c r="A645" t="str">
-        <x:v>Lester Aldridge LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B645" t="str">
-        <x:v>Savoy Hill House</x:v>
+        <x:v>St. Pauls Place, 121 Norfolk Street</x:v>
       </x:c>
       <x:c r="C645" t="str">
-        <x:v>Savoy Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D645" t="str">
-        <x:v>London</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E645" t="str">
         <x:v/>
       </x:c>
       <x:c r="F645" t="str">
-        <x:v>WC2R 0BU</x:v>
+        <x:v>S1 2JF</x:v>
       </x:c>
       <x:c r="G645" t="str">
-        <x:v>online.enquiries@la-law.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H645" t="str">
-        <x:v>020 7492 9800</x:v>
+        <x:v>0114 276 555</x:v>
       </x:c>
     </x:row>
     <x:row r="646">
       <x:c r="A646" t="str">
-        <x:v>Lewis Rodgers Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B646" t="str">
-        <x:v>372a High Street</x:v>
+        <x:v>Majestic, City Square</x:v>
       </x:c>
       <x:c r="C646" t="str">
         <x:v/>
       </x:c>
       <x:c r="D646" t="str">
-        <x:v>Winsford</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E646" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F646" t="str">
-        <x:v>CW7 2DP</x:v>
+        <x:v>LS1 2EF</x:v>
       </x:c>
       <x:c r="G646" t="str">
-        <x:v>stephen@lewisrodgers.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H646" t="str">
-        <x:v>01606 861858</x:v>
+        <x:v>0113 245 2833</x:v>
       </x:c>
     </x:row>
     <x:row r="647">
       <x:c r="A647" t="str">
-        <x:v>Lifetime Wills And Trusts Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B647" t="str">
-        <x:v>Unit 3 Southview Business Park</x:v>
+        <x:v>Lakeside House, Kingfisher Way</x:v>
       </x:c>
       <x:c r="C647" t="str">
-        <x:v>Tinwell Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D647" t="str">
-        <x:v>Stamford</x:v>
+        <x:v>Stockton-On-Tees</x:v>
       </x:c>
       <x:c r="E647" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F647" t="str">
-        <x:v>PE9 2JL</x:v>
+        <x:v>TS18 3NB</x:v>
       </x:c>
       <x:c r="G647" t="str">
-        <x:v>emily.kirk@lifetimesolicitors.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H647" t="str">
-        <x:v>03332417675</x:v>
+        <x:v>01642 636500 </x:v>
       </x:c>
     </x:row>
     <x:row r="648">
       <x:c r="A648" t="str">
-        <x:v>Links Legal Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B648" t="str">
-        <x:v>99 Bishopsgate</x:v>
+        <x:v>Olympic House, 995 Doddington Road</x:v>
       </x:c>
       <x:c r="C648" t="str">
         <x:v/>
       </x:c>
       <x:c r="D648" t="str">
-        <x:v>London</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E648" t="str">
         <x:v/>
       </x:c>
       <x:c r="F648" t="str">
-        <x:v>EC2M 3XD</x:v>
+        <x:v>LN6 3SE</x:v>
       </x:c>
       <x:c r="G648" t="str">
-        <x:v/>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H648" t="str">
-        <x:v/>
+        <x:v>01522 888 555</x:v>
       </x:c>
     </x:row>
     <x:row r="649">
       <x:c r="A649" t="str">
-        <x:v>Links Legal Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B649" t="str">
-        <x:v>42 Redbridge Lane East</x:v>
+        <x:v>Building 1000</x:v>
       </x:c>
       <x:c r="C649" t="str">
-        <x:v/>
+        <x:v>Lakeside North Harbour</x:v>
       </x:c>
       <x:c r="D649" t="str">
-        <x:v>Ilford</x:v>
+        <x:v>Western Road</x:v>
       </x:c>
       <x:c r="E649" t="str">
-        <x:v/>
+        <x:v>Portsmouth</x:v>
       </x:c>
       <x:c r="F649" t="str">
-        <x:v>IG4 5EX</x:v>
+        <x:v>PO6 3EN</x:v>
       </x:c>
       <x:c r="G649" t="str">
-        <x:v>info@linkslegal.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H649" t="str">
-        <x:v>02085510999</x:v>
+        <x:v>023 9238 8021</x:v>
       </x:c>
     </x:row>
     <x:row r="650">
       <x:c r="A650" t="str">
-        <x:v>Lockings Legal Services Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B650" t="str">
-        <x:v>St. Marys Court, Lowgate</x:v>
+        <x:v>3 Neptune Square</x:v>
       </x:c>
       <x:c r="C650" t="str">
         <x:v/>
       </x:c>
       <x:c r="D650" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E650" t="str">
-        <x:v>East Riding of Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F650" t="str">
-        <x:v>HU1 1YG</x:v>
+        <x:v>BN2 0AT</x:v>
       </x:c>
       <x:c r="G650" t="str">
-        <x:v>rachelle.laisnez@lockings.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H650" t="str">
-        <x:v>01482 300200</x:v>
+        <x:v>01273 069 999</x:v>
       </x:c>
     </x:row>
     <x:row r="651">
       <x:c r="A651" t="str">
-        <x:v>Lockings Legal Services Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B651" t="str">
-        <x:v>Suite 2b</x:v>
+        <x:v>E Q, 111 Victoria St</x:v>
       </x:c>
       <x:c r="C651" t="str">
-        <x:v>18 Back Swinegate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D651" t="str">
-        <x:v>York</x:v>
+        <x:v>Redcliffe</x:v>
       </x:c>
       <x:c r="E651" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="F651" t="str">
-        <x:v>YO1 8AD</x:v>
+        <x:v>BS1 6AX</x:v>
       </x:c>
       <x:c r="G651" t="str">
-        <x:v/>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H651" t="str">
-        <x:v/>
+        <x:v>0117 926 4121</x:v>
       </x:c>
     </x:row>
     <x:row r="652">
       <x:c r="A652" t="str">
-        <x:v>Lockings Legal Services Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B652" t="str">
-        <x:v>Highgate House</x:v>
+        <x:v>2 Merchants Drive</x:v>
       </x:c>
       <x:c r="C652" t="str">
-        <x:v>19 Wednesday Market</x:v>
+        <x:v>Parkhouse</x:v>
       </x:c>
       <x:c r="D652" t="str">
-        <x:v>Beverley</x:v>
+        <x:v>Carlisle</x:v>
       </x:c>
       <x:c r="E652" t="str">
         <x:v/>
       </x:c>
       <x:c r="F652" t="str">
-        <x:v>HU17 0DJ </x:v>
+        <x:v>CA3 0JW</x:v>
       </x:c>
       <x:c r="G652" t="str">
-        <x:v>customerservices@lockings.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H652" t="str">
-        <x:v>01482300500</x:v>
+        <x:v>0122 855 2600</x:v>
       </x:c>
     </x:row>
     <x:row r="653">
       <x:c r="A653" t="str">
-        <x:v>Lodders Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B653" t="str">
-        <x:v>10 Elm Court</x:v>
+        <x:v>Bank House, Pilgrim Street</x:v>
       </x:c>
       <x:c r="C653" t="str">
-        <x:v>Arden Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D653" t="str">
-        <x:v>Stratford-upon-Avon</x:v>
+        <x:v>Newcastle Upon Tyne</x:v>
       </x:c>
       <x:c r="E653" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F653" t="str">
-        <x:v>CV37 6PA</x:v>
+        <x:v>NE1 6QF</x:v>
       </x:c>
       <x:c r="G653" t="str">
-        <x:v/>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H653" t="str">
-        <x:v/>
+        <x:v>0191 466 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="654">
       <x:c r="A654" t="str">
-        <x:v>Lodders Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B654" t="str">
-        <x:v>16 High Street</x:v>
+        <x:v>9 The Courtyard, 707 Warwick Road</x:v>
       </x:c>
       <x:c r="C654" t="str">
         <x:v/>
       </x:c>
       <x:c r="D654" t="str">
-        <x:v>Henley in Arden</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E654" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F654" t="str">
-        <x:v>B95 5BW</x:v>
+        <x:v>B91 3DA</x:v>
       </x:c>
       <x:c r="G654" t="str">
-        <x:v>Paul.Harrison@lodders.co.uk</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H654" t="str">
-        <x:v>01564 792261</x:v>
+        <x:v>0121 624 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="655">
       <x:c r="A655" t="str">
-        <x:v>Lodders Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B655" t="str">
-        <x:v>Glensanda House, 1 Montpellier Parade</x:v>
+        <x:v>1 Kings Court Business Park</x:v>
       </x:c>
       <x:c r="C655" t="str">
         <x:v/>
       </x:c>
       <x:c r="D655" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E655" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F655" t="str">
-        <x:v>GL50 1UA</x:v>
+        <x:v>WR5 1JR</x:v>
       </x:c>
       <x:c r="G655" t="str">
-        <x:v>Paul.Harrison@lodders.co.uk</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H655" t="str">
-        <x:v>01242 228370</x:v>
+        <x:v>01905 730 450</x:v>
       </x:c>
     </x:row>
     <x:row r="656">
       <x:c r="A656" t="str">
-        <x:v>London Sol Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B656" t="str">
-        <x:v>Vision Building, 4 Footscray Road</x:v>
+        <x:v>59B High Street</x:v>
       </x:c>
       <x:c r="C656" t="str">
         <x:v/>
       </x:c>
       <x:c r="D656" t="str">
-        <x:v>London</x:v>
+        <x:v>Ascot</x:v>
       </x:c>
       <x:c r="E656" t="str">
         <x:v/>
       </x:c>
       <x:c r="F656" t="str">
-        <x:v>SE9 2TW</x:v>
+        <x:v>SL5 7HP</x:v>
       </x:c>
       <x:c r="G656" t="str">
-        <x:v>cemal.turk@greymore.com</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H656" t="str">
-        <x:v>0208 808 1285</x:v>
+        <x:v>01344 623400</x:v>
       </x:c>
     </x:row>
     <x:row r="657">
       <x:c r="A657" t="str">
-        <x:v>London Sol Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B657" t="str">
-        <x:v>Unit 3</x:v>
+        <x:v>The Great Barn, Burnham Road</x:v>
       </x:c>
       <x:c r="C657" t="str">
-        <x:v>Fountayne Business Centre</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D657" t="str">
-        <x:v>London</x:v>
+        <x:v>Beaconsfield</x:v>
       </x:c>
       <x:c r="E657" t="str">
-        <x:v>Tottenham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F657" t="str">
-        <x:v>N15 4AG</x:v>
+        <x:v>HP9 2SF</x:v>
       </x:c>
       <x:c r="G657" t="str">
-        <x:v/>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H657" t="str">
-        <x:v/>
+        <x:v>01344 623400</x:v>
       </x:c>
     </x:row>
     <x:row r="658">
       <x:c r="A658" t="str">
-        <x:v>Lords Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B658" t="str">
-        <x:v>466 CRANBROOK ROAD</x:v>
+        <x:v>Level 13, Abbey Square</x:v>
       </x:c>
       <x:c r="C658" t="str">
         <x:v/>
       </x:c>
       <x:c r="D658" t="str">
-        <x:v>ILFORD</x:v>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E658" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F658" t="str">
-        <x:v>IG2 6LE</x:v>
+        <x:v>RG1 3BE</x:v>
       </x:c>
       <x:c r="G658" t="str">
-        <x:v>info@lordssolicitorsllp.co.uk</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H658" t="str">
-        <x:v>02085182226</x:v>
+        <x:v>0330 175 7613</x:v>
       </x:c>
     </x:row>
     <x:row r="659">
       <x:c r="A659" t="str">
-        <x:v>Lynn Murray &amp; Co.</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B659" t="str">
-        <x:v>Denning House, 84 High Street</x:v>
+        <x:v>Capital Court, 30 Windsor Street</x:v>
       </x:c>
       <x:c r="C659" t="str">
         <x:v/>
       </x:c>
       <x:c r="D659" t="str">
-        <x:v>Cranleigh</x:v>
+        <x:v>Uxbridge</x:v>
       </x:c>
       <x:c r="E659" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F659" t="str">
-        <x:v>GU6 8AH</x:v>
+        <x:v>UB8 1AB</x:v>
       </x:c>
       <x:c r="G659" t="str">
-        <x:v>lynn@lynnmurray.co.uk</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H659" t="str">
-        <x:v>01483 268847</x:v>
+        <x:v>03456 381381</x:v>
       </x:c>
     </x:row>
     <x:row r="660">
       <x:c r="A660" t="str">
-        <x:v>Machins Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B660" t="str">
-        <x:v>295-299 High Street</x:v>
+        <x:v>Hyatt Place, 50-60 Broomfield Road</x:v>
       </x:c>
       <x:c r="C660" t="str">
         <x:v/>
       </x:c>
       <x:c r="D660" t="str">
-        <x:v>Berkhamsted</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E660" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F660" t="str">
-        <x:v>HP4 1AJ</x:v>
+        <x:v>CM1 1SW</x:v>
       </x:c>
       <x:c r="G660" t="str">
-        <x:v/>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H660" t="str">
-        <x:v/>
+        <x:v>01206 217300</x:v>
       </x:c>
     </x:row>
     <x:row r="661">
       <x:c r="A661" t="str">
-        <x:v>Machins Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B661" t="str">
-        <x:v>28 Dunstable Road</x:v>
+        <x:v>1 Amphora Place, Sheepen Road</x:v>
       </x:c>
       <x:c r="C661" t="str">
         <x:v/>
       </x:c>
       <x:c r="D661" t="str">
-        <x:v>Luton</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E661" t="str">
-        <x:v>Bedfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F661" t="str">
-        <x:v>LU1 1DY</x:v>
+        <x:v>CO3 3WG</x:v>
       </x:c>
       <x:c r="G661" t="str">
-        <x:v/>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H661" t="str">
-        <x:v>01582 514 000</x:v>
+        <x:v>01245 453800</x:v>
       </x:c>
     </x:row>
     <x:row r="662">
       <x:c r="A662" t="str">
-        <x:v>Markand &amp; Co Solicitors LLP</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B662" t="str">
-        <x:v>6-8 Woodford Road</x:v>
+        <x:v>22 Plas Winsor</x:v>
       </x:c>
       <x:c r="C662" t="str">
         <x:v/>
       </x:c>
       <x:c r="D662" t="str">
-        <x:v>London</x:v>
+        <x:v>Caerdydd</x:v>
       </x:c>
       <x:c r="E662" t="str">
         <x:v/>
       </x:c>
       <x:c r="F662" t="str">
-        <x:v>E7 0HA</x:v>
+        <x:v>CF10 3BY</x:v>
       </x:c>
       <x:c r="G662" t="str">
-        <x:v/>
+        <x:v>dentialPropertyTeam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H662" t="str">
-        <x:v>02084701422</x:v>
+        <x:v>029 2267 1301 </x:v>
       </x:c>
     </x:row>
     <x:row r="663">
       <x:c r="A663" t="str">
-        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B663" t="str">
-        <x:v>Office 21A, Strawberry Fields Digital Hub</x:v>
+        <x:v>400 Dashwood Lang Road</x:v>
       </x:c>
       <x:c r="C663" t="str">
-        <x:v>Euxton Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D663" t="str">
-        <x:v>Chorley</x:v>
+        <x:v>Weybridge</x:v>
       </x:c>
       <x:c r="E663" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F663" t="str">
-        <x:v>PR7 1PS</x:v>
+        <x:v>KT15 2HJ</x:v>
       </x:c>
       <x:c r="G663" t="str">
-        <x:v>info@marsdenrawsthorn.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H663" t="str">
-        <x:v>01257 279511</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="664">
       <x:c r="A664" t="str">
-        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
+        <x:v>KTS Legal Limited</x:v>
       </x:c>
       <x:c r="B664" t="str">
-        <x:v>3-4 Faraday Court</x:v>
+        <x:v>Equitis House</x:v>
       </x:c>
       <x:c r="C664" t="str">
-        <x:v>Fulwood</x:v>
+        <x:v>23-25 Aldermans Hill</x:v>
       </x:c>
       <x:c r="D664" t="str">
-        <x:v>Preston</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E664" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F664" t="str">
-        <x:v>PR2 9NB</x:v>
+        <x:v>N13 4YD</x:v>
       </x:c>
       <x:c r="G664" t="str">
-        <x:v>KDonlan@marsdenrawsthorn.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H664" t="str">
-        <x:v>01772799600</x:v>
+        <x:v>02083670505</x:v>
       </x:c>
     </x:row>
     <x:row r="665">
       <x:c r="A665" t="str">
-        <x:v>McCarthy Bennett Holland Solicitors LLP</x:v>
+        <x:v>KTS Legal Limited</x:v>
       </x:c>
       <x:c r="B665" t="str">
-        <x:v>Wigan Investment Centre</x:v>
+        <x:v>29 Lincoln’s Inn Fields</x:v>
       </x:c>
       <x:c r="C665" t="str">
-        <x:v>Waterside Drive</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D665" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E665" t="str">
         <x:v/>
       </x:c>
       <x:c r="F665" t="str">
-        <x:v>WN3 5BA</x:v>
+        <x:v>WC2A 3EG</x:v>
       </x:c>
       <x:c r="G665" t="str">
-        <x:v>carolinerooks@wigansolicitors.com</x:v>
+        <x:v>email@mgb.law</x:v>
       </x:c>
       <x:c r="H665" t="str">
-        <x:v>01942206060</x:v>
+        <x:v>020 7499 0620</x:v>
       </x:c>
     </x:row>
     <x:row r="666">
       <x:c r="A666" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Laker Legal Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B666" t="str">
-        <x:v>94-96 Wigmore Street</x:v>
+        <x:v>2 Sir Thomas Storey House, Off West Road</x:v>
       </x:c>
       <x:c r="C666" t="str">
         <x:v/>
       </x:c>
       <x:c r="D666" t="str">
-        <x:v>London</x:v>
+        <x:v>Lancaster</x:v>
       </x:c>
       <x:c r="E666" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F666" t="str">
-        <x:v>W1U 3RF</x:v>
+        <x:v>LA1 5PE</x:v>
       </x:c>
       <x:c r="G666" t="str">
-        <x:v>andy@meaby.co.uk</x:v>
+        <x:v>info@lakerlegal.co.uk</x:v>
       </x:c>
       <x:c r="H666" t="str">
-        <x:v>02077035034</x:v>
+        <x:v>01524 753040</x:v>
       </x:c>
     </x:row>
     <x:row r="667">
       <x:c r="A667" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lamptons Law Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B667" t="str">
-        <x:v>159 High Street,</x:v>
+        <x:v>20 Central Avenue</x:v>
       </x:c>
       <x:c r="C667" t="str">
         <x:v/>
       </x:c>
       <x:c r="D667" t="str">
-        <x:v>Dorking,</x:v>
+        <x:v>Hounslow</x:v>
       </x:c>
       <x:c r="E667" t="str">
-        <x:v>Surrey,</x:v>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F667" t="str">
-        <x:v>RH4 1AD</x:v>
+        <x:v>TW3 2QH</x:v>
       </x:c>
       <x:c r="G667" t="str">
-        <x:v>andy@meaby.co.uk</x:v>
+        <x:v>i.khan@lamptonssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H667" t="str">
-        <x:v>01306 884432</x:v>
+        <x:v>0203 745 7975 </x:v>
       </x:c>
     </x:row>
     <x:row r="668">
       <x:c r="A668" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lansdowne Law Limited</x:v>
       </x:c>
       <x:c r="B668" t="str">
-        <x:v>The Store, 9 White Street</x:v>
+        <x:v>Third Floor, 29 Waterloo Place</x:v>
       </x:c>
       <x:c r="C668" t="str">
-        <x:v/>
+        <x:v>Warwick Street,</x:v>
       </x:c>
       <x:c r="D668" t="str">
-        <x:v>Dunmow</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E668" t="str">
-        <x:v/>
+        <x:v>Warwickshire,</x:v>
       </x:c>
       <x:c r="F668" t="str">
-        <x:v>CM6 1BD</x:v>
+        <x:v>CV32 5LA</x:v>
       </x:c>
       <x:c r="G668" t="str">
-        <x:v>info@meaby.co.uk</x:v>
+        <x:v>n.hayer@lansdowne.law</x:v>
       </x:c>
       <x:c r="H668" t="str">
-        <x:v>02077035034</x:v>
+        <x:v>01926258182</x:v>
       </x:c>
     </x:row>
     <x:row r="669">
       <x:c r="A669" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lansdowne Law Limited</x:v>
       </x:c>
       <x:c r="B669" t="str">
-        <x:v>2 Camberwell Church Street</x:v>
+        <x:v>First Floor, 12a Birmingham Road</x:v>
       </x:c>
       <x:c r="C669" t="str">
-        <x:v>London</x:v>
+        <x:v>Great Barr</x:v>
       </x:c>
       <x:c r="D669" t="str">
-        <x:v/>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E669" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F669" t="str">
-        <x:v>SE5 8QY</x:v>
+        <x:v>B43 6NR</x:v>
       </x:c>
       <x:c r="G669" t="str">
-        <x:v>**</x:v>
+        <x:v>n.hayer@lansdowne.law</x:v>
       </x:c>
       <x:c r="H669" t="str">
-        <x:v>020 7703 5034</x:v>
+        <x:v>01217280242</x:v>
       </x:c>
     </x:row>
     <x:row r="670">
       <x:c r="A670" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lansdowne Law Limited</x:v>
       </x:c>
       <x:c r="B670" t="str">
-        <x:v>116 High Road</x:v>
+        <x:v>14 Hanover Square</x:v>
       </x:c>
       <x:c r="C670" t="str">
         <x:v/>
       </x:c>
       <x:c r="D670" t="str">
-        <x:v>Chigwell</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E670" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F670" t="str">
-        <x:v>IG7 5AR</x:v>
+        <x:v>W1S 1HN</x:v>
       </x:c>
       <x:c r="G670" t="str">
-        <x:v/>
+        <x:v>n.hayer@lansdowne.law</x:v>
       </x:c>
       <x:c r="H670" t="str">
-        <x:v/>
+        <x:v>02073621620</x:v>
       </x:c>
     </x:row>
     <x:row r="671">
       <x:c r="A671" t="str">
-        <x:v>Metrolaw Solicitors Ltd</x:v>
+        <x:v>Latimer Legal Solicitors Limited</x:v>
       </x:c>
       <x:c r="B671" t="str">
-        <x:v>92 Goodmayes Road</x:v>
+        <x:v>Sankey Street</x:v>
       </x:c>
       <x:c r="C671" t="str">
         <x:v/>
       </x:c>
       <x:c r="D671" t="str">
-        <x:v>Ilford</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E671" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F671" t="str">
-        <x:v>IG3 9UU</x:v>
+        <x:v>BL9 0JE</x:v>
       </x:c>
       <x:c r="G671" t="str">
-        <x:v/>
+        <x:v>notary@latimerlee.com</x:v>
       </x:c>
       <x:c r="H671" t="str">
-        <x:v>02085901100</x:v>
+        <x:v>01617989000</x:v>
       </x:c>
     </x:row>
     <x:row r="672">
       <x:c r="A672" t="str">
-        <x:v>Mewies Solicitors</x:v>
+        <x:v>Latimer Legal Solicitors Limited</x:v>
       </x:c>
       <x:c r="B672" t="str">
-        <x:v>Clifford House</x:v>
+        <x:v>35 Bury New Road</x:v>
       </x:c>
       <x:c r="C672" t="str">
-        <x:v>Keighley Road</x:v>
+        <x:v>Prestwich</x:v>
       </x:c>
       <x:c r="D672" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E672" t="str">
         <x:v/>
       </x:c>
       <x:c r="F672" t="str">
-        <x:v>BD23 2NB </x:v>
+        <x:v>M25 9JY</x:v>
       </x:c>
       <x:c r="G672" t="str">
-        <x:v/>
+        <x:v>notary@latimerlee.com</x:v>
       </x:c>
       <x:c r="H672" t="str">
-        <x:v>01756799000</x:v>
+        <x:v>0161 798 9000</x:v>
       </x:c>
     </x:row>
     <x:row r="673">
       <x:c r="A673" t="str">
-        <x:v>MFG Solicitors</x:v>
+        <x:v>Latimer Legal Solicitors Limited</x:v>
       </x:c>
       <x:c r="B673" t="str">
-        <x:v>Tythe House</x:v>
+        <x:v>13-15 Square Street,</x:v>
       </x:c>
       <x:c r="C673" t="str">
-        <x:v>20-21 The Tything</x:v>
+        <x:v>Ramsbottom</x:v>
       </x:c>
       <x:c r="D673" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E673" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F673" t="str">
-        <x:v>WR1 1HD</x:v>
+        <x:v>BL0 9BL</x:v>
       </x:c>
       <x:c r="G673" t="str">
-        <x:v>alan.morris@mfgsolicitors.com</x:v>
+        <x:v>notary@latimerlee.com</x:v>
       </x:c>
       <x:c r="H673" t="str">
-        <x:v>01527 831691</x:v>
+        <x:v>0161 798 9000</x:v>
       </x:c>
     </x:row>
     <x:row r="674">
       <x:c r="A674" t="str">
-        <x:v>MFG Solicitors</x:v>
+        <x:v>Laurus Law Limited</x:v>
       </x:c>
       <x:c r="B674" t="str">
-        <x:v>Adam House</x:v>
+        <x:v>The Old Print House, 173 Northcote Road</x:v>
       </x:c>
       <x:c r="C674" t="str">
-        <x:v>Birmingham Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D674" t="str">
-        <x:v>Kidderminster</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E674" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F674" t="str">
-        <x:v>DY10 2SH</x:v>
+        <x:v>SW11 6QE</x:v>
       </x:c>
       <x:c r="G674" t="str">
-        <x:v>suzanne.lee@mfgsolicitors.com</x:v>
+        <x:v>info@lauruslaw.co.uk</x:v>
       </x:c>
       <x:c r="H674" t="str">
-        <x:v>01562 745800</x:v>
+        <x:v>020 7924 3986</x:v>
       </x:c>
     </x:row>
     <x:row r="675">
       <x:c r="A675" t="str">
-        <x:v>MFG Solicitors</x:v>
+        <x:v>Laurus Law Limited</x:v>
       </x:c>
       <x:c r="B675" t="str">
-        <x:v>Padmore House, Hall Court, </x:v>
+        <x:v>30 Dukes Place</x:v>
       </x:c>
       <x:c r="C675" t="str">
-        <x:v>Hall Park Way, Town Centre</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D675" t="str">
-        <x:v>Telford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E675" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F675" t="str">
-        <x:v>TF3 4LX</x:v>
+        <x:v>EC3A 7LP</x:v>
       </x:c>
       <x:c r="G675" t="str">
-        <x:v>post@mfgsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H675" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="676">
       <x:c r="A676" t="str">
-        <x:v>MFG Solicitors LLP</x:v>
+        <x:v>Law &amp; Lawyers</x:v>
       </x:c>
       <x:c r="B676" t="str">
-        <x:v>1 High Street</x:v>
+        <x:v>Ground Floor</x:v>
       </x:c>
       <x:c r="C676" t="str">
-        <x:v/>
+        <x:v>31-41 Worship Street </x:v>
       </x:c>
       <x:c r="D676" t="str">
-        <x:v>Bromsgrove</x:v>
+        <x:v>London </x:v>
       </x:c>
       <x:c r="E676" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F676" t="str">
-        <x:v>B61 8AJ</x:v>
+        <x:v>EC2A 2DX </x:v>
       </x:c>
       <x:c r="G676" t="str">
-        <x:v>lucie.couchman@mfgsolicitors.com</x:v>
+        <x:v>ram@lawandlawyers.co.uk</x:v>
       </x:c>
       <x:c r="H676" t="str">
-        <x:v>01527 831691</x:v>
+        <x:v>07721989550</x:v>
       </x:c>
     </x:row>
     <x:row r="677">
       <x:c r="A677" t="str">
-        <x:v>MFG Solicitors LLP</x:v>
+        <x:v>Law And Lawyers Ltd</x:v>
       </x:c>
       <x:c r="B677" t="str">
-        <x:v>9 Corve Street</x:v>
+        <x:v>352 High Street North</x:v>
       </x:c>
       <x:c r="C677" t="str">
         <x:v/>
       </x:c>
       <x:c r="D677" t="str">
-        <x:v>Ludlow</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E677" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F677" t="str">
-        <x:v>SY8 1DE</x:v>
+        <x:v>E12 6PH</x:v>
       </x:c>
       <x:c r="G677" t="str">
-        <x:v>richard.connolly@mfgsolicitors.com</x:v>
+        <x:v>sreekumar@lawandlawyers.co.uk</x:v>
       </x:c>
       <x:c r="H677" t="str">
-        <x:v>01584873156</x:v>
+        <x:v>0208 586 5657</x:v>
       </x:c>
     </x:row>
     <x:row r="678">
       <x:c r="A678" t="str">
-        <x:v>MFG Solicitors LLP</x:v>
+        <x:v>Law and Lawyers Ltd</x:v>
       </x:c>
       <x:c r="B678" t="str">
-        <x:v>3rd Floor, Waterloo House</x:v>
+        <x:v>106 Irlam Road</x:v>
       </x:c>
       <x:c r="C678" t="str">
-        <x:v>20 Waterloo Street</x:v>
+        <x:v>Flixton</x:v>
       </x:c>
       <x:c r="D678" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E678" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F678" t="str">
-        <x:v>B2 5TB</x:v>
+        <x:v>M41 6JT</x:v>
       </x:c>
       <x:c r="G678" t="str">
-        <x:v>mfgitsadmin@mfgsolicitors.com</x:v>
+        <x:v>manchester@lawandlawyers.co.uk</x:v>
       </x:c>
       <x:c r="H678" t="str">
-        <x:v>0121 236 7388</x:v>
+        <x:v>01617 483 335</x:v>
       </x:c>
     </x:row>
     <x:row r="679">
       <x:c r="A679" t="str">
-        <x:v>Mirza Law Limited</x:v>
+        <x:v>Law Lane Solicitors Limited</x:v>
       </x:c>
       <x:c r="B679" t="str">
-        <x:v>216A Hoe Street</x:v>
+        <x:v>Law Lane Chambers</x:v>
       </x:c>
       <x:c r="C679" t="str">
-        <x:v/>
+        <x:v>43-45 Broadway</x:v>
       </x:c>
       <x:c r="D679" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E679" t="str">
-        <x:v>Walthamstow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F679" t="str">
-        <x:v>E17 3AY</x:v>
+        <x:v>E15 4BL</x:v>
       </x:c>
       <x:c r="G679" t="str">
         <x:v/>
       </x:c>
       <x:c r="H679" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="680">
       <x:c r="A680" t="str">
-        <x:v>Mogers Drewett</x:v>
+        <x:v>lawlight solicitors limited</x:v>
       </x:c>
       <x:c r="B680" t="str">
-        <x:v>St. James House</x:v>
+        <x:v>Suite 3, Farleigh House</x:v>
       </x:c>
       <x:c r="C680" t="str">
-        <x:v>The Square, Lower Bristol Road</x:v>
+        <x:v>Farleigh Court</x:v>
       </x:c>
       <x:c r="D680" t="str">
-        <x:v>Bath</x:v>
+        <x:v>Flax Bourton</x:v>
       </x:c>
       <x:c r="E680" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="F680" t="str">
-        <x:v>BA2 3BH</x:v>
+        <x:v>BS48 1UR</x:v>
       </x:c>
       <x:c r="G680" t="str">
-        <x:v/>
+        <x:v>conveyancing@lawlight.co.uk</x:v>
       </x:c>
       <x:c r="H680" t="str">
-        <x:v/>
+        <x:v>01174038700</x:v>
       </x:c>
     </x:row>
     <x:row r="681">
       <x:c r="A681" t="str">
-        <x:v>Mogers Drewett LLP</x:v>
+        <x:v>Lawmatic Solicitors</x:v>
       </x:c>
       <x:c r="B681" t="str">
-        <x:v>Spring House</x:v>
+        <x:v>18 Tapestry Way</x:v>
       </x:c>
       <x:c r="C681" t="str">
-        <x:v>East Mill Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D681" t="str">
-        <x:v>Sherborne</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E681" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F681" t="str">
-        <x:v>DT9 3DP</x:v>
+        <x:v>E1 2FJ</x:v>
       </x:c>
       <x:c r="G681" t="str">
-        <x:v/>
+        <x:v>asaduzzaman@lawmaticsolicitors.com</x:v>
       </x:c>
       <x:c r="H681" t="str">
-        <x:v>01935 813691</x:v>
+        <x:v>02080775079</x:v>
       </x:c>
     </x:row>
     <x:row r="682">
       <x:c r="A682" t="str">
-        <x:v>Mogers Drewett LLP</x:v>
+        <x:v>Lawrence Stephens</x:v>
       </x:c>
       <x:c r="B682" t="str">
-        <x:v>Bishopbrook House</x:v>
+        <x:v>50 Farringdon Road</x:v>
       </x:c>
       <x:c r="C682" t="str">
-        <x:v>Cathedral Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D682" t="str">
-        <x:v>Wells</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E682" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F682" t="str">
-        <x:v>BA5 1FD</x:v>
+        <x:v>EC1M 3HE</x:v>
       </x:c>
       <x:c r="G682" t="str">
-        <x:v>Michelle.Kadshaw@mogersdrewett.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H682" t="str">
-        <x:v>01749 342323</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="683">
       <x:c r="A683" t="str">
-        <x:v>Monarch Solicitors Ltd</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B683" t="str">
-        <x:v>City Point</x:v>
+        <x:v>1 New Augustus Street</x:v>
       </x:c>
       <x:c r="C683" t="str">
-        <x:v>156 Chapel Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D683" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E683" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F683" t="str">
-        <x:v>M3 6BF</x:v>
+        <x:v>BD1 5LL</x:v>
       </x:c>
       <x:c r="G683" t="str">
         <x:v/>
       </x:c>
       <x:c r="H683" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="684">
       <x:c r="A684" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B684" t="str">
-        <x:v>Unit 13A, The Brewery Quarter, Henrietta Street</x:v>
+        <x:v>2 Wells Walk</x:v>
       </x:c>
       <x:c r="C684" t="str">
         <x:v/>
       </x:c>
       <x:c r="D684" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Ilkley</x:v>
       </x:c>
       <x:c r="E684" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F684" t="str">
-        <x:v>GL50 4FA</x:v>
+        <x:v>LS29 9LH</x:v>
       </x:c>
       <x:c r="G684" t="str">
-        <x:v>lmsmortgages@montpellier.legal</x:v>
+        <x:v>resconadmin@lcf.co.uk</x:v>
       </x:c>
       <x:c r="H684" t="str">
-        <x:v>01242 472200</x:v>
+        <x:v>0345 680 0277</x:v>
       </x:c>
     </x:row>
     <x:row r="685">
       <x:c r="A685" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B685" t="str">
-        <x:v>Unit D33, Pure Offices, Kestrel Court,</x:v>
+        <x:v>The Exchange, Station Parade</x:v>
       </x:c>
       <x:c r="C685" t="str">
-        <x:v>Waterwells Drive, Quedgeley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D685" t="str">
-        <x:v>Gloucester</x:v>
+        <x:v>Harrogate</x:v>
       </x:c>
       <x:c r="E685" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F685" t="str">
-        <x:v>GL2 2AT</x:v>
+        <x:v>HG1 1TS</x:v>
       </x:c>
       <x:c r="G685" t="str">
-        <x:v>lmsmortgages@montpellier.legal</x:v>
+        <x:v>resconadmin@lcf.co.uk</x:v>
       </x:c>
       <x:c r="H685" t="str">
-        <x:v>01452 442100</x:v>
+        <x:v>01423 502211</x:v>
       </x:c>
     </x:row>
     <x:row r="686">
       <x:c r="A686" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B686" t="str">
-        <x:v>Office A,</x:v>
+        <x:v>33 Park Place</x:v>
       </x:c>
       <x:c r="C686" t="str">
-        <x:v>Five Valleys Shopping Centre,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D686" t="str">
-        <x:v>Stroud</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E686" t="str">
         <x:v/>
       </x:c>
       <x:c r="F686" t="str">
-        <x:v>GL5  1RR</x:v>
+        <x:v>LS1 2RY</x:v>
       </x:c>
       <x:c r="G686" t="str">
-        <x:v>lmsmortgages@montpellier.legal</x:v>
+        <x:v>resconadmin@lcf.co.uk</x:v>
       </x:c>
       <x:c r="H686" t="str">
-        <x:v>01453 700650</x:v>
+        <x:v>0113 2440876</x:v>
       </x:c>
     </x:row>
     <x:row r="687">
       <x:c r="A687" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>Leathes Prior</x:v>
       </x:c>
       <x:c r="B687" t="str">
-        <x:v>3A The Wool Market</x:v>
+        <x:v>74 The Close</x:v>
       </x:c>
       <x:c r="C687" t="str">
         <x:v/>
       </x:c>
       <x:c r="D687" t="str">
-        <x:v>Cirencester</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E687" t="str">
         <x:v/>
       </x:c>
       <x:c r="F687" t="str">
-        <x:v>GL7 2PR</x:v>
+        <x:v>NR1 4DR</x:v>
       </x:c>
       <x:c r="G687" t="str">
-        <x:v>lmsmortgages@montpellier.lega</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H687" t="str">
-        <x:v>01285 701750</x:v>
+        <x:v>01603 610911</x:v>
       </x:c>
     </x:row>
     <x:row r="688">
       <x:c r="A688" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>Leathes Prior</x:v>
       </x:c>
       <x:c r="B688" t="str">
-        <x:v>Vinegar House, 39 Foregate Street</x:v>
+        <x:v>74 The Close</x:v>
       </x:c>
       <x:c r="C688" t="str">
         <x:v/>
       </x:c>
       <x:c r="D688" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E688" t="str">
-        <x:v/>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F688" t="str">
-        <x:v>WR1 1DJ</x:v>
+        <x:v>NR1 4DR</x:v>
       </x:c>
       <x:c r="G688" t="str">
-        <x:v>info@montpellier.legal</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H688" t="str">
-        <x:v>01905 670997</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="689">
       <x:c r="A689" t="str">
-        <x:v>Morgan LaRoche Limited</x:v>
+        <x:v>Lee Chadwick Solicitors LLP</x:v>
       </x:c>
       <x:c r="B689" t="str">
-        <x:v>Bay House, Phoenix Way</x:v>
+        <x:v>14 Market Square</x:v>
       </x:c>
       <x:c r="C689" t="str">
         <x:v/>
       </x:c>
       <x:c r="D689" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Witney</x:v>
       </x:c>
       <x:c r="E689" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F689" t="str">
-        <x:v>SA7 9LA</x:v>
+        <x:v>OX28 6BE</x:v>
       </x:c>
       <x:c r="G689" t="str">
-        <x:v>athomas@morganlaroche.com</x:v>
+        <x:v>kr@lee-chadwick.co.uk</x:v>
       </x:c>
       <x:c r="H689" t="str">
-        <x:v>01792776776</x:v>
+        <x:v>01993 703272</x:v>
       </x:c>
     </x:row>
     <x:row r="690">
       <x:c r="A690" t="str">
-        <x:v>Morgan Laroche Limited</x:v>
+        <x:v>Lee Chadwick Solicitors LLP</x:v>
       </x:c>
       <x:c r="B690" t="str">
-        <x:v>Cabna Court</x:v>
+        <x:v>5 The Clock House, Brize Norton Road</x:v>
       </x:c>
       <x:c r="C690" t="str">
-        <x:v>Heol Glasdwr</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D690" t="str">
-        <x:v/>
+        <x:v>Carterton</x:v>
       </x:c>
       <x:c r="E690" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F690" t="str">
-        <x:v>SA31 2NF</x:v>
+        <x:v>OX18 3HN</x:v>
       </x:c>
       <x:c r="G690" t="str">
-        <x:v/>
+        <x:v>reception@lee-chadwick.co.uk</x:v>
       </x:c>
       <x:c r="H690" t="str">
-        <x:v/>
+        <x:v>01993 840 200</x:v>
       </x:c>
     </x:row>
     <x:row r="691">
       <x:c r="A691" t="str">
-        <x:v>Mortons Law Limited</x:v>
+        <x:v>Lee Chadwick Solicitors LLP</x:v>
       </x:c>
       <x:c r="B691" t="str">
-        <x:v>Houghton House</x:v>
+        <x:v>29A Market Square</x:v>
       </x:c>
       <x:c r="C691" t="str">
-        <x:v>Belmont Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D691" t="str">
-        <x:v>Durham</x:v>
+        <x:v>Bicester</x:v>
       </x:c>
       <x:c r="E691" t="str">
-        <x:v>County Durham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F691" t="str">
-        <x:v>DH1 1TW</x:v>
+        <x:v>OX26 6AG</x:v>
       </x:c>
       <x:c r="G691" t="str">
-        <x:v>*</x:v>
+        <x:v>Bicester@lee-chadwick.co.uk</x:v>
       </x:c>
       <x:c r="H691" t="str">
-        <x:v>0191 374 2555</x:v>
+        <x:v>01869627555</x:v>
       </x:c>
     </x:row>
     <x:row r="692">
       <x:c r="A692" t="str">
-        <x:v>Mortons Law Limited</x:v>
+        <x:v>Legend Solicitors Limited</x:v>
       </x:c>
       <x:c r="B692" t="str">
-        <x:v>The Yard</x:v>
+        <x:v>2 Heigham Road</x:v>
       </x:c>
       <x:c r="C692" t="str">
-        <x:v>Gill Bridge Avenue</x:v>
+        <x:v>East Ham</x:v>
       </x:c>
       <x:c r="D692" t="str">
-        <x:v>Sunderland</x:v>
+        <x:v>London </x:v>
       </x:c>
       <x:c r="E692" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F692" t="str">
-        <x:v>SR1 3AW</x:v>
+        <x:v>E6 2JG</x:v>
       </x:c>
       <x:c r="G692" t="str">
-        <x:v/>
+        <x:v>info@legendsolicitors.org</x:v>
       </x:c>
       <x:c r="H692" t="str">
-        <x:v/>
+        <x:v>02031301747</x:v>
       </x:c>
     </x:row>
     <x:row r="693">
       <x:c r="A693" t="str">
-        <x:v>Mortons Law Limited</x:v>
+        <x:v>Lester Aldridge LLP</x:v>
       </x:c>
       <x:c r="B693" t="str">
-        <x:v>11 Marlborough</x:v>
+        <x:v>31 Oxford Road</x:v>
       </x:c>
       <x:c r="C693" t="str">
         <x:v/>
       </x:c>
       <x:c r="D693" t="str">
-        <x:v>Seaham</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E693" t="str">
-        <x:v>County Durham</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F693" t="str">
-        <x:v>SR7 7SA</x:v>
+        <x:v>BH8 8EX</x:v>
       </x:c>
       <x:c r="G693" t="str">
-        <x:v>aashcroft@mortons-solicitors.com</x:v>
+        <x:v>info@LA-law.com</x:v>
       </x:c>
       <x:c r="H693" t="str">
-        <x:v>01915118222</x:v>
+        <x:v>01202786161</x:v>
       </x:c>
     </x:row>
     <x:row r="694">
       <x:c r="A694" t="str">
-        <x:v>Moseleys</x:v>
+        <x:v>Lester Aldridge LLP</x:v>
       </x:c>
       <x:c r="B694" t="str">
-        <x:v>Compton House</x:v>
+        <x:v>Mountbatten House, Grosvenor Square</x:v>
       </x:c>
       <x:c r="C694" t="str">
-        <x:v>18 Bore Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D694" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E694" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F694" t="str">
-        <x:v>WS13 6LL</x:v>
+        <x:v>SO15 2JU</x:v>
       </x:c>
       <x:c r="G694" t="str">
-        <x:v>satack@moseleys.co.uk</x:v>
+        <x:v>Online.enquiries@la-law.com</x:v>
       </x:c>
       <x:c r="H694" t="str">
-        <x:v>01543414100</x:v>
+        <x:v>023 8082 7492</x:v>
       </x:c>
     </x:row>
     <x:row r="695">
       <x:c r="A695" t="str">
-        <x:v>Moss &amp; Coleman Solicitors Limited</x:v>
+        <x:v>Lester Aldridge LLP</x:v>
       </x:c>
       <x:c r="B695" t="str">
-        <x:v>170-180 High Street</x:v>
+        <x:v>Savoy Hill House</x:v>
       </x:c>
       <x:c r="C695" t="str">
-        <x:v/>
+        <x:v>Savoy Hill</x:v>
       </x:c>
       <x:c r="D695" t="str">
-        <x:v>Hornchurch</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E695" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F695" t="str">
-        <x:v>RM12 6JP</x:v>
+        <x:v>WC2R 0BU</x:v>
       </x:c>
       <x:c r="G695" t="str">
-        <x:v>g.harrington@mosco.co.uk</x:v>
+        <x:v>online.enquiries@la-law.com</x:v>
       </x:c>
       <x:c r="H695" t="str">
-        <x:v>01708 446781</x:v>
+        <x:v>020 7492 9800</x:v>
       </x:c>
     </x:row>
     <x:row r="696">
       <x:c r="A696" t="str">
-        <x:v>MSB Solicitors Limited</x:v>
+        <x:v>Lewis Rodgers Limited</x:v>
       </x:c>
       <x:c r="B696" t="str">
-        <x:v>4 St Pauls Square</x:v>
+        <x:v>372a High Street</x:v>
       </x:c>
       <x:c r="C696" t="str">
         <x:v/>
       </x:c>
       <x:c r="D696" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Winsford</x:v>
       </x:c>
       <x:c r="E696" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F696" t="str">
-        <x:v>L3 9SJ</x:v>
+        <x:v>CW7 2DP</x:v>
       </x:c>
       <x:c r="G696" t="str">
-        <x:v/>
+        <x:v>stephen@lewisrodgers.co.uk</x:v>
       </x:c>
       <x:c r="H696" t="str">
-        <x:v/>
+        <x:v>01606 861858</x:v>
       </x:c>
     </x:row>
     <x:row r="697">
       <x:c r="A697" t="str">
-        <x:v>MTG Solicitors</x:v>
+        <x:v>Lexnova Solicitors LLP</x:v>
       </x:c>
       <x:c r="B697" t="str">
-        <x:v>10 Broadway</x:v>
+        <x:v>Winston House, First Floor, 140A High Road</x:v>
       </x:c>
       <x:c r="C697" t="str">
         <x:v/>
       </x:c>
       <x:c r="D697" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E697" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F697" t="str">
-        <x:v>W13 0SR</x:v>
+        <x:v>E18 2QS</x:v>
       </x:c>
       <x:c r="G697" t="str">
-        <x:v>info@mtgsolicitors.com</x:v>
+        <x:v>sbaig@lexnova.co.uk</x:v>
       </x:c>
       <x:c r="H697" t="str">
-        <x:v>02087545577</x:v>
+        <x:v>02031 505152</x:v>
       </x:c>
     </x:row>
     <x:row r="698">
       <x:c r="A698" t="str">
-        <x:v>Murria Solicitors Limited</x:v>
+        <x:v>Lifetime Wills And Trusts Limited</x:v>
       </x:c>
       <x:c r="B698" t="str">
-        <x:v>Court Chambers</x:v>
+        <x:v>Unit 3 Southview Business Park</x:v>
       </x:c>
       <x:c r="C698" t="str">
-        <x:v>180 Corporation Street</x:v>
+        <x:v>Tinwell Road</x:v>
       </x:c>
       <x:c r="D698" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Stamford</x:v>
       </x:c>
       <x:c r="E698" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F698" t="str">
-        <x:v>B4 6UD</x:v>
+        <x:v>PE9 2JL</x:v>
       </x:c>
       <x:c r="G698" t="str">
-        <x:v/>
+        <x:v>emily.kirk@lifetimesolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H698" t="str">
-        <x:v/>
+        <x:v>03332417675</x:v>
       </x:c>
     </x:row>
     <x:row r="699">
       <x:c r="A699" t="str">
-        <x:v>Myers Solicitors Limited</x:v>
+        <x:v>Lilac Law Ltd</x:v>
       </x:c>
       <x:c r="B699" t="str">
-        <x:v>33-43 Price Street</x:v>
+        <x:v>Suite 2, 4Th Floor</x:v>
       </x:c>
       <x:c r="C699" t="str">
-        <x:v>Burslem</x:v>
+        <x:v>One Derby Square</x:v>
       </x:c>
       <x:c r="D699" t="str">
-        <x:v>Stoke on Trent</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E699" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F699" t="str">
-        <x:v>ST6 4EN</x:v>
+        <x:v>L2 9QR</x:v>
       </x:c>
       <x:c r="G699" t="str">
-        <x:v>Rachel.silvester@myerssolicitors.co.uk</x:v>
+        <x:v>Joanne.alty@lilac-law.co.uk</x:v>
       </x:c>
       <x:c r="H699" t="str">
-        <x:v>01782577000</x:v>
+        <x:v>0151 433 7440</x:v>
       </x:c>
     </x:row>
     <x:row r="700">
       <x:c r="A700" t="str">
-        <x:v>Myers Solicitors Limited</x:v>
+        <x:v>Links Legal Limited</x:v>
       </x:c>
       <x:c r="B700" t="str">
-        <x:v>Goffs Oak House, 617 Goffs Lane</x:v>
+        <x:v>99 Bishopsgate</x:v>
       </x:c>
       <x:c r="C700" t="str">
-        <x:v>Goffs Oak</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D700" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E700" t="str">
-        <x:v>Waltham Cross</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F700" t="str">
-        <x:v>EN7 5HG</x:v>
+        <x:v>EC2M 3XD</x:v>
       </x:c>
       <x:c r="G700" t="str">
-        <x:v>Postroom@gisbyharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H700" t="str">
-        <x:v>01707 878 300</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="701">
       <x:c r="A701" t="str">
-        <x:v>Myers Solicitors Limited</x:v>
+        <x:v>Links Legal Limited</x:v>
       </x:c>
       <x:c r="B701" t="str">
-        <x:v>Sudbury Stables, Sudbury Road</x:v>
+        <x:v>42 Redbridge Lane East</x:v>
       </x:c>
       <x:c r="C701" t="str">
         <x:v/>
       </x:c>
       <x:c r="D701" t="str">
-        <x:v>Downham</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E701" t="str">
-        <x:v>Billericay</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F701" t="str">
-        <x:v>CM11 1LB</x:v>
+        <x:v>IG4 5EX</x:v>
       </x:c>
       <x:c r="G701" t="str">
-        <x:v>Louise.Jackman@gisbyharrison.co.uk</x:v>
+        <x:v>info@linkslegal.co.uk</x:v>
       </x:c>
       <x:c r="H701" t="str">
-        <x:v>01707 878 300</x:v>
+        <x:v>02085510999</x:v>
       </x:c>
     </x:row>
     <x:row r="702">
       <x:c r="A702" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Lockings Legal Services Limited</x:v>
       </x:c>
       <x:c r="B702" t="str">
-        <x:v>11 Beachfield Avenue</x:v>
+        <x:v>St. Marys Court, Lowgate</x:v>
       </x:c>
       <x:c r="C702" t="str">
         <x:v/>
       </x:c>
       <x:c r="D702" t="str">
-        <x:v>Newquay</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E702" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>East Riding of Yorkshire</x:v>
       </x:c>
       <x:c r="F702" t="str">
-        <x:v>TR7 1DP</x:v>
+        <x:v>HU1 1YG</x:v>
       </x:c>
       <x:c r="G702" t="str">
-        <x:v>lmsref@nalders.co.uk</x:v>
+        <x:v>rachelle.laisnez@lockings.co.uk</x:v>
       </x:c>
       <x:c r="H702" t="str">
-        <x:v>01637 871414</x:v>
+        <x:v>01482 300200</x:v>
       </x:c>
     </x:row>
     <x:row r="703">
       <x:c r="A703" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Lockings Legal Services Limited</x:v>
       </x:c>
       <x:c r="B703" t="str">
-        <x:v>32a Coinagehall Street</x:v>
+        <x:v>Suite 2b</x:v>
       </x:c>
       <x:c r="C703" t="str">
-        <x:v/>
+        <x:v>18 Back Swinegate</x:v>
       </x:c>
       <x:c r="D703" t="str">
-        <x:v>Helston</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E703" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F703" t="str">
-        <x:v>TR13 8EQ</x:v>
+        <x:v>YO1 8AD</x:v>
       </x:c>
       <x:c r="G703" t="str">
-        <x:v>lmsref@nalders.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H703" t="str">
-        <x:v>01326 574001</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="704">
       <x:c r="A704" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Lockings Legal Services Limited</x:v>
       </x:c>
       <x:c r="B704" t="str">
-        <x:v>104 Market Jew Street</x:v>
+        <x:v>Highgate House</x:v>
       </x:c>
       <x:c r="C704" t="str">
-        <x:v/>
+        <x:v>19 Wednesday Market</x:v>
       </x:c>
       <x:c r="D704" t="str">
-        <x:v>Penzance</x:v>
+        <x:v>Beverley</x:v>
       </x:c>
       <x:c r="E704" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F704" t="str">
-        <x:v>TR18 2LE</x:v>
+        <x:v>HU17 0DJ </x:v>
       </x:c>
       <x:c r="G704" t="str">
-        <x:v>lmsref@nalders.co.uk</x:v>
+        <x:v>customerservices@lockings.co.uk</x:v>
       </x:c>
       <x:c r="H704" t="str">
-        <x:v>01736 364014</x:v>
+        <x:v>01482300500</x:v>
       </x:c>
     </x:row>
     <x:row r="705">
       <x:c r="A705" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Lodders Solicitors LLP</x:v>
       </x:c>
       <x:c r="B705" t="str">
-        <x:v>8-14 Berkeley Vale</x:v>
+        <x:v>10 Elm Court</x:v>
       </x:c>
       <x:c r="C705" t="str">
-        <x:v/>
+        <x:v>Arden Street</x:v>
       </x:c>
       <x:c r="D705" t="str">
-        <x:v>Falmouth</x:v>
+        <x:v>Stratford-upon-Avon</x:v>
       </x:c>
       <x:c r="E705" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F705" t="str">
-        <x:v>TR11 3PH</x:v>
+        <x:v>CV37 6PA</x:v>
       </x:c>
       <x:c r="G705" t="str">
-        <x:v>post@nalders.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H705" t="str">
-        <x:v>01326 316655</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="706">
       <x:c r="A706" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Lodders Solicitors LLP</x:v>
       </x:c>
       <x:c r="B706" t="str">
-        <x:v>Farley House</x:v>
+        <x:v>16 High Street</x:v>
       </x:c>
       <x:c r="C706" t="str">
-        <x:v>Falmouth Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D706" t="str">
-        <x:v>Truro</x:v>
+        <x:v>Henley in Arden</x:v>
       </x:c>
       <x:c r="E706" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F706" t="str">
-        <x:v>TR1 2HX</x:v>
+        <x:v>B95 5BW</x:v>
       </x:c>
       <x:c r="G706" t="str">
-        <x:v>saf@nalders.co.uk</x:v>
+        <x:v>Paul.Harrison@lodders.co.uk</x:v>
       </x:c>
       <x:c r="H706" t="str">
-        <x:v>01872 241414 </x:v>
+        <x:v>01564 792261</x:v>
       </x:c>
     </x:row>
     <x:row r="707">
       <x:c r="A707" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Lodders Solicitors LLP</x:v>
       </x:c>
       <x:c r="B707" t="str">
-        <x:v>Cannis House</x:v>
+        <x:v>Glensanda House, 1 Montpellier Parade</x:v>
       </x:c>
       <x:c r="C707" t="str">
-        <x:v>Chapmans Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D707" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E707" t="str">
-        <x:v/>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F707" t="str">
-        <x:v>PL25 4QU</x:v>
+        <x:v>GL50 1UA</x:v>
       </x:c>
       <x:c r="G707" t="str">
-        <x:v>cah@nalders.co.uk</x:v>
+        <x:v>Paul.Harrison@lodders.co.uk</x:v>
       </x:c>
       <x:c r="H707" t="str">
-        <x:v>01726879333</x:v>
+        <x:v>01242 228370</x:v>
       </x:c>
     </x:row>
     <x:row r="708">
       <x:c r="A708" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>London Sol Limited</x:v>
       </x:c>
       <x:c r="B708" t="str">
-        <x:v>North Wing</x:v>
+        <x:v>Unit 3</x:v>
       </x:c>
       <x:c r="C708" t="str">
-        <x:v>Bickland House</x:v>
+        <x:v>Fountayne Business Centre</x:v>
       </x:c>
       <x:c r="D708" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E708" t="str">
-        <x:v>Falmouth</x:v>
+        <x:v>Tottenham</x:v>
       </x:c>
       <x:c r="F708" t="str">
-        <x:v>TR11 4SB</x:v>
+        <x:v>N15 4AG</x:v>
       </x:c>
       <x:c r="G708" t="str">
         <x:v/>
       </x:c>
       <x:c r="H708" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="709">
       <x:c r="A709" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>London Sol Limited</x:v>
       </x:c>
       <x:c r="B709" t="str">
-        <x:v>6 Chapel Street</x:v>
+        <x:v>Vision Building, 4 Footscray Road</x:v>
       </x:c>
       <x:c r="C709" t="str">
         <x:v/>
       </x:c>
       <x:c r="D709" t="str">
-        <x:v>Camborne</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E709" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F709" t="str">
-        <x:v>TR14 8EG</x:v>
+        <x:v>SE9 2TW</x:v>
       </x:c>
       <x:c r="G709" t="str">
-        <x:v>kos@nalders.co.uk</x:v>
+        <x:v>cemal.turk@greymore.com</x:v>
       </x:c>
       <x:c r="H709" t="str">
-        <x:v>01209713278</x:v>
+        <x:v>0208 808 1285</x:v>
       </x:c>
     </x:row>
     <x:row r="710">
       <x:c r="A710" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Lords Solicitors LLP</x:v>
       </x:c>
       <x:c r="B710" t="str">
-        <x:v>7 Winckley Square</x:v>
+        <x:v>466 CRANBROOK ROAD</x:v>
       </x:c>
       <x:c r="C710" t="str">
         <x:v/>
       </x:c>
       <x:c r="D710" t="str">
-        <x:v>Preston</x:v>
+        <x:v>ILFORD</x:v>
       </x:c>
       <x:c r="E710" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F710" t="str">
-        <x:v>PR1 3JD</x:v>
+        <x:v>IG2 6LE</x:v>
       </x:c>
       <x:c r="G710" t="str">
-        <x:v>**</x:v>
+        <x:v>info@lordssolicitorsllp.co.uk</x:v>
       </x:c>
       <x:c r="H710" t="str">
-        <x:v>01772904333</x:v>
+        <x:v>02085182226</x:v>
       </x:c>
     </x:row>
     <x:row r="711">
       <x:c r="A711" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Lynn Murray &amp; Co.</x:v>
       </x:c>
       <x:c r="B711" t="str">
-        <x:v>The Plaza, </x:v>
+        <x:v>Denning House, 84 High Street</x:v>
       </x:c>
       <x:c r="C711" t="str">
-        <x:v>100 Old Hall Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D711" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Cranleigh</x:v>
       </x:c>
       <x:c r="E711" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F711" t="str">
-        <x:v>L3 9QJ</x:v>
+        <x:v>GU6 8AH</x:v>
       </x:c>
       <x:c r="G711" t="str">
-        <x:v/>
+        <x:v>lynn@lynnmurray.co.uk</x:v>
       </x:c>
       <x:c r="H711" t="str">
-        <x:v>01513173355</x:v>
+        <x:v>01483 268847</x:v>
       </x:c>
     </x:row>
     <x:row r="712">
       <x:c r="A712" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Machins Solicitors LLP</x:v>
       </x:c>
       <x:c r="B712" t="str">
-        <x:v>Room 37, Jubilee House</x:v>
+        <x:v>295-299 High Street</x:v>
       </x:c>
       <x:c r="C712" t="str">
-        <x:v>East Beach</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D712" t="str">
-        <x:v>Lytham St Annes</x:v>
+        <x:v>Berkhamsted</x:v>
       </x:c>
       <x:c r="E712" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F712" t="str">
-        <x:v>FY8 5FT</x:v>
+        <x:v>HP4 1AJ</x:v>
       </x:c>
       <x:c r="G712" t="str">
-        <x:v>lytham@napthens.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H712" t="str">
-        <x:v>01253 622305</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="713">
       <x:c r="A713" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Machins Solicitors LLP</x:v>
       </x:c>
       <x:c r="B713" t="str">
-        <x:v>Darwen House, Walker Office Park</x:v>
+        <x:v>28 Dunstable Road</x:v>
       </x:c>
       <x:c r="C713" t="str">
         <x:v/>
       </x:c>
       <x:c r="D713" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Luton</x:v>
       </x:c>
       <x:c r="E713" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F713" t="str">
-        <x:v>BB1 2QE</x:v>
+        <x:v>LU1 1DY</x:v>
       </x:c>
       <x:c r="G713" t="str">
-        <x:v>Blackburn@napthens.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H713" t="str">
-        <x:v>01254 667733</x:v>
+        <x:v>01582 514 000</x:v>
       </x:c>
     </x:row>
     <x:row r="714">
       <x:c r="A714" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Markand &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B714" t="str">
-        <x:v>Bridge Mills</x:v>
+        <x:v>6-8 Woodford Road</x:v>
       </x:c>
       <x:c r="C714" t="str">
-        <x:v>Stramongate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D714" t="str">
-        <x:v>Kendal</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E714" t="str">
         <x:v/>
       </x:c>
       <x:c r="F714" t="str">
-        <x:v>LA9 4BD</x:v>
+        <x:v>E7 0HA</x:v>
       </x:c>
       <x:c r="G714" t="str">
-        <x:v>Kendal@napthens.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H714" t="str">
-        <x:v>01539760560</x:v>
+        <x:v>02084701422</x:v>
       </x:c>
     </x:row>
     <x:row r="715">
       <x:c r="A715" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
       </x:c>
       <x:c r="B715" t="str">
-        <x:v>42 Hoghton Street</x:v>
+        <x:v>Office 21A, Strawberry Fields Digital Hub</x:v>
       </x:c>
       <x:c r="C715" t="str">
-        <x:v/>
+        <x:v>Euxton Lane</x:v>
       </x:c>
       <x:c r="D715" t="str">
-        <x:v>Southport</x:v>
+        <x:v>Chorley</x:v>
       </x:c>
       <x:c r="E715" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F715" t="str">
-        <x:v>PR9 0PQ</x:v>
+        <x:v>PR7 1PS</x:v>
       </x:c>
       <x:c r="G715" t="str">
-        <x:v>southport@napthens.co.uk</x:v>
+        <x:v>info@marsdenrawsthorn.com</x:v>
       </x:c>
       <x:c r="H715" t="str">
-        <x:v>01704 333088</x:v>
+        <x:v>01257 279511</x:v>
       </x:c>
     </x:row>
     <x:row r="716">
       <x:c r="A716" t="str">
-        <x:v>Nelsons Solicitors Limited</x:v>
+        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
       </x:c>
       <x:c r="B716" t="str">
-        <x:v>Provincial House</x:v>
+        <x:v>3-4 Faraday Court</x:v>
       </x:c>
       <x:c r="C716" t="str">
-        <x:v>37 New Walk</x:v>
+        <x:v>Fulwood</x:v>
       </x:c>
       <x:c r="D716" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E716" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F716" t="str">
-        <x:v>LE1 6TU</x:v>
+        <x:v>PR2 9NB</x:v>
       </x:c>
       <x:c r="G716" t="str">
-        <x:v/>
+        <x:v>KDonlan@marsdenrawsthorn.com</x:v>
       </x:c>
       <x:c r="H716" t="str">
-        <x:v/>
+        <x:v>01772799600</x:v>
       </x:c>
     </x:row>
     <x:row r="717">
       <x:c r="A717" t="str">
-        <x:v>Nelsons Solicitors Limited</x:v>
+        <x:v>McCarthy Bennett Holland Solicitors LLP</x:v>
       </x:c>
       <x:c r="B717" t="str">
-        <x:v>Stern house </x:v>
+        <x:v>Wigan Investment Centre</x:v>
       </x:c>
       <x:c r="C717" t="str">
-        <x:v>Lodge Lane </x:v>
+        <x:v>Waterside Drive</x:v>
       </x:c>
       <x:c r="D717" t="str">
-        <x:v>Derby </x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E717" t="str">
         <x:v/>
       </x:c>
       <x:c r="F717" t="str">
-        <x:v>DE1 3WD</x:v>
+        <x:v>WN3 5BA</x:v>
       </x:c>
       <x:c r="G717" t="str">
-        <x:v>**</x:v>
+        <x:v>carolinerooks@wigansolicitors.com</x:v>
       </x:c>
       <x:c r="H717" t="str">
-        <x:v>013322632378</x:v>
+        <x:v>01942206060</x:v>
       </x:c>
     </x:row>
     <x:row r="718">
       <x:c r="A718" t="str">
-        <x:v>Nelsons Solicitors Limited</x:v>
+        <x:v>Mchale Legal Limited</x:v>
       </x:c>
       <x:c r="B718" t="str">
-        <x:v>Pennine House</x:v>
+        <x:v>19-21 High Street</x:v>
       </x:c>
       <x:c r="C718" t="str">
-        <x:v>8 Stanford Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D718" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E718" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F718" t="str">
-        <x:v>NG1 7BQ</x:v>
+        <x:v>WA14 1QP</x:v>
       </x:c>
       <x:c r="G718" t="str">
         <x:v/>
       </x:c>
       <x:c r="H718" t="str">
-        <x:v>0115 958 6262</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="719">
       <x:c r="A719" t="str">
-        <x:v>Newman Law LLP</x:v>
+        <x:v>Mchale Legal Limited</x:v>
       </x:c>
       <x:c r="B719" t="str">
-        <x:v>10 Hendon Lane</x:v>
+        <x:v>25 York Street</x:v>
       </x:c>
       <x:c r="C719" t="str">
         <x:v/>
       </x:c>
       <x:c r="D719" t="str">
-        <x:v>London</x:v>
+        <x:v>Heywood</x:v>
       </x:c>
       <x:c r="E719" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F719" t="str">
-        <x:v>N3 1TR</x:v>
+        <x:v>OL10 4NN</x:v>
       </x:c>
       <x:c r="G719" t="str">
-        <x:v>osman@newmanlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H719" t="str">
-        <x:v>0208 349 2655</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="720">
       <x:c r="A720" t="str">
-        <x:v>Newman Law LLP</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B720" t="str">
-        <x:v>Unit G2, St. Hildas Business Centre</x:v>
+        <x:v>116 High Road</x:v>
       </x:c>
       <x:c r="C720" t="str">
-        <x:v>The Ropery</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D720" t="str">
-        <x:v/>
+        <x:v>Chigwell</x:v>
       </x:c>
       <x:c r="E720" t="str">
-        <x:v>Whitby</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F720" t="str">
-        <x:v>YO22 4ET</x:v>
+        <x:v>IG7 5AR</x:v>
       </x:c>
       <x:c r="G720" t="str">
-        <x:v>hannah@hmd-legal.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H720" t="str">
-        <x:v>01947604082</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="721">
       <x:c r="A721" t="str">
-        <x:v>Newport Land and Law Limited</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B721" t="str">
-        <x:v>5 High Green Road</x:v>
+        <x:v>2 Camberwell Church Street</x:v>
       </x:c>
       <x:c r="C721" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="D721" t="str">
-        <x:v>Normanton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E721" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F721" t="str">
-        <x:v>WF6 2LF</x:v>
+        <x:v>SE5 8QY</x:v>
       </x:c>
       <x:c r="G721" t="str">
-        <x:v/>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H721" t="str">
-        <x:v/>
+        <x:v>020 7703 5034</x:v>
       </x:c>
     </x:row>
     <x:row r="722">
       <x:c r="A722" t="str">
-        <x:v>Newport Land and Law Limited</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B722" t="str">
-        <x:v>Office 18</x:v>
+        <x:v>94-96 Wigmore Street</x:v>
       </x:c>
       <x:c r="C722" t="str">
-        <x:v>Rear Walled Garden</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D722" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E722" t="str">
-        <x:v>Nostell,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F722" t="str">
-        <x:v>WF4 1AB</x:v>
+        <x:v>W1U 3RF</x:v>
       </x:c>
       <x:c r="G722" t="str">
-        <x:v>leah.gore@landandlaw.co.uk</x:v>
+        <x:v>andy@meaby.co.uk</x:v>
       </x:c>
       <x:c r="H722" t="str">
-        <x:v>01937326006</x:v>
+        <x:v>02077035034</x:v>
       </x:c>
     </x:row>
     <x:row r="723">
       <x:c r="A723" t="str">
-        <x:v>Newtons Solicitors Limited</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B723" t="str">
-        <x:v>The Old Baptist Chapel</x:v>
+        <x:v>159 High Street,</x:v>
       </x:c>
       <x:c r="C723" t="str">
-        <x:v>Salop Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D723" t="str">
-        <x:v>Oswestry</x:v>
+        <x:v>Dorking,</x:v>
       </x:c>
       <x:c r="E723" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Surrey,</x:v>
       </x:c>
       <x:c r="F723" t="str">
-        <x:v>SY11 2NR</x:v>
+        <x:v>RH4 1AD</x:v>
       </x:c>
       <x:c r="G723" t="str">
-        <x:v/>
+        <x:v>andy@meaby.co.uk</x:v>
       </x:c>
       <x:c r="H723" t="str">
-        <x:v/>
+        <x:v>01306 884432</x:v>
       </x:c>
     </x:row>
     <x:row r="724">
       <x:c r="A724" t="str">
-        <x:v>Nexus Solicitors Limited</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B724" t="str">
-        <x:v>16-18 Albert Square</x:v>
+        <x:v>The Store, 9 White Street</x:v>
       </x:c>
       <x:c r="C724" t="str">
-        <x:v>Manchester </x:v>
+        <x:v/>
       </x:c>
       <x:c r="D724" t="str">
-        <x:v/>
+        <x:v>Dunmow</x:v>
       </x:c>
       <x:c r="E724" t="str">
         <x:v/>
       </x:c>
       <x:c r="F724" t="str">
-        <x:v>M2 5PE</x:v>
+        <x:v>CM6 1BD</x:v>
       </x:c>
       <x:c r="G724" t="str">
-        <x:v>ccp@nexussolicitors.co.uk</x:v>
+        <x:v>info@meaby.co.uk</x:v>
       </x:c>
       <x:c r="H724" t="str">
-        <x:v>0161 819 4900</x:v>
+        <x:v>02077035034</x:v>
       </x:c>
     </x:row>
     <x:row r="725">
       <x:c r="A725" t="str">
-        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
+        <x:v>Metrolaw Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B725" t="str">
-        <x:v>10-12 Bourlet Close</x:v>
+        <x:v>92 Goodmayes Road</x:v>
       </x:c>
       <x:c r="C725" t="str">
         <x:v/>
       </x:c>
       <x:c r="D725" t="str">
-        <x:v>London</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E725" t="str">
         <x:v/>
       </x:c>
       <x:c r="F725" t="str">
-        <x:v>W1W 7BR</x:v>
+        <x:v>IG3 9UU</x:v>
       </x:c>
       <x:c r="G725" t="str">
-        <x:v>david.conway@nicholassolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H725" t="str">
-        <x:v>02073234450</x:v>
+        <x:v>02085901100</x:v>
       </x:c>
     </x:row>
     <x:row r="726">
       <x:c r="A726" t="str">
-        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
+        <x:v>Mewies Solicitors</x:v>
       </x:c>
       <x:c r="B726" t="str">
-        <x:v>Central House</x:v>
+        <x:v>Clifford House</x:v>
       </x:c>
       <x:c r="C726" t="str">
-        <x:v>1 Ballards Lane</x:v>
+        <x:v>Keighley Road</x:v>
       </x:c>
       <x:c r="D726" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="E726" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F726" t="str">
-        <x:v>N3 1LQ</x:v>
+        <x:v>BD23 2NB </x:v>
       </x:c>
       <x:c r="G726" t="str">
-        <x:v>info-finchley@nicholassolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H726" t="str">
-        <x:v>020 8349 7680</x:v>
+        <x:v>01756799000</x:v>
       </x:c>
     </x:row>
     <x:row r="727">
       <x:c r="A727" t="str">
-        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
+        <x:v>MFG Solicitors</x:v>
       </x:c>
       <x:c r="B727" t="str">
-        <x:v>9-12 East Parade</x:v>
+        <x:v>Tythe House</x:v>
       </x:c>
       <x:c r="C727" t="str">
-        <x:v/>
+        <x:v>20-21 The Tything</x:v>
       </x:c>
       <x:c r="D727" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E727" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F727" t="str">
-        <x:v>S1 2ET</x:v>
+        <x:v>WR1 1HD</x:v>
       </x:c>
       <x:c r="G727" t="str">
-        <x:v>Nicholas@Norrie-Waite.com</x:v>
+        <x:v>alan.morris@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H727" t="str">
-        <x:v>01142766166</x:v>
+        <x:v>01527 831691</x:v>
       </x:c>
     </x:row>
     <x:row r="728">
       <x:c r="A728" t="str">
-        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
+        <x:v>MFG Solicitors</x:v>
       </x:c>
       <x:c r="B728" t="str">
-        <x:v>21-23 Bridge Street</x:v>
+        <x:v>Adam House</x:v>
       </x:c>
       <x:c r="C728" t="str">
-        <x:v>Killamarsh</x:v>
+        <x:v>Birmingham Road</x:v>
       </x:c>
       <x:c r="D728" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Kidderminster</x:v>
       </x:c>
       <x:c r="E728" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F728" t="str">
-        <x:v>S21 1AH</x:v>
+        <x:v>DY10 2SH</x:v>
       </x:c>
       <x:c r="G728" t="str">
-        <x:v>richardm@norrie-waite.co.uk</x:v>
+        <x:v>suzanne.lee@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H728" t="str">
-        <x:v>01142484890</x:v>
+        <x:v>01562 745800</x:v>
       </x:c>
     </x:row>
     <x:row r="729">
       <x:c r="A729" t="str">
-        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
+        <x:v>MFG Solicitors</x:v>
       </x:c>
       <x:c r="B729" t="str">
-        <x:v>69 Broad Street</x:v>
+        <x:v>Padmore House, Hall Court, </x:v>
       </x:c>
       <x:c r="C729" t="str">
-        <x:v>Parkgate</x:v>
+        <x:v>Hall Park Way, Town Centre</x:v>
       </x:c>
       <x:c r="D729" t="str">
-        <x:v>Rotherham</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E729" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F729" t="str">
-        <x:v>S62 6DU</x:v>
+        <x:v>TF3 4LX</x:v>
       </x:c>
       <x:c r="G729" t="str">
-        <x:v>richardm@norrie-waite.co.uk</x:v>
+        <x:v>post@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H729" t="str">
-        <x:v>01709523983</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="730">
       <x:c r="A730" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>MFG Solicitors LLP</x:v>
       </x:c>
       <x:c r="B730" t="str">
-        <x:v>Exchange Square</x:v>
+        <x:v>1 High Street</x:v>
       </x:c>
       <x:c r="C730" t="str">
         <x:v/>
       </x:c>
       <x:c r="D730" t="str">
-        <x:v>Beccles</x:v>
+        <x:v>Bromsgrove</x:v>
       </x:c>
       <x:c r="E730" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F730" t="str">
-        <x:v>NR34 9HP</x:v>
+        <x:v>B61 8AJ</x:v>
       </x:c>
       <x:c r="G730" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v>lucie.couchman@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H730" t="str">
-        <x:v>01502 718700</x:v>
+        <x:v>01527 831691</x:v>
       </x:c>
     </x:row>
     <x:row r="731">
       <x:c r="A731" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>MFG Solicitors LLP</x:v>
       </x:c>
       <x:c r="B731" t="str">
-        <x:v>Old Bank House, 66a Bells Road</x:v>
+        <x:v>9 Corve Street</x:v>
       </x:c>
       <x:c r="C731" t="str">
-        <x:v>Gorleston</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D731" t="str">
-        <x:v>Great Yarmouth</x:v>
+        <x:v>Ludlow</x:v>
       </x:c>
       <x:c r="E731" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F731" t="str">
-        <x:v>NR31 6AF</x:v>
+        <x:v>SY8 1DE</x:v>
       </x:c>
       <x:c r="G731" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v>richard.connolly@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H731" t="str">
-        <x:v>01493 652204</x:v>
+        <x:v>01584873156</x:v>
       </x:c>
     </x:row>
     <x:row r="732">
       <x:c r="A732" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>MFG Solicitors LLP</x:v>
       </x:c>
       <x:c r="B732" t="str">
-        <x:v>52 Thoroughfare</x:v>
+        <x:v>3rd Floor, Waterloo House</x:v>
       </x:c>
       <x:c r="C732" t="str">
-        <x:v/>
+        <x:v>20 Waterloo Street</x:v>
       </x:c>
       <x:c r="D732" t="str">
-        <x:v>Halesworth</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E732" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F732" t="str">
-        <x:v>IP19 8AR</x:v>
+        <x:v>B2 5TB</x:v>
       </x:c>
       <x:c r="G732" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v>mfgitsadmin@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H732" t="str">
-        <x:v>01986 872513</x:v>
+        <x:v>0121 236 7388</x:v>
       </x:c>
     </x:row>
     <x:row r="733">
       <x:c r="A733" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>Mirza Law Limited</x:v>
       </x:c>
       <x:c r="B733" t="str">
-        <x:v>18 Church Plain</x:v>
+        <x:v>216A Hoe Street</x:v>
       </x:c>
       <x:c r="C733" t="str">
         <x:v/>
       </x:c>
       <x:c r="D733" t="str">
-        <x:v>Great Yarmouth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E733" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Walthamstow</x:v>
       </x:c>
       <x:c r="F733" t="str">
-        <x:v>NR30 1NF</x:v>
+        <x:v>E17 3AY</x:v>
       </x:c>
       <x:c r="G733" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H733" t="str">
-        <x:v>01493 849200</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="734">
       <x:c r="A734" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>Mogers Drewett</x:v>
       </x:c>
       <x:c r="B734" t="str">
-        <x:v>148 London Road North</x:v>
+        <x:v>St. James House</x:v>
       </x:c>
       <x:c r="C734" t="str">
-        <x:v/>
+        <x:v>The Square, Lower Bristol Road</x:v>
       </x:c>
       <x:c r="D734" t="str">
-        <x:v>Lowestoft</x:v>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E734" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F734" t="str">
-        <x:v>NR32 1HF</x:v>
+        <x:v>BA2 3BH</x:v>
       </x:c>
       <x:c r="G734" t="str">
         <x:v/>
       </x:c>
       <x:c r="H734" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="735">
       <x:c r="A735" t="str">
-        <x:v>NWL Solicitors</x:v>
+        <x:v>Mogers Drewett LLP</x:v>
       </x:c>
       <x:c r="B735" t="str">
-        <x:v>7 Hampstead West</x:v>
+        <x:v>Spring House</x:v>
       </x:c>
       <x:c r="C735" t="str">
-        <x:v>224 Iverson Road</x:v>
+        <x:v>East Mill Lane</x:v>
       </x:c>
       <x:c r="D735" t="str">
-        <x:v>London</x:v>
+        <x:v>Sherborne</x:v>
       </x:c>
       <x:c r="E735" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F735" t="str">
-        <x:v>NW6 2HL</x:v>
+        <x:v>DT9 3DP</x:v>
       </x:c>
       <x:c r="G735" t="str">
         <x:v/>
       </x:c>
       <x:c r="H735" t="str">
-        <x:v>020 7328 2929</x:v>
+        <x:v>01935 813691</x:v>
       </x:c>
     </x:row>
     <x:row r="736">
       <x:c r="A736" t="str">
-        <x:v>O'Donnell Solicitors Limited</x:v>
+        <x:v>Mogers Drewett LLP</x:v>
       </x:c>
       <x:c r="B736" t="str">
-        <x:v>1-3 Mossley Road</x:v>
+        <x:v>Bishopbrook House</x:v>
       </x:c>
       <x:c r="C736" t="str">
-        <x:v>Grasscroft</x:v>
+        <x:v>Cathedral Avenue</x:v>
       </x:c>
       <x:c r="D736" t="str">
-        <x:v>Oldham</x:v>
+        <x:v>Wells</x:v>
       </x:c>
       <x:c r="E736" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F736" t="str">
-        <x:v>OL4 4HH</x:v>
+        <x:v>BA5 1FD</x:v>
       </x:c>
       <x:c r="G736" t="str">
-        <x:v/>
+        <x:v>Michelle.Kadshaw@mogersdrewett.com</x:v>
       </x:c>
       <x:c r="H736" t="str">
-        <x:v/>
+        <x:v>01749 342323</x:v>
       </x:c>
     </x:row>
     <x:row r="737">
       <x:c r="A737" t="str">
-        <x:v>O'Donnell Solicitors Limited</x:v>
+        <x:v>Monarch Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B737" t="str">
-        <x:v>First Floor, 91-93 High Street, Uppermill</x:v>
+        <x:v>City Point</x:v>
       </x:c>
       <x:c r="C737" t="str">
-        <x:v>Saddleworth</x:v>
+        <x:v>156 Chapel Street</x:v>
       </x:c>
       <x:c r="D737" t="str">
-        <x:v>Oldham</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E737" t="str">
         <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F737" t="str">
-        <x:v>OL3 6BD</x:v>
+        <x:v>M3 6BF</x:v>
       </x:c>
       <x:c r="G737" t="str">
-        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H737" t="str">
-        <x:v>01457761320</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="738">
       <x:c r="A738" t="str">
-        <x:v>O'Donnell Solicitors Limited</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B738" t="str">
-        <x:v>44 High Street</x:v>
+        <x:v>Unit 13A, The Brewery Quarter, Henrietta Street</x:v>
       </x:c>
       <x:c r="C738" t="str">
-        <x:v>Uppermill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D738" t="str">
-        <x:v>Saddleworth</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E738" t="str">
-        <x:v>Oldham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F738" t="str">
-        <x:v>OL3 6HA</x:v>
+        <x:v>GL50 4FA</x:v>
       </x:c>
       <x:c r="G738" t="str">
-        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
+        <x:v>lmsmortgages@montpellier.legal</x:v>
       </x:c>
       <x:c r="H738" t="str">
-        <x:v>01457761320</x:v>
+        <x:v>01242 472200</x:v>
       </x:c>
     </x:row>
     <x:row r="739">
       <x:c r="A739" t="str">
-        <x:v>Ola Leslie Solicitors LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B739" t="str">
-        <x:v>60 Borough High Street</x:v>
+        <x:v>Unit D33, Pure Offices, Kestrel Court,</x:v>
       </x:c>
       <x:c r="C739" t="str">
-        <x:v/>
+        <x:v>Waterwells Drive, Quedgeley</x:v>
       </x:c>
       <x:c r="D739" t="str">
-        <x:v>London</x:v>
+        <x:v>Gloucester</x:v>
       </x:c>
       <x:c r="E739" t="str">
         <x:v/>
       </x:c>
       <x:c r="F739" t="str">
-        <x:v>SE1 1XF</x:v>
+        <x:v>GL2 2AT</x:v>
       </x:c>
       <x:c r="G739" t="str">
-        <x:v/>
+        <x:v>lmsmortgages@montpellier.legal</x:v>
       </x:c>
       <x:c r="H739" t="str">
-        <x:v>020 71830 084</x:v>
+        <x:v>01452 442100</x:v>
       </x:c>
     </x:row>
     <x:row r="740">
       <x:c r="A740" t="str">
-        <x:v>Oliver &amp; Co Solicitors Ltd</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B740" t="str">
-        <x:v>Douglas House, </x:v>
+        <x:v>Office A,</x:v>
       </x:c>
       <x:c r="C740" t="str">
-        <x:v>117 Foregate Street</x:v>
+        <x:v>Five Valleys Shopping Centre,</x:v>
       </x:c>
       <x:c r="D740" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Stroud</x:v>
       </x:c>
       <x:c r="E740" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F740" t="str">
-        <x:v>CH1 1HE</x:v>
+        <x:v>GL5  1RR</x:v>
       </x:c>
       <x:c r="G740" t="str">
-        <x:v/>
+        <x:v>lmsmortgages@montpellier.legal</x:v>
       </x:c>
       <x:c r="H740" t="str">
-        <x:v>01244 312306</x:v>
+        <x:v>01453 700650</x:v>
       </x:c>
     </x:row>
     <x:row r="741">
       <x:c r="A741" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B741" t="str">
-        <x:v>Gavel House</x:v>
+        <x:v>3A The Wool Market</x:v>
       </x:c>
       <x:c r="C741" t="str">
-        <x:v>90-92 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D741" t="str">
-        <x:v>Feltham</x:v>
+        <x:v>Cirencester</x:v>
       </x:c>
       <x:c r="E741" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F741" t="str">
-        <x:v>TW13 4ES</x:v>
+        <x:v>GL7 2PR</x:v>
       </x:c>
       <x:c r="G741" t="str">
-        <x:v>edward.steele@owc.co.uk</x:v>
+        <x:v>lmsmortgages@montpellier.lega</x:v>
       </x:c>
       <x:c r="H741" t="str">
-        <x:v>020 88902836</x:v>
+        <x:v>01285 701750</x:v>
       </x:c>
     </x:row>
     <x:row r="742">
       <x:c r="A742" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B742" t="str">
-        <x:v>Barley Mow Centre, 10 Barley Mow Passage</x:v>
+        <x:v>Vinegar House, 39 Foregate Street</x:v>
       </x:c>
       <x:c r="C742" t="str">
-        <x:v>Chiswick</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D742" t="str">
-        <x:v>London</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E742" t="str">
         <x:v/>
       </x:c>
       <x:c r="F742" t="str">
-        <x:v>W4 4PH</x:v>
+        <x:v>WR1 1DJ</x:v>
       </x:c>
       <x:c r="G742" t="str">
-        <x:v>Richard.land@owc.co.uk</x:v>
+        <x:v>info@montpellier.legal</x:v>
       </x:c>
       <x:c r="H742" t="str">
-        <x:v>02089871400</x:v>
+        <x:v>01905 670997</x:v>
       </x:c>
     </x:row>
     <x:row r="743">
       <x:c r="A743" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Morgan LaRoche Limited</x:v>
       </x:c>
       <x:c r="B743" t="str">
-        <x:v>56 High Street</x:v>
+        <x:v>Bay House, Phoenix Way</x:v>
       </x:c>
       <x:c r="C743" t="str">
         <x:v/>
       </x:c>
       <x:c r="D743" t="str">
-        <x:v>Shepperton</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E743" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F743" t="str">
-        <x:v>TW17 9AY</x:v>
+        <x:v>SA7 9LA</x:v>
       </x:c>
       <x:c r="G743" t="str">
-        <x:v>shepperton@owc.co.uk</x:v>
+        <x:v>athomas@morganlaroche.com</x:v>
       </x:c>
       <x:c r="H743" t="str">
-        <x:v>01932 220 451</x:v>
+        <x:v>01792776776</x:v>
       </x:c>
     </x:row>
     <x:row r="744">
       <x:c r="A744" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Morgan Laroche Limited</x:v>
       </x:c>
       <x:c r="B744" t="str">
-        <x:v>North Lodge, Esher Park Avenue</x:v>
+        <x:v>Cabna Court</x:v>
       </x:c>
       <x:c r="C744" t="str">
-        <x:v/>
+        <x:v>Heol Glasdwr</x:v>
       </x:c>
       <x:c r="D744" t="str">
-        <x:v>Esher</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E744" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F744" t="str">
-        <x:v>KT10 9NP</x:v>
+        <x:v>SA31 2NF</x:v>
       </x:c>
       <x:c r="G744" t="str">
-        <x:v>esher@owc.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H744" t="str">
-        <x:v>01372469100</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="745">
       <x:c r="A745" t="str">
-        <x:v>Paris Smith LLP.</x:v>
+        <x:v>Mortons Law Limited</x:v>
       </x:c>
       <x:c r="B745" t="str">
-        <x:v>9 Parchment Street</x:v>
+        <x:v>Houghton House</x:v>
       </x:c>
       <x:c r="C745" t="str">
-        <x:v/>
+        <x:v>Belmont Business Park</x:v>
       </x:c>
       <x:c r="D745" t="str">
-        <x:v>Winchester</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="E745" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>County Durham</x:v>
       </x:c>
       <x:c r="F745" t="str">
-        <x:v>SO23 8AT</x:v>
+        <x:v>DH1 1TW</x:v>
       </x:c>
       <x:c r="G745" t="str">
         <x:v>*</x:v>
       </x:c>
       <x:c r="H745" t="str">
-        <x:v>01962 679705</x:v>
+        <x:v>0191 374 2555</x:v>
       </x:c>
     </x:row>
     <x:row r="746">
       <x:c r="A746" t="str">
-        <x:v>Paris Smith LLP.</x:v>
+        <x:v>Mortons Law Limited</x:v>
       </x:c>
       <x:c r="B746" t="str">
-        <x:v>1 London Road</x:v>
+        <x:v>The Yard</x:v>
       </x:c>
       <x:c r="C746" t="str">
-        <x:v/>
+        <x:v>Gill Bridge Avenue</x:v>
       </x:c>
       <x:c r="D746" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Sunderland</x:v>
       </x:c>
       <x:c r="E746" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F746" t="str">
-        <x:v>SO15 2AE</x:v>
+        <x:v>SR1 3AW</x:v>
       </x:c>
       <x:c r="G746" t="str">
-        <x:v> jade.watkins@parissmith.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H746" t="str">
-        <x:v>07425 434 634</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="747">
       <x:c r="A747" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>Mortons Law Limited</x:v>
       </x:c>
       <x:c r="B747" t="str">
-        <x:v>Haswell House</x:v>
+        <x:v>11 Marlborough</x:v>
       </x:c>
       <x:c r="C747" t="str">
-        <x:v>St. Nicholas Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D747" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Seaham</x:v>
       </x:c>
       <x:c r="E747" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>County Durham</x:v>
       </x:c>
       <x:c r="F747" t="str">
-        <x:v>WR1 1UN</x:v>
+        <x:v>SR7 7SA</x:v>
       </x:c>
       <x:c r="G747" t="str">
-        <x:v/>
+        <x:v>aashcroft@mortons-solicitors.com</x:v>
       </x:c>
       <x:c r="H747" t="str">
-        <x:v/>
+        <x:v>01915118222</x:v>
       </x:c>
     </x:row>
     <x:row r="748">
       <x:c r="A748" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>Moseleys</x:v>
       </x:c>
       <x:c r="B748" t="str">
-        <x:v>64 Friar Street</x:v>
+        <x:v>Compton House</x:v>
       </x:c>
       <x:c r="C748" t="str">
-        <x:v/>
+        <x:v>18 Bore Street</x:v>
       </x:c>
       <x:c r="D748" t="str">
-        <x:v>Droitwich</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E748" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F748" t="str">
-        <x:v>WR9 8EF</x:v>
+        <x:v>WS13 6LL</x:v>
       </x:c>
       <x:c r="G748" t="str">
-        <x:v>sjp@parkinsonwright.co.uk</x:v>
+        <x:v>satack@moseleys.co.uk</x:v>
       </x:c>
       <x:c r="H748" t="str">
-        <x:v>01905775533</x:v>
+        <x:v>01543414100</x:v>
       </x:c>
     </x:row>
     <x:row r="749">
       <x:c r="A749" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>Moss &amp; Coleman Solicitors Limited</x:v>
       </x:c>
       <x:c r="B749" t="str">
-        <x:v>4 Abbey Lane Court, Abbey Lane</x:v>
+        <x:v>170-180 High Street</x:v>
       </x:c>
       <x:c r="C749" t="str">
         <x:v/>
       </x:c>
       <x:c r="D749" t="str">
-        <x:v>Evesham</x:v>
+        <x:v>Hornchurch</x:v>
       </x:c>
       <x:c r="E749" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F749" t="str">
-        <x:v>WR11 4BY</x:v>
+        <x:v>RM12 6JP</x:v>
       </x:c>
       <x:c r="G749" t="str">
-        <x:v>evesham@parkinsonwright.co.uk</x:v>
+        <x:v>g.harrington@mosco.co.uk</x:v>
       </x:c>
       <x:c r="H749" t="str">
-        <x:v>01386761176</x:v>
+        <x:v>01708 446781</x:v>
       </x:c>
     </x:row>
     <x:row r="750">
       <x:c r="A750" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>MSB Solicitors Limited</x:v>
       </x:c>
       <x:c r="B750" t="str">
-        <x:v>2-6 Bromyard Road</x:v>
+        <x:v>4 St Pauls Square</x:v>
       </x:c>
       <x:c r="C750" t="str">
-        <x:v>St Johns</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D750" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E750" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F750" t="str">
-        <x:v>WR2 5BP</x:v>
+        <x:v>L3 9SJ</x:v>
       </x:c>
       <x:c r="G750" t="str">
-        <x:v>jn@parkinsonwright.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H750" t="str">
-        <x:v>01905 425167</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="751">
       <x:c r="A751" t="str">
-        <x:v>Patron Law Ltd</x:v>
+        <x:v>MTG Solicitors</x:v>
       </x:c>
       <x:c r="B751" t="str">
-        <x:v>Unit 720</x:v>
+        <x:v>10 Broadway</x:v>
       </x:c>
       <x:c r="C751" t="str">
-        <x:v>Catalyst House, Centennial Park, Centennial Avenue, Elstree</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D751" t="str">
-        <x:v>Borehamwood</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E751" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F751" t="str">
-        <x:v>WD6 3SY</x:v>
+        <x:v>W13 0SR</x:v>
       </x:c>
       <x:c r="G751" t="str">
-        <x:v/>
+        <x:v>info@mtgsolicitors.com</x:v>
       </x:c>
       <x:c r="H751" t="str">
-        <x:v/>
+        <x:v>02087545577</x:v>
       </x:c>
     </x:row>
     <x:row r="752">
       <x:c r="A752" t="str">
-        <x:v>Patron Law Ltd (W11 4qg)</x:v>
+        <x:v>Murria Solicitors Limited</x:v>
       </x:c>
       <x:c r="B752" t="str">
-        <x:v>2A Norland Place</x:v>
+        <x:v>Court Chambers</x:v>
       </x:c>
       <x:c r="C752" t="str">
-        <x:v>Holland Park</x:v>
+        <x:v>180 Corporation Street</x:v>
       </x:c>
       <x:c r="D752" t="str">
-        <x:v>London</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E752" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F752" t="str">
-        <x:v>W11 4QG</x:v>
+        <x:v>B4 6UD</x:v>
       </x:c>
       <x:c r="G752" t="str">
-        <x:v>enquiries@patronlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H752" t="str">
-        <x:v>+44 (0) 20 3841 7470</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="753">
       <x:c r="A753" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Myers Solicitors Limited</x:v>
       </x:c>
       <x:c r="B753" t="str">
-        <x:v>Stratford Town Hall Annexe,</x:v>
+        <x:v>33-43 Price Street</x:v>
       </x:c>
       <x:c r="C753" t="str">
-        <x:v>29 Broadway</x:v>
+        <x:v>Burslem</x:v>
       </x:c>
       <x:c r="D753" t="str">
-        <x:v>London</x:v>
+        <x:v>Stoke on Trent</x:v>
       </x:c>
       <x:c r="E753" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F753" t="str">
-        <x:v>E15 4BQ</x:v>
+        <x:v>ST6 4EN</x:v>
       </x:c>
       <x:c r="G753" t="str">
-        <x:v>*</x:v>
+        <x:v>Rachel.silvester@myerssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H753" t="str">
-        <x:v>02080495888</x:v>
+        <x:v>01782577000</x:v>
       </x:c>
     </x:row>
     <x:row r="754">
       <x:c r="A754" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Myers Solicitors Limited</x:v>
       </x:c>
       <x:c r="B754" t="str">
-        <x:v>470-474 London Road</x:v>
+        <x:v>Goffs Oak House, 617 Goffs Lane</x:v>
       </x:c>
       <x:c r="C754" t="str">
-        <x:v/>
+        <x:v>Goffs Oak</x:v>
       </x:c>
       <x:c r="D754" t="str">
-        <x:v>Westcliff-on-Sea</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E754" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Waltham Cross</x:v>
       </x:c>
       <x:c r="F754" t="str">
-        <x:v>SS0 9LD</x:v>
+        <x:v>EN7 5HG</x:v>
       </x:c>
       <x:c r="G754" t="str">
-        <x:v>cbramwell@paulrobinson.co.uk </x:v>
+        <x:v>Postroom@gisbyharrison.co.uk</x:v>
       </x:c>
       <x:c r="H754" t="str">
-        <x:v>01702 338 338</x:v>
+        <x:v>01707 878 300</x:v>
       </x:c>
     </x:row>
     <x:row r="755">
       <x:c r="A755" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Myers Solicitors Limited</x:v>
       </x:c>
       <x:c r="B755" t="str">
-        <x:v>98 High Street</x:v>
+        <x:v>Sudbury Stables, Sudbury Road</x:v>
       </x:c>
       <x:c r="C755" t="str">
         <x:v/>
       </x:c>
       <x:c r="D755" t="str">
+        <x:v>Downham</x:v>
+      </x:c>
+      <x:c r="E755" t="str">
         <x:v>Billericay</x:v>
       </x:c>
-      <x:c r="E755" t="str">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F755" t="str">
-        <x:v>CM12 9BT</x:v>
+        <x:v>CM11 1LB</x:v>
       </x:c>
       <x:c r="G755" t="str">
-        <x:v>cbradley@paulrobinson.co.uk</x:v>
+        <x:v>Louise.Jackman@gisbyharrison.co.uk</x:v>
       </x:c>
       <x:c r="H755" t="str">
-        <x:v>01277500123</x:v>
+        <x:v>01707 878 300</x:v>
       </x:c>
     </x:row>
     <x:row r="756">
       <x:c r="A756" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B756" t="str">
-        <x:v>150 London Road</x:v>
+        <x:v>11 Beachfield Avenue</x:v>
       </x:c>
       <x:c r="C756" t="str">
         <x:v/>
       </x:c>
       <x:c r="D756" t="str">
-        <x:v>Benfleet</x:v>
+        <x:v>Newquay</x:v>
       </x:c>
       <x:c r="E756" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F756" t="str">
-        <x:v>SS7 5SQ</x:v>
+        <x:v>TR7 1DP</x:v>
       </x:c>
       <x:c r="G756" t="str">
-        <x:v>athomas@paulrobinson.co.uk</x:v>
+        <x:v>lmsref@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H756" t="str">
-        <x:v>01702338338</x:v>
+        <x:v>01637 871414</x:v>
       </x:c>
     </x:row>
     <x:row r="757">
       <x:c r="A757" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B757" t="str">
-        <x:v>13-14 Market Place</x:v>
+        <x:v>32a Coinagehall Street</x:v>
       </x:c>
       <x:c r="C757" t="str">
         <x:v/>
       </x:c>
       <x:c r="D757" t="str">
-        <x:v>Penzance</x:v>
+        <x:v>Helston</x:v>
       </x:c>
       <x:c r="E757" t="str">
-        <x:v/>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F757" t="str">
-        <x:v>TR18 2JB</x:v>
+        <x:v>TR13 8EQ</x:v>
       </x:c>
       <x:c r="G757" t="str">
-        <x:v>info@paulrobinson.co.uk</x:v>
+        <x:v>lmsref@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H757" t="str">
-        <x:v>01736808939</x:v>
+        <x:v>01326 574001</x:v>
       </x:c>
     </x:row>
     <x:row r="758">
       <x:c r="A758" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B758" t="str">
-        <x:v>125 Old Broad Street</x:v>
+        <x:v>104 Market Jew Street</x:v>
       </x:c>
       <x:c r="C758" t="str">
         <x:v/>
       </x:c>
       <x:c r="D758" t="str">
-        <x:v>London</x:v>
+        <x:v>Penzance</x:v>
       </x:c>
       <x:c r="E758" t="str">
-        <x:v/>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F758" t="str">
-        <x:v>EC2N 1AR</x:v>
+        <x:v>TR18 2LE</x:v>
       </x:c>
       <x:c r="G758" t="str">
-        <x:v>info@paulrobinson.co.uk</x:v>
+        <x:v>lmsref@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H758" t="str">
-        <x:v>020 8049 5888</x:v>
+        <x:v>01736 364014</x:v>
       </x:c>
     </x:row>
     <x:row r="759">
       <x:c r="A759" t="str">
-        <x:v>PCB Lawyers LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B759" t="str">
-        <x:v>Cavendish Court, 11-15 Wigmore Street</x:v>
+        <x:v>8-14 Berkeley Vale</x:v>
       </x:c>
       <x:c r="C759" t="str">
         <x:v/>
       </x:c>
       <x:c r="D759" t="str">
-        <x:v>London</x:v>
+        <x:v>Falmouth</x:v>
       </x:c>
       <x:c r="E759" t="str">
         <x:v/>
       </x:c>
       <x:c r="F759" t="str">
-        <x:v>W1U 1PF</x:v>
+        <x:v>TR11 3PH</x:v>
       </x:c>
       <x:c r="G759" t="str">
-        <x:v>nchandhar@pcblawyers.com</x:v>
+        <x:v>post@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H759" t="str">
-        <x:v>020 7486 2566</x:v>
+        <x:v>01326 316655</x:v>
       </x:c>
     </x:row>
     <x:row r="760">
       <x:c r="A760" t="str">
-        <x:v>PCB Lawyers LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B760" t="str">
-        <x:v>Rodwell Tower 111 Piccadilly</x:v>
+        <x:v>Farley House</x:v>
       </x:c>
       <x:c r="C760" t="str">
-        <x:v/>
+        <x:v>Falmouth Road</x:v>
       </x:c>
       <x:c r="D760" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Truro</x:v>
       </x:c>
       <x:c r="E760" t="str">
-        <x:v/>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F760" t="str">
-        <x:v>M1 2HY</x:v>
+        <x:v>TR1 2HX</x:v>
       </x:c>
       <x:c r="G760" t="str">
-        <x:v>sanderton@pcblawyers.com</x:v>
+        <x:v>saf@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H760" t="str">
-        <x:v>020 7486 2566</x:v>
+        <x:v>01872 241414 </x:v>
       </x:c>
     </x:row>
     <x:row r="761">
       <x:c r="A761" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B761" t="str">
-        <x:v>Office Suite 8, 54 Broad Street</x:v>
+        <x:v>Cannis House</x:v>
       </x:c>
       <x:c r="C761" t="str">
-        <x:v/>
+        <x:v>Chapmans Way</x:v>
       </x:c>
       <x:c r="D761" t="str">
-        <x:v>Ludlow</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="E761" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F761" t="str">
-        <x:v>SY8 1GP</x:v>
+        <x:v>PL25 4QU</x:v>
       </x:c>
       <x:c r="G761" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v>cah@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H761" t="str">
-        <x:v>01584 878456</x:v>
+        <x:v>01726879333</x:v>
       </x:c>
     </x:row>
     <x:row r="762">
       <x:c r="A762" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B762" t="str">
-        <x:v>Old Bank Chambers</x:v>
+        <x:v>North Wing</x:v>
       </x:c>
       <x:c r="C762" t="str">
-        <x:v>2 High Street</x:v>
+        <x:v>Bickland House</x:v>
       </x:c>
       <x:c r="D762" t="str">
-        <x:v>Church Stretton</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="E762" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Falmouth</x:v>
       </x:c>
       <x:c r="F762" t="str">
-        <x:v>SY6 6BU</x:v>
+        <x:v>TR11 4SB</x:v>
       </x:c>
       <x:c r="G762" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H762" t="str">
-        <x:v>01694 723818</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="763">
       <x:c r="A763" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B763" t="str">
-        <x:v>7 Wylcwm Place</x:v>
+        <x:v>6 Chapel Street</x:v>
       </x:c>
       <x:c r="C763" t="str">
         <x:v/>
       </x:c>
       <x:c r="D763" t="str">
-        <x:v>Knighton</x:v>
+        <x:v>Camborne</x:v>
       </x:c>
       <x:c r="E763" t="str">
-        <x:v>Powys</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F763" t="str">
-        <x:v>LD7 1AE</x:v>
+        <x:v>TR14 8EG</x:v>
       </x:c>
       <x:c r="G763" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v>kos@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H763" t="str">
-        <x:v>01547 528800</x:v>
+        <x:v>01209713278</x:v>
       </x:c>
     </x:row>
     <x:row r="764">
       <x:c r="A764" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B764" t="str">
-        <x:v>Trevithick House, Stafford Park 4</x:v>
+        <x:v>7 Winckley Square</x:v>
       </x:c>
       <x:c r="C764" t="str">
         <x:v/>
       </x:c>
       <x:c r="D764" t="str">
-        <x:v>Telford</x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E764" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F764" t="str">
-        <x:v>TF3 3BA</x:v>
+        <x:v>PR1 3JD</x:v>
       </x:c>
       <x:c r="G764" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H764" t="str">
-        <x:v>01952 403000</x:v>
+        <x:v>01772904333</x:v>
       </x:c>
     </x:row>
     <x:row r="765">
       <x:c r="A765" t="str">
-        <x:v>Pcb Solicitors LLP</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B765" t="str">
-        <x:v>Cypress Centre</x:v>
+        <x:v>The Plaza, </x:v>
       </x:c>
       <x:c r="C765" t="str">
-        <x:v>Sitka Drive, Shrewsbury Business Park</x:v>
+        <x:v>100 Old Hall Street</x:v>
       </x:c>
       <x:c r="D765" t="str">
-        <x:v>Shrewsbury</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E765" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F765" t="str">
-        <x:v>SY2 6LG</x:v>
+        <x:v>L3 9QJ</x:v>
       </x:c>
       <x:c r="G765" t="str">
         <x:v/>
       </x:c>
       <x:c r="H765" t="str">
-        <x:v/>
+        <x:v>01513173355</x:v>
       </x:c>
     </x:row>
     <x:row r="766">
       <x:c r="A766" t="str">
-        <x:v>Penman Sedgwick LLP</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B766" t="str">
-        <x:v>5 George Street</x:v>
+        <x:v>Room 37, Jubilee House</x:v>
       </x:c>
       <x:c r="C766" t="str">
-        <x:v/>
+        <x:v>East Beach</x:v>
       </x:c>
       <x:c r="D766" t="str">
-        <x:v>Watford</x:v>
+        <x:v>Lytham St Annes</x:v>
       </x:c>
       <x:c r="E766" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F766" t="str">
-        <x:v>WD18 0SQ</x:v>
+        <x:v>FY8 5FT</x:v>
       </x:c>
       <x:c r="G766" t="str">
-        <x:v/>
+        <x:v>lytham@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H766" t="str">
-        <x:v/>
+        <x:v>01253 622305</x:v>
       </x:c>
     </x:row>
     <x:row r="767">
       <x:c r="A767" t="str">
-        <x:v>Penmans Solicitors LLP</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B767" t="str">
-        <x:v>17A Queens Road</x:v>
+        <x:v>Darwen House, Walker Office Park</x:v>
       </x:c>
       <x:c r="C767" t="str">
         <x:v/>
       </x:c>
       <x:c r="D767" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E767" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F767" t="str">
-        <x:v>CV1 3DH</x:v>
+        <x:v>BB1 2QE</x:v>
       </x:c>
       <x:c r="G767" t="str">
-        <x:v>julie.bunyan@penmanssolicitors.co.uk</x:v>
+        <x:v>Blackburn@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H767" t="str">
-        <x:v>02476 226 575</x:v>
+        <x:v>01254 667733</x:v>
       </x:c>
     </x:row>
     <x:row r="768">
       <x:c r="A768" t="str">
-        <x:v>Penmans Solicitors LLP</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B768" t="str">
-        <x:v>The Precinct,</x:v>
+        <x:v>Bridge Mills</x:v>
       </x:c>
       <x:c r="C768" t="str">
-        <x:v>School Road,</x:v>
+        <x:v>Stramongate</x:v>
       </x:c>
       <x:c r="D768" t="str">
-        <x:v>Warwick,</x:v>
+        <x:v>Kendal</x:v>
       </x:c>
       <x:c r="E768" t="str">
-        <x:v>Warwickshire,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F768" t="str">
-        <x:v>CV35 9NL,</x:v>
+        <x:v>LA9 4BD</x:v>
       </x:c>
       <x:c r="G768" t="str">
-        <x:v>naomi.ohalloran@penmanssolicitors.co.uk</x:v>
+        <x:v>Kendal@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H768" t="str">
-        <x:v>01789 470022</x:v>
+        <x:v>01539760560</x:v>
       </x:c>
     </x:row>
     <x:row r="769">
       <x:c r="A769" t="str">
-        <x:v>Penmans Solicitors LLP</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B769" t="str">
-        <x:v>17A Queens Road</x:v>
+        <x:v>42 Hoghton Street</x:v>
       </x:c>
       <x:c r="C769" t="str">
         <x:v/>
       </x:c>
       <x:c r="D769" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="E769" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F769" t="str">
-        <x:v>CV1 3DH</x:v>
+        <x:v>PR9 0PQ</x:v>
       </x:c>
       <x:c r="G769" t="str">
-        <x:v/>
+        <x:v>southport@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H769" t="str">
-        <x:v>01926 858222</x:v>
+        <x:v>01704 333088</x:v>
       </x:c>
     </x:row>
     <x:row r="770">
       <x:c r="A770" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B770" t="str">
-        <x:v>109 Clase Road</x:v>
+        <x:v>1 Pollen Square, 59 King Street</x:v>
       </x:c>
       <x:c r="C770" t="str">
-        <x:v>Morriston</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D770" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E770" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F770" t="str">
-        <x:v>SA6 8DY</x:v>
+        <x:v>M2 4PD</x:v>
       </x:c>
       <x:c r="G770" t="str">
-        <x:v>**</x:v>
+        <x:v>manchester@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H770" t="str">
-        <x:v>01792 310731</x:v>
+        <x:v>0161 564 2700</x:v>
       </x:c>
     </x:row>
     <x:row r="771">
       <x:c r="A771" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B771" t="str">
-        <x:v>Unit 11, Langdon House,</x:v>
+        <x:v>746 Finchley Road</x:v>
       </x:c>
       <x:c r="C771" t="str">
-        <x:v>Langdon Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D771" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E771" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F771" t="str">
-        <x:v>SA1 8QY</x:v>
+        <x:v>NW11 7TH</x:v>
       </x:c>
       <x:c r="G771" t="str">
-        <x:v>peter.lynn@peterlynnandpartners.co.uk</x:v>
+        <x:v>hfriend@gadlegal.co.uk</x:v>
       </x:c>
       <x:c r="H771" t="str">
-        <x:v>01792 450010</x:v>
+        <x:v>020 8209 0166</x:v>
       </x:c>
     </x:row>
     <x:row r="772">
       <x:c r="A772" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B772" t="str">
-        <x:v>5 Murray Street</x:v>
+        <x:v>123 Penny Lane</x:v>
       </x:c>
       <x:c r="C772" t="str">
-        <x:v/>
+        <x:v>Allerton</x:v>
       </x:c>
       <x:c r="D772" t="str">
-        <x:v>Llanelli</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E772" t="str">
-        <x:v>Sir Gaerfyrddin</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F772" t="str">
-        <x:v>SA15 1AQ</x:v>
+        <x:v>L18 1DF</x:v>
       </x:c>
       <x:c r="G772" t="str">
-        <x:v/>
+        <x:v>hfriend@gadlegal.co.uk</x:v>
       </x:c>
       <x:c r="H772" t="str">
-        <x:v/>
+        <x:v>0151 733 3353</x:v>
       </x:c>
     </x:row>
     <x:row r="773">
       <x:c r="A773" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B773" t="str">
-        <x:v>143 Walter Road</x:v>
+        <x:v>19-25 The Crescent</x:v>
       </x:c>
       <x:c r="C773" t="str">
-        <x:v/>
+        <x:v>West Kirby</x:v>
       </x:c>
       <x:c r="D773" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Wirral</x:v>
       </x:c>
       <x:c r="E773" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F773" t="str">
-        <x:v>SA1 5RT</x:v>
+        <x:v>CH48 4HL</x:v>
       </x:c>
       <x:c r="G773" t="str">
-        <x:v/>
+        <x:v>hfriend@gadlegal.co.uk</x:v>
       </x:c>
       <x:c r="H773" t="str">
-        <x:v/>
+        <x:v>01516250000</x:v>
       </x:c>
     </x:row>
     <x:row r="774">
       <x:c r="A774" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B774" t="str">
-        <x:v>87 Newton Road</x:v>
+        <x:v>Gregory Abrams Davidson LLP</x:v>
       </x:c>
       <x:c r="C774" t="str">
-        <x:v>Mumbles</x:v>
+        <x:v>20-24 Mathew Street</x:v>
       </x:c>
       <x:c r="D774" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E774" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F774" t="str">
-        <x:v>SA3 4BN</x:v>
+        <x:v>L2 6RE</x:v>
       </x:c>
       <x:c r="G774" t="str">
-        <x:v>Caesar.adere@plandp.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H774" t="str">
-        <x:v>01792 310731</x:v>
+        <x:v>0151 236 5000</x:v>
       </x:c>
     </x:row>
     <x:row r="775">
       <x:c r="A775" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Nelsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B775" t="str">
-        <x:v>21 Holly Street</x:v>
+        <x:v>Pennine House</x:v>
       </x:c>
       <x:c r="C775" t="str">
-        <x:v>Pontardawe</x:v>
+        <x:v>8 Stanford Street</x:v>
       </x:c>
       <x:c r="D775" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E775" t="str">
-        <x:v>West Glamorgan</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F775" t="str">
-        <x:v>SA8 4ET</x:v>
+        <x:v>NG1 7BQ</x:v>
       </x:c>
       <x:c r="G775" t="str">
-        <x:v>Caesar.adere@plandp.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H775" t="str">
-        <x:v>01792 863633</x:v>
+        <x:v>0115 958 6262</x:v>
       </x:c>
     </x:row>
     <x:row r="776">
       <x:c r="A776" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Nelsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B776" t="str">
-        <x:v>41 Heol Eglwys</x:v>
+        <x:v>Stern house </x:v>
       </x:c>
       <x:c r="C776" t="str">
-        <x:v>Ystradgynlais</x:v>
+        <x:v>Lodge Lane </x:v>
       </x:c>
       <x:c r="D776" t="str">
-        <x:v/>
+        <x:v>Derby </x:v>
       </x:c>
       <x:c r="E776" t="str">
-        <x:v>Swansea</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F776" t="str">
-        <x:v>SA9 1EY</x:v>
+        <x:v>DE1 3WD</x:v>
       </x:c>
       <x:c r="G776" t="str">
-        <x:v>Caesar.adere@plandp.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H776" t="str">
-        <x:v>01639 842709</x:v>
+        <x:v>013322632378</x:v>
       </x:c>
     </x:row>
     <x:row r="777">
       <x:c r="A777" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Nelsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B777" t="str">
-        <x:v>40/42 College Street</x:v>
+        <x:v>Provincial House</x:v>
       </x:c>
       <x:c r="C777" t="str">
-        <x:v/>
+        <x:v>37 New Walk</x:v>
       </x:c>
       <x:c r="D777" t="str">
-        <x:v>Ammanford</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E777" t="str">
-        <x:v>Carmarthenshire</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F777" t="str">
-        <x:v>SA18 3AF</x:v>
+        <x:v>LE1 6TU</x:v>
       </x:c>
       <x:c r="G777" t="str">
-        <x:v>caesar.adere@plandp.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H777" t="str">
-        <x:v>01269 597978</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="778">
       <x:c r="A778" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Newman Law LLP</x:v>
       </x:c>
       <x:c r="B778" t="str">
-        <x:v>4-14 Pontarddulais Road</x:v>
+        <x:v>10 Hendon Lane</x:v>
       </x:c>
       <x:c r="C778" t="str">
-        <x:v>Gorseinon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D778" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E778" t="str">
         <x:v/>
       </x:c>
       <x:c r="F778" t="str">
-        <x:v>SA4 4FE</x:v>
+        <x:v>N3 1TR</x:v>
       </x:c>
       <x:c r="G778" t="str">
-        <x:v>info@plandp.co.uk</x:v>
+        <x:v>osman@newmanlaw.co.uk</x:v>
       </x:c>
       <x:c r="H778" t="str">
-        <x:v>01792310731</x:v>
+        <x:v>0208 349 2655</x:v>
       </x:c>
     </x:row>
     <x:row r="779">
       <x:c r="A779" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Newman Law LLP</x:v>
       </x:c>
       <x:c r="B779" t="str">
-        <x:v>Unit 3, 2-4 Station Road</x:v>
+        <x:v>Unit G2, St. Hildas Business Centre</x:v>
       </x:c>
       <x:c r="C779" t="str">
-        <x:v/>
+        <x:v>The Ropery</x:v>
       </x:c>
       <x:c r="D779" t="str">
-        <x:v>Llanelli</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E779" t="str">
-        <x:v>Carmarthenshire</x:v>
+        <x:v>Whitby</x:v>
       </x:c>
       <x:c r="F779" t="str">
-        <x:v>SA15 1AB</x:v>
+        <x:v>YO22 4ET</x:v>
       </x:c>
       <x:c r="G779" t="str">
-        <x:v>info@plandp.co.uk</x:v>
+        <x:v>hannah@hmd-legal.com</x:v>
       </x:c>
       <x:c r="H779" t="str">
-        <x:v>01554 788281</x:v>
+        <x:v>01947604082</x:v>
       </x:c>
     </x:row>
     <x:row r="780">
       <x:c r="A780" t="str">
-        <x:v>Petherbridge Bassra Solicitors Limited</x:v>
+        <x:v>Newport Land and Law Limited</x:v>
       </x:c>
       <x:c r="B780" t="str">
-        <x:v>Vintry House, 18-24 Piccadilly</x:v>
+        <x:v>Office 18</x:v>
       </x:c>
       <x:c r="C780" t="str">
-        <x:v/>
+        <x:v>Rear Walled Garden</x:v>
       </x:c>
       <x:c r="D780" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E780" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Nostell,</x:v>
       </x:c>
       <x:c r="F780" t="str">
-        <x:v>BD1 3LS</x:v>
+        <x:v>WF4 1AB</x:v>
       </x:c>
       <x:c r="G780" t="str">
-        <x:v>lisa.julian@petherbridgebassra.com</x:v>
+        <x:v>leah.gore@landandlaw.co.uk</x:v>
       </x:c>
       <x:c r="H780" t="str">
-        <x:v>01274 724 114</x:v>
+        <x:v>01937326006</x:v>
       </x:c>
     </x:row>
     <x:row r="781">
       <x:c r="A781" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Newport Land and Law Limited</x:v>
       </x:c>
       <x:c r="B781" t="str">
-        <x:v>Sands Court, Grove Road</x:v>
+        <x:v>5 High Green Road</x:v>
       </x:c>
       <x:c r="C781" t="str">
         <x:v/>
       </x:c>
       <x:c r="D781" t="str">
-        <x:v>Maidenhead</x:v>
+        <x:v>Normanton</x:v>
       </x:c>
       <x:c r="E781" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F781" t="str">
-        <x:v>SL6 1LW</x:v>
+        <x:v>WF6 2LF</x:v>
       </x:c>
       <x:c r="G781" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H781" t="str">
-        <x:v>01628 776 847</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="782">
       <x:c r="A782" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B782" t="str">
-        <x:v>9 Market Avenue</x:v>
+        <x:v>The Old Baptist Chapel</x:v>
       </x:c>
       <x:c r="C782" t="str">
-        <x:v/>
+        <x:v>Salop Road</x:v>
       </x:c>
       <x:c r="D782" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Oswestry</x:v>
       </x:c>
       <x:c r="E782" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F782" t="str">
-        <x:v>HD1 2BU</x:v>
+        <x:v>SY11 2NR</x:v>
       </x:c>
       <x:c r="G782" t="str">
-        <x:v>mail@gaddesnoble.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H782" t="str">
-        <x:v>01484 451066</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="783">
       <x:c r="A783" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Nexus Solicitors Limited</x:v>
       </x:c>
       <x:c r="B783" t="str">
-        <x:v>3 Carlton Place</x:v>
+        <x:v>16-18 Albert Square</x:v>
       </x:c>
       <x:c r="C783" t="str">
-        <x:v/>
+        <x:v>Manchester </x:v>
       </x:c>
       <x:c r="D783" t="str">
-        <x:v>Halifax</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E783" t="str">
         <x:v/>
       </x:c>
       <x:c r="F783" t="str">
-        <x:v>HX1 2SB</x:v>
+        <x:v>M2 5PE</x:v>
       </x:c>
       <x:c r="G783" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>ccp@nexussolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H783" t="str">
-        <x:v>01422 369993</x:v>
+        <x:v>0161 819 4900</x:v>
       </x:c>
     </x:row>
     <x:row r="784">
       <x:c r="A784" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B784" t="str">
-        <x:v>213 Halifax Road</x:v>
+        <x:v>10-12 Bourlet Close</x:v>
       </x:c>
       <x:c r="C784" t="str">
         <x:v/>
       </x:c>
       <x:c r="D784" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E784" t="str">
         <x:v/>
       </x:c>
       <x:c r="F784" t="str">
-        <x:v>HD3 3RG</x:v>
+        <x:v>W1W 7BR</x:v>
       </x:c>
       <x:c r="G784" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>david.conway@nicholassolicitors.com</x:v>
       </x:c>
       <x:c r="H784" t="str">
-        <x:v>01484 443995</x:v>
+        <x:v>02073234450</x:v>
       </x:c>
     </x:row>
     <x:row r="785">
       <x:c r="A785" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B785" t="str">
-        <x:v>16 Wade House Road</x:v>
+        <x:v>Central House</x:v>
       </x:c>
       <x:c r="C785" t="str">
-        <x:v/>
+        <x:v>1 Ballards Lane</x:v>
       </x:c>
       <x:c r="D785" t="str">
-        <x:v>Halifax</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E785" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F785" t="str">
-        <x:v>HX3 7PB</x:v>
+        <x:v>N3 1LQ</x:v>
       </x:c>
       <x:c r="G785" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>info-finchley@nicholassolicitors.com</x:v>
       </x:c>
       <x:c r="H785" t="str">
-        <x:v>01274 936016</x:v>
+        <x:v>020 8349 7680</x:v>
       </x:c>
     </x:row>
     <x:row r="786">
       <x:c r="A786" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B786" t="str">
-        <x:v>12 Bradford Road</x:v>
+        <x:v>9-12 East Parade</x:v>
       </x:c>
       <x:c r="C786" t="str">
         <x:v/>
       </x:c>
       <x:c r="D786" t="str">
-        <x:v>Brighouse</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E786" t="str">
         <x:v/>
       </x:c>
       <x:c r="F786" t="str">
-        <x:v>HD6 1RL</x:v>
+        <x:v>S1 2ET</x:v>
       </x:c>
       <x:c r="G786" t="str">
-        <x:v>info@valerieholmeslaw.co.uk</x:v>
+        <x:v>Nicholas@Norrie-Waite.com</x:v>
       </x:c>
       <x:c r="H786" t="str">
-        <x:v>01422 200400</x:v>
+        <x:v>01142766166</x:v>
       </x:c>
     </x:row>
     <x:row r="787">
       <x:c r="A787" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B787" t="str">
-        <x:v>80-86 North Street</x:v>
+        <x:v>21-23 Bridge Street</x:v>
       </x:c>
       <x:c r="C787" t="str">
-        <x:v/>
+        <x:v>Killamarsh</x:v>
       </x:c>
       <x:c r="D787" t="str">
-        <x:v>Keighley</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E787" t="str">
         <x:v/>
       </x:c>
       <x:c r="F787" t="str">
-        <x:v>BD21 3AF</x:v>
+        <x:v>S21 1AH</x:v>
       </x:c>
       <x:c r="G787" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>richardm@norrie-waite.co.uk</x:v>
       </x:c>
       <x:c r="H787" t="str">
-        <x:v>01535 610011</x:v>
+        <x:v>01142484890</x:v>
       </x:c>
     </x:row>
     <x:row r="788">
       <x:c r="A788" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B788" t="str">
-        <x:v>6 Vernon Street</x:v>
+        <x:v>69 Broad Street</x:v>
       </x:c>
       <x:c r="C788" t="str">
-        <x:v/>
+        <x:v>Parkgate</x:v>
       </x:c>
       <x:c r="D788" t="str">
-        <x:v>Derby</x:v>
+        <x:v>Rotherham</x:v>
       </x:c>
       <x:c r="E788" t="str">
         <x:v/>
       </x:c>
       <x:c r="F788" t="str">
-        <x:v>DE1 1FR</x:v>
+        <x:v>S62 6DU</x:v>
       </x:c>
       <x:c r="G788" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>richardm@norrie-waite.co.uk</x:v>
       </x:c>
       <x:c r="H788" t="str">
-        <x:v>01132 292204</x:v>
+        <x:v>01709523983</x:v>
       </x:c>
     </x:row>
     <x:row r="789">
       <x:c r="A789" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B789" t="str">
-        <x:v>Aquis House, 49-51 Blagrave Street</x:v>
+        <x:v>Exchange Square</x:v>
       </x:c>
       <x:c r="C789" t="str">
         <x:v/>
       </x:c>
       <x:c r="D789" t="str">
-        <x:v>Reading</x:v>
+        <x:v>Beccles</x:v>
       </x:c>
       <x:c r="E789" t="str">
-        <x:v/>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F789" t="str">
-        <x:v>RG1 1PL</x:v>
+        <x:v>NR34 9HP</x:v>
       </x:c>
       <x:c r="G789" t="str">
-        <x:v>info@barrettandco.co.uk</x:v>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H789" t="str">
-        <x:v>0118 9589711</x:v>
+        <x:v>01502 718700</x:v>
       </x:c>
     </x:row>
     <x:row r="790">
       <x:c r="A790" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B790" t="str">
-        <x:v>29 Westgate</x:v>
+        <x:v>Old Bank House, 66a Bells Road</x:v>
       </x:c>
       <x:c r="C790" t="str">
-        <x:v>Baildon</x:v>
+        <x:v>Gorleston</x:v>
       </x:c>
       <x:c r="D790" t="str">
-        <x:v>Shipley</x:v>
+        <x:v>Great Yarmouth</x:v>
       </x:c>
       <x:c r="E790" t="str">
-        <x:v/>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F790" t="str">
-        <x:v>BD17 5EH</x:v>
+        <x:v>NR31 6AF</x:v>
       </x:c>
       <x:c r="G790" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H790" t="str">
-        <x:v>01274 597600</x:v>
+        <x:v>01493 652204</x:v>
       </x:c>
     </x:row>
     <x:row r="791">
       <x:c r="A791" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B791" t="str">
-        <x:v>1 Rose Avenue</x:v>
+        <x:v>52 Thoroughfare</x:v>
       </x:c>
       <x:c r="C791" t="str">
-        <x:v>Horsforth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D791" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Halesworth</x:v>
       </x:c>
       <x:c r="E791" t="str">
-        <x:v/>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F791" t="str">
-        <x:v>LS18 4QE</x:v>
+        <x:v>IP19 8AR</x:v>
       </x:c>
       <x:c r="G791" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H791" t="str">
-        <x:v>0113 258 6888</x:v>
+        <x:v>01986 872513</x:v>
       </x:c>
     </x:row>
     <x:row r="792">
       <x:c r="A792" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B792" t="str">
-        <x:v>7-9 Austhorpe View</x:v>
+        <x:v>18 Church Plain</x:v>
       </x:c>
       <x:c r="C792" t="str">
         <x:v/>
       </x:c>
       <x:c r="D792" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Great Yarmouth</x:v>
       </x:c>
       <x:c r="E792" t="str">
-        <x:v/>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F792" t="str">
-        <x:v>LS15 8NN</x:v>
+        <x:v>NR30 1NF</x:v>
       </x:c>
       <x:c r="G792" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H792" t="str">
-        <x:v>01132 643444</x:v>
+        <x:v>01493 849200</x:v>
       </x:c>
     </x:row>
     <x:row r="793">
       <x:c r="A793" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B793" t="str">
-        <x:v>24 Lowther Street</x:v>
+        <x:v>148 London Road North</x:v>
       </x:c>
       <x:c r="C793" t="str">
         <x:v/>
       </x:c>
       <x:c r="D793" t="str">
-        <x:v>Carlisle</x:v>
+        <x:v>Lowestoft</x:v>
       </x:c>
       <x:c r="E793" t="str">
-        <x:v/>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F793" t="str">
-        <x:v>CA3 8DA</x:v>
+        <x:v>NR32 1HF</x:v>
       </x:c>
       <x:c r="G793" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H793" t="str">
-        <x:v>01228 593939</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="794">
       <x:c r="A794" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>NWL Solicitors</x:v>
       </x:c>
       <x:c r="B794" t="str">
-        <x:v>6-8 Cornmarket</x:v>
+        <x:v>7 Hampstead West</x:v>
       </x:c>
       <x:c r="C794" t="str">
-        <x:v/>
+        <x:v>224 Iverson Road</x:v>
       </x:c>
       <x:c r="D794" t="str">
-        <x:v>Penrith</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E794" t="str">
         <x:v/>
       </x:c>
       <x:c r="F794" t="str">
-        <x:v>CA11 7DA</x:v>
+        <x:v>NW6 2HL</x:v>
       </x:c>
       <x:c r="G794" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H794" t="str">
-        <x:v>01768 868989</x:v>
+        <x:v>020 7328 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="795">
       <x:c r="A795" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>O'Donnell Solicitors Limited</x:v>
       </x:c>
       <x:c r="B795" t="str">
-        <x:v>1 Crown House, PO Box 259</x:v>
+        <x:v>1-3 Mossley Road</x:v>
       </x:c>
       <x:c r="C795" t="str">
-        <x:v>Penistone</x:v>
+        <x:v>Grasscroft</x:v>
       </x:c>
       <x:c r="D795" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="E795" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F795" t="str">
-        <x:v>S36 6HX</x:v>
+        <x:v>OL4 4HH</x:v>
       </x:c>
       <x:c r="G795" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H795" t="str">
-        <x:v>01226 763551</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="796">
       <x:c r="A796" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>O'Donnell Solicitors Limited</x:v>
       </x:c>
       <x:c r="B796" t="str">
-        <x:v>Riversdale, 34 Market Street</x:v>
+        <x:v>First Floor, 91-93 High Street, Uppermill</x:v>
       </x:c>
       <x:c r="C796" t="str">
-        <x:v>Hoyland</x:v>
+        <x:v>Saddleworth</x:v>
       </x:c>
       <x:c r="D796" t="str">
-        <x:v>Barnsley</x:v>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="E796" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F796" t="str">
-        <x:v>S74 9QR</x:v>
+        <x:v>OL3 6BD</x:v>
       </x:c>
       <x:c r="G796" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H796" t="str">
-        <x:v>01226 369600</x:v>
+        <x:v>01457761320</x:v>
       </x:c>
     </x:row>
     <x:row r="797">
       <x:c r="A797" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>O'Donnell Solicitors Limited</x:v>
       </x:c>
       <x:c r="B797" t="str">
-        <x:v>Unit 1 Meadowhall Business Park</x:v>
+        <x:v>44 High Street</x:v>
       </x:c>
       <x:c r="C797" t="str">
-        <x:v>Carbrook Hall Road</x:v>
+        <x:v>Uppermill</x:v>
       </x:c>
       <x:c r="D797" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Saddleworth</x:v>
       </x:c>
       <x:c r="E797" t="str">
-        <x:v/>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="F797" t="str">
-        <x:v>S9 2EQ</x:v>
+        <x:v>OL3 6HA</x:v>
       </x:c>
       <x:c r="G797" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H797" t="str">
-        <x:v>0114 256 1560</x:v>
+        <x:v>01457761320</x:v>
       </x:c>
     </x:row>
     <x:row r="798">
       <x:c r="A798" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Ola Leslie Solicitors LLP</x:v>
       </x:c>
       <x:c r="B798" t="str">
-        <x:v>Suite 6 Queens Court</x:v>
+        <x:v>60 Borough High Street</x:v>
       </x:c>
       <x:c r="C798" t="str">
-        <x:v>Regent Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D798" t="str">
-        <x:v>Barnsley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E798" t="str">
         <x:v/>
       </x:c>
       <x:c r="F798" t="str">
-        <x:v>S70 2EG</x:v>
+        <x:v>SE1 1XF</x:v>
       </x:c>
       <x:c r="G798" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H798" t="str">
-        <x:v>01226 212345</x:v>
+        <x:v>020 71830 084</x:v>
       </x:c>
     </x:row>
     <x:row r="799">
       <x:c r="A799" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Oliver &amp; Co Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B799" t="str">
-        <x:v>859 Gleadless Road</x:v>
+        <x:v>Douglas House, </x:v>
       </x:c>
       <x:c r="C799" t="str">
-        <x:v/>
+        <x:v>117 Foregate Street</x:v>
       </x:c>
       <x:c r="D799" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E799" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F799" t="str">
-        <x:v>S12 2LG</x:v>
+        <x:v>CH1 1HE</x:v>
       </x:c>
       <x:c r="G799" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H799" t="str">
-        <x:v>0114 245 6566</x:v>
+        <x:v>01244 312306</x:v>
       </x:c>
     </x:row>
     <x:row r="800">
       <x:c r="A800" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B800" t="str">
-        <x:v>271-273 Middlewood Road</x:v>
+        <x:v>Gavel House</x:v>
       </x:c>
       <x:c r="C800" t="str">
-        <x:v/>
+        <x:v>90-92 High Street</x:v>
       </x:c>
       <x:c r="D800" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Feltham</x:v>
       </x:c>
       <x:c r="E800" t="str">
-        <x:v/>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F800" t="str">
-        <x:v>S6 4HE</x:v>
+        <x:v>TW13 4ES</x:v>
       </x:c>
       <x:c r="G800" t="str">
-        <x:v>mthompson@pm-law.co.uk</x:v>
+        <x:v>edward.steele@owc.co.uk</x:v>
       </x:c>
       <x:c r="H800" t="str">
-        <x:v>0114 230 0140</x:v>
+        <x:v>020 88902836</x:v>
       </x:c>
     </x:row>
     <x:row r="801">
       <x:c r="A801" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B801" t="str">
-        <x:v>P M House</x:v>
+        <x:v>Barley Mow Centre, 10 Barley Mow Passage</x:v>
       </x:c>
       <x:c r="C801" t="str">
-        <x:v>250 Shepcote Lane</x:v>
+        <x:v>Chiswick</x:v>
       </x:c>
       <x:c r="D801" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E801" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F801" t="str">
-        <x:v>S9 1TP</x:v>
+        <x:v>W4 4PH</x:v>
       </x:c>
       <x:c r="G801" t="str">
-        <x:v/>
+        <x:v>Richard.land@owc.co.uk</x:v>
       </x:c>
       <x:c r="H801" t="str">
-        <x:v>0114 296 5444</x:v>
+        <x:v>02089871400</x:v>
       </x:c>
     </x:row>
     <x:row r="802">
       <x:c r="A802" t="str">
-        <x:v>PM Law Limited</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B802" t="str">
-        <x:v>20 The Grove</x:v>
+        <x:v>56 High Street</x:v>
       </x:c>
       <x:c r="C802" t="str">
         <x:v/>
       </x:c>
       <x:c r="D802" t="str">
-        <x:v>Ilkley</x:v>
+        <x:v>Shepperton</x:v>
       </x:c>
       <x:c r="E802" t="str">
-        <x:v/>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F802" t="str">
-        <x:v>LS29 9EG</x:v>
+        <x:v>TW17 9AY</x:v>
       </x:c>
       <x:c r="G802" t="str">
-        <x:v>enquiries@wilsons-solicitors.uk</x:v>
+        <x:v>shepperton@owc.co.uk</x:v>
       </x:c>
       <x:c r="H802" t="str">
-        <x:v>01943 602998</x:v>
+        <x:v>01932 220 451</x:v>
       </x:c>
     </x:row>
     <x:row r="803">
       <x:c r="A803" t="str">
-        <x:v>Primarc Solicitors Ltd</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B803" t="str">
-        <x:v>168A High Street North</x:v>
+        <x:v>North Lodge, Esher Park Avenue</x:v>
       </x:c>
       <x:c r="C803" t="str">
         <x:v/>
       </x:c>
       <x:c r="D803" t="str">
-        <x:v>London</x:v>
+        <x:v>Esher</x:v>
       </x:c>
       <x:c r="E803" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F803" t="str">
-        <x:v>E6 2JA</x:v>
+        <x:v>KT10 9NP</x:v>
       </x:c>
       <x:c r="G803" t="str">
-        <x:v>jmiah@primarcsolicitors.com </x:v>
+        <x:v>esher@owc.co.uk</x:v>
       </x:c>
       <x:c r="H803" t="str">
-        <x:v>020 8912 2280</x:v>
+        <x:v>01372469100</x:v>
       </x:c>
     </x:row>
     <x:row r="804">
       <x:c r="A804" t="str">
-        <x:v>Prince Evans Solicitors LLP</x:v>
+        <x:v>Paris Smith LLP.</x:v>
       </x:c>
       <x:c r="B804" t="str">
-        <x:v>Ground Floor (East), Ealing Gateway</x:v>
+        <x:v>9 Parchment Street</x:v>
       </x:c>
       <x:c r="C804" t="str">
-        <x:v>Uxbridge Road, Ealing</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D804" t="str">
-        <x:v>London</x:v>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="E804" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F804" t="str">
-        <x:v>W5 2AU</x:v>
+        <x:v>SO23 8AT</x:v>
       </x:c>
       <x:c r="G804" t="str">
-        <x:v>anthony.best@prince-evans.co.uk</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H804" t="str">
-        <x:v>02085673477</x:v>
+        <x:v>01962 679705</x:v>
       </x:c>
     </x:row>
     <x:row r="805">
       <x:c r="A805" t="str">
-        <x:v>Property Legal (Manchester) Limited</x:v>
+        <x:v>Paris Smith LLP.</x:v>
       </x:c>
       <x:c r="B805" t="str">
-        <x:v>P L S House, 2 Aegean Road</x:v>
+        <x:v>1 London Road</x:v>
       </x:c>
       <x:c r="C805" t="str">
-        <x:v>Atlantic Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D805" t="str">
-        <x:v>Altrincham</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E805" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F805" t="str">
-        <x:v>WA14 5UW</x:v>
+        <x:v>SO15 2AE</x:v>
       </x:c>
       <x:c r="G805" t="str">
-        <x:v>RemortgageTeam1@pls-solicitors.co.uk</x:v>
+        <x:v> jade.watkins@parissmith.co.uk</x:v>
       </x:c>
       <x:c r="H805" t="str">
-        <x:v>0330 024 4536</x:v>
+        <x:v>07425 434 634</x:v>
       </x:c>
     </x:row>
     <x:row r="806">
       <x:c r="A806" t="str">
-        <x:v>Quinta Law LLP</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B806" t="str">
-        <x:v>1 Giltspur Street</x:v>
+        <x:v>Haswell House</x:v>
       </x:c>
       <x:c r="C806" t="str">
-        <x:v/>
+        <x:v>St. Nicholas Street</x:v>
       </x:c>
       <x:c r="D806" t="str">
-        <x:v>London</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E806" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F806" t="str">
-        <x:v>EC1A 9DD</x:v>
+        <x:v>WR1 1UN</x:v>
       </x:c>
       <x:c r="G806" t="str">
         <x:v/>
       </x:c>
       <x:c r="H806" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="807">
       <x:c r="A807" t="str">
-        <x:v>R &amp; B Legal Limited</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B807" t="str">
-        <x:v>Vanity Chambers</x:v>
+        <x:v>64 Friar Street</x:v>
       </x:c>
       <x:c r="C807" t="str">
-        <x:v>20-22 Victoria Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D807" t="str">
-        <x:v>Morecambe</x:v>
+        <x:v>Droitwich</x:v>
       </x:c>
       <x:c r="E807" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F807" t="str">
-        <x:v>LA4 4AH</x:v>
+        <x:v>WR9 8EF</x:v>
       </x:c>
       <x:c r="G807" t="str">
-        <x:v>daniel.coll@rblegal.co.uk</x:v>
+        <x:v>sjp@parkinsonwright.co.uk</x:v>
       </x:c>
       <x:c r="H807" t="str">
-        <x:v>01524834222</x:v>
+        <x:v>01905775533</x:v>
       </x:c>
     </x:row>
     <x:row r="808">
       <x:c r="A808" t="str">
-        <x:v>R &amp; B Legal Limited</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B808" t="str">
-        <x:v>The Bank</x:v>
+        <x:v>4 Abbey Lane Court, Abbey Lane</x:v>
       </x:c>
       <x:c r="C808" t="str">
-        <x:v>44 Market Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D808" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Evesham</x:v>
       </x:c>
       <x:c r="E808" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F808" t="str">
-        <x:v>LA5 9JX</x:v>
+        <x:v>WR11 4BY</x:v>
       </x:c>
       <x:c r="G808" t="str">
-        <x:v/>
+        <x:v>evesham@parkinsonwright.co.uk</x:v>
       </x:c>
       <x:c r="H808" t="str">
-        <x:v/>
+        <x:v>01386761176</x:v>
       </x:c>
     </x:row>
     <x:row r="809">
       <x:c r="A809" t="str">
-        <x:v>Raims Mahmood Zaeem Limited</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B809" t="str">
-        <x:v>Suit 5, 2nd Floor</x:v>
+        <x:v>2-6 Bromyard Road</x:v>
       </x:c>
       <x:c r="C809" t="str">
-        <x:v>12 Bridewell Place</x:v>
+        <x:v>St Johns</x:v>
       </x:c>
       <x:c r="D809" t="str">
-        <x:v>London</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E809" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F809" t="str">
-        <x:v>EC4V 6AP</x:v>
+        <x:v>WR2 5BP</x:v>
       </x:c>
       <x:c r="G809" t="str">
-        <x:v>Syed.mehdi@rmzlaw.co.uk</x:v>
+        <x:v>jn@parkinsonwright.co.uk</x:v>
       </x:c>
       <x:c r="H809" t="str">
-        <x:v>0208 138 3898</x:v>
+        <x:v>01905 425167</x:v>
       </x:c>
     </x:row>
     <x:row r="810">
       <x:c r="A810" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Patron Law Ltd</x:v>
       </x:c>
       <x:c r="B810" t="str">
-        <x:v>94-96 Southgate</x:v>
+        <x:v>Unit 720</x:v>
       </x:c>
       <x:c r="C810" t="str">
-        <x:v/>
+        <x:v>Catalyst House, Centennial Park, Centennial Avenue, Elstree</x:v>
       </x:c>
       <x:c r="D810" t="str">
-        <x:v>Elland</x:v>
+        <x:v>Borehamwood</x:v>
       </x:c>
       <x:c r="E810" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F810" t="str">
-        <x:v>HX5 0ET</x:v>
+        <x:v>WD6 3SY</x:v>
       </x:c>
       <x:c r="G810" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H810" t="str">
-        <x:v>01422 372478</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="811">
       <x:c r="A811" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Patron Law Ltd (W11 4qg)</x:v>
       </x:c>
       <x:c r="B811" t="str">
-        <x:v>Second Floor East</x:v>
+        <x:v>2A Norland Place</x:v>
       </x:c>
       <x:c r="C811" t="str">
-        <x:v>Bowling Mill, Dean Clough Mills</x:v>
+        <x:v>Holland Park</x:v>
       </x:c>
       <x:c r="D811" t="str">
-        <x:v>Halifax</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E811" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F811" t="str">
-        <x:v>HX3 5FD</x:v>
+        <x:v>W11 4QG</x:v>
       </x:c>
       <x:c r="G811" t="str">
-        <x:v>GetMoving@ramsdens.co.uk</x:v>
+        <x:v>enquiries@patronlaw.co.uk</x:v>
       </x:c>
       <x:c r="H811" t="str">
-        <x:v>01422 330700</x:v>
+        <x:v>+44 (0) 20 3841 7470</x:v>
       </x:c>
     </x:row>
     <x:row r="812">
       <x:c r="A812" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B812" t="str">
-        <x:v>7 King Street</x:v>
+        <x:v>Stratford Town Hall Annexe,</x:v>
       </x:c>
       <x:c r="C812" t="str">
-        <x:v/>
+        <x:v>29 Broadway</x:v>
       </x:c>
       <x:c r="D812" t="str">
-        <x:v>Mirfield</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E812" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F812" t="str">
-        <x:v>WF14 8AW</x:v>
+        <x:v>E15 4BQ</x:v>
       </x:c>
       <x:c r="G812" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H812" t="str">
-        <x:v>01924 499251</x:v>
+        <x:v>02080495888</x:v>
       </x:c>
     </x:row>
     <x:row r="813">
       <x:c r="A813" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B813" t="str">
-        <x:v>15-17 Cheapside</x:v>
+        <x:v>98 High Street</x:v>
       </x:c>
       <x:c r="C813" t="str">
         <x:v/>
       </x:c>
       <x:c r="D813" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Billericay</x:v>
       </x:c>
       <x:c r="E813" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F813" t="str">
-        <x:v>WF1 2SD</x:v>
+        <x:v>CM12 9BT</x:v>
       </x:c>
       <x:c r="G813" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>cbradley@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H813" t="str">
-        <x:v>01924 669510</x:v>
+        <x:v>01277500123</x:v>
       </x:c>
     </x:row>
     <x:row r="814">
       <x:c r="A814" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B814" t="str">
-        <x:v>33 Park Place</x:v>
+        <x:v>470-474 London Road</x:v>
       </x:c>
       <x:c r="C814" t="str">
         <x:v/>
       </x:c>
       <x:c r="D814" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Westcliff-on-Sea</x:v>
       </x:c>
       <x:c r="E814" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F814" t="str">
-        <x:v>LS1 2RY</x:v>
+        <x:v>SS0 9LD</x:v>
       </x:c>
       <x:c r="G814" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>cbramwell@paulrobinson.co.uk </x:v>
       </x:c>
       <x:c r="H814" t="str">
-        <x:v>01138871830</x:v>
+        <x:v>01702 338 338</x:v>
       </x:c>
     </x:row>
     <x:row r="815">
       <x:c r="A815" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B815" t="str">
-        <x:v>Ground Floor, Unit 6 Arabesque House</x:v>
+        <x:v>150 London Road</x:v>
       </x:c>
       <x:c r="C815" t="str">
-        <x:v>Monks Cross</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D815" t="str">
-        <x:v>York</x:v>
+        <x:v>Benfleet</x:v>
       </x:c>
       <x:c r="E815" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F815" t="str">
-        <x:v>YO32 9GZ</x:v>
+        <x:v>SS7 5SQ</x:v>
       </x:c>
       <x:c r="G815" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>athomas@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H815" t="str">
-        <x:v>01904 655442</x:v>
+        <x:v>01702338338</x:v>
       </x:c>
     </x:row>
     <x:row r="816">
       <x:c r="A816" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B816" t="str">
-        <x:v>34-36 Market Street</x:v>
+        <x:v>13-14 Market Place</x:v>
       </x:c>
       <x:c r="C816" t="str">
-        <x:v>Milnsbridge</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D816" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Penzance</x:v>
       </x:c>
       <x:c r="E816" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F816" t="str">
-        <x:v>HD3 4NG</x:v>
+        <x:v>TR18 2JB</x:v>
       </x:c>
       <x:c r="G816" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>info@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H816" t="str">
-        <x:v>01484 507100</x:v>
+        <x:v>01736808939</x:v>
       </x:c>
     </x:row>
     <x:row r="817">
       <x:c r="A817" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B817" t="str">
-        <x:v>102 Huddersfield Road</x:v>
+        <x:v>125 Old Broad Street</x:v>
       </x:c>
       <x:c r="C817" t="str">
         <x:v/>
       </x:c>
       <x:c r="D817" t="str">
-        <x:v>Holmfirth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E817" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F817" t="str">
-        <x:v>HD9 3AX</x:v>
+        <x:v>EC2N 1AR</x:v>
       </x:c>
       <x:c r="G817" t="str">
-        <x:v>stacy.carr@ramsdens.co.uk </x:v>
+        <x:v>info@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H817" t="str">
-        <x:v>0808 1685643</x:v>
+        <x:v>020 8049 5888</x:v>
       </x:c>
     </x:row>
     <x:row r="818">
       <x:c r="A818" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Lawyers LLP</x:v>
       </x:c>
       <x:c r="B818" t="str">
-        <x:v>Oakley House</x:v>
+        <x:v>Cavendish Court, 11-15 Wigmore Street</x:v>
       </x:c>
       <x:c r="C818" t="str">
-        <x:v>1 Hungerford Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D818" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E818" t="str">
         <x:v/>
       </x:c>
       <x:c r="F818" t="str">
-        <x:v>HD3 3AL</x:v>
+        <x:v>W1U 1PF</x:v>
       </x:c>
       <x:c r="G818" t="str">
-        <x:v>info@ramsdens.co.ukshow</x:v>
+        <x:v>nchandhar@pcblawyers.com</x:v>
       </x:c>
       <x:c r="H818" t="str">
-        <x:v>01484 558066</x:v>
+        <x:v>020 7486 2566</x:v>
       </x:c>
     </x:row>
     <x:row r="819">
       <x:c r="A819" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Lawyers LLP</x:v>
       </x:c>
       <x:c r="B819" t="str">
-        <x:v>18 Lewisham Road</x:v>
+        <x:v>Rodwell Tower 111 Piccadilly</x:v>
       </x:c>
       <x:c r="C819" t="str">
         <x:v/>
       </x:c>
       <x:c r="D819" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E819" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F819" t="str">
-        <x:v>HD7 5AL</x:v>
+        <x:v>M1 2HY</x:v>
       </x:c>
       <x:c r="G819" t="str">
-        <x:v/>
+        <x:v>sanderton@pcblawyers.com</x:v>
       </x:c>
       <x:c r="H819" t="str">
-        <x:v/>
+        <x:v>020 7486 2566</x:v>
       </x:c>
     </x:row>
     <x:row r="820">
       <x:c r="A820" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B820" t="str">
-        <x:v>Ramsden Street</x:v>
+        <x:v>Office Suite 8, 54 Broad Street</x:v>
       </x:c>
       <x:c r="C820" t="str">
         <x:v/>
       </x:c>
       <x:c r="D820" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Ludlow</x:v>
       </x:c>
       <x:c r="E820" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F820" t="str">
-        <x:v>HD1 2TH</x:v>
+        <x:v>SY8 1GP</x:v>
       </x:c>
       <x:c r="G820" t="str">
-        <x:v>info@ramsdens.co.uk</x:v>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H820" t="str">
-        <x:v>01484 821500</x:v>
+        <x:v>01584 878456</x:v>
       </x:c>
     </x:row>
     <x:row r="821">
       <x:c r="A821" t="str">
-        <x:v>Raworths</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B821" t="str">
-        <x:v>Eton House</x:v>
+        <x:v>Old Bank Chambers</x:v>
       </x:c>
       <x:c r="C821" t="str">
-        <x:v>89 Station Parade</x:v>
+        <x:v>2 High Street</x:v>
       </x:c>
       <x:c r="D821" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Church Stretton</x:v>
       </x:c>
       <x:c r="E821" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F821" t="str">
-        <x:v>HG1 1HF</x:v>
+        <x:v>SY6 6BU</x:v>
       </x:c>
       <x:c r="G821" t="str">
-        <x:v/>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H821" t="str">
-        <x:v/>
+        <x:v>01694 723818</x:v>
       </x:c>
     </x:row>
     <x:row r="822">
       <x:c r="A822" t="str">
-        <x:v>Read Roper &amp; Read Solicitors Limited</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B822" t="str">
-        <x:v>Riverside, 5th Floor</x:v>
+        <x:v>7 Wylcwm Place</x:v>
       </x:c>
       <x:c r="C822" t="str">
-        <x:v>New Bailey Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D822" t="str">
-        <x:v/>
+        <x:v>Knighton</x:v>
       </x:c>
       <x:c r="E822" t="str">
-        <x:v> Manchester</x:v>
+        <x:v>Powys</x:v>
       </x:c>
       <x:c r="F822" t="str">
-        <x:v>M3 5FS</x:v>
+        <x:v>LD7 1AE</x:v>
       </x:c>
       <x:c r="G822" t="str">
-        <x:v>SBurrell@lpropertylawyers.co.uk </x:v>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H822" t="str">
-        <x:v>0161 832 6905 </x:v>
+        <x:v>01547 528800</x:v>
       </x:c>
     </x:row>
     <x:row r="823">
       <x:c r="A823" t="str">
-        <x:v>Redferns Limited</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B823" t="str">
-        <x:v>21 College Parade</x:v>
+        <x:v>Trevithick House, Stafford Park 4</x:v>
       </x:c>
       <x:c r="C823" t="str">
-        <x:v>Salusbury Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D823" t="str">
-        <x:v/>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E823" t="str">
-        <x:v>London</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F823" t="str">
-        <x:v>NW6 6RN</x:v>
+        <x:v>TF3 3BA</x:v>
       </x:c>
       <x:c r="G823" t="str">
-        <x:v>khirani@redferns.co.uk</x:v>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H823" t="str">
-        <x:v>0208 424 7070</x:v>
+        <x:v>01952 403000</x:v>
       </x:c>
     </x:row>
     <x:row r="824">
       <x:c r="A824" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Pcb Solicitors LLP</x:v>
       </x:c>
       <x:c r="B824" t="str">
-        <x:v>Bank Chambers, 10 Bank Square</x:v>
+        <x:v>Cypress Centre</x:v>
       </x:c>
       <x:c r="C824" t="str">
-        <x:v/>
+        <x:v>Sitka Drive, Shrewsbury Business Park</x:v>
       </x:c>
       <x:c r="D824" t="str">
-        <x:v>Dulverton</x:v>
+        <x:v>Shrewsbury</x:v>
       </x:c>
       <x:c r="E824" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F824" t="str">
-        <x:v>TA22 9BU</x:v>
+        <x:v>SY2 6LG</x:v>
       </x:c>
       <x:c r="G824" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H824" t="str">
-        <x:v>01398 322100</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="825">
       <x:c r="A825" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Penman Sedgwick LLP</x:v>
       </x:c>
       <x:c r="B825" t="str">
-        <x:v>18 Fore Street</x:v>
+        <x:v>5 George Street</x:v>
       </x:c>
       <x:c r="C825" t="str">
-        <x:v>Williton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D825" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>Watford</x:v>
       </x:c>
       <x:c r="E825" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F825" t="str">
-        <x:v>TA4 4QD</x:v>
+        <x:v>WD18 0SQ</x:v>
       </x:c>
       <x:c r="G825" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H825" t="str">
-        <x:v>01984 632277</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="826">
       <x:c r="A826" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Penmans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B826" t="str">
-        <x:v>1 Mendip House, High Street</x:v>
+        <x:v>The Precinct,</x:v>
       </x:c>
       <x:c r="C826" t="str">
-        <x:v/>
+        <x:v>School Road,</x:v>
       </x:c>
       <x:c r="D826" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>Warwick,</x:v>
       </x:c>
       <x:c r="E826" t="str">
-        <x:v/>
+        <x:v>Warwickshire,</x:v>
       </x:c>
       <x:c r="F826" t="str">
-        <x:v>TA1 3SX</x:v>
+        <x:v>CV35 9NL,</x:v>
       </x:c>
       <x:c r="G826" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>naomi.ohalloran@penmanssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H826" t="str">
-        <x:v>01823 251571</x:v>
+        <x:v>01789 470022</x:v>
       </x:c>
     </x:row>
     <x:row r="827">
       <x:c r="A827" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Penmans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B827" t="str">
-        <x:v>6 Bancks Street</x:v>
+        <x:v>17A Queens Road</x:v>
       </x:c>
       <x:c r="C827" t="str">
         <x:v/>
       </x:c>
       <x:c r="D827" t="str">
-        <x:v>Minehead</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E827" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F827" t="str">
-        <x:v>TA24 5DF</x:v>
+        <x:v>CV1 3DH</x:v>
       </x:c>
       <x:c r="G827" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>julie.bunyan@penmanssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H827" t="str">
-        <x:v>01643 703123</x:v>
+        <x:v>02476 226 575</x:v>
       </x:c>
     </x:row>
     <x:row r="828">
       <x:c r="A828" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Penmans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B828" t="str">
-        <x:v>12 Fore Street</x:v>
+        <x:v>17A Queens Road</x:v>
       </x:c>
       <x:c r="C828" t="str">
         <x:v/>
       </x:c>
       <x:c r="D828" t="str">
-        <x:v>Wellington</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E828" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F828" t="str">
-        <x:v>TA21 8AQ</x:v>
+        <x:v>CV1 3DH</x:v>
       </x:c>
       <x:c r="G828" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H828" t="str">
-        <x:v>01823 804430</x:v>
+        <x:v>01926 858222</x:v>
       </x:c>
     </x:row>
     <x:row r="829">
       <x:c r="A829" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B829" t="str">
-        <x:v>18-22 Angel Crescent</x:v>
+        <x:v>109 Clase Road</x:v>
       </x:c>
       <x:c r="C829" t="str">
-        <x:v/>
+        <x:v>Morriston</x:v>
       </x:c>
       <x:c r="D829" t="str">
-        <x:v>Bridgwater</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E829" t="str">
-        <x:v/>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F829" t="str">
-        <x:v>TA6 3AL</x:v>
+        <x:v>SA6 8DY</x:v>
       </x:c>
       <x:c r="G829" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H829" t="str">
-        <x:v>01278 550760</x:v>
+        <x:v>01792 310731</x:v>
       </x:c>
     </x:row>
     <x:row r="830">
       <x:c r="A830" t="str">
-        <x:v>Riseam Sharples</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B830" t="str">
-        <x:v>2 Tower Street</x:v>
+        <x:v>Unit 11, Langdon House,</x:v>
       </x:c>
       <x:c r="C830" t="str">
-        <x:v/>
+        <x:v>Langdon Road</x:v>
       </x:c>
       <x:c r="D830" t="str">
-        <x:v>London</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E830" t="str">
-        <x:v/>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F830" t="str">
-        <x:v>WC2H 9NP</x:v>
+        <x:v>SA1 8QY</x:v>
       </x:c>
       <x:c r="G830" t="str">
-        <x:v>rsinfo@rs-law.co.uk</x:v>
+        <x:v>peter.lynn@peterlynnandpartners.co.uk</x:v>
       </x:c>
       <x:c r="H830" t="str">
-        <x:v>020 7836 9555</x:v>
+        <x:v>01792 450010</x:v>
       </x:c>
     </x:row>
     <x:row r="831">
       <x:c r="A831" t="str">
-        <x:v>RJM Solicitors</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B831" t="str">
-        <x:v>34 Victoria Street</x:v>
+        <x:v>5 Murray Street</x:v>
       </x:c>
       <x:c r="C831" t="str">
         <x:v/>
       </x:c>
       <x:c r="D831" t="str">
-        <x:v>Merthyr Tydfil</x:v>
+        <x:v>Llanelli</x:v>
       </x:c>
       <x:c r="E831" t="str">
-        <x:v>Merthyr Tydfil</x:v>
+        <x:v>Sir Gaerfyrddin</x:v>
       </x:c>
       <x:c r="F831" t="str">
-        <x:v>CF47 8BW</x:v>
+        <x:v>SA15 1AQ</x:v>
       </x:c>
       <x:c r="G831" t="str">
         <x:v/>
       </x:c>
       <x:c r="H831" t="str">
-        <x:v>01685 721703</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="832">
       <x:c r="A832" t="str">
-        <x:v>RM Legal Solicitors LLP</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B832" t="str">
-        <x:v>Avenue House,</x:v>
+        <x:v>143 Walter Road</x:v>
       </x:c>
       <x:c r="C832" t="str">
-        <x:v>36-38 The Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D832" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E832" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F832" t="str">
-        <x:v>SO17 1XN</x:v>
+        <x:v>SA1 5RT</x:v>
       </x:c>
       <x:c r="G832" t="str">
-        <x:v>info@rm-legal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H832" t="str">
-        <x:v>023 8092 6060</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="833">
       <x:c r="A833" t="str">
-        <x:v>RM Legal Solicitors LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B833" t="str">
-        <x:v>1st &amp; 2nd Floor, 17 London Road</x:v>
+        <x:v>87 Newton Road</x:v>
       </x:c>
       <x:c r="C833" t="str">
-        <x:v/>
+        <x:v>Mumbles</x:v>
       </x:c>
       <x:c r="D833" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E833" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F833" t="str">
-        <x:v>SO15 2AE</x:v>
+        <x:v>SA3 4BN</x:v>
       </x:c>
       <x:c r="G833" t="str">
-        <x:v>Info@rm-legal.co.uk</x:v>
+        <x:v>Caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H833" t="str">
-        <x:v>02380 926060</x:v>
+        <x:v>01792 310731</x:v>
       </x:c>
     </x:row>
     <x:row r="834">
       <x:c r="A834" t="str">
-        <x:v>Rollasons Solicitors LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B834" t="str">
-        <x:v>7 Clarendon Place</x:v>
+        <x:v>21 Holly Street</x:v>
       </x:c>
       <x:c r="C834" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Pontardawe</x:v>
       </x:c>
       <x:c r="D834" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E834" t="str">
-        <x:v/>
+        <x:v>West Glamorgan</x:v>
       </x:c>
       <x:c r="F834" t="str">
-        <x:v>CV32 5QL</x:v>
+        <x:v>SA8 4ET</x:v>
       </x:c>
       <x:c r="G834" t="str">
-        <x:v>KVara@rollasons.com</x:v>
+        <x:v>Caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H834" t="str">
-        <x:v>01926 883431</x:v>
+        <x:v>01792 863633</x:v>
       </x:c>
     </x:row>
     <x:row r="835">
       <x:c r="A835" t="str">
-        <x:v>Rollasons Solicitors LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B835" t="str">
-        <x:v>2b Station Road</x:v>
+        <x:v>41 Heol Eglwys</x:v>
       </x:c>
       <x:c r="C835" t="str">
-        <x:v/>
+        <x:v>Ystradgynlais</x:v>
       </x:c>
       <x:c r="D835" t="str">
-        <x:v>Lutterworth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E835" t="str">
-        <x:v/>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="F835" t="str">
-        <x:v>LE17 4AP</x:v>
+        <x:v>SA9 1EY</x:v>
       </x:c>
       <x:c r="G835" t="str">
-        <x:v>KVara@rollasons.com</x:v>
+        <x:v>Caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H835" t="str">
-        <x:v>01455 552378</x:v>
+        <x:v>01639 842709</x:v>
       </x:c>
     </x:row>
     <x:row r="836">
       <x:c r="A836" t="str">
-        <x:v>Rollasons Solicitors LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B836" t="str">
-        <x:v>Scully House</x:v>
+        <x:v>40/42 College Street</x:v>
       </x:c>
       <x:c r="C836" t="str">
-        <x:v>9 New Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D836" t="str">
-        <x:v>Daventry</x:v>
+        <x:v>Ammanford</x:v>
       </x:c>
       <x:c r="E836" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v>Carmarthenshire</x:v>
       </x:c>
       <x:c r="F836" t="str">
-        <x:v>NN11 4BT</x:v>
+        <x:v>SA18 3AF</x:v>
       </x:c>
       <x:c r="G836" t="str">
-        <x:v>kvara@rollasons.com</x:v>
+        <x:v>caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H836" t="str">
-        <x:v>01327 301771</x:v>
+        <x:v>01269 597978</x:v>
       </x:c>
     </x:row>
     <x:row r="837">
       <x:c r="A837" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B837" t="str">
-        <x:v>111 Piccadilly</x:v>
+        <x:v>4-14 Pontarddulais Road</x:v>
       </x:c>
       <x:c r="C837" t="str">
-        <x:v/>
+        <x:v>Gorseinon</x:v>
       </x:c>
       <x:c r="D837" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="E837" t="str">
         <x:v/>
       </x:c>
       <x:c r="F837" t="str">
-        <x:v>M1 2HY</x:v>
+        <x:v>SA4 4FE</x:v>
       </x:c>
       <x:c r="G837" t="str">
-        <x:v/>
+        <x:v>info@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H837" t="str">
-        <x:v/>
+        <x:v>01792310731</x:v>
       </x:c>
     </x:row>
     <x:row r="838">
       <x:c r="A838" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B838" t="str">
-        <x:v>The Senate</x:v>
+        <x:v>Unit 3, 2-4 Station Road</x:v>
       </x:c>
       <x:c r="C838" t="str">
-        <x:v>Southernhay Gardens</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D838" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Llanelli</x:v>
       </x:c>
       <x:c r="E838" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Carmarthenshire</x:v>
       </x:c>
       <x:c r="F838" t="str">
-        <x:v>EX1 1UG</x:v>
+        <x:v>SA15 1AB</x:v>
       </x:c>
       <x:c r="G838" t="str">
-        <x:v/>
+        <x:v>info@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H838" t="str">
-        <x:v/>
+        <x:v>01554 788281</x:v>
       </x:c>
     </x:row>
     <x:row r="839">
       <x:c r="A839" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Petherbridge Bassra Solicitors Limited</x:v>
       </x:c>
       <x:c r="B839" t="str">
-        <x:v>326 Old Street</x:v>
+        <x:v>Vintry House, 18-24 Piccadilly</x:v>
       </x:c>
       <x:c r="C839" t="str">
         <x:v/>
       </x:c>
       <x:c r="D839" t="str">
-        <x:v>London</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E839" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F839" t="str">
-        <x:v>EC1V 9DR</x:v>
+        <x:v>BD1 3LS</x:v>
       </x:c>
       <x:c r="G839" t="str">
-        <x:v>a.nasr@rfblegal.co.uk</x:v>
+        <x:v>lisa.julian@petherbridgebassra.com</x:v>
       </x:c>
       <x:c r="H839" t="str">
-        <x:v>020 7613 1402</x:v>
+        <x:v>01274 724 114</x:v>
       </x:c>
     </x:row>
     <x:row r="840">
       <x:c r="A840" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Premier Solicitors (Bedford) Limited</x:v>
       </x:c>
       <x:c r="B840" t="str">
-        <x:v>77 Baker Street</x:v>
+        <x:v>189 Bedford Road</x:v>
       </x:c>
       <x:c r="C840" t="str">
         <x:v/>
       </x:c>
       <x:c r="D840" t="str">
-        <x:v>London</x:v>
+        <x:v>Kempston</x:v>
       </x:c>
       <x:c r="E840" t="str">
-        <x:v/>
+        <x:v>Bedford</x:v>
       </x:c>
       <x:c r="F840" t="str">
-        <x:v>W1U 6RF</x:v>
+        <x:v>MK42 8DD</x:v>
       </x:c>
       <x:c r="G840" t="str">
-        <x:v>keystone@rfblegal.co.uk</x:v>
+        <x:v>info@adamsonlaw.co.uk</x:v>
       </x:c>
       <x:c r="H840" t="str">
-        <x:v>020 7467 5757</x:v>
+        <x:v>01234 481071</x:v>
       </x:c>
     </x:row>
     <x:row r="841">
       <x:c r="A841" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Premier Solicitors Limited</x:v>
       </x:c>
       <x:c r="B841" t="str">
-        <x:v>5 The Green</x:v>
+        <x:v>Premier House</x:v>
       </x:c>
       <x:c r="C841" t="str">
-        <x:v/>
+        <x:v>Lurke Street</x:v>
       </x:c>
       <x:c r="D841" t="str">
-        <x:v>Richmond</x:v>
+        <x:v>Bedford</x:v>
       </x:c>
       <x:c r="E841" t="str">
-        <x:v/>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F841" t="str">
-        <x:v>TW9  1PL</x:v>
+        <x:v>MK40 3HU</x:v>
       </x:c>
       <x:c r="G841" t="str">
-        <x:v/>
+        <x:v>info@premiersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H841" t="str">
-        <x:v>0207 871 8248 </x:v>
+        <x:v>01234 358080</x:v>
       </x:c>
     </x:row>
     <x:row r="842">
       <x:c r="A842" t="str">
-        <x:v>Rooks Rider Solicitors LLP</x:v>
+        <x:v>Primarc Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B842" t="str">
-        <x:v>14-16 Dowgate Hill</x:v>
+        <x:v>168A High Street North</x:v>
       </x:c>
       <x:c r="C842" t="str">
         <x:v/>
       </x:c>
       <x:c r="D842" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E842" t="str">
         <x:v/>
       </x:c>
       <x:c r="F842" t="str">
-        <x:v>EC4R 2SU</x:v>
+        <x:v>E6 2JA</x:v>
       </x:c>
       <x:c r="G842" t="str">
-        <x:v>ashalet@rooksrider.co.uk</x:v>
+        <x:v>jmiah@primarcsolicitors.com </x:v>
       </x:c>
       <x:c r="H842" t="str">
-        <x:v>0207 689 7000</x:v>
+        <x:v>020 8912 2280</x:v>
       </x:c>
     </x:row>
     <x:row r="843">
       <x:c r="A843" t="str">
-        <x:v>Rowlinsons Solicitors Limited</x:v>
+        <x:v>Prince Evans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B843" t="str">
-        <x:v>Rowlinson House</x:v>
+        <x:v>Ground Floor (East), Ealing Gateway</x:v>
       </x:c>
       <x:c r="C843" t="str">
-        <x:v>Clifton Road, Sutton Weaver</x:v>
+        <x:v>Uxbridge Road, Ealing</x:v>
       </x:c>
       <x:c r="D843" t="str">
-        <x:v>Runcorn</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E843" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F843" t="str">
-        <x:v>WA7 3LF</x:v>
+        <x:v>W5 2AU</x:v>
       </x:c>
       <x:c r="G843" t="str">
-        <x:v/>
+        <x:v>anthony.best@prince-evans.co.uk</x:v>
       </x:c>
       <x:c r="H843" t="str">
-        <x:v/>
+        <x:v>02085673477</x:v>
       </x:c>
     </x:row>
     <x:row r="844">
       <x:c r="A844" t="str">
-        <x:v>Rowlinsons Solicitors Limited</x:v>
+        <x:v>Property Legal (Manchester) Limited</x:v>
       </x:c>
       <x:c r="B844" t="str">
-        <x:v>9 Church Street</x:v>
+        <x:v>P L S House, 2 Aegean Road</x:v>
       </x:c>
       <x:c r="C844" t="str">
-        <x:v>Frodsham </x:v>
+        <x:v>Atlantic Street</x:v>
       </x:c>
       <x:c r="D844" t="str">
-        <x:v/>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E844" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F844" t="str">
-        <x:v>WA6 7DN</x:v>
+        <x:v>WA14 5UW</x:v>
       </x:c>
       <x:c r="G844" t="str">
-        <x:v>info@rowlinsons.co.uk</x:v>
+        <x:v>RemortgageTeam1@pls-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H844" t="str">
-        <x:v>01928 735333</x:v>
+        <x:v>0330 024 4536</x:v>
       </x:c>
     </x:row>
     <x:row r="845">
       <x:c r="A845" t="str">
-        <x:v>Roythornes Limited</x:v>
+        <x:v>Quinta Law LLP</x:v>
       </x:c>
       <x:c r="B845" t="str">
-        <x:v>Stuart House</x:v>
+        <x:v>1 Giltspur Street</x:v>
       </x:c>
       <x:c r="C845" t="str">
-        <x:v>St John'S Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D845" t="str">
-        <x:v>Peterborough</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E845" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F845" t="str">
-        <x:v>PE1 5DD</x:v>
+        <x:v>EC1A 9DD</x:v>
       </x:c>
       <x:c r="G845" t="str">
         <x:v/>
       </x:c>
       <x:c r="H845" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="846">
       <x:c r="A846" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>R &amp; B Legal Limited</x:v>
       </x:c>
       <x:c r="B846" t="str">
-        <x:v>Enterprise Way</x:v>
+        <x:v>Vanity Chambers</x:v>
       </x:c>
       <x:c r="C846" t="str">
-        <x:v>Pinchbeck</x:v>
+        <x:v>20-22 Victoria Street</x:v>
       </x:c>
       <x:c r="D846" t="str">
-        <x:v>Spalding</x:v>
+        <x:v>Morecambe</x:v>
       </x:c>
       <x:c r="E846" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F846" t="str">
-        <x:v>PE11 3YR</x:v>
+        <x:v>LA4 4AH</x:v>
       </x:c>
       <x:c r="G846" t="str">
-        <x:v>clairelangford@roythornes.co.uk</x:v>
+        <x:v>daniel.coll@rblegal.co.uk</x:v>
       </x:c>
       <x:c r="H846" t="str">
-        <x:v>01775842500</x:v>
+        <x:v>01524834222</x:v>
       </x:c>
     </x:row>
     <x:row r="847">
       <x:c r="A847" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>R &amp; B Legal Limited</x:v>
       </x:c>
       <x:c r="B847" t="str">
-        <x:v>Incubator 2, The Boulevard</x:v>
+        <x:v>The Bank</x:v>
       </x:c>
       <x:c r="C847" t="str">
-        <x:v>Enterprise Campus, Alconbury Weald</x:v>
+        <x:v>44 Market Street</x:v>
       </x:c>
       <x:c r="D847" t="str">
-        <x:v>Huntingdon</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="E847" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F847" t="str">
-        <x:v>PE28 4XA</x:v>
+        <x:v>LA5 9JX</x:v>
       </x:c>
       <x:c r="G847" t="str">
-        <x:v>clairelangford@roythornes.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H847" t="str">
-        <x:v>01480 587099</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="848">
       <x:c r="A848" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>Raims Mahmood Zaeem Limited</x:v>
       </x:c>
       <x:c r="B848" t="str">
-        <x:v>1 Newhall Street</x:v>
+        <x:v>Suit 5, 2nd Floor</x:v>
       </x:c>
       <x:c r="C848" t="str">
-        <x:v/>
+        <x:v>12 Bridewell Place</x:v>
       </x:c>
       <x:c r="D848" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E848" t="str">
         <x:v/>
       </x:c>
       <x:c r="F848" t="str">
-        <x:v>B3 3NH</x:v>
+        <x:v>EC4V 6AP</x:v>
       </x:c>
       <x:c r="G848" t="str">
-        <x:v>clairelangford@roythornes.co.uk</x:v>
+        <x:v>Syed.mehdi@rmzlaw.co.uk</x:v>
       </x:c>
       <x:c r="H848" t="str">
-        <x:v>01215921040</x:v>
+        <x:v>0208 138 3898</x:v>
       </x:c>
     </x:row>
     <x:row r="849">
       <x:c r="A849" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B849" t="str">
-        <x:v>East West, Tollhouse Hill</x:v>
+        <x:v>94-96 Southgate</x:v>
       </x:c>
       <x:c r="C849" t="str">
         <x:v/>
       </x:c>
       <x:c r="D849" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Elland</x:v>
       </x:c>
       <x:c r="E849" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F849" t="str">
-        <x:v>NG1 5FS</x:v>
+        <x:v>HX5 0ET</x:v>
       </x:c>
       <x:c r="G849" t="str">
-        <x:v>victoriastevenson@roythornes.co.uk</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H849" t="str">
-        <x:v>0115 948 4555</x:v>
+        <x:v>01422 372478</x:v>
       </x:c>
     </x:row>
     <x:row r="850">
       <x:c r="A850" t="str">
-        <x:v>RSL Law Limited</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B850" t="str">
-        <x:v>78 Pall Mall</x:v>
+        <x:v>Second Floor East</x:v>
       </x:c>
       <x:c r="C850" t="str">
-        <x:v/>
+        <x:v>Bowling Mill, Dean Clough Mills</x:v>
       </x:c>
       <x:c r="D850" t="str">
-        <x:v>London</x:v>
+        <x:v>Halifax</x:v>
       </x:c>
       <x:c r="E850" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F850" t="str">
-        <x:v>SW1Y 5ES</x:v>
+        <x:v>HX3 5FD</x:v>
       </x:c>
       <x:c r="G850" t="str">
-        <x:v/>
+        <x:v>GetMoving@ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H850" t="str">
-        <x:v/>
+        <x:v>01422 330700</x:v>
       </x:c>
     </x:row>
     <x:row r="851">
       <x:c r="A851" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B851" t="str">
-        <x:v>Atria</x:v>
+        <x:v>7 King Street</x:v>
       </x:c>
       <x:c r="C851" t="str">
-        <x:v>Spa Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D851" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Mirfield</x:v>
       </x:c>
       <x:c r="E851" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F851" t="str">
-        <x:v>BL1 4AG</x:v>
+        <x:v>WF14 8AW</x:v>
       </x:c>
       <x:c r="G851" t="str">
-        <x:v>Ih@russellrussell.co.uk</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H851" t="str">
-        <x:v>01204 399299</x:v>
+        <x:v>01924 499251</x:v>
       </x:c>
     </x:row>
     <x:row r="852">
       <x:c r="A852" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B852" t="str">
-        <x:v>9 White Friars</x:v>
+        <x:v>15-17 Cheapside</x:v>
       </x:c>
       <x:c r="C852" t="str">
         <x:v/>
       </x:c>
       <x:c r="D852" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E852" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F852" t="str">
-        <x:v>CH1 1NZ</x:v>
+        <x:v>WF1 2SD</x:v>
       </x:c>
       <x:c r="G852" t="str">
-        <x:v/>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H852" t="str">
-        <x:v/>
+        <x:v>01924 669510</x:v>
       </x:c>
     </x:row>
     <x:row r="853">
       <x:c r="A853" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B853" t="str">
-        <x:v>Belgrave Terrace, 10 Manchester Road</x:v>
+        <x:v>33 Park Place</x:v>
       </x:c>
       <x:c r="C853" t="str">
         <x:v/>
       </x:c>
       <x:c r="D853" t="str">
-        <x:v>Bury</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E853" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F853" t="str">
-        <x:v>BL9 0EB</x:v>
+        <x:v>LS1 2RY</x:v>
       </x:c>
       <x:c r="G853" t="str">
-        <x:v>infobury@russellrussell.co.uk</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H853" t="str">
-        <x:v>0161 7622888</x:v>
+        <x:v>01138871830</x:v>
       </x:c>
     </x:row>
     <x:row r="854">
       <x:c r="A854" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B854" t="str">
-        <x:v>86 Market Street</x:v>
+        <x:v>Ground Floor, Unit 6 Arabesque House</x:v>
       </x:c>
       <x:c r="C854" t="str">
-        <x:v>Farnworth</x:v>
+        <x:v>Monks Cross</x:v>
       </x:c>
       <x:c r="D854" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E854" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F854" t="str">
-        <x:v>BL4 7NY</x:v>
+        <x:v>YO32 9GZ</x:v>
       </x:c>
       <x:c r="G854" t="str">
-        <x:v>infofarnworth@russellrussell.co.uk</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H854" t="str">
-        <x:v>01204 707926</x:v>
+        <x:v>01904 655442</x:v>
       </x:c>
     </x:row>
     <x:row r="855">
       <x:c r="A855" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B855" t="str">
-        <x:v>21 Lee Lane</x:v>
+        <x:v>34-36 Market Street</x:v>
       </x:c>
       <x:c r="C855" t="str">
-        <x:v>Horwich</x:v>
+        <x:v>Milnsbridge</x:v>
       </x:c>
       <x:c r="D855" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E855" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F855" t="str">
-        <x:v>BL6 7BP</x:v>
+        <x:v>HD3 4NG</x:v>
       </x:c>
       <x:c r="G855" t="str">
-        <x:v>infohorwich@russellrussell.co.uk</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H855" t="str">
-        <x:v>01204 699432</x:v>
+        <x:v>01484 507100</x:v>
       </x:c>
     </x:row>
     <x:row r="856">
       <x:c r="A856" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B856" t="str">
-        <x:v>Colmar House, Middleton Gardens</x:v>
+        <x:v>18 Lewisham Road</x:v>
       </x:c>
       <x:c r="C856" t="str">
-        <x:v>Middleton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D856" t="str">
-        <x:v/>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E856" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F856" t="str">
-        <x:v>M24 4DB</x:v>
+        <x:v>HD7 5AL</x:v>
       </x:c>
       <x:c r="G856" t="str">
-        <x:v>infomiddleton@russellrussell.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H856" t="str">
-        <x:v>0161 6536200</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="857">
       <x:c r="A857" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B857" t="str">
-        <x:v>39 Newport Street</x:v>
+        <x:v>Ramsden Street</x:v>
       </x:c>
       <x:c r="C857" t="str">
         <x:v/>
       </x:c>
       <x:c r="D857" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E857" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F857" t="str">
-        <x:v>BL1 1NE</x:v>
+        <x:v>HD1 2TH</x:v>
       </x:c>
       <x:c r="G857" t="str">
-        <x:v>advicecentre@russellrussell.co.uk</x:v>
+        <x:v>info@ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H857" t="str">
-        <x:v>01204 546622</x:v>
+        <x:v>01484 821500</x:v>
       </x:c>
     </x:row>
     <x:row r="858">
       <x:c r="A858" t="str">
-        <x:v>Russell-Cooke LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B858" t="str">
-        <x:v>2 Putney Hill</x:v>
+        <x:v>Oakley House</x:v>
       </x:c>
       <x:c r="C858" t="str">
-        <x:v/>
+        <x:v>1 Hungerford Road</x:v>
       </x:c>
       <x:c r="D858" t="str">
-        <x:v>London</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="E858" t="str">
         <x:v/>
       </x:c>
       <x:c r="F858" t="str">
-        <x:v>SW15 6AB</x:v>
+        <x:v>HD3 3AL</x:v>
       </x:c>
       <x:c r="G858" t="str">
-        <x:v>Morris.John@russell-cooke.co.uk</x:v>
+        <x:v>info@ramsdens.co.ukshow</x:v>
       </x:c>
       <x:c r="H858" t="str">
-        <x:v>02087899111</x:v>
+        <x:v>01484 558066</x:v>
       </x:c>
     </x:row>
     <x:row r="859">
       <x:c r="A859" t="str">
-        <x:v>Russell-Cooke LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B859" t="str">
-        <x:v>8 Bedford Row</x:v>
+        <x:v>102 Huddersfield Road</x:v>
       </x:c>
       <x:c r="C859" t="str">
         <x:v/>
       </x:c>
       <x:c r="D859" t="str">
-        <x:v>London</x:v>
+        <x:v>Holmfirth</x:v>
       </x:c>
       <x:c r="E859" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F859" t="str">
-        <x:v>WC1R 4BX</x:v>
+        <x:v>HD9 3AX</x:v>
       </x:c>
       <x:c r="G859" t="str">
-        <x:v>Morris.John@russell-cooke.co.uk</x:v>
+        <x:v>stacy.carr@ramsdens.co.uk </x:v>
       </x:c>
       <x:c r="H859" t="str">
-        <x:v>02074056566</x:v>
+        <x:v>0808 1685643</x:v>
       </x:c>
     </x:row>
     <x:row r="860">
       <x:c r="A860" t="str">
-        <x:v>Russell-Cooke LLP</x:v>
+        <x:v>Raworths</x:v>
       </x:c>
       <x:c r="B860" t="str">
-        <x:v>Riverview House, 20 Old Bridge Street</x:v>
+        <x:v>Eton House</x:v>
       </x:c>
       <x:c r="C860" t="str">
-        <x:v/>
+        <x:v>89 Station Parade</x:v>
       </x:c>
       <x:c r="D860" t="str">
-        <x:v>Kingston upon Thames</x:v>
+        <x:v>Harrogate</x:v>
       </x:c>
       <x:c r="E860" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F860" t="str">
-        <x:v>KT1 4BU</x:v>
+        <x:v>HG1 1HF</x:v>
       </x:c>
       <x:c r="G860" t="str">
-        <x:v>enquiries@russell-cooke.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H860" t="str">
-        <x:v>02085466111 </x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="861">
       <x:c r="A861" t="str">
-        <x:v>RWK Goodman</x:v>
+        <x:v>Read Roper &amp; Read Solicitors Limited</x:v>
       </x:c>
       <x:c r="B861" t="str">
-        <x:v>Godstow Court</x:v>
+        <x:v>Riverside, 5th Floor</x:v>
       </x:c>
       <x:c r="C861" t="str">
-        <x:v>Minns Business Park</x:v>
+        <x:v>New Bailey Street</x:v>
       </x:c>
       <x:c r="D861" t="str">
-        <x:v>OXFORD</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E861" t="str">
-        <x:v/>
+        <x:v> Manchester</x:v>
       </x:c>
       <x:c r="F861" t="str">
-        <x:v>OX2 0JB </x:v>
+        <x:v>M3 5FS</x:v>
       </x:c>
       <x:c r="G861" t="str">
-        <x:v/>
+        <x:v>SBurrell@lpropertylawyers.co.uk </x:v>
       </x:c>
       <x:c r="H861" t="str">
-        <x:v>08009232073</x:v>
+        <x:v>0161 832 6905 </x:v>
       </x:c>
     </x:row>
     <x:row r="862">
       <x:c r="A862" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Redferns Limited</x:v>
       </x:c>
       <x:c r="B862" t="str">
-        <x:v>Midland Bridge House</x:v>
+        <x:v>21 College Parade</x:v>
       </x:c>
       <x:c r="C862" t="str">
-        <x:v>Midland Bridge Road</x:v>
+        <x:v>Salusbury Road</x:v>
       </x:c>
       <x:c r="D862" t="str">
-        <x:v>Bath</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E862" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F862" t="str">
-        <x:v>BA2 3FP</x:v>
+        <x:v>NW6 6RN</x:v>
       </x:c>
       <x:c r="G862" t="str">
-        <x:v/>
+        <x:v>khirani@redferns.co.uk</x:v>
       </x:c>
       <x:c r="H862" t="str">
-        <x:v/>
+        <x:v>0208 424 7070</x:v>
       </x:c>
     </x:row>
     <x:row r="863">
       <x:c r="A863" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Ridley &amp; Hall Legal Limited</x:v>
       </x:c>
       <x:c r="B863" t="str">
-        <x:v>Cross Keys House, 27 The Parade</x:v>
+        <x:v>Suite 1b, Low Gate</x:v>
       </x:c>
       <x:c r="C863" t="str">
-        <x:v/>
+        <x:v>South Elmsall</x:v>
       </x:c>
       <x:c r="D863" t="str">
-        <x:v>Marlborough</x:v>
+        <x:v>Pontefract</x:v>
       </x:c>
       <x:c r="E863" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F863" t="str">
-        <x:v>SN8 1NE</x:v>
+        <x:v>WF9 2SG</x:v>
       </x:c>
       <x:c r="G863" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v>pontefractpropertypod@ridleyandhall.co.uk</x:v>
       </x:c>
       <x:c r="H863" t="str">
-        <x:v>01672 514781</x:v>
+        <x:v>01977 649922</x:v>
       </x:c>
     </x:row>
     <x:row r="864">
       <x:c r="A864" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Ridley &amp; Hall Legal Limited</x:v>
       </x:c>
       <x:c r="B864" t="str">
-        <x:v>3 Newbridge Square</x:v>
+        <x:v>35 Church Street</x:v>
       </x:c>
       <x:c r="C864" t="str">
         <x:v/>
       </x:c>
       <x:c r="D864" t="str">
-        <x:v>Swindon</x:v>
+        <x:v>Barnsley</x:v>
       </x:c>
       <x:c r="E864" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F864" t="str">
-        <x:v>SN1 1BY</x:v>
+        <x:v>S70 2AP</x:v>
       </x:c>
       <x:c r="G864" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v>adam.leece@ridleyandhall.co.uk</x:v>
       </x:c>
       <x:c r="H864" t="str">
-        <x:v>01793 847777</x:v>
+        <x:v>01226 213 434</x:v>
       </x:c>
     </x:row>
     <x:row r="865">
       <x:c r="A865" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Ridley And Hall Legal Limited</x:v>
       </x:c>
       <x:c r="B865" t="str">
-        <x:v>69 Carter Lane</x:v>
+        <x:v>Queens House</x:v>
       </x:c>
       <x:c r="C865" t="str">
-        <x:v/>
+        <x:v>35 Market Street</x:v>
       </x:c>
       <x:c r="D865" t="str">
-        <x:v>London</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E865" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F865" t="str">
-        <x:v>EC4V 5EQ</x:v>
+        <x:v>HD1 2HL</x:v>
       </x:c>
       <x:c r="G865" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H865" t="str">
-        <x:v>020 2583 2222</x:v>
+        <x:v>01484 538 421</x:v>
       </x:c>
     </x:row>
     <x:row r="866">
       <x:c r="A866" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B866" t="str">
-        <x:v>One castle Park</x:v>
+        <x:v>Bank Chambers, 10 Bank Square</x:v>
       </x:c>
       <x:c r="C866" t="str">
-        <x:v>Tower Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D866" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Dulverton</x:v>
       </x:c>
       <x:c r="E866" t="str">
         <x:v/>
       </x:c>
       <x:c r="F866" t="str">
-        <x:v>BS2 0JA</x:v>
+        <x:v>TA22 9BU</x:v>
       </x:c>
       <x:c r="G866" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H866" t="str">
-        <x:v>01174 540 540</x:v>
+        <x:v>01398 322100</x:v>
       </x:c>
     </x:row>
     <x:row r="867">
       <x:c r="A867" t="str">
-        <x:v>Sabz Solicitors LLP</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B867" t="str">
-        <x:v>615-617 Stretford Road</x:v>
+        <x:v>18 Fore Street</x:v>
       </x:c>
       <x:c r="C867" t="str">
-        <x:v/>
+        <x:v>Williton</x:v>
       </x:c>
       <x:c r="D867" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E867" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F867" t="str">
-        <x:v>M16 0QA</x:v>
+        <x:v>TA4 4QD</x:v>
       </x:c>
       <x:c r="G867" t="str">
-        <x:v>S.ROY@SABZSOLICITORS.CO.UK</x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H867" t="str">
-        <x:v>0161 681 3754</x:v>
+        <x:v>01984 632277</x:v>
       </x:c>
     </x:row>
     <x:row r="868">
       <x:c r="A868" t="str">
-        <x:v>Sal &amp; Co Solicitors Limited</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B868" t="str">
-        <x:v>191 Angel Place</x:v>
+        <x:v>1 Mendip House, High Street</x:v>
       </x:c>
       <x:c r="C868" t="str">
-        <x:v>Fore Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D868" t="str">
-        <x:v>London</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E868" t="str">
         <x:v/>
       </x:c>
       <x:c r="F868" t="str">
-        <x:v>N18 2UD</x:v>
+        <x:v>TA1 3SX</x:v>
       </x:c>
       <x:c r="G868" t="str">
-        <x:v/>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H868" t="str">
-        <x:v/>
+        <x:v>01823 251571</x:v>
       </x:c>
     </x:row>
     <x:row r="869">
       <x:c r="A869" t="str">
-        <x:v>Salehs LLP Solicitors</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B869" t="str">
-        <x:v>Didsbury House</x:v>
+        <x:v>6 Bancks Street</x:v>
       </x:c>
       <x:c r="C869" t="str">
-        <x:v>748-754 Wilmslow Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D869" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Minehead</x:v>
       </x:c>
       <x:c r="E869" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F869" t="str">
-        <x:v>M20 2DW</x:v>
+        <x:v>TA24 5DF</x:v>
       </x:c>
       <x:c r="G869" t="str">
-        <x:v/>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H869" t="str">
-        <x:v/>
+        <x:v>01643 703123</x:v>
       </x:c>
     </x:row>
     <x:row r="870">
       <x:c r="A870" t="str">
-        <x:v>Saracens Solicitors Ltd</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B870" t="str">
-        <x:v>Thanet House</x:v>
+        <x:v>12 Fore Street</x:v>
       </x:c>
       <x:c r="C870" t="str">
-        <x:v>231-232 Strand</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D870" t="str">
-        <x:v>London</x:v>
+        <x:v>Wellington</x:v>
       </x:c>
       <x:c r="E870" t="str">
         <x:v/>
       </x:c>
       <x:c r="F870" t="str">
-        <x:v>WC2R 1DA</x:v>
+        <x:v>TA21 8AQ</x:v>
       </x:c>
       <x:c r="G870" t="str">
-        <x:v>asathwara@saracenssolicitors.co.uk</x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H870" t="str">
-        <x:v>02035883502</x:v>
+        <x:v>01823 804430</x:v>
       </x:c>
     </x:row>
     <x:row r="871">
       <x:c r="A871" t="str">
-        <x:v>Saracens Solicitors Ltd</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B871" t="str">
-        <x:v>Unit 2, Spring Villa Park, Spring Villa Road</x:v>
+        <x:v>18-22 Angel Crescent</x:v>
       </x:c>
       <x:c r="C871" t="str">
         <x:v/>
       </x:c>
       <x:c r="D871" t="str">
-        <x:v>Edgware</x:v>
+        <x:v>Bridgwater</x:v>
       </x:c>
       <x:c r="E871" t="str">
         <x:v/>
       </x:c>
       <x:c r="F871" t="str">
-        <x:v>HA8 7EB</x:v>
+        <x:v>TA6 3AL</x:v>
       </x:c>
       <x:c r="G871" t="str">
-        <x:v>residential@saracenssolicitors.co.uk</x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H871" t="str">
-        <x:v>0203 588 3500</x:v>
+        <x:v>01278 550760</x:v>
       </x:c>
     </x:row>
     <x:row r="872">
       <x:c r="A872" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>Riseam Sharples</x:v>
       </x:c>
       <x:c r="B872" t="str">
-        <x:v>30 Greek Street</x:v>
+        <x:v>2 Tower Street</x:v>
       </x:c>
       <x:c r="C872" t="str">
         <x:v/>
       </x:c>
       <x:c r="D872" t="str">
-        <x:v>Stockport</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E872" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F872" t="str">
-        <x:v>SK3 8AD</x:v>
+        <x:v>WC2H 9NP</x:v>
       </x:c>
       <x:c r="G872" t="str">
-        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
+        <x:v>rsinfo@rs-law.co.uk</x:v>
       </x:c>
       <x:c r="H872" t="str">
-        <x:v>0161 475 7603</x:v>
+        <x:v>020 7836 9555</x:v>
       </x:c>
     </x:row>
     <x:row r="873">
       <x:c r="A873" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>RJM Solicitors</x:v>
       </x:c>
       <x:c r="B873" t="str">
-        <x:v>Riverside</x:v>
+        <x:v>34 Victoria Street</x:v>
       </x:c>
       <x:c r="C873" t="str">
-        <x:v>Mountbatten Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D873" t="str">
-        <x:v>Congleton</x:v>
+        <x:v>Merthyr Tydfil</x:v>
       </x:c>
       <x:c r="E873" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Merthyr Tydfil</x:v>
       </x:c>
       <x:c r="F873" t="str">
-        <x:v>CW12 1DY</x:v>
+        <x:v>CF47 8BW</x:v>
       </x:c>
       <x:c r="G873" t="str">
-        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H873" t="str">
-        <x:v>01260 282300</x:v>
+        <x:v>01685 721703</x:v>
       </x:c>
     </x:row>
     <x:row r="874">
       <x:c r="A874" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>RM Legal Solicitors LLP</x:v>
       </x:c>
       <x:c r="B874" t="str">
-        <x:v>Churchill Chambers</x:v>
+        <x:v>Avenue House,</x:v>
       </x:c>
       <x:c r="C874" t="str">
-        <x:v>Churchill Way</x:v>
+        <x:v>36-38 The Avenue</x:v>
       </x:c>
       <x:c r="D874" t="str">
-        <x:v>Macclesfield</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E874" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F874" t="str">
-        <x:v>SK11 6AY</x:v>
+        <x:v>SO17 1XN</x:v>
       </x:c>
       <x:c r="G874" t="str">
-        <x:v>**</x:v>
+        <x:v>info@rm-legal.co.uk</x:v>
       </x:c>
       <x:c r="H874" t="str">
-        <x:v>01625 442 100</x:v>
+        <x:v>023 8092 6060</x:v>
       </x:c>
     </x:row>
     <x:row r="875">
       <x:c r="A875" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>Rollasons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B875" t="str">
-        <x:v>3 Vicars Lane</x:v>
+        <x:v>Scully House</x:v>
       </x:c>
       <x:c r="C875" t="str">
-        <x:v/>
+        <x:v>9 New Street</x:v>
       </x:c>
       <x:c r="D875" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Daventry</x:v>
       </x:c>
       <x:c r="E875" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F875" t="str">
-        <x:v>CH1 1QX</x:v>
+        <x:v>NN11 4BT</x:v>
       </x:c>
       <x:c r="G875" t="str">
-        <x:v/>
+        <x:v>kvara@rollasons.com</x:v>
       </x:c>
       <x:c r="H875" t="str">
-        <x:v>01244 305 900</x:v>
+        <x:v>01327 301771</x:v>
       </x:c>
     </x:row>
     <x:row r="876">
       <x:c r="A876" t="str">
-        <x:v>SB Lawyers Limited</x:v>
+        <x:v>Rollasons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B876" t="str">
-        <x:v>126 Clifton Street</x:v>
+        <x:v>7 Clarendon Place</x:v>
       </x:c>
       <x:c r="C876" t="str">
-        <x:v/>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="D876" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="E876" t="str">
         <x:v/>
       </x:c>
       <x:c r="F876" t="str">
-        <x:v>CF24 1LX</x:v>
+        <x:v>CV32 5QL</x:v>
       </x:c>
       <x:c r="G876" t="str">
-        <x:v>michael@sbwales.com</x:v>
+        <x:v>KVara@rollasons.com</x:v>
       </x:c>
       <x:c r="H876" t="str">
-        <x:v>029 2046 1480</x:v>
+        <x:v>01926 883431</x:v>
       </x:c>
     </x:row>
     <x:row r="877">
       <x:c r="A877" t="str">
-        <x:v>SB Lawyers Limited</x:v>
+        <x:v>Rollasons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B877" t="str">
-        <x:v>3/4 Gelliwastad Road</x:v>
+        <x:v>2b Station Road</x:v>
       </x:c>
       <x:c r="C877" t="str">
         <x:v/>
       </x:c>
       <x:c r="D877" t="str">
-        <x:v>Pontypridd</x:v>
+        <x:v>Lutterworth</x:v>
       </x:c>
       <x:c r="E877" t="str">
-        <x:v>Mid Glamorgan</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F877" t="str">
-        <x:v>CF37 2AU</x:v>
+        <x:v>LE17 4AP</x:v>
       </x:c>
       <x:c r="G877" t="str">
-        <x:v>michael@sbwales.com</x:v>
+        <x:v>KVara@rollasons.com</x:v>
       </x:c>
       <x:c r="H877" t="str">
-        <x:v>01443407221</x:v>
+        <x:v>01455 552378</x:v>
       </x:c>
     </x:row>
     <x:row r="878">
       <x:c r="A878" t="str">
-        <x:v>SB Lawyers Limited</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B878" t="str">
-        <x:v>54 Albany Road</x:v>
+        <x:v>5 The Green</x:v>
       </x:c>
       <x:c r="C878" t="str">
         <x:v/>
       </x:c>
       <x:c r="D878" t="str">
-        <x:v/>
+        <x:v>Richmond</x:v>
       </x:c>
       <x:c r="E878" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F878" t="str">
-        <x:v>CF24 3RR</x:v>
+        <x:v>TW9  1PL</x:v>
       </x:c>
       <x:c r="G878" t="str">
-        <x:v>michael@sbwales.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H878" t="str">
-        <x:v>029 2046 7150</x:v>
+        <x:v>0207 871 8248 </x:v>
       </x:c>
     </x:row>
     <x:row r="879">
       <x:c r="A879" t="str">
-        <x:v>SBP Law</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B879" t="str">
-        <x:v>Glade House</x:v>
+        <x:v>111 Piccadilly</x:v>
       </x:c>
       <x:c r="C879" t="str">
-        <x:v>52-54 Carter Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D879" t="str">
-        <x:v>London</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E879" t="str">
         <x:v/>
       </x:c>
       <x:c r="F879" t="str">
-        <x:v>EC4V 5EF</x:v>
+        <x:v>M1 2HY</x:v>
       </x:c>
       <x:c r="G879" t="str">
-        <x:v>info@sbplaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H879" t="str">
-        <x:v>0207 332 2222</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="880">
       <x:c r="A880" t="str">
-        <x:v>Scott Richards</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B880" t="str">
-        <x:v>Albany Street</x:v>
+        <x:v>The Senate</x:v>
       </x:c>
       <x:c r="C880" t="str">
-        <x:v>Newton Abbot</x:v>
+        <x:v>Southernhay Gardens</x:v>
       </x:c>
       <x:c r="D880" t="str">
-        <x:v/>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E880" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F880" t="str">
-        <x:v>TQ12 2AN</x:v>
+        <x:v>EX1 1UG</x:v>
       </x:c>
       <x:c r="G880" t="str">
         <x:v/>
       </x:c>
       <x:c r="H880" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="881">
       <x:c r="A881" t="str">
-        <x:v>Scott Richards</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B881" t="str">
-        <x:v>Newfoundland House, 4 Regent Street</x:v>
+        <x:v>77 Baker Street</x:v>
       </x:c>
       <x:c r="C881" t="str">
         <x:v/>
       </x:c>
       <x:c r="D881" t="str">
-        <x:v>Teignmouth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E881" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F881" t="str">
-        <x:v>TQ14 8SL</x:v>
+        <x:v>W1U 6RF</x:v>
       </x:c>
       <x:c r="G881" t="str">
-        <x:v>law@scottrichards.co.uk</x:v>
+        <x:v>keystone@rfblegal.co.uk</x:v>
       </x:c>
       <x:c r="H881" t="str">
-        <x:v>01626 772441</x:v>
+        <x:v>020 7467 5757</x:v>
       </x:c>
     </x:row>
     <x:row r="882">
       <x:c r="A882" t="str">
-        <x:v>Setfords Law Ltd</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B882" t="str">
-        <x:v>46 Chancery Lane</x:v>
+        <x:v>326 Old Street</x:v>
       </x:c>
       <x:c r="C882" t="str">
         <x:v/>
       </x:c>
       <x:c r="D882" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E882" t="str">
         <x:v/>
       </x:c>
       <x:c r="F882" t="str">
-        <x:v>WC2A 1JE</x:v>
+        <x:v>EC1V 9DR</x:v>
       </x:c>
       <x:c r="G882" t="str">
-        <x:v/>
+        <x:v>a.nasr@rfblegal.co.uk</x:v>
       </x:c>
       <x:c r="H882" t="str">
-        <x:v>020 3829 5557</x:v>
+        <x:v>020 7613 1402</x:v>
       </x:c>
     </x:row>
     <x:row r="883">
       <x:c r="A883" t="str">
-        <x:v>Setfords Law Ltd</x:v>
+        <x:v>Rooks Rider Solicitors LLP</x:v>
       </x:c>
       <x:c r="B883" t="str">
-        <x:v>74 North Street</x:v>
+        <x:v>14-16 Dowgate Hill</x:v>
       </x:c>
       <x:c r="C883" t="str">
         <x:v/>
       </x:c>
       <x:c r="D883" t="str">
-        <x:v>Guildford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E883" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F883" t="str">
-        <x:v>GU1 4AW</x:v>
+        <x:v>EC4R 2SU</x:v>
       </x:c>
       <x:c r="G883" t="str">
-        <x:v>SHopewell@setfords.co.uk </x:v>
+        <x:v>ashalet@rooksrider.co.uk</x:v>
       </x:c>
       <x:c r="H883" t="str">
-        <x:v>08454506135</x:v>
+        <x:v>0207 689 7000</x:v>
       </x:c>
     </x:row>
     <x:row r="884">
       <x:c r="A884" t="str">
-        <x:v>Shared Direction Conveyancing Limited</x:v>
+        <x:v>Rowberry Morris Thames Valley</x:v>
       </x:c>
       <x:c r="B884" t="str">
-        <x:v>Suite 3 Orchard House, Orchard Street</x:v>
+        <x:v>15-18 Clarence Street</x:v>
       </x:c>
       <x:c r="C884" t="str">
         <x:v/>
       </x:c>
       <x:c r="D884" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>Staines-upon-Thames</x:v>
       </x:c>
       <x:c r="E884" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F884" t="str">
-        <x:v>CT2 8AJ</x:v>
+        <x:v>TW18 4SU</x:v>
       </x:c>
       <x:c r="G884" t="str">
-        <x:v>Andrew.Theoff@sdc-legal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H884" t="str">
-        <x:v>01227 812722</x:v>
+        <x:v>0118 958 5611</x:v>
       </x:c>
     </x:row>
     <x:row r="885">
       <x:c r="A885" t="str">
-        <x:v>Shared Direction Conveyancing Limited</x:v>
+        <x:v>Rowberry Morris Thames Valley LLP</x:v>
       </x:c>
       <x:c r="B885" t="str">
-        <x:v>32 Chamberlain Street</x:v>
+        <x:v>17 Castle Street</x:v>
       </x:c>
       <x:c r="C885" t="str">
         <x:v/>
       </x:c>
       <x:c r="D885" t="str">
-        <x:v>Wells</x:v>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E885" t="str">
-        <x:v/>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F885" t="str">
-        <x:v>BA5 2PJ</x:v>
+        <x:v>RG1 7SB</x:v>
       </x:c>
       <x:c r="G885" t="str">
-        <x:v>wayne.mr@directionlaw.co.uk</x:v>
+        <x:v>zoe.baxter@rowberrymorris.co.uk</x:v>
       </x:c>
       <x:c r="H885" t="str">
-        <x:v>01749594000</x:v>
+        <x:v>0118 9585611</x:v>
       </x:c>
     </x:row>
     <x:row r="886">
       <x:c r="A886" t="str">
-        <x:v>Shared Direction Conveyancing Limited</x:v>
+        <x:v>Rowberry Morris Thames Valley LLP</x:v>
       </x:c>
       <x:c r="B886" t="str">
-        <x:v>6th Floor, Lombard House,</x:v>
+        <x:v>Sherfield House</x:v>
       </x:c>
       <x:c r="C886" t="str">
-        <x:v>145 Great Charles Street,</x:v>
+        <x:v>Mulfords Hill</x:v>
       </x:c>
       <x:c r="D886" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Tadley</x:v>
       </x:c>
       <x:c r="E886" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F886" t="str">
-        <x:v>B3 3LP</x:v>
+        <x:v>RG26 3XJ</x:v>
       </x:c>
       <x:c r="G886" t="str">
-        <x:v>Prakash.Sookun@sdc-legal.co.uk</x:v>
+        <x:v>Zoe.baxter@rowberrymorris.co.uk</x:v>
       </x:c>
       <x:c r="H886" t="str">
-        <x:v>0121 8092900</x:v>
+        <x:v>0118 9812992</x:v>
       </x:c>
     </x:row>
     <x:row r="887">
       <x:c r="A887" t="str">
-        <x:v>Sherrards Solicitors LLP</x:v>
+        <x:v>Rowlinsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B887" t="str">
-        <x:v>First Floor</x:v>
+        <x:v>9 Church Street</x:v>
       </x:c>
       <x:c r="C887" t="str">
-        <x:v>4 Beaconsfield Road</x:v>
+        <x:v>Frodsham </x:v>
       </x:c>
       <x:c r="D887" t="str">
-        <x:v>St. Albans</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E887" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F887" t="str">
-        <x:v>AL1 3RD</x:v>
+        <x:v>WA6 7DN</x:v>
       </x:c>
       <x:c r="G887" t="str">
-        <x:v>gpl@sherrards.com</x:v>
+        <x:v>info@rowlinsons.co.uk</x:v>
       </x:c>
       <x:c r="H887" t="str">
-        <x:v>01727832830</x:v>
+        <x:v>01928 735333</x:v>
       </x:c>
     </x:row>
     <x:row r="888">
       <x:c r="A888" t="str">
-        <x:v>Sherrards Solicitors LLP</x:v>
+        <x:v>Rowlinsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B888" t="str">
-        <x:v>1-3 Pemberton Row</x:v>
+        <x:v>Rowlinson House</x:v>
       </x:c>
       <x:c r="C888" t="str">
-        <x:v/>
+        <x:v>Clifton Road, Sutton Weaver</x:v>
       </x:c>
       <x:c r="D888" t="str">
-        <x:v>London</x:v>
+        <x:v>Runcorn</x:v>
       </x:c>
       <x:c r="E888" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F888" t="str">
-        <x:v>EC4A 3BG</x:v>
+        <x:v>WA7 3LF</x:v>
       </x:c>
       <x:c r="G888" t="str">
         <x:v/>
       </x:c>
       <x:c r="H888" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="889">
       <x:c r="A889" t="str">
-        <x:v>Shoosmiths LLP</x:v>
+        <x:v>Roythornes Limited</x:v>
       </x:c>
       <x:c r="B889" t="str">
-        <x:v>9th Floor</x:v>
+        <x:v>Stuart House</x:v>
       </x:c>
       <x:c r="C889" t="str">
-        <x:v>Platform, New Station Street</x:v>
+        <x:v>St John'S Street</x:v>
       </x:c>
       <x:c r="D889" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Peterborough</x:v>
       </x:c>
       <x:c r="E889" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F889" t="str">
-        <x:v>LS1 4JB</x:v>
+        <x:v>PE1 5DD</x:v>
       </x:c>
       <x:c r="G889" t="str">
-        <x:v>Amy.Fretwell@shoosmiths.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H889" t="str">
-        <x:v>03700 86 3000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="890">
       <x:c r="A890" t="str">
-        <x:v>Shoosmiths LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B890" t="str">
-        <x:v>The Lakes</x:v>
+        <x:v>Enterprise Way</x:v>
       </x:c>
       <x:c r="C890" t="str">
-        <x:v/>
+        <x:v>Pinchbeck</x:v>
       </x:c>
       <x:c r="D890" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Spalding</x:v>
       </x:c>
       <x:c r="E890" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F890" t="str">
-        <x:v>NN4 7SH</x:v>
+        <x:v>PE11 3YR</x:v>
       </x:c>
       <x:c r="G890" t="str">
-        <x:v>cst@shoosmiths.co.uk</x:v>
+        <x:v>clairelangford@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H890" t="str">
-        <x:v>03700 863000</x:v>
+        <x:v>01775842500</x:v>
       </x:c>
     </x:row>
     <x:row r="891">
       <x:c r="A891" t="str">
-        <x:v>Shoosmiths LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B891" t="str">
-        <x:v>Forum 5, The Forum</x:v>
+        <x:v>Incubator 2, The Boulevard</x:v>
       </x:c>
       <x:c r="C891" t="str">
-        <x:v>Whiteley</x:v>
+        <x:v>Enterprise Campus, Alconbury Weald</x:v>
       </x:c>
       <x:c r="D891" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Huntingdon</x:v>
       </x:c>
       <x:c r="E891" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F891" t="str">
-        <x:v>PO15 7PA</x:v>
+        <x:v>PE28 4XA</x:v>
       </x:c>
       <x:c r="G891" t="str">
-        <x:v>solent@shoosmiths.co.uk</x:v>
+        <x:v>clairelangford@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H891" t="str">
-        <x:v>03700 866800</x:v>
+        <x:v>01480 587099</x:v>
       </x:c>
     </x:row>
     <x:row r="892">
       <x:c r="A892" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B892" t="str">
-        <x:v>5 Main Ridge West</x:v>
+        <x:v>1 Newhall Street</x:v>
       </x:c>
       <x:c r="C892" t="str">
         <x:v/>
       </x:c>
       <x:c r="D892" t="str">
-        <x:v>Boston</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E892" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F892" t="str">
-        <x:v>PE21 6QQ</x:v>
+        <x:v>B3 3NH</x:v>
       </x:c>
       <x:c r="G892" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>clairelangford@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H892" t="str">
-        <x:v>01205 364615</x:v>
+        <x:v>01215921040</x:v>
       </x:c>
     </x:row>
     <x:row r="893">
       <x:c r="A893" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B893" t="str">
-        <x:v>4 George Street</x:v>
+        <x:v>East West, Tollhouse Hill</x:v>
       </x:c>
       <x:c r="C893" t="str">
         <x:v/>
       </x:c>
       <x:c r="D893" t="str">
         <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E893" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F893" t="str">
-        <x:v>NG1 3BE</x:v>
+        <x:v>NG1 5FS</x:v>
       </x:c>
       <x:c r="G893" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v>victoriastevenson@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H893" t="str">
-        <x:v>0115 941 1469</x:v>
+        <x:v>0115 948 4555</x:v>
       </x:c>
     </x:row>
     <x:row r="894">
       <x:c r="A894" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>RSL Law Limited</x:v>
       </x:c>
       <x:c r="B894" t="str">
-        <x:v>Britannia House</x:v>
+        <x:v>78 Pall Mall</x:v>
       </x:c>
       <x:c r="C894" t="str">
-        <x:v>Marshall's Yard</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D894" t="str">
-        <x:v>Gainsborough</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E894" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F894" t="str">
-        <x:v>DN21 2NA</x:v>
+        <x:v>SW1Y 5ES</x:v>
       </x:c>
       <x:c r="G894" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H894" t="str">
-        <x:v>01427 616816</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="895">
       <x:c r="A895" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B895" t="str">
-        <x:v>1 Ashby Road</x:v>
+        <x:v>Belgrave Terrace, 10 Manchester Road</x:v>
       </x:c>
       <x:c r="C895" t="str">
         <x:v/>
       </x:c>
       <x:c r="D895" t="str">
-        <x:v>Spilsby</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E895" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F895" t="str">
-        <x:v>PE23 5DT</x:v>
+        <x:v>BL9 0EB</x:v>
       </x:c>
       <x:c r="G895" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>infobury@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H895" t="str">
-        <x:v>01790 752277</x:v>
+        <x:v>0161 7622888</x:v>
       </x:c>
     </x:row>
     <x:row r="896">
       <x:c r="A896" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B896" t="str">
-        <x:v>27-31 Northgate</x:v>
+        <x:v>86 Market Street</x:v>
       </x:c>
       <x:c r="C896" t="str">
-        <x:v/>
+        <x:v>Farnworth</x:v>
       </x:c>
       <x:c r="D896" t="str">
-        <x:v>Sleaford</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E896" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F896" t="str">
-        <x:v>NG34 7BW</x:v>
+        <x:v>BL4 7NY</x:v>
       </x:c>
       <x:c r="G896" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>infofarnworth@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H896" t="str">
-        <x:v>01529 302800</x:v>
+        <x:v>01204 707926</x:v>
       </x:c>
     </x:row>
     <x:row r="897">
       <x:c r="A897" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B897" t="str">
-        <x:v>76 Oswald Road</x:v>
+        <x:v>21 Lee Lane</x:v>
       </x:c>
       <x:c r="C897" t="str">
-        <x:v/>
+        <x:v>Horwich</x:v>
       </x:c>
       <x:c r="D897" t="str">
-        <x:v>Scunthorpe</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E897" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F897" t="str">
-        <x:v>DN15 7PG</x:v>
+        <x:v>BL6 7BP</x:v>
       </x:c>
       <x:c r="G897" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>infohorwich@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H897" t="str">
-        <x:v>01724 702222</x:v>
+        <x:v>01204 699432</x:v>
       </x:c>
     </x:row>
     <x:row r="898">
       <x:c r="A898" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B898" t="str">
-        <x:v>55 Hall Gate</x:v>
+        <x:v>Colmar House, Middleton Gardens</x:v>
       </x:c>
       <x:c r="C898" t="str">
-        <x:v/>
+        <x:v>Middleton</x:v>
       </x:c>
       <x:c r="D898" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E898" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F898" t="str">
-        <x:v>DN1 3PD</x:v>
+        <x:v>M24 4DB</x:v>
       </x:c>
       <x:c r="G898" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>infomiddleton@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H898" t="str">
-        <x:v>01302 321 621</x:v>
+        <x:v>0161 6536200</x:v>
       </x:c>
     </x:row>
     <x:row r="899">
       <x:c r="A899" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B899" t="str">
-        <x:v>94 Hailgate</x:v>
+        <x:v>39 Newport Street</x:v>
       </x:c>
       <x:c r="C899" t="str">
         <x:v/>
       </x:c>
       <x:c r="D899" t="str">
-        <x:v>HOWDEN</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E899" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F899" t="str">
-        <x:v>DN14 7SZ</x:v>
+        <x:v>BL1 1NE</x:v>
       </x:c>
       <x:c r="G899" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v>advicecentre@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H899" t="str">
-        <x:v>01430 660017</x:v>
+        <x:v>01204 546622</x:v>
       </x:c>
     </x:row>
     <x:row r="900">
       <x:c r="A900" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B900" t="str">
-        <x:v>18a Dudley Street</x:v>
+        <x:v>Atria</x:v>
       </x:c>
       <x:c r="C900" t="str">
-        <x:v/>
+        <x:v>Spa Road</x:v>
       </x:c>
       <x:c r="D900" t="str">
-        <x:v>Grimsby</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E900" t="str">
-        <x:v>South Humberside</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F900" t="str">
-        <x:v>DN31 2AB</x:v>
+        <x:v>BL1 4AG</x:v>
       </x:c>
       <x:c r="G900" t="str">
-        <x:v>conveyancingLMS@sillslegal.co.uk</x:v>
+        <x:v>Ih@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H900" t="str">
-        <x:v>01472 660025</x:v>
+        <x:v>01204 399299</x:v>
       </x:c>
     </x:row>
     <x:row r="901">
       <x:c r="A901" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B901" t="str">
-        <x:v>Aquila House, 14 Giles Terrace</x:v>
+        <x:v>9 White Friars</x:v>
       </x:c>
       <x:c r="C901" t="str">
         <x:v/>
       </x:c>
       <x:c r="D901" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E901" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F901" t="str">
-        <x:v>NN1 2BN</x:v>
+        <x:v>CH1 1NZ</x:v>
       </x:c>
       <x:c r="G901" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H901" t="str">
-        <x:v>01604330710</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="902">
       <x:c r="A902" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell-Cooke LLP</x:v>
       </x:c>
       <x:c r="B902" t="str">
-        <x:v>21 Brunel Parkway</x:v>
+        <x:v>2 Putney Hill</x:v>
       </x:c>
       <x:c r="C902" t="str">
-        <x:v>Pride Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D902" t="str">
-        <x:v>Derby</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E902" t="str">
         <x:v/>
       </x:c>
       <x:c r="F902" t="str">
-        <x:v>DE24 8HR</x:v>
+        <x:v>SW15 6AB</x:v>
       </x:c>
       <x:c r="G902" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>Morris.John@russell-cooke.co.uk</x:v>
       </x:c>
       <x:c r="H902" t="str">
-        <x:v>01332224570</x:v>
+        <x:v>02087899111</x:v>
       </x:c>
     </x:row>
     <x:row r="903">
       <x:c r="A903" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell-Cooke LLP</x:v>
       </x:c>
       <x:c r="B903" t="str">
-        <x:v>14-16 Fieldside</x:v>
+        <x:v>8 Bedford Row</x:v>
       </x:c>
       <x:c r="C903" t="str">
-        <x:v>Thorne</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D903" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E903" t="str">
         <x:v/>
       </x:c>
       <x:c r="F903" t="str">
-        <x:v>DN8 4BQ</x:v>
+        <x:v>WC1R 4BX</x:v>
       </x:c>
       <x:c r="G903" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v>Morris.John@russell-cooke.co.uk</x:v>
       </x:c>
       <x:c r="H903" t="str">
-        <x:v>01405 497663</x:v>
+        <x:v>02074056566</x:v>
       </x:c>
     </x:row>
     <x:row r="904">
       <x:c r="A904" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell-Cooke LLP</x:v>
       </x:c>
       <x:c r="B904" t="str">
-        <x:v>Aquis House</x:v>
+        <x:v>Riverview House, 20 Old Bridge Street</x:v>
       </x:c>
       <x:c r="C904" t="str">
-        <x:v>18-28 Clasketgate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D904" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Kingston upon Thames</x:v>
       </x:c>
       <x:c r="E904" t="str">
-        <x:v>LINCOLNSHIRE</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F904" t="str">
-        <x:v>LN2 1JN</x:v>
+        <x:v>KT1 4BU</x:v>
       </x:c>
       <x:c r="G904" t="str">
-        <x:v>SRoss@sillslegal.co.uk</x:v>
+        <x:v>enquiries@russell-cooke.co.uk</x:v>
       </x:c>
       <x:c r="H904" t="str">
-        <x:v>01522542211</x:v>
+        <x:v>02085466111 </x:v>
       </x:c>
     </x:row>
     <x:row r="905">
       <x:c r="A905" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>RWK Goodman</x:v>
       </x:c>
       <x:c r="B905" t="str">
-        <x:v>50 Algitha Road,</x:v>
+        <x:v>Godstow Court</x:v>
       </x:c>
       <x:c r="C905" t="str">
-        <x:v>Skegness</x:v>
+        <x:v>Minns Business Park</x:v>
       </x:c>
       <x:c r="D905" t="str">
-        <x:v>Skegness</x:v>
+        <x:v>OXFORD</x:v>
       </x:c>
       <x:c r="E905" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F905" t="str">
-        <x:v>PE25 2AW</x:v>
+        <x:v>OX2 0JB </x:v>
       </x:c>
       <x:c r="G905" t="str">
         <x:v/>
       </x:c>
       <x:c r="H905" t="str">
-        <x:v>01754610101</x:v>
+        <x:v>08009232073</x:v>
       </x:c>
     </x:row>
     <x:row r="906">
       <x:c r="A906" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B906" t="str">
-        <x:v>Telegraph House</x:v>
+        <x:v>Midland Bridge House</x:v>
       </x:c>
       <x:c r="C906" t="str">
-        <x:v>High Street</x:v>
+        <x:v>Midland Bridge Road</x:v>
       </x:c>
       <x:c r="D906" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E906" t="str">
-        <x:v>Yorkshire</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F906" t="str">
-        <x:v>S1 2GA</x:v>
+        <x:v>BA2 3FP</x:v>
       </x:c>
       <x:c r="G906" t="str">
-        <x:v>ConveyancingLMS@sillslegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H906" t="str">
-        <x:v>0114 249 5969</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="907">
       <x:c r="A907" t="str">
-        <x:v>Silverdale Solicitors Limited</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B907" t="str">
-        <x:v>Silverdale House</x:v>
+        <x:v>Cross Keys House, 27 The Parade</x:v>
       </x:c>
       <x:c r="C907" t="str">
-        <x:v>Silverdale House, 404 Cheetham Hill Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D907" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Marlborough</x:v>
       </x:c>
       <x:c r="E907" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F907" t="str">
-        <x:v>M8 9LE</x:v>
+        <x:v>SN8 1NE</x:v>
       </x:c>
       <x:c r="G907" t="str">
-        <x:v>enquiries@silverdalelaw.co.uk</x:v>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H907" t="str">
-        <x:v>0161 740 0333</x:v>
+        <x:v>01672 514781</x:v>
       </x:c>
     </x:row>
     <x:row r="908">
       <x:c r="A908" t="str">
-        <x:v>Silverdale Solicitors Limited</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B908" t="str">
-        <x:v>The Old Blue Bell</x:v>
+        <x:v>3 Newbridge Square</x:v>
       </x:c>
       <x:c r="C908" t="str">
         <x:v/>
       </x:c>
       <x:c r="D908" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Swindon</x:v>
       </x:c>
       <x:c r="E908" t="str">
-        <x:v>Bury</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F908" t="str">
-        <x:v>BL9 6AR</x:v>
+        <x:v>SN1 1BY</x:v>
       </x:c>
       <x:c r="G908" t="str">
-        <x:v/>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H908" t="str">
-        <x:v/>
+        <x:v>01793 847777</x:v>
       </x:c>
     </x:row>
     <x:row r="909">
       <x:c r="A909" t="str">
-        <x:v>Sinclairslaw Limited</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B909" t="str">
-        <x:v>Charles House, Churchill Way</x:v>
+        <x:v>69 Carter Lane</x:v>
       </x:c>
       <x:c r="C909" t="str">
         <x:v/>
       </x:c>
       <x:c r="D909" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E909" t="str">
         <x:v/>
       </x:c>
       <x:c r="F909" t="str">
-        <x:v>CF10 2HE</x:v>
+        <x:v>EC4V 5EQ</x:v>
       </x:c>
       <x:c r="G909" t="str">
-        <x:v>r.rees-gralton@sinclairslaw.co.uk</x:v>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H909" t="str">
-        <x:v>0292 038 8398</x:v>
+        <x:v>020 2583 2222</x:v>
       </x:c>
     </x:row>
     <x:row r="910">
       <x:c r="A910" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B910" t="str">
-        <x:v>11 Prince Albert Street</x:v>
+        <x:v>One castle Park</x:v>
       </x:c>
       <x:c r="C910" t="str">
-        <x:v/>
+        <x:v>Tower Hill</x:v>
       </x:c>
       <x:c r="D910" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E910" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F910" t="str">
-        <x:v>BN1 1HE</x:v>
+        <x:v>BS2 0JA</x:v>
       </x:c>
       <x:c r="G910" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H910" t="str">
-        <x:v>01273 069920</x:v>
+        <x:v>01174 540 540</x:v>
       </x:c>
     </x:row>
     <x:row r="911">
       <x:c r="A911" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Sabz Solicitors LLP</x:v>
       </x:c>
       <x:c r="B911" t="str">
-        <x:v>8-10 Trinity Street</x:v>
+        <x:v>615-617 Stretford Road</x:v>
       </x:c>
       <x:c r="C911" t="str">
         <x:v/>
       </x:c>
       <x:c r="D911" t="str">
-        <x:v>Hastings</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E911" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F911" t="str">
-        <x:v>TN34 1HG</x:v>
+        <x:v>M16 0QA</x:v>
       </x:c>
       <x:c r="G911" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v>S.ROY@SABZSOLICITORS.CO.UK</x:v>
       </x:c>
       <x:c r="H911" t="str">
-        <x:v>01424 709050</x:v>
+        <x:v>0161 681 3754</x:v>
       </x:c>
     </x:row>
     <x:row r="912">
       <x:c r="A912" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Sal &amp; Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B912" t="str">
-        <x:v>Suite 1, Marl Business Park</x:v>
+        <x:v>191 Angel Place</x:v>
       </x:c>
       <x:c r="C912" t="str">
-        <x:v>Morecambe Road</x:v>
+        <x:v>Fore Street</x:v>
       </x:c>
       <x:c r="D912" t="str">
-        <x:v>Ulverston</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E912" t="str">
         <x:v/>
       </x:c>
       <x:c r="F912" t="str">
-        <x:v>LA12 9BN</x:v>
+        <x:v>N18 2UD</x:v>
       </x:c>
       <x:c r="G912" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H912" t="str">
-        <x:v>01229 389044 </x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="913">
       <x:c r="A913" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Salehs LLP Solicitors</x:v>
       </x:c>
       <x:c r="B913" t="str">
-        <x:v>29 Lincoln's Inn Fields</x:v>
+        <x:v>Didsbury House</x:v>
       </x:c>
       <x:c r="C913" t="str">
-        <x:v/>
+        <x:v>748-754 Wilmslow Road</x:v>
       </x:c>
       <x:c r="D913" t="str">
-        <x:v>London</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E913" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F913" t="str">
-        <x:v>WC2A 3EG</x:v>
+        <x:v>M20 2DW</x:v>
       </x:c>
       <x:c r="G913" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H913" t="str">
-        <x:v>0203 967 7700</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="914">
       <x:c r="A914" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Saracens Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B914" t="str">
-        <x:v>15 Gildredge Road</x:v>
+        <x:v>Thanet House</x:v>
       </x:c>
       <x:c r="C914" t="str">
-        <x:v/>
+        <x:v>231-232 Strand</x:v>
       </x:c>
       <x:c r="D914" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E914" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F914" t="str">
-        <x:v>BN21 4RB</x:v>
+        <x:v>WC2R 1DA</x:v>
       </x:c>
       <x:c r="G914" t="str">
-        <x:v/>
+        <x:v>asathwara@saracenssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H914" t="str">
-        <x:v>01825 729840</x:v>
+        <x:v>02035883502</x:v>
       </x:c>
     </x:row>
     <x:row r="915">
       <x:c r="A915" t="str">
-        <x:v>Solicitors' Inn Ltd</x:v>
+        <x:v>Saracens Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B915" t="str">
-        <x:v>188 The Grove</x:v>
+        <x:v>Unit 2, Spring Villa Park, Spring Villa Road</x:v>
       </x:c>
       <x:c r="C915" t="str">
-        <x:v>Stratford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D915" t="str">
-        <x:v>London</x:v>
+        <x:v>Edgware</x:v>
       </x:c>
       <x:c r="E915" t="str">
         <x:v/>
       </x:c>
       <x:c r="F915" t="str">
-        <x:v>E15 1NS</x:v>
+        <x:v>HA8 7EB</x:v>
       </x:c>
       <x:c r="G915" t="str">
-        <x:v>saffi@solicitorsinn.co.uk</x:v>
+        <x:v>residential@saracenssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H915" t="str">
-        <x:v>02035008000</x:v>
+        <x:v>0203 588 3500</x:v>
       </x:c>
     </x:row>
     <x:row r="916">
       <x:c r="A916" t="str">
-        <x:v>Solicitors' Inn Ltd</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B916" t="str">
-        <x:v>325-331 High Road</x:v>
+        <x:v>30 Greek Street</x:v>
       </x:c>
       <x:c r="C916" t="str">
         <x:v/>
       </x:c>
       <x:c r="D916" t="str">
-        <x:v>Ilford</x:v>
+        <x:v>Stockport</x:v>
       </x:c>
       <x:c r="E916" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F916" t="str">
-        <x:v>IG1 1NR</x:v>
+        <x:v>SK3 8AD</x:v>
       </x:c>
       <x:c r="G916" t="str">
-        <x:v>saffi@solicitorsinn.co.uk</x:v>
+        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
       </x:c>
       <x:c r="H916" t="str">
-        <x:v>02039210000</x:v>
+        <x:v>0161 475 7603</x:v>
       </x:c>
     </x:row>
     <x:row r="917">
       <x:c r="A917" t="str">
-        <x:v>Spector Constant &amp; Williams Limited</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B917" t="str">
-        <x:v>4th Floor</x:v>
+        <x:v>Riverside</x:v>
       </x:c>
       <x:c r="C917" t="str">
-        <x:v>75 Wells Street</x:v>
+        <x:v>Mountbatten Way</x:v>
       </x:c>
       <x:c r="D917" t="str">
-        <x:v>London</x:v>
+        <x:v>Congleton</x:v>
       </x:c>
       <x:c r="E917" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F917" t="str">
-        <x:v>W1T 3QH </x:v>
+        <x:v>CW12 1DY</x:v>
       </x:c>
       <x:c r="G917" t="str">
-        <x:v/>
+        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
       </x:c>
       <x:c r="H917" t="str">
-        <x:v>0207 2695120</x:v>
+        <x:v>01260 282300</x:v>
       </x:c>
     </x:row>
     <x:row r="918">
       <x:c r="A918" t="str">
-        <x:v>Spire Solicitors</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B918" t="str">
-        <x:v>5-7 Church Street</x:v>
+        <x:v>Churchill Chambers</x:v>
       </x:c>
       <x:c r="C918" t="str">
-        <x:v/>
+        <x:v>Churchill Way</x:v>
       </x:c>
       <x:c r="D918" t="str">
-        <x:v>Wymondham</x:v>
+        <x:v>Macclesfield</x:v>
       </x:c>
       <x:c r="E918" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F918" t="str">
-        <x:v>NR18 0PP</x:v>
+        <x:v>SK11 6AY</x:v>
       </x:c>
       <x:c r="G918" t="str">
-        <x:v/>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H918" t="str">
-        <x:v/>
+        <x:v>01625 442 100</x:v>
       </x:c>
     </x:row>
     <x:row r="919">
       <x:c r="A919" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B919" t="str">
-        <x:v>2 Victoria Road</x:v>
+        <x:v>3 Vicars Lane</x:v>
       </x:c>
       <x:c r="C919" t="str">
         <x:v/>
       </x:c>
       <x:c r="D919" t="str">
-        <x:v>Diss</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E919" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F919" t="str">
-        <x:v>IP22 4EY</x:v>
+        <x:v>CH1 1QX</x:v>
       </x:c>
       <x:c r="G919" t="str">
-        <x:v>reception@spiresolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H919" t="str">
-        <x:v>01379 641221</x:v>
+        <x:v>01244 305 900</x:v>
       </x:c>
     </x:row>
     <x:row r="920">
       <x:c r="A920" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>Sayer Moore &amp; Co</x:v>
       </x:c>
       <x:c r="B920" t="str">
-        <x:v>Holland Court, The Close</x:v>
+        <x:v>190 Horn Lane</x:v>
       </x:c>
       <x:c r="C920" t="str">
         <x:v/>
       </x:c>
       <x:c r="D920" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E920" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F920" t="str">
-        <x:v>NR1 4DY</x:v>
+        <x:v>W3 6PL</x:v>
       </x:c>
       <x:c r="G920" t="str">
-        <x:v>reception@spiresolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H920" t="str">
-        <x:v>01603 677077</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="921">
       <x:c r="A921" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>SB Lawyers Limited</x:v>
       </x:c>
       <x:c r="B921" t="str">
-        <x:v>3 Burgh Road</x:v>
+        <x:v>126 Clifton Street</x:v>
       </x:c>
       <x:c r="C921" t="str">
-        <x:v>Aylsham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D921" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E921" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F921" t="str">
-        <x:v>NR11 6AH</x:v>
+        <x:v>CF24 1LX</x:v>
       </x:c>
       <x:c r="G921" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v>michael@sbwales.com</x:v>
       </x:c>
       <x:c r="H921" t="str">
-        <x:v>01263 732123</x:v>
+        <x:v>029 2046 1480</x:v>
       </x:c>
     </x:row>
     <x:row r="922">
       <x:c r="A922" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>SB Lawyers Limited</x:v>
       </x:c>
       <x:c r="B922" t="str">
-        <x:v>The Priory, Church Street</x:v>
+        <x:v>3/4 Gelliwastad Road</x:v>
       </x:c>
       <x:c r="C922" t="str">
         <x:v/>
       </x:c>
       <x:c r="D922" t="str">
-        <x:v>Dereham</x:v>
+        <x:v>Pontypridd</x:v>
       </x:c>
       <x:c r="E922" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Mid Glamorgan</x:v>
       </x:c>
       <x:c r="F922" t="str">
-        <x:v>NR19 1DW</x:v>
+        <x:v>CF37 2AU</x:v>
       </x:c>
       <x:c r="G922" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v>michael@sbwales.com</x:v>
       </x:c>
       <x:c r="H922" t="str">
-        <x:v>01362 698858</x:v>
+        <x:v>01443407221</x:v>
       </x:c>
     </x:row>
     <x:row r="923">
       <x:c r="A923" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>SB Lawyers Limited</x:v>
       </x:c>
       <x:c r="B923" t="str">
-        <x:v>The Pines, 50 Connaught Road</x:v>
+        <x:v>54 Albany Road</x:v>
       </x:c>
       <x:c r="C923" t="str">
         <x:v/>
       </x:c>
       <x:c r="D923" t="str">
-        <x:v>Attleborough</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E923" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="F923" t="str">
-        <x:v>NR17 2BP</x:v>
+        <x:v>CF24 3RR</x:v>
       </x:c>
       <x:c r="G923" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v>michael@sbwales.com</x:v>
       </x:c>
       <x:c r="H923" t="str">
-        <x:v>01953 453143</x:v>
+        <x:v>029 2046 7150</x:v>
       </x:c>
     </x:row>
     <x:row r="924">
       <x:c r="A924" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>SBP Law</x:v>
       </x:c>
       <x:c r="B924" t="str">
-        <x:v>40 High Street</x:v>
+        <x:v>Glade House</x:v>
       </x:c>
       <x:c r="C924" t="str">
-        <x:v>Watton</x:v>
+        <x:v>52-54 Carter Lane</x:v>
       </x:c>
       <x:c r="D924" t="str">
-        <x:v>Thetford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E924" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F924" t="str">
-        <x:v>IP25 6AE</x:v>
+        <x:v>EC4V 5EF</x:v>
       </x:c>
       <x:c r="G924" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v>info@sbplaw.co.uk</x:v>
       </x:c>
       <x:c r="H924" t="str">
-        <x:v>01953 882864</x:v>
+        <x:v>0207 332 2222</x:v>
       </x:c>
     </x:row>
     <x:row r="925">
       <x:c r="A925" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>Scott Richards</x:v>
       </x:c>
       <x:c r="B925" t="str">
-        <x:v>3 Journey Campus</x:v>
+        <x:v>Albany Street</x:v>
       </x:c>
       <x:c r="C925" t="str">
-        <x:v>Castle Park</x:v>
+        <x:v>Newton Abbot</x:v>
       </x:c>
       <x:c r="D925" t="str">
-        <x:v>Cambridge</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E925" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F925" t="str">
-        <x:v>CB3 0AY</x:v>
+        <x:v>TQ12 2AN</x:v>
       </x:c>
       <x:c r="G925" t="str">
-        <x:v>hello@teeslaw.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H925" t="str">
-        <x:v>01223 311141</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="926">
       <x:c r="A926" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>Scott Richards</x:v>
       </x:c>
       <x:c r="B926" t="str">
-        <x:v>Parkview House, Victoria Road South</x:v>
+        <x:v>Newfoundland House, 4 Regent Street</x:v>
       </x:c>
       <x:c r="C926" t="str">
         <x:v/>
       </x:c>
       <x:c r="D926" t="str">
-        <x:v>CHELMSFORD</x:v>
+        <x:v>Teignmouth</x:v>
       </x:c>
       <x:c r="E926" t="str">
-        <x:v>ESSEX</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F926" t="str">
-        <x:v>CM1 1NG</x:v>
+        <x:v>TQ14 8SL</x:v>
       </x:c>
       <x:c r="G926" t="str">
-        <x:v>riskandcompliance@teeslaw.com</x:v>
+        <x:v>law@scottrichards.co.uk</x:v>
       </x:c>
       <x:c r="H926" t="str">
-        <x:v>01245 491122</x:v>
+        <x:v>01626 772441</x:v>
       </x:c>
     </x:row>
     <x:row r="927">
       <x:c r="A927" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>Setfords Law Ltd</x:v>
       </x:c>
       <x:c r="B927" t="str">
-        <x:v>68 HIGH STREET</x:v>
+        <x:v>74 North Street</x:v>
       </x:c>
       <x:c r="C927" t="str">
         <x:v/>
       </x:c>
       <x:c r="D927" t="str">
-        <x:v>SAFFRON WALDEN</x:v>
+        <x:v>Guildford</x:v>
       </x:c>
       <x:c r="E927" t="str">
-        <x:v>ESSEX</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F927" t="str">
-        <x:v>CB10 1AD</x:v>
+        <x:v>GU1 4AW</x:v>
       </x:c>
       <x:c r="G927" t="str">
-        <x:v>riskandcompliance@teeslaw.com</x:v>
+        <x:v>SHopewell@setfords.co.uk </x:v>
       </x:c>
       <x:c r="H927" t="str">
-        <x:v>01799 527299</x:v>
+        <x:v>08454506135</x:v>
       </x:c>
     </x:row>
     <x:row r="928">
       <x:c r="A928" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>Setfords Law Ltd</x:v>
       </x:c>
       <x:c r="B928" t="str">
-        <x:v>East Barn, Hyde Hall Farm</x:v>
+        <x:v>46 Chancery Lane</x:v>
       </x:c>
       <x:c r="C928" t="str">
-        <x:v>Sandon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D928" t="str">
-        <x:v>Buntingford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E928" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F928" t="str">
-        <x:v>SG9 0RU</x:v>
+        <x:v>WC2A 1JE</x:v>
       </x:c>
       <x:c r="G928" t="str">
-        <x:v>hello@teeslaw.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H928" t="str">
-        <x:v>01763 242257</x:v>
+        <x:v>020 3829 5557</x:v>
       </x:c>
     </x:row>
     <x:row r="929">
       <x:c r="A929" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>Seymours Solicitors Limited</x:v>
       </x:c>
       <x:c r="B929" t="str">
-        <x:v>Tees House</x:v>
+        <x:v>1 Russell Street</x:v>
       </x:c>
       <x:c r="C929" t="str">
-        <x:v>95 London Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D929" t="str">
-        <x:v>Bishop's Stortford</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E929" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F929" t="str">
-        <x:v>CM23 3GW</x:v>
+        <x:v>CV32 5QA</x:v>
       </x:c>
       <x:c r="G929" t="str">
-        <x:v>hello@teeslaw.com</x:v>
+        <x:v>preetilekhi@seymours.co.uk</x:v>
       </x:c>
       <x:c r="H929" t="str">
-        <x:v>0800 0131165</x:v>
+        <x:v>01926 350031</x:v>
       </x:c>
     </x:row>
     <x:row r="930">
       <x:c r="A930" t="str">
-        <x:v>Starck Uberoi Solicitors Limited</x:v>
+        <x:v>Seymours Solicitors Limited</x:v>
       </x:c>
       <x:c r="B930" t="str">
-        <x:v>45 St. Marys Road</x:v>
+        <x:v>45 Blondvil Street</x:v>
       </x:c>
       <x:c r="C930" t="str">
-        <x:v/>
+        <x:v>Cheylesmore</x:v>
       </x:c>
       <x:c r="D930" t="str">
-        <x:v>London</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E930" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F930" t="str">
-        <x:v>W5 5RG</x:v>
+        <x:v>CV3 5EQ</x:v>
       </x:c>
       <x:c r="G930" t="str">
-        <x:v>solicitor@starckuberoi.co.uk</x:v>
+        <x:v>PreetiLekhi@Seymours.co.uk</x:v>
       </x:c>
       <x:c r="H930" t="str">
-        <x:v>0208 840 6640</x:v>
+        <x:v>02476 553961</x:v>
       </x:c>
     </x:row>
     <x:row r="931">
       <x:c r="A931" t="str">
-        <x:v>Starck Uberoi Solicitors Limited</x:v>
+        <x:v>Shared Direction Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B931" t="str">
-        <x:v>Dock House</x:v>
+        <x:v>Suite 3 Orchard House, Orchard Street</x:v>
       </x:c>
       <x:c r="C931" t="str">
-        <x:v>79 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D931" t="str">
-        <x:v>Brentford</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E931" t="str">
         <x:v/>
       </x:c>
       <x:c r="F931" t="str">
-        <x:v>TW8 8AE</x:v>
+        <x:v>CT2 8AJ</x:v>
       </x:c>
       <x:c r="G931" t="str">
-        <x:v>**</x:v>
+        <x:v>Andrew.Theoff@sdc-legal.co.uk</x:v>
       </x:c>
       <x:c r="H931" t="str">
-        <x:v>02088406640</x:v>
+        <x:v>01227 812722</x:v>
       </x:c>
     </x:row>
     <x:row r="932">
       <x:c r="A932" t="str">
-        <x:v>Starck Uberoi Solicitors Limited</x:v>
+        <x:v>Shared Direction Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B932" t="str">
-        <x:v>8 The Precincts</x:v>
+        <x:v>32 Chamberlain Street</x:v>
       </x:c>
       <x:c r="C932" t="str">
         <x:v/>
       </x:c>
       <x:c r="D932" t="str">
-        <x:v>Canterbury Cathedral</x:v>
+        <x:v>Wells</x:v>
       </x:c>
       <x:c r="E932" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F932" t="str">
-        <x:v>CT1 2EE</x:v>
+        <x:v>BA5 2PJ</x:v>
       </x:c>
       <x:c r="G932" t="str">
-        <x:v>solicitor@starckuberoi.co.uk</x:v>
+        <x:v>wayne.mr@directionlaw.co.uk</x:v>
       </x:c>
       <x:c r="H932" t="str">
-        <x:v>01227 693053</x:v>
+        <x:v>01749594000</x:v>
       </x:c>
     </x:row>
     <x:row r="933">
       <x:c r="A933" t="str">
-        <x:v>Stephen Rimmer LLP</x:v>
+        <x:v>Shared Direction Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B933" t="str">
-        <x:v>28-30 Hyde Gardens</x:v>
+        <x:v>6th Floor, Lombard House,</x:v>
       </x:c>
       <x:c r="C933" t="str">
-        <x:v/>
+        <x:v>145 Great Charles Street,</x:v>
       </x:c>
       <x:c r="D933" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E933" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F933" t="str">
-        <x:v>BN21 4PX</x:v>
+        <x:v>B3 3LP</x:v>
       </x:c>
       <x:c r="G933" t="str">
-        <x:v>mt@stephenrimmer.com</x:v>
+        <x:v>Prakash.Sookun@sdc-legal.co.uk</x:v>
       </x:c>
       <x:c r="H933" t="str">
-        <x:v>01323 644222</x:v>
+        <x:v>0121 8092900</x:v>
       </x:c>
     </x:row>
     <x:row r="934">
       <x:c r="A934" t="str">
-        <x:v>Stephens Wilmot Ltd</x:v>
+        <x:v>Sheridans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B934" t="str">
-        <x:v>Mamhilad House</x:v>
+        <x:v>76 Wardour Street</x:v>
       </x:c>
       <x:c r="C934" t="str">
-        <x:v>Mamhilad Park Estate, Mamhilad</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D934" t="str">
-        <x:v>Pont-Y-Pwl</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E934" t="str">
-        <x:v>Gwent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F934" t="str">
-        <x:v>NP4 0HZ</x:v>
+        <x:v>W1F 0UR</x:v>
       </x:c>
       <x:c r="G934" t="str">
-        <x:v>rstephens@sw-sols.co.uk</x:v>
+        <x:v>jay.soneji@sheridans.co.uk</x:v>
       </x:c>
       <x:c r="H934" t="str">
-        <x:v>01633 928271</x:v>
+        <x:v>020 7079 0100</x:v>
       </x:c>
     </x:row>
     <x:row r="935">
       <x:c r="A935" t="str">
-        <x:v>Stephensons Solicitors</x:v>
+        <x:v>Sherrards Solicitors LLP</x:v>
       </x:c>
       <x:c r="B935" t="str">
-        <x:v>Wigan Investment Centre</x:v>
+        <x:v>First Floor</x:v>
       </x:c>
       <x:c r="C935" t="str">
-        <x:v>Waterside Drive</x:v>
+        <x:v>4 Beaconsfield Road</x:v>
       </x:c>
       <x:c r="D935" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>St. Albans</x:v>
       </x:c>
       <x:c r="E935" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F935" t="str">
-        <x:v>WN3 5BA</x:v>
+        <x:v>AL1 3RD</x:v>
       </x:c>
       <x:c r="G935" t="str">
-        <x:v>mdc@stephensons.co.uk</x:v>
+        <x:v>gpl@sherrards.com</x:v>
       </x:c>
       <x:c r="H935" t="str">
-        <x:v>0333 344 4774</x:v>
+        <x:v>01727832830</x:v>
       </x:c>
     </x:row>
     <x:row r="936">
       <x:c r="A936" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Sherrards Solicitors LLP</x:v>
       </x:c>
       <x:c r="B936" t="str">
-        <x:v>Unit 3</x:v>
+        <x:v>1-3 Pemberton Row</x:v>
       </x:c>
       <x:c r="C936" t="str">
-        <x:v>Brewery Yard, Deva City Office Park, Trinity Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D936" t="str">
-        <x:v>Salford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E936" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F936" t="str">
-        <x:v>M3 7BB</x:v>
+        <x:v>EC4A 3BG</x:v>
       </x:c>
       <x:c r="G936" t="str">
-        <x:v>srh@stephensons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H936" t="str">
-        <x:v>01942777867</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="937">
       <x:c r="A937" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Shoosmiths LLP</x:v>
       </x:c>
       <x:c r="B937" t="str">
-        <x:v>Warnford Court, 29 Throgmorton Street</x:v>
+        <x:v>The Lakes</x:v>
       </x:c>
       <x:c r="C937" t="str">
         <x:v/>
       </x:c>
       <x:c r="D937" t="str">
-        <x:v>London</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E937" t="str">
-        <x:v/>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F937" t="str">
-        <x:v>EC2N 2AT</x:v>
+        <x:v>NN4 7SH</x:v>
       </x:c>
       <x:c r="G937" t="str">
-        <x:v>referralteam@stephensons.co.uk</x:v>
+        <x:v>cst@shoosmiths.co.uk</x:v>
       </x:c>
       <x:c r="H937" t="str">
-        <x:v>0333 200 9837</x:v>
+        <x:v>03700 863000</x:v>
       </x:c>
     </x:row>
     <x:row r="938">
       <x:c r="A938" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Shoosmiths LLP</x:v>
       </x:c>
       <x:c r="B938" t="str">
-        <x:v>Suite 26, Hamil House, 112-116 Chorley New Road</x:v>
+        <x:v>Forum 5, The Forum</x:v>
       </x:c>
       <x:c r="C938" t="str">
-        <x:v/>
+        <x:v>Whiteley</x:v>
       </x:c>
       <x:c r="D938" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E938" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F938" t="str">
-        <x:v>BL1 4DH</x:v>
+        <x:v>PO15 7PA</x:v>
       </x:c>
       <x:c r="G938" t="str">
-        <x:v>referralteam@stephensons.co.uk</x:v>
+        <x:v>solent@shoosmiths.co.uk</x:v>
       </x:c>
       <x:c r="H938" t="str">
-        <x:v>0333 334 4774 </x:v>
+        <x:v>03700 866800</x:v>
       </x:c>
     </x:row>
     <x:row r="939">
       <x:c r="A939" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Shoosmiths LLP</x:v>
       </x:c>
       <x:c r="B939" t="str">
-        <x:v>Suite 1.1, Century House</x:v>
+        <x:v>9th Floor</x:v>
       </x:c>
       <x:c r="C939" t="str">
-        <x:v>Hardshaw Street</x:v>
+        <x:v>Platform, New Station Street</x:v>
       </x:c>
       <x:c r="D939" t="str">
-        <x:v>St. Helens</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E939" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F939" t="str">
-        <x:v>WA10 1QU</x:v>
+        <x:v>LS1 4JB</x:v>
       </x:c>
       <x:c r="G939" t="str">
-        <x:v>enquiries@stephensons.co.uk</x:v>
+        <x:v>Amy.Fretwell@shoosmiths.co.uk</x:v>
       </x:c>
       <x:c r="H939" t="str">
-        <x:v>0333 200 9837</x:v>
+        <x:v>03700 86 3000</x:v>
       </x:c>
     </x:row>
     <x:row r="940">
       <x:c r="A940" t="str">
-        <x:v>Stevensdrake Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B940" t="str">
-        <x:v>117-119 High Street</x:v>
+        <x:v>Aquis House</x:v>
       </x:c>
       <x:c r="C940" t="str">
-        <x:v/>
+        <x:v>18-28 Clasketgate</x:v>
       </x:c>
       <x:c r="D940" t="str">
-        <x:v>Crawley</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E940" t="str">
-        <x:v>West Sussex</x:v>
+        <x:v>LINCOLNSHIRE</x:v>
       </x:c>
       <x:c r="F940" t="str">
-        <x:v>RH10 1DD</x:v>
+        <x:v>LN2 1JN</x:v>
       </x:c>
       <x:c r="G940" t="str">
-        <x:v>alex.mitchell@stevensdrake.com</x:v>
+        <x:v>SRoss@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H940" t="str">
-        <x:v>01293 596990</x:v>
+        <x:v>01522542211</x:v>
       </x:c>
     </x:row>
     <x:row r="941">
       <x:c r="A941" t="str">
-        <x:v>Stuart &amp; Co Solicitors</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B941" t="str">
-        <x:v>285 Fore Street</x:v>
+        <x:v>5 Main Ridge West</x:v>
       </x:c>
       <x:c r="C941" t="str">
         <x:v/>
       </x:c>
       <x:c r="D941" t="str">
-        <x:v>London</x:v>
+        <x:v>Boston</x:v>
       </x:c>
       <x:c r="E941" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F941" t="str">
-        <x:v>N9 0PD</x:v>
+        <x:v>PE21 6QQ</x:v>
       </x:c>
       <x:c r="G941" t="str">
-        <x:v>**_*</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H941" t="str">
-        <x:v>02088871360</x:v>
+        <x:v>01205 364615</x:v>
       </x:c>
     </x:row>
     <x:row r="942">
       <x:c r="A942" t="str">
-        <x:v>Sweeney Miller LLP</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B942" t="str">
-        <x:v>Kingsway House</x:v>
+        <x:v>4 George Street</x:v>
       </x:c>
       <x:c r="C942" t="str">
-        <x:v>Riverbank Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D942" t="str">
-        <x:v>Sunderland</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E942" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F942" t="str">
-        <x:v>SR5 3JJ</x:v>
+        <x:v>NG1 3BE</x:v>
       </x:c>
       <x:c r="G942" t="str">
-        <x:v>enquiries@sweeneymiller.co.uk</x:v>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H942" t="str">
-        <x:v>0191 568 2050</x:v>
+        <x:v>0115 941 1469</x:v>
       </x:c>
     </x:row>
     <x:row r="943">
       <x:c r="A943" t="str">
-        <x:v>Sweeney Miller LLP</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B943" t="str">
-        <x:v>Bulman House, Regent Centre, Henry Street</x:v>
+        <x:v>Britannia House</x:v>
       </x:c>
       <x:c r="C943" t="str">
-        <x:v>Gosforth</x:v>
+        <x:v>Marshall's Yard</x:v>
       </x:c>
       <x:c r="D943" t="str">
-        <x:v>Newcastle Upon Tyne</x:v>
+        <x:v>Gainsborough</x:v>
       </x:c>
       <x:c r="E943" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F943" t="str">
-        <x:v>NE3 3LS</x:v>
+        <x:v>DN21 2NA</x:v>
       </x:c>
       <x:c r="G943" t="str">
-        <x:v>Millie.Orr@sweeneymiller.co.uk</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H943" t="str">
-        <x:v>03459005401</x:v>
+        <x:v>01427 616816</x:v>
       </x:c>
     </x:row>
     <x:row r="944">
       <x:c r="A944" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B944" t="str">
-        <x:v>Floor 9 West Village</x:v>
+        <x:v>1 Ashby Road</x:v>
       </x:c>
       <x:c r="C944" t="str">
-        <x:v>114 Wellington Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D944" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Spilsby</x:v>
       </x:c>
       <x:c r="E944" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F944" t="str">
-        <x:v>LS1 1BA</x:v>
+        <x:v>PE23 5DT</x:v>
       </x:c>
       <x:c r="G944" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H944" t="str">
-        <x:v>0113 223 1400</x:v>
+        <x:v>01790 752277</x:v>
       </x:c>
     </x:row>
     <x:row r="945">
       <x:c r="A945" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B945" t="str">
-        <x:v>49 Ropergate</x:v>
+        <x:v>27-31 Northgate</x:v>
       </x:c>
       <x:c r="C945" t="str">
         <x:v/>
       </x:c>
       <x:c r="D945" t="str">
-        <x:v>Pontefract</x:v>
+        <x:v>Sleaford</x:v>
       </x:c>
       <x:c r="E945" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F945" t="str">
-        <x:v>WF8 1JZ</x:v>
+        <x:v>NG34 7BW</x:v>
       </x:c>
       <x:c r="G945" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H945" t="str">
-        <x:v>01977 703215</x:v>
+        <x:v>01529 302800</x:v>
       </x:c>
     </x:row>
     <x:row r="946">
       <x:c r="A946" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B946" t="str">
-        <x:v>East Wing Ground Floor, Scorex House East</x:v>
+        <x:v>76 Oswald Road</x:v>
       </x:c>
       <x:c r="C946" t="str">
-        <x:v>1 Bolton Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D946" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Scunthorpe</x:v>
       </x:c>
       <x:c r="E946" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F946" t="str">
-        <x:v>BD1 4AS</x:v>
+        <x:v>DN15 7PG</x:v>
       </x:c>
       <x:c r="G946" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H946" t="str">
-        <x:v>01274 720 314</x:v>
+        <x:v>01724 702222</x:v>
       </x:c>
     </x:row>
     <x:row r="947">
       <x:c r="A947" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B947" t="str">
-        <x:v>24-26 Paradise Square</x:v>
+        <x:v>55 Hall Gate</x:v>
       </x:c>
       <x:c r="C947" t="str">
         <x:v/>
       </x:c>
       <x:c r="D947" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E947" t="str">
         <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F947" t="str">
-        <x:v>S1 2DE</x:v>
+        <x:v>DN1 3PD</x:v>
       </x:c>
       <x:c r="G947" t="str">
-        <x:v>help@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H947" t="str">
-        <x:v>0114 349 2300</x:v>
+        <x:v>01302 321 621</x:v>
       </x:c>
     </x:row>
     <x:row r="948">
       <x:c r="A948" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B948" t="str">
-        <x:v>19 Cheapside</x:v>
+        <x:v>94 Hailgate</x:v>
       </x:c>
       <x:c r="C948" t="str">
         <x:v/>
       </x:c>
       <x:c r="D948" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>HOWDEN</x:v>
       </x:c>
       <x:c r="E948" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F948" t="str">
-        <x:v>WF1 2SD</x:v>
+        <x:v>DN14 7SZ</x:v>
       </x:c>
       <x:c r="G948" t="str">
-        <x:v>help@switalskis.com</x:v>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H948" t="str">
-        <x:v>01924 882000</x:v>
+        <x:v>01430 660017</x:v>
       </x:c>
     </x:row>
     <x:row r="949">
       <x:c r="A949" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B949" t="str">
-        <x:v>Cranbourne House</x:v>
+        <x:v>18a Dudley Street</x:v>
       </x:c>
       <x:c r="C949" t="str">
-        <x:v>36 Gracious Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D949" t="str">
-        <x:v>Knaresborough</x:v>
+        <x:v>Grimsby</x:v>
       </x:c>
       <x:c r="E949" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>South Humberside</x:v>
       </x:c>
       <x:c r="F949" t="str">
-        <x:v>HG5 8DS</x:v>
+        <x:v>DN31 2AB</x:v>
       </x:c>
       <x:c r="G949" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>conveyancingLMS@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H949" t="str">
-        <x:v>01423 869977</x:v>
+        <x:v>01472 660025</x:v>
       </x:c>
     </x:row>
     <x:row r="950">
       <x:c r="A950" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B950" t="str">
-        <x:v>Ground Floor Unit 7 Waterfront Business Park</x:v>
+        <x:v>Aquila House, 14 Giles Terrace</x:v>
       </x:c>
       <x:c r="C950" t="str">
         <x:v/>
       </x:c>
       <x:c r="D950" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E950" t="str">
-        <x:v>Brierley Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F950" t="str">
-        <x:v>DY5 1LX</x:v>
+        <x:v>NN1 2BN</x:v>
       </x:c>
       <x:c r="G950" t="str">
-        <x:v/>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H950" t="str">
-        <x:v/>
+        <x:v>01604330710</x:v>
       </x:c>
     </x:row>
     <x:row r="951">
       <x:c r="A951" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B951" t="str">
-        <x:v>9 Waterloo Road</x:v>
+        <x:v>21 Brunel Parkway</x:v>
       </x:c>
       <x:c r="C951" t="str">
-        <x:v/>
+        <x:v>Pride Park</x:v>
       </x:c>
       <x:c r="D951" t="str">
-        <x:v>Wolverhampton</x:v>
+        <x:v>Derby</x:v>
       </x:c>
       <x:c r="E951" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F951" t="str">
-        <x:v>WV1 4NB</x:v>
+        <x:v>DE24 8HR</x:v>
       </x:c>
       <x:c r="G951" t="str">
-        <x:v>iancox@talbotslaw.co.uk</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H951" t="str">
-        <x:v>01902 427561</x:v>
+        <x:v>01332224570</x:v>
       </x:c>
     </x:row>
     <x:row r="952">
       <x:c r="A952" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B952" t="str">
-        <x:v>10 The Quadrant</x:v>
+        <x:v>14-16 Fieldside</x:v>
       </x:c>
       <x:c r="C952" t="str">
-        <x:v/>
+        <x:v>Thorne</x:v>
       </x:c>
       <x:c r="D952" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E952" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F952" t="str">
-        <x:v>CV1 2EL</x:v>
+        <x:v>DN8 4BQ</x:v>
       </x:c>
       <x:c r="G952" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H952" t="str">
-        <x:v>08001181500</x:v>
+        <x:v>01405 497663</x:v>
       </x:c>
     </x:row>
     <x:row r="953">
       <x:c r="A953" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B953" t="str">
-        <x:v>Morgan House,</x:v>
+        <x:v>50 Algitha Road,</x:v>
       </x:c>
       <x:c r="C953" t="str">
-        <x:v>25-27 Hagley Road</x:v>
+        <x:v>Skegness</x:v>
       </x:c>
       <x:c r="D953" t="str">
-        <x:v>Stourbridge</x:v>
+        <x:v>Skegness</x:v>
       </x:c>
       <x:c r="E953" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F953" t="str">
-        <x:v>DY8 1QH</x:v>
+        <x:v>PE25 2AW</x:v>
       </x:c>
       <x:c r="G953" t="str">
-        <x:v>info@talbotslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H953" t="str">
-        <x:v>01384 445850</x:v>
+        <x:v>01754610101</x:v>
       </x:c>
     </x:row>
     <x:row r="954">
       <x:c r="A954" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B954" t="str">
-        <x:v>Inhedge House, </x:v>
+        <x:v>Telegraph House</x:v>
       </x:c>
       <x:c r="C954" t="str">
-        <x:v>31 Wolverhampton Street</x:v>
+        <x:v>High Street</x:v>
       </x:c>
       <x:c r="D954" t="str">
-        <x:v>Dudley</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E954" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Yorkshire</x:v>
       </x:c>
       <x:c r="F954" t="str">
-        <x:v>DY1 1DB</x:v>
+        <x:v>S1 2GA</x:v>
       </x:c>
       <x:c r="G954" t="str">
-        <x:v/>
+        <x:v>ConveyancingLMS@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H954" t="str">
-        <x:v>01384 447777</x:v>
+        <x:v>0114 249 5969</x:v>
       </x:c>
     </x:row>
     <x:row r="955">
       <x:c r="A955" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Silverdale Solicitors Limited</x:v>
       </x:c>
       <x:c r="B955" t="str">
-        <x:v>5-7 Hagley Road</x:v>
+        <x:v>Silverdale House</x:v>
       </x:c>
       <x:c r="C955" t="str">
-        <x:v>Halesowen</x:v>
+        <x:v>Silverdale House, 404 Cheetham Hill Road</x:v>
       </x:c>
       <x:c r="D955" t="str">
-        <x:v/>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E955" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F955" t="str">
-        <x:v>B63 4PU</x:v>
+        <x:v>M8 9LE</x:v>
       </x:c>
       <x:c r="G955" t="str">
-        <x:v>info@talbotslaw.co.uk</x:v>
+        <x:v>enquiries@silverdalelaw.co.uk</x:v>
       </x:c>
       <x:c r="H955" t="str">
-        <x:v>0121 647 3970</x:v>
+        <x:v>0161 740 0333</x:v>
       </x:c>
     </x:row>
     <x:row r="956">
       <x:c r="A956" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Silverdale Solicitors Limited</x:v>
       </x:c>
       <x:c r="B956" t="str">
-        <x:v>Jordan House West, Hall Court</x:v>
+        <x:v>The Old Blue Bell</x:v>
       </x:c>
       <x:c r="C956" t="str">
-        <x:v>Hall Park Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D956" t="str">
-        <x:v>Town Centre</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="E956" t="str">
-        <x:v>Telford</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="F956" t="str">
-        <x:v>TF3 4NJ</x:v>
+        <x:v>BL9 6AR</x:v>
       </x:c>
       <x:c r="G956" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H956" t="str">
-        <x:v>0800 118 1500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="957">
       <x:c r="A957" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sinclairslaw Limited</x:v>
       </x:c>
       <x:c r="B957" t="str">
-        <x:v>2 Station Road</x:v>
+        <x:v>Charles House, Churchill Way</x:v>
       </x:c>
       <x:c r="C957" t="str">
         <x:v/>
       </x:c>
       <x:c r="D957" t="str">
-        <x:v>Codsall</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E957" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F957" t="str">
-        <x:v>WV8 1BX</x:v>
+        <x:v>CF10 2HE</x:v>
       </x:c>
       <x:c r="G957" t="str">
-        <x:v>propertyteamwolverhampton@talbotslaw.co.uk</x:v>
+        <x:v>r.rees-gralton@sinclairslaw.co.uk</x:v>
       </x:c>
       <x:c r="H957" t="str">
-        <x:v>01902 843427</x:v>
+        <x:v>0292 038 8398</x:v>
       </x:c>
     </x:row>
     <x:row r="958">
       <x:c r="A958" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B958" t="str">
-        <x:v>30 Church Street</x:v>
+        <x:v>11 Prince Albert Street</x:v>
       </x:c>
       <x:c r="C958" t="str">
         <x:v/>
       </x:c>
       <x:c r="D958" t="str">
-        <x:v>Kidderminster</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E958" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F958" t="str">
-        <x:v>DY10 2AX</x:v>
+        <x:v>BN1 1HE</x:v>
       </x:c>
       <x:c r="G958" t="str">
-        <x:v>propertyteamkidderminster@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H958" t="str">
-        <x:v>01562 749910</x:v>
+        <x:v>01273 069920</x:v>
       </x:c>
     </x:row>
     <x:row r="959">
       <x:c r="A959" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B959" t="str">
-        <x:v>Seymour House, 15a Frederick Road</x:v>
+        <x:v>8-10 Trinity Street</x:v>
       </x:c>
       <x:c r="C959" t="str">
         <x:v/>
       </x:c>
       <x:c r="D959" t="str">
-        <x:v>Edgbaston</x:v>
+        <x:v>Hastings</x:v>
       </x:c>
       <x:c r="E959" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F959" t="str">
-        <x:v>B15 1JD</x:v>
+        <x:v>TN34 1HG</x:v>
       </x:c>
       <x:c r="G959" t="str">
-        <x:v>info@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H959" t="str">
-        <x:v>01214563696</x:v>
+        <x:v>01424 709050</x:v>
       </x:c>
     </x:row>
     <x:row r="960">
       <x:c r="A960" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B960" t="str">
-        <x:v>Bridge House</x:v>
+        <x:v>Suite 1, Marl Business Park</x:v>
       </x:c>
       <x:c r="C960" t="str">
-        <x:v>River Side North</x:v>
+        <x:v>Morecambe Road</x:v>
       </x:c>
       <x:c r="D960" t="str">
-        <x:v>Bewdley</x:v>
+        <x:v>Ulverston</x:v>
       </x:c>
       <x:c r="E960" t="str">
         <x:v/>
       </x:c>
       <x:c r="F960" t="str">
-        <x:v>DY12 1AB</x:v>
+        <x:v>LA12 9BN</x:v>
       </x:c>
       <x:c r="G960" t="str">
-        <x:v>PropertyTeamBewdley@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H960" t="str">
-        <x:v>01299 402741</x:v>
+        <x:v>01229 389044 </x:v>
       </x:c>
     </x:row>
     <x:row r="961">
       <x:c r="A961" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B961" t="str">
-        <x:v>23 Foregate Street</x:v>
+        <x:v>29 Lincoln's Inn Fields</x:v>
       </x:c>
       <x:c r="C961" t="str">
         <x:v/>
       </x:c>
       <x:c r="D961" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E961" t="str">
         <x:v/>
       </x:c>
       <x:c r="F961" t="str">
-        <x:v>WR1 1DN</x:v>
+        <x:v>WC2A 3EG</x:v>
       </x:c>
       <x:c r="G961" t="str">
-        <x:v>newbusiness@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H961" t="str">
-        <x:v>01905 727700</x:v>
+        <x:v>0203 967 7700</x:v>
       </x:c>
     </x:row>
     <x:row r="962">
       <x:c r="A962" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B962" t="str">
-        <x:v>91 Cheshire Street</x:v>
+        <x:v>15 Gildredge Road</x:v>
       </x:c>
       <x:c r="C962" t="str">
         <x:v/>
       </x:c>
       <x:c r="D962" t="str">
-        <x:v>Market Drayton</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E962" t="str">
-        <x:v/>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F962" t="str">
-        <x:v>TF9 3AF</x:v>
+        <x:v>BN21 4RB</x:v>
       </x:c>
       <x:c r="G962" t="str">
-        <x:v>david@onionsanddavies.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H962" t="str">
-        <x:v>01630 652405</x:v>
+        <x:v>01825 729840</x:v>
       </x:c>
     </x:row>
     <x:row r="963">
       <x:c r="A963" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Solicitors' Inn Ltd</x:v>
       </x:c>
       <x:c r="B963" t="str">
-        <x:v>Hays House</x:v>
+        <x:v>188 The Grove</x:v>
       </x:c>
       <x:c r="C963" t="str">
-        <x:v>25 Albion St</x:v>
+        <x:v>Stratford</x:v>
       </x:c>
       <x:c r="D963" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E963" t="str">
-        <x:v>Stoke-on-Trent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F963" t="str">
-        <x:v>ST1 1QF</x:v>
+        <x:v>E15 1NS</x:v>
       </x:c>
       <x:c r="G963" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v>saffi@solicitorsinn.co.uk</x:v>
       </x:c>
       <x:c r="H963" t="str">
-        <x:v>01782 262031</x:v>
+        <x:v>02035008000</x:v>
       </x:c>
     </x:row>
     <x:row r="964">
       <x:c r="A964" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Solicitors' Inn Ltd</x:v>
       </x:c>
       <x:c r="B964" t="str">
-        <x:v>10 Derby Street</x:v>
+        <x:v>325-331 High Road</x:v>
       </x:c>
       <x:c r="C964" t="str">
         <x:v/>
       </x:c>
       <x:c r="D964" t="str">
-        <x:v/>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E964" t="str">
-        <x:v>Leek</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F964" t="str">
-        <x:v>ST13 5AW</x:v>
+        <x:v>IG1 1NR</x:v>
       </x:c>
       <x:c r="G964" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v>saffi@solicitorsinn.co.uk</x:v>
       </x:c>
       <x:c r="H964" t="str">
-        <x:v>01538 399332</x:v>
+        <x:v>02039210000</x:v>
       </x:c>
     </x:row>
     <x:row r="965">
       <x:c r="A965" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Spector Constant &amp; Williams Limited</x:v>
       </x:c>
       <x:c r="B965" t="str">
-        <x:v>47 High St</x:v>
+        <x:v>4th Floor</x:v>
       </x:c>
       <x:c r="C965" t="str">
-        <x:v/>
+        <x:v>75 Wells Street</x:v>
       </x:c>
       <x:c r="D965" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E965" t="str">
-        <x:v>Sandbach</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F965" t="str">
-        <x:v>CW11 1FT</x:v>
+        <x:v>W1T 3QH </x:v>
       </x:c>
       <x:c r="G965" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H965" t="str">
-        <x:v>01782 652300</x:v>
+        <x:v>0207 2695120</x:v>
       </x:c>
     </x:row>
     <x:row r="966">
       <x:c r="A966" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Spire Solicitors</x:v>
       </x:c>
       <x:c r="B966" t="str">
-        <x:v>First Floor, 153 Avon Road</x:v>
+        <x:v>5-7 Church Street</x:v>
       </x:c>
       <x:c r="C966" t="str">
         <x:v/>
       </x:c>
       <x:c r="D966" t="str">
-        <x:v>Cannock</x:v>
+        <x:v>Wymondham</x:v>
       </x:c>
       <x:c r="E966" t="str">
-        <x:v/>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F966" t="str">
-        <x:v>WS11 1LF</x:v>
+        <x:v>NR18 0PP</x:v>
       </x:c>
       <x:c r="G966" t="str">
-        <x:v>RachelAspinall@talbotslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H966" t="str">
-        <x:v>01384 984330</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="967">
       <x:c r="A967" t="str">
-        <x:v>Tallents Solicitors</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B967" t="str">
-        <x:v>28a West Gate</x:v>
+        <x:v>2 Victoria Road</x:v>
       </x:c>
       <x:c r="C967" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D967" t="str">
-        <x:v/>
+        <x:v>Diss</x:v>
       </x:c>
       <x:c r="E967" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F967" t="str">
-        <x:v>NG18 1RS</x:v>
+        <x:v>IP22 4EY</x:v>
       </x:c>
       <x:c r="G967" t="str">
-        <x:v>info@tallents.co.uk</x:v>
+        <x:v>reception@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H967" t="str">
-        <x:v>01623 666700</x:v>
+        <x:v>01379 641221</x:v>
       </x:c>
     </x:row>
     <x:row r="968">
       <x:c r="A968" t="str">
-        <x:v>Tallents Solicitors</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B968" t="str">
-        <x:v>3 Middle Gate</x:v>
+        <x:v>Holland Court, The Close</x:v>
       </x:c>
       <x:c r="C968" t="str">
         <x:v/>
       </x:c>
       <x:c r="D968" t="str">
-        <x:v>Newark</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E968" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F968" t="str">
-        <x:v>NG24 1AQ</x:v>
+        <x:v>NR1 4DY</x:v>
       </x:c>
       <x:c r="G968" t="str">
-        <x:v>info@tallents.co.uk</x:v>
+        <x:v>reception@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H968" t="str">
-        <x:v>01636 671881</x:v>
+        <x:v>01603 677077</x:v>
       </x:c>
     </x:row>
     <x:row r="969">
       <x:c r="A969" t="str">
-        <x:v>Tallents Solicitors</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B969" t="str">
-        <x:v>2 Westgate</x:v>
+        <x:v>3 Burgh Road</x:v>
       </x:c>
       <x:c r="C969" t="str">
-        <x:v/>
+        <x:v>Aylsham</x:v>
       </x:c>
       <x:c r="D969" t="str">
-        <x:v>Southwell</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E969" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F969" t="str">
-        <x:v>NG25 0JJ</x:v>
+        <x:v>NR11 6AH</x:v>
       </x:c>
       <x:c r="G969" t="str">
-        <x:v>emilia.chow@tallents.co.uk</x:v>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H969" t="str">
-        <x:v>01636813411</x:v>
+        <x:v>01263 732123</x:v>
       </x:c>
     </x:row>
     <x:row r="970">
       <x:c r="A970" t="str">
-        <x:v>Taylor &amp; Emmet Limited Liability Partnership</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B970" t="str">
-        <x:v>61B Sheffield Road</x:v>
+        <x:v>The Priory, Church Street</x:v>
       </x:c>
       <x:c r="C970" t="str">
         <x:v/>
       </x:c>
       <x:c r="D970" t="str">
-        <x:v>Dronfield</x:v>
+        <x:v>Dereham</x:v>
       </x:c>
       <x:c r="E970" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F970" t="str">
-        <x:v>S18 2GF</x:v>
+        <x:v>NR19 1DW</x:v>
       </x:c>
       <x:c r="G970" t="str">
-        <x:v/>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H970" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01362 698858</x:v>
       </x:c>
     </x:row>
     <x:row r="971">
       <x:c r="A971" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B971" t="str">
-        <x:v>20 Arundel Gate</x:v>
+        <x:v>The Pines, 50 Connaught Road</x:v>
       </x:c>
       <x:c r="C971" t="str">
         <x:v/>
       </x:c>
       <x:c r="D971" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Attleborough</x:v>
       </x:c>
       <x:c r="E971" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F971" t="str">
-        <x:v>S1 2PP</x:v>
+        <x:v>NR17 2BP</x:v>
       </x:c>
       <x:c r="G971" t="str">
-        <x:v/>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H971" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01953 453143</x:v>
       </x:c>
     </x:row>
     <x:row r="972">
       <x:c r="A972" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B972" t="str">
-        <x:v>Bridge Street</x:v>
+        <x:v>40 High Street</x:v>
       </x:c>
       <x:c r="C972" t="str">
-        <x:v/>
+        <x:v>Watton</x:v>
       </x:c>
       <x:c r="D972" t="str">
-        <x:v>Bakewell</x:v>
+        <x:v>Thetford</x:v>
       </x:c>
       <x:c r="E972" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F972" t="str">
-        <x:v>DE45 1DS</x:v>
+        <x:v>IP25 6AE</x:v>
       </x:c>
       <x:c r="G972" t="str">
-        <x:v/>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H972" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01953 882864</x:v>
       </x:c>
     </x:row>
     <x:row r="973">
       <x:c r="A973" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B973" t="str">
-        <x:v>1 Ecclesall Road South</x:v>
+        <x:v>3 Journey Campus</x:v>
       </x:c>
       <x:c r="C973" t="str">
-        <x:v/>
+        <x:v>Castle Park</x:v>
       </x:c>
       <x:c r="D973" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Cambridge</x:v>
       </x:c>
       <x:c r="E973" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F973" t="str">
-        <x:v>S11 9PA</x:v>
+        <x:v>CB3 0AY</x:v>
       </x:c>
       <x:c r="G973" t="str">
-        <x:v>lms@tayloremmet.co.uk</x:v>
+        <x:v>hello@teeslaw.com</x:v>
       </x:c>
       <x:c r="H973" t="str">
-        <x:v>0114 218 4000 </x:v>
+        <x:v>01223 311141</x:v>
       </x:c>
     </x:row>
     <x:row r="974">
       <x:c r="A974" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B974" t="str">
-        <x:v>15 High Street</x:v>
+        <x:v>Parkview House, Victoria Road South</x:v>
       </x:c>
       <x:c r="C974" t="str">
         <x:v/>
       </x:c>
       <x:c r="D974" t="str">
-        <x:v>Rotherham</x:v>
+        <x:v>CHELMSFORD</x:v>
       </x:c>
       <x:c r="E974" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>ESSEX</x:v>
       </x:c>
       <x:c r="F974" t="str">
-        <x:v>S60 1PT</x:v>
+        <x:v>CM1 1NG</x:v>
       </x:c>
       <x:c r="G974" t="str">
-        <x:v>lms@tayloremmet.co.uk</x:v>
+        <x:v>riskandcompliance@teeslaw.com</x:v>
       </x:c>
       <x:c r="H974" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01245 491122</x:v>
       </x:c>
     </x:row>
     <x:row r="975">
       <x:c r="A975" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B975" t="str">
-        <x:v>Thremhall Park, Start Hill</x:v>
+        <x:v>68 HIGH STREET</x:v>
       </x:c>
       <x:c r="C975" t="str">
         <x:v/>
       </x:c>
       <x:c r="D975" t="str">
-        <x:v>Bishops Stortford</x:v>
+        <x:v>SAFFRON WALDEN</x:v>
       </x:c>
       <x:c r="E975" t="str">
-        <x:v/>
+        <x:v>ESSEX</x:v>
       </x:c>
       <x:c r="F975" t="str">
-        <x:v>CM22 7WE</x:v>
+        <x:v>CB10 1AD</x:v>
       </x:c>
       <x:c r="G975" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>riskandcompliance@teeslaw.com</x:v>
       </x:c>
       <x:c r="H975" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01799 527299</x:v>
       </x:c>
     </x:row>
     <x:row r="976">
       <x:c r="A976" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B976" t="str">
-        <x:v>1st and 2nd Floor, 5-7 Railway Street</x:v>
+        <x:v>East Barn, Hyde Hall Farm</x:v>
       </x:c>
       <x:c r="C976" t="str">
-        <x:v/>
+        <x:v>Sandon</x:v>
       </x:c>
       <x:c r="D976" t="str">
-        <x:v>Hertford</x:v>
+        <x:v>Buntingford</x:v>
       </x:c>
       <x:c r="E976" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F976" t="str">
-        <x:v>SG14 1BG</x:v>
+        <x:v>SG9 0RU</x:v>
       </x:c>
       <x:c r="G976" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>hello@teeslaw.com</x:v>
       </x:c>
       <x:c r="H976" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01763 242257</x:v>
       </x:c>
     </x:row>
     <x:row r="977">
       <x:c r="A977" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B977" t="str">
-        <x:v>267A Broadway</x:v>
+        <x:v>Tees House</x:v>
       </x:c>
       <x:c r="C977" t="str">
-        <x:v/>
+        <x:v>95 London Road</x:v>
       </x:c>
       <x:c r="D977" t="str">
-        <x:v>Bexleyheath</x:v>
+        <x:v>Bishop's Stortford</x:v>
       </x:c>
       <x:c r="E977" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F977" t="str">
-        <x:v>DA6 8DB</x:v>
+        <x:v>CM23 3GW</x:v>
       </x:c>
       <x:c r="G977" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>hello@teeslaw.com</x:v>
       </x:c>
       <x:c r="H977" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>0800 0131165</x:v>
       </x:c>
     </x:row>
     <x:row r="978">
       <x:c r="A978" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Starck Uberoi Solicitors Limited</x:v>
       </x:c>
       <x:c r="B978" t="str">
-        <x:v>Foundry, 78 The Beacon</x:v>
+        <x:v>45 St. Marys Road</x:v>
       </x:c>
       <x:c r="C978" t="str">
         <x:v/>
       </x:c>
       <x:c r="D978" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E978" t="str">
         <x:v/>
       </x:c>
       <x:c r="F978" t="str">
-        <x:v>BN21 3NW</x:v>
+        <x:v>W5 5RG</x:v>
       </x:c>
       <x:c r="G978" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>solicitor@starckuberoi.co.uk</x:v>
       </x:c>
       <x:c r="H978" t="str">
-        <x:v>01323 405250</x:v>
+        <x:v>0208 840 6640</x:v>
       </x:c>
     </x:row>
     <x:row r="979">
       <x:c r="A979" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Starck Uberoi Solicitors Limited</x:v>
       </x:c>
       <x:c r="B979" t="str">
-        <x:v>PLATF9RM, Hove Town Hall</x:v>
+        <x:v>Dock House</x:v>
       </x:c>
       <x:c r="C979" t="str">
-        <x:v>Church Road</x:v>
+        <x:v>79 High Street</x:v>
       </x:c>
       <x:c r="D979" t="str">
-        <x:v>Hove</x:v>
+        <x:v>Brentford</x:v>
       </x:c>
       <x:c r="E979" t="str">
         <x:v/>
       </x:c>
       <x:c r="F979" t="str">
-        <x:v>BN3 2AF</x:v>
+        <x:v>TW8 8AE</x:v>
       </x:c>
       <x:c r="G979" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H979" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>02088406640</x:v>
       </x:c>
     </x:row>
     <x:row r="980">
       <x:c r="A980" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Starck Uberoi Solicitors Limited</x:v>
       </x:c>
       <x:c r="B980" t="str">
-        <x:v>Interchange House,</x:v>
+        <x:v>8 The Precincts</x:v>
       </x:c>
       <x:c r="C980" t="str">
-        <x:v>Station Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D980" t="str">
-        <x:v>Croydon</x:v>
+        <x:v>Canterbury Cathedral</x:v>
       </x:c>
       <x:c r="E980" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="F980" t="str">
-        <x:v>CR0 2RD</x:v>
+        <x:v>CT1 2EE</x:v>
       </x:c>
       <x:c r="G980" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>solicitor@starckuberoi.co.uk</x:v>
       </x:c>
       <x:c r="H980" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01227 693053</x:v>
       </x:c>
     </x:row>
     <x:row r="981">
       <x:c r="A981" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephen Rimmer LLP</x:v>
       </x:c>
       <x:c r="B981" t="str">
-        <x:v>138 High Street</x:v>
+        <x:v>28-30 Hyde Gardens</x:v>
       </x:c>
       <x:c r="C981" t="str">
         <x:v/>
       </x:c>
       <x:c r="D981" t="str">
-        <x:v>Sevenoaks</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E981" t="str">
-        <x:v>Kent</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F981" t="str">
-        <x:v>TN13 1XE</x:v>
+        <x:v>BN21 4PX</x:v>
       </x:c>
       <x:c r="G981" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>mt@stephenrimmer.com</x:v>
       </x:c>
       <x:c r="H981" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01323 644222</x:v>
       </x:c>
     </x:row>
     <x:row r="982">
       <x:c r="A982" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephens Wilmot Ltd</x:v>
       </x:c>
       <x:c r="B982" t="str">
-        <x:v>Cantium House</x:v>
+        <x:v>Mamhilad House</x:v>
       </x:c>
       <x:c r="C982" t="str">
-        <x:v>Railway Approach</x:v>
+        <x:v>Mamhilad Park Estate, Mamhilad</x:v>
       </x:c>
       <x:c r="D982" t="str">
-        <x:v>Wallington</x:v>
+        <x:v>Pont-Y-Pwl</x:v>
       </x:c>
       <x:c r="E982" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Gwent</x:v>
       </x:c>
       <x:c r="F982" t="str">
-        <x:v>SM6 0DZ</x:v>
+        <x:v>NP4 0HZ</x:v>
       </x:c>
       <x:c r="G982" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>rstephens@sw-sols.co.uk</x:v>
       </x:c>
       <x:c r="H982" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01633 928271</x:v>
       </x:c>
     </x:row>
     <x:row r="983">
       <x:c r="A983" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors</x:v>
       </x:c>
       <x:c r="B983" t="str">
-        <x:v>Swan Court</x:v>
+        <x:v>Wigan Investment Centre</x:v>
       </x:c>
       <x:c r="C983" t="str">
-        <x:v>11 Worple Road</x:v>
+        <x:v>Waterside Drive</x:v>
       </x:c>
       <x:c r="D983" t="str">
-        <x:v>London</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E983" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F983" t="str">
-        <x:v>SW19 4JS</x:v>
+        <x:v>WN3 5BA</x:v>
       </x:c>
       <x:c r="G983" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>mdc@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H983" t="str">
-        <x:v>020 8944 0082</x:v>
+        <x:v>0333 344 4774</x:v>
       </x:c>
     </x:row>
     <x:row r="984">
       <x:c r="A984" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B984" t="str">
-        <x:v>16-18 Chapel Road</x:v>
+        <x:v>Unit 3</x:v>
       </x:c>
       <x:c r="C984" t="str">
-        <x:v/>
+        <x:v>Brewery Yard, Deva City Office Park, Trinity Way</x:v>
       </x:c>
       <x:c r="D984" t="str">
-        <x:v>Worthing</x:v>
+        <x:v>Salford</x:v>
       </x:c>
       <x:c r="E984" t="str">
-        <x:v>West Sussex</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F984" t="str">
-        <x:v>BN11 1BJ</x:v>
+        <x:v>M3 7BB</x:v>
       </x:c>
       <x:c r="G984" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>srh@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H984" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01942777867</x:v>
       </x:c>
     </x:row>
     <x:row r="985">
       <x:c r="A985" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B985" t="str">
-        <x:v>The White House, Wilderspool Park</x:v>
+        <x:v>Warnford Court, 29 Throgmorton Street</x:v>
       </x:c>
       <x:c r="C985" t="str">
-        <x:v>Greenall’s Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D985" t="str">
-        <x:v>Warrington</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E985" t="str">
         <x:v/>
       </x:c>
       <x:c r="F985" t="str">
-        <x:v>WA4 6HL</x:v>
+        <x:v>EC2N 2AT</x:v>
       </x:c>
       <x:c r="G985" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>referralteam@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H985" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>0333 200 9837</x:v>
       </x:c>
     </x:row>
     <x:row r="986">
       <x:c r="A986" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B986" t="str">
-        <x:v>Bedford House</x:v>
+        <x:v>Suite 26, Hamil House, 112-116 Chorley New Road</x:v>
       </x:c>
       <x:c r="C986" t="str">
-        <x:v>Fulham High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D986" t="str">
-        <x:v>Fulham</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E986" t="str">
-        <x:v>London</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F986" t="str">
-        <x:v>SW6 3JW</x:v>
+        <x:v>BL1 4DH</x:v>
       </x:c>
       <x:c r="G986" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>referralteam@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H986" t="str">
-        <x:v>02035404444</x:v>
+        <x:v>0333 334 4774 </x:v>
       </x:c>
     </x:row>
     <x:row r="987">
       <x:c r="A987" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B987" t="str">
-        <x:v>Parallel House, 32 London Road</x:v>
+        <x:v>Suite 1.1, Century House</x:v>
       </x:c>
       <x:c r="C987" t="str">
-        <x:v/>
+        <x:v>Hardshaw Street</x:v>
       </x:c>
       <x:c r="D987" t="str">
-        <x:v>Guilford</x:v>
+        <x:v>St. Helens</x:v>
       </x:c>
       <x:c r="E987" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F987" t="str">
-        <x:v>GU1 2AB</x:v>
+        <x:v>WA10 1QU</x:v>
       </x:c>
       <x:c r="G987" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>enquiries@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H987" t="str">
-        <x:v>01483 670 400</x:v>
+        <x:v>0333 200 9837</x:v>
       </x:c>
     </x:row>
     <x:row r="988">
       <x:c r="A988" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Sternberg Reed</x:v>
       </x:c>
       <x:c r="B988" t="str">
-        <x:v>Cambridge House, South Block, Henry Street</x:v>
+        <x:v>Focal House</x:v>
       </x:c>
       <x:c r="C988" t="str">
-        <x:v/>
+        <x:v>12-18 Station Parade</x:v>
       </x:c>
       <x:c r="D988" t="str">
-        <x:v>Bath</x:v>
+        <x:v>Barking</x:v>
       </x:c>
       <x:c r="E988" t="str">
         <x:v/>
       </x:c>
       <x:c r="F988" t="str">
-        <x:v>BA1 1BT</x:v>
+        <x:v>IG11 8DN</x:v>
       </x:c>
       <x:c r="G988" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H988" t="str">
-        <x:v>01225 437050</x:v>
+        <x:v>020 8591 3366</x:v>
       </x:c>
     </x:row>
     <x:row r="989">
       <x:c r="A989" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B989" t="str">
-        <x:v>Worldwide House</x:v>
+        <x:v>20 London Road</x:v>
       </x:c>
       <x:c r="C989" t="str">
-        <x:v>Thorpe Wood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D989" t="str">
-        <x:v>Peterborough</x:v>
+        <x:v>Grays</x:v>
       </x:c>
       <x:c r="E989" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F989" t="str">
-        <x:v>PE3 6SB</x:v>
+        <x:v>RM17 5XY</x:v>
       </x:c>
       <x:c r="G989" t="str">
-        <x:v/>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H989" t="str">
-        <x:v/>
+        <x:v>02085913366</x:v>
       </x:c>
     </x:row>
     <x:row r="990">
       <x:c r="A990" t="str">
-        <x:v>Taylor Rose MW</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B990" t="str">
-        <x:v>180 Brighton Road</x:v>
+        <x:v>River House, Stour Street</x:v>
       </x:c>
       <x:c r="C990" t="str">
         <x:v/>
       </x:c>
       <x:c r="D990" t="str">
-        <x:v>Coulsdon</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E990" t="str">
         <x:v/>
       </x:c>
       <x:c r="F990" t="str">
-        <x:v>CR5 2NF</x:v>
+        <x:v>CT1 2NZ</x:v>
       </x:c>
       <x:c r="G990" t="str">
-        <x:v/>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H990" t="str">
-        <x:v/>
+        <x:v>01227762888</x:v>
       </x:c>
     </x:row>
     <x:row r="991">
       <x:c r="A991" t="str">
-        <x:v>Taylor Rose TTKW Limited</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B991" t="str">
-        <x:v>112 Timber Wharf</x:v>
+        <x:v>De Burgh House, Market Road</x:v>
       </x:c>
       <x:c r="C991" t="str">
-        <x:v>32 Worsley Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D991" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Wickford</x:v>
       </x:c>
       <x:c r="E991" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F991" t="str">
-        <x:v>M15 4NX</x:v>
+        <x:v>SS12 0BB</x:v>
       </x:c>
       <x:c r="G991" t="str">
-        <x:v/>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H991" t="str">
-        <x:v/>
+        <x:v>01268 733381</x:v>
       </x:c>
     </x:row>
     <x:row r="992">
       <x:c r="A992" t="str">
-        <x:v>Taylor Rose TTKW Limited</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B992" t="str">
-        <x:v>1St Floor Clarendon Business Centre</x:v>
+        <x:v>6 Chandlers Way</x:v>
       </x:c>
       <x:c r="C992" t="str">
-        <x:v>Ealing Cross</x:v>
+        <x:v>South Woodham Ferrers</x:v>
       </x:c>
       <x:c r="D992" t="str">
-        <x:v>London</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E992" t="str">
-        <x:v>Ealing</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F992" t="str">
-        <x:v>W5 5BW</x:v>
+        <x:v>CM3 5TB</x:v>
       </x:c>
       <x:c r="G992" t="str">
-        <x:v/>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H992" t="str">
-        <x:v/>
+        <x:v>01245 322956</x:v>
       </x:c>
     </x:row>
     <x:row r="993">
       <x:c r="A993" t="str">
-        <x:v>Taylor Rose TTKW Limited</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B993" t="str">
-        <x:v>56 High Street</x:v>
+        <x:v>Lakeside House, 9 Knightswick Road</x:v>
       </x:c>
       <x:c r="C993" t="str">
-        <x:v>Bognor Regis</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D993" t="str">
-        <x:v/>
+        <x:v>Canvey Island</x:v>
       </x:c>
       <x:c r="E993" t="str">
         <x:v/>
       </x:c>
       <x:c r="F993" t="str">
-        <x:v>PO21 1SP</x:v>
+        <x:v>SS8 9PA</x:v>
       </x:c>
       <x:c r="G993" t="str">
-        <x:v>**</x:v>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H993" t="str">
-        <x:v>01243213442</x:v>
+        <x:v>01268 511999</x:v>
       </x:c>
     </x:row>
     <x:row r="994">
       <x:c r="A994" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Stevensdrake Limited</x:v>
       </x:c>
       <x:c r="B994" t="str">
-        <x:v>73 Station Road</x:v>
+        <x:v>117-119 High Street</x:v>
       </x:c>
       <x:c r="C994" t="str">
-        <x:v>West Wickham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D994" t="str">
-        <x:v/>
+        <x:v>Crawley</x:v>
       </x:c>
       <x:c r="E994" t="str">
-        <x:v>Kent</x:v>
+        <x:v>West Sussex</x:v>
       </x:c>
       <x:c r="F994" t="str">
-        <x:v>BR4 0QG</x:v>
+        <x:v>RH10 1DD</x:v>
       </x:c>
       <x:c r="G994" t="str">
-        <x:v/>
+        <x:v>alex.mitchell@stevensdrake.com</x:v>
       </x:c>
       <x:c r="H994" t="str">
-        <x:v>020 8290 0440</x:v>
+        <x:v>01293 596990</x:v>
       </x:c>
     </x:row>
     <x:row r="995">
       <x:c r="A995" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Stuart &amp; Co Solicitors</x:v>
       </x:c>
       <x:c r="B995" t="str">
-        <x:v>T Bromley, 15-17 London Road</x:v>
+        <x:v>285 Fore Street</x:v>
       </x:c>
       <x:c r="C995" t="str">
         <x:v/>
       </x:c>
       <x:c r="D995" t="str">
-        <x:v>Bromley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E995" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F995" t="str">
-        <x:v>BR1 1DE</x:v>
+        <x:v>N9 0PD</x:v>
       </x:c>
       <x:c r="G995" t="str">
-        <x:v>riskandcompliance@thackraywilliams.com</x:v>
+        <x:v>**_*</x:v>
       </x:c>
       <x:c r="H995" t="str">
-        <x:v>0208 290 0440</x:v>
+        <x:v>02088871360</x:v>
       </x:c>
     </x:row>
     <x:row r="996">
       <x:c r="A996" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B996" t="str">
-        <x:v>15 Pembroke Road</x:v>
+        <x:v>2 Hall Square</x:v>
       </x:c>
       <x:c r="C996" t="str">
         <x:v/>
       </x:c>
       <x:c r="D996" t="str">
-        <x:v>Sevenoaks</x:v>
+        <x:v>Denbigh</x:v>
       </x:c>
       <x:c r="E996" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Denbighshire</x:v>
       </x:c>
       <x:c r="F996" t="str">
-        <x:v>TN13 1XR</x:v>
+        <x:v>LL16 3PA</x:v>
       </x:c>
       <x:c r="G996" t="str">
-        <x:v>riskandcompliance@thackraywilliams.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H996" t="str">
-        <x:v>01732 496496</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="997">
       <x:c r="A997" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B997" t="str">
-        <x:v>125 Old Broad Street</x:v>
+        <x:v>Church House, High Street</x:v>
       </x:c>
       <x:c r="C997" t="str">
         <x:v/>
       </x:c>
       <x:c r="D997" t="str">
-        <x:v>London</x:v>
+        <x:v>St Asaph</x:v>
       </x:c>
       <x:c r="E997" t="str">
-        <x:v>London</x:v>
+        <x:v>Denbighshire</x:v>
       </x:c>
       <x:c r="F997" t="str">
-        <x:v>EC2N 1AR</x:v>
+        <x:v>LL17 0RD</x:v>
       </x:c>
       <x:c r="G997" t="str">
-        <x:v>riskandcompliance@thackraywilliams.com</x:v>
+        <x:v>michaelt@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H997" t="str">
-        <x:v>020 8290 0440</x:v>
+        <x:v>01745 582535</x:v>
       </x:c>
     </x:row>
     <x:row r="998">
       <x:c r="A998" t="str">
-        <x:v>Thompson &amp; Jackson Solicitors LLP</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B998" t="str">
-        <x:v>Hyder House</x:v>
+        <x:v>Trinity Square Business Centre</x:v>
       </x:c>
       <x:c r="C998" t="str">
-        <x:v>680 Budshead Road</x:v>
+        <x:v>3 Trinity Square</x:v>
       </x:c>
       <x:c r="D998" t="str">
-        <x:v>Plymouth</x:v>
+        <x:v>Llandudno</x:v>
       </x:c>
       <x:c r="E998" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F998" t="str">
-        <x:v>PL6 5XR</x:v>
+        <x:v>LL30 2PY</x:v>
       </x:c>
       <x:c r="G998" t="str">
-        <x:v/>
+        <x:v>law@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H998" t="str">
-        <x:v/>
+        <x:v>01492 876271</x:v>
       </x:c>
     </x:row>
     <x:row r="999">
       <x:c r="A999" t="str">
-        <x:v>Tickle Hall Cross Limited</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B999" t="str">
-        <x:v>Carlton Chambers</x:v>
+        <x:v>23 Clwyd Street</x:v>
       </x:c>
       <x:c r="C999" t="str">
-        <x:v>25 Hardshaw Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D999" t="str">
-        <x:v/>
+        <x:v>Ruthin</x:v>
       </x:c>
       <x:c r="E999" t="str">
-        <x:v/>
+        <x:v>Denbighshire</x:v>
       </x:c>
       <x:c r="F999" t="str">
-        <x:v>WA10 1RP</x:v>
+        <x:v>LL15 1HH</x:v>
       </x:c>
       <x:c r="G999" t="str">
-        <x:v>NicolaK@ticklehallcross.co.uk </x:v>
+        <x:v>law@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H999" t="str">
-        <x:v>01744746073</x:v>
+        <x:v>01824 703833</x:v>
       </x:c>
     </x:row>
     <x:row r="1000">
       <x:c r="A1000" t="str">
-        <x:v>Tickle Hall Cross Limited</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B1000" t="str">
-        <x:v>2 Derby Street</x:v>
+        <x:v>2 New Street</x:v>
       </x:c>
       <x:c r="C1000" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1000" t="str">
-        <x:v>Prescot</x:v>
+        <x:v>Mold</x:v>
       </x:c>
       <x:c r="E1000" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Flintshire</x:v>
       </x:c>
       <x:c r="F1000" t="str">
-        <x:v>L34 3LJ</x:v>
+        <x:v>CH7 1NZ</x:v>
       </x:c>
       <x:c r="G1000" t="str">
-        <x:v>joanneh@ticklehallcross.co.uk</x:v>
+        <x:v>law@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H1000" t="str">
-        <x:v>01744 733333 </x:v>
+        <x:v>01352871960</x:v>
       </x:c>
     </x:row>
     <x:row r="1001">
       <x:c r="A1001" t="str">
-        <x:v>Tolhurst Fisher LLP</x:v>
+        <x:v>Sweeney Miller LLP</x:v>
       </x:c>
       <x:c r="B1001" t="str">
-        <x:v>Trafalgar House</x:v>
+        <x:v>Bulman House, Regent Centre, Henry Street</x:v>
       </x:c>
       <x:c r="C1001" t="str">
-        <x:v> 8-10 Nelson Street</x:v>
+        <x:v>Gosforth</x:v>
       </x:c>
       <x:c r="D1001" t="str">
-        <x:v>Southend-on-Sea</x:v>
+        <x:v>Newcastle Upon Tyne</x:v>
       </x:c>
       <x:c r="E1001" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F1001" t="str">
-        <x:v>SS1 1EF</x:v>
+        <x:v>NE3 3LS</x:v>
       </x:c>
       <x:c r="G1001" t="str">
-        <x:v>clatham@tolhurstfisher.com</x:v>
+        <x:v>Millie.Orr@sweeneymiller.co.uk</x:v>
       </x:c>
       <x:c r="H1001" t="str">
-        <x:v>01702 352511</x:v>
+        <x:v>03459005401</x:v>
       </x:c>
     </x:row>
     <x:row r="1002">
       <x:c r="A1002" t="str">
-        <x:v>Tolhurst Fisher LLP</x:v>
+        <x:v>Sweeney Miller LLP</x:v>
       </x:c>
       <x:c r="B1002" t="str">
-        <x:v>Whitelands Business Centre</x:v>
+        <x:v>Kingsway House</x:v>
       </x:c>
       <x:c r="C1002" t="str">
-        <x:v>Terling Road, Hatfield Peverel</x:v>
+        <x:v>Riverbank Road</x:v>
       </x:c>
       <x:c r="D1002" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Sunderland</x:v>
       </x:c>
       <x:c r="E1002" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F1002" t="str">
-        <x:v>CM3 2AG</x:v>
+        <x:v>SR5 3JJ</x:v>
       </x:c>
       <x:c r="G1002" t="str">
-        <x:v/>
+        <x:v>enquiries@sweeneymiller.co.uk</x:v>
       </x:c>
       <x:c r="H1002" t="str">
-        <x:v>01245 495111</x:v>
+        <x:v>0191 568 2050</x:v>
       </x:c>
     </x:row>
     <x:row r="1003">
       <x:c r="A1003" t="str">
-        <x:v>Tonner Johns Ratti Limited</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1003" t="str">
-        <x:v>48 Walter Road</x:v>
+        <x:v>19 Cheapside</x:v>
       </x:c>
       <x:c r="C1003" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1003" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E1003" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1003" t="str">
-        <x:v>SA1 5PW</x:v>
+        <x:v>WF1 2SD</x:v>
       </x:c>
       <x:c r="G1003" t="str">
-        <x:v>law@tonnerjohns.co.uk</x:v>
+        <x:v>help@switalskis.com</x:v>
       </x:c>
       <x:c r="H1003" t="str">
-        <x:v>01792 643296</x:v>
+        <x:v>01924 882000</x:v>
       </x:c>
     </x:row>
     <x:row r="1004">
       <x:c r="A1004" t="str">
-        <x:v>Tozers LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1004" t="str">
-        <x:v>North Door</x:v>
+        <x:v>Cranbourne House</x:v>
       </x:c>
       <x:c r="C1004" t="str">
-        <x:v>Broadwalk House, Southernhay West</x:v>
+        <x:v>36 Gracious Street</x:v>
       </x:c>
       <x:c r="D1004" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Knaresborough</x:v>
       </x:c>
       <x:c r="E1004" t="str">
-        <x:v>Devon</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F1004" t="str">
-        <x:v>EX1 1UA</x:v>
+        <x:v>HG5 8DS</x:v>
       </x:c>
       <x:c r="G1004" t="str">
-        <x:v>p.kelly@tozers.co.uk</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1004" t="str">
-        <x:v>01392 207 020</x:v>
+        <x:v>01423 869977</x:v>
       </x:c>
     </x:row>
     <x:row r="1005">
       <x:c r="A1005" t="str">
-        <x:v>Tozers LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1005" t="str">
-        <x:v>2-3 Orchard Gardens</x:v>
+        <x:v>Floor 9 West Village</x:v>
       </x:c>
       <x:c r="C1005" t="str">
-        <x:v/>
+        <x:v>114 Wellington Street</x:v>
       </x:c>
       <x:c r="D1005" t="str">
-        <x:v>Teignmouth</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E1005" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1005" t="str">
-        <x:v>TQ14 8DR</x:v>
+        <x:v>LS1 1BA</x:v>
       </x:c>
       <x:c r="G1005" t="str">
-        <x:v>p.zaleski@tozers.co.uk</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1005" t="str">
-        <x:v>01626 772376</x:v>
+        <x:v>0113 223 1400</x:v>
       </x:c>
     </x:row>
     <x:row r="1006">
       <x:c r="A1006" t="str">
-        <x:v>Tozers LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1006" t="str">
-        <x:v>10 St Pauls Road</x:v>
+        <x:v>49 Ropergate</x:v>
       </x:c>
       <x:c r="C1006" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1006" t="str">
-        <x:v>Newton Abbot</x:v>
+        <x:v>Pontefract</x:v>
       </x:c>
       <x:c r="E1006" t="str">
-        <x:v>Devon</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1006" t="str">
-        <x:v>TQ12 4PR</x:v>
+        <x:v>WF8 1JZ</x:v>
       </x:c>
       <x:c r="G1006" t="str">
-        <x:v>m.meleady@tozers.co.uk</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1006" t="str">
-        <x:v>01626 207020</x:v>
+        <x:v>01977 703215</x:v>
       </x:c>
     </x:row>
     <x:row r="1007">
       <x:c r="A1007" t="str">
-        <x:v>TQ Law Limited</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1007" t="str">
-        <x:v>54 Church Street</x:v>
+        <x:v>East Wing Ground Floor, Scorex House East</x:v>
       </x:c>
       <x:c r="C1007" t="str">
-        <x:v/>
+        <x:v>1 Bolton Road</x:v>
       </x:c>
       <x:c r="D1007" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E1007" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1007" t="str">
-        <x:v>WN7 1AZ</x:v>
+        <x:v>BD1 4AS</x:v>
       </x:c>
       <x:c r="G1007" t="str">
-        <x:v>**</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1007" t="str">
-        <x:v>01942671166</x:v>
+        <x:v>01274 720 314</x:v>
       </x:c>
     </x:row>
     <x:row r="1008">
       <x:c r="A1008" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1008" t="str">
-        <x:v>Space House 22-24 </x:v>
+        <x:v>24-26 Paradise Square</x:v>
       </x:c>
       <x:c r="C1008" t="str">
-        <x:v>Oxford Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1008" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E1008" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1008" t="str">
-        <x:v>BH8 8EZ</x:v>
+        <x:v>S1 2DE</x:v>
       </x:c>
       <x:c r="G1008" t="str">
-        <x:v/>
+        <x:v>help@switalskis.com</x:v>
       </x:c>
       <x:c r="H1008" t="str">
-        <x:v/>
+        <x:v>0114 349 2300</x:v>
       </x:c>
     </x:row>
     <x:row r="1009">
       <x:c r="A1009" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1009" t="str">
-        <x:v>The Pavilion, Grange Drive, Hedge End</x:v>
+        <x:v>Jordan House West, Hall Court</x:v>
       </x:c>
       <x:c r="C1009" t="str">
-        <x:v/>
+        <x:v>Hall Park Way</x:v>
       </x:c>
       <x:c r="D1009" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Town Centre</x:v>
       </x:c>
       <x:c r="E1009" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="F1009" t="str">
-        <x:v>SO30 2AF</x:v>
+        <x:v>TF3 4NJ</x:v>
       </x:c>
       <x:c r="G1009" t="str">
-        <x:v>jon.laidler@trethowans.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1009" t="str">
-        <x:v>02380321000</x:v>
+        <x:v>0800 118 1500</x:v>
       </x:c>
     </x:row>
     <x:row r="1010">
       <x:c r="A1010" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1010" t="str">
-        <x:v>London Road Office Park</x:v>
+        <x:v>2 Station Road</x:v>
       </x:c>
       <x:c r="C1010" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1010" t="str">
-        <x:v>Salisbury</x:v>
+        <x:v>Codsall</x:v>
       </x:c>
       <x:c r="E1010" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F1010" t="str">
-        <x:v>SP1 3HP</x:v>
+        <x:v>WV8 1BX</x:v>
       </x:c>
       <x:c r="G1010" t="str">
-        <x:v>david.franklin@trethowans.com</x:v>
+        <x:v>propertyteamwolverhampton@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1010" t="str">
-        <x:v>01722 426985</x:v>
+        <x:v>01902 843427</x:v>
       </x:c>
     </x:row>
     <x:row r="1011">
       <x:c r="A1011" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1011" t="str">
-        <x:v>Sheridan House, 40-43 Jewry Street</x:v>
+        <x:v>30 Church Street</x:v>
       </x:c>
       <x:c r="C1011" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1011" t="str">
-        <x:v>Winchester</x:v>
+        <x:v>Kidderminster</x:v>
       </x:c>
       <x:c r="E1011" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F1011" t="str">
-        <x:v>SO23 8RY</x:v>
+        <x:v>DY10 2AX</x:v>
       </x:c>
       <x:c r="G1011" t="str">
-        <x:v>info@trethowans.com</x:v>
+        <x:v>propertyteamkidderminster@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1011" t="str">
-        <x:v>01962 670677</x:v>
+        <x:v>01562 749910</x:v>
       </x:c>
     </x:row>
     <x:row r="1012">
       <x:c r="A1012" t="str">
-        <x:v>Trethowans LLP (Merchants House)</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1012" t="str">
-        <x:v>Merchants House</x:v>
+        <x:v>Seymour House, 15a Frederick Road</x:v>
       </x:c>
       <x:c r="C1012" t="str">
-        <x:v>Vanguard Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1012" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Edgbaston</x:v>
       </x:c>
       <x:c r="E1012" t="str">
-        <x:v/>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="F1012" t="str">
-        <x:v>BH15 1PH</x:v>
+        <x:v>B15 1JD</x:v>
       </x:c>
       <x:c r="G1012" t="str">
-        <x:v>07793 816844</x:v>
+        <x:v>info@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1012" t="str">
-        <x:v/>
+        <x:v>01214563696</x:v>
       </x:c>
     </x:row>
     <x:row r="1013">
       <x:c r="A1013" t="str">
-        <x:v>True Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1013" t="str">
-        <x:v>Portland House</x:v>
+        <x:v>Bridge House</x:v>
       </x:c>
       <x:c r="C1013" t="str">
-        <x:v>New Bridge Street West</x:v>
+        <x:v>River Side North</x:v>
       </x:c>
       <x:c r="D1013" t="str">
-        <x:v>Newcastle upon Tyne</x:v>
+        <x:v>Bewdley</x:v>
       </x:c>
       <x:c r="E1013" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1013" t="str">
-        <x:v>NE1 8AP</x:v>
+        <x:v>DY12 1AB</x:v>
       </x:c>
       <x:c r="G1013" t="str">
-        <x:v>patricia.hall@true.co.uk</x:v>
+        <x:v>PropertyTeamBewdley@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1013" t="str">
-        <x:v>0191 2606546</x:v>
+        <x:v>01299 402741</x:v>
       </x:c>
     </x:row>
     <x:row r="1014">
       <x:c r="A1014" t="str">
-        <x:v>TTS Legal Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1014" t="str">
-        <x:v>2Nd Floor Mezzanine</x:v>
+        <x:v>23 Foregate Street</x:v>
       </x:c>
       <x:c r="C1014" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1014" t="str">
-        <x:v>53 New Oxford Street</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E1014" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1014" t="str">
-        <x:v>WC1A 1BL </x:v>
+        <x:v>WR1 1DN</x:v>
       </x:c>
       <x:c r="G1014" t="str">
-        <x:v/>
+        <x:v>newbusiness@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1014" t="str">
-        <x:v/>
+        <x:v>01905 727700</x:v>
       </x:c>
     </x:row>
     <x:row r="1015">
       <x:c r="A1015" t="str">
-        <x:v>TTS Legal Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1015" t="str">
-        <x:v>20 Old Bond Street</x:v>
+        <x:v>91 Cheshire Street</x:v>
       </x:c>
       <x:c r="C1015" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1015" t="str">
-        <x:v>Bath</x:v>
+        <x:v>Market Drayton</x:v>
       </x:c>
       <x:c r="E1015" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1015" t="str">
-        <x:v>BA1 1BP</x:v>
+        <x:v>TF9 3AF</x:v>
       </x:c>
       <x:c r="G1015" t="str">
-        <x:v>michael@ttslegal.com</x:v>
+        <x:v>david@onionsanddavies.co.uk</x:v>
       </x:c>
       <x:c r="H1015" t="str">
-        <x:v>01225 696 333</x:v>
+        <x:v>01630 652405</x:v>
       </x:c>
     </x:row>
     <x:row r="1016">
       <x:c r="A1016" t="str">
-        <x:v>TTS Legal Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1016" t="str">
-        <x:v>1-4 the Parade</x:v>
+        <x:v>Hays House</x:v>
       </x:c>
       <x:c r="C1016" t="str">
-        <x:v>Monarch Way</x:v>
+        <x:v>25 Albion St</x:v>
       </x:c>
       <x:c r="D1016" t="str">
-        <x:v>Ilford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1016" t="str">
-        <x:v/>
+        <x:v>Stoke-on-Trent</x:v>
       </x:c>
       <x:c r="F1016" t="str">
-        <x:v>IG2 7HT</x:v>
+        <x:v>ST1 1QF</x:v>
       </x:c>
       <x:c r="G1016" t="str">
-        <x:v>anthony@ttslegal.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1016" t="str">
-        <x:v>02030869550</x:v>
+        <x:v>01782 262031</x:v>
       </x:c>
     </x:row>
     <x:row r="1017">
       <x:c r="A1017" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1017" t="str">
-        <x:v>7&amp;9 Queens Road</x:v>
+        <x:v>10 Derby Street</x:v>
       </x:c>
       <x:c r="C1017" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1017" t="str">
-        <x:v>Wimbledon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1017" t="str">
-        <x:v>London</x:v>
+        <x:v>Leek</x:v>
       </x:c>
       <x:c r="F1017" t="str">
-        <x:v>SW19 8NG</x:v>
+        <x:v>ST13 5AW</x:v>
       </x:c>
       <x:c r="G1017" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1017" t="str">
-        <x:v>02089466454</x:v>
+        <x:v>01538 399332</x:v>
       </x:c>
     </x:row>
     <x:row r="1018">
       <x:c r="A1018" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1018" t="str">
-        <x:v>40 West Street</x:v>
+        <x:v>47 High St</x:v>
       </x:c>
       <x:c r="C1018" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1018" t="str">
-        <x:v>Reigate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1018" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Sandbach</x:v>
       </x:c>
       <x:c r="F1018" t="str">
-        <x:v>RH2 9BT</x:v>
+        <x:v>CW11 1FT</x:v>
       </x:c>
       <x:c r="G1018" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1018" t="str">
-        <x:v>01737221212</x:v>
+        <x:v>01782 652300</x:v>
       </x:c>
     </x:row>
     <x:row r="1019">
       <x:c r="A1019" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1019" t="str">
-        <x:v>123 High Street</x:v>
+        <x:v>First Floor, 153 Avon Road</x:v>
       </x:c>
       <x:c r="C1019" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1019" t="str">
-        <x:v>Epsom</x:v>
+        <x:v>Cannock</x:v>
       </x:c>
       <x:c r="E1019" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1019" t="str">
-        <x:v>KT19 8AU</x:v>
+        <x:v>WS11 1LF</x:v>
       </x:c>
       <x:c r="G1019" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v>RachelAspinall@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1019" t="str">
-        <x:v>01372 729555</x:v>
+        <x:v>01384 984330</x:v>
       </x:c>
     </x:row>
     <x:row r="1020">
       <x:c r="A1020" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1020" t="str">
-        <x:v>Sweech House</x:v>
+        <x:v>10 The Quadrant</x:v>
       </x:c>
       <x:c r="C1020" t="str">
-        <x:v>2-8 Gravel Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1020" t="str">
-        <x:v>Leatherhead</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E1020" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1020" t="str">
-        <x:v>KT22 7HF</x:v>
+        <x:v>CV1 2EL</x:v>
       </x:c>
       <x:c r="G1020" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1020" t="str">
-        <x:v>01372374148</x:v>
+        <x:v>08001181500</x:v>
       </x:c>
     </x:row>
     <x:row r="1021">
       <x:c r="A1021" t="str">
-        <x:v>Twm Solicitors LLP (Guildford)</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1021" t="str">
-        <x:v>65 Woodbridge Road</x:v>
+        <x:v>9 Waterloo Road</x:v>
       </x:c>
       <x:c r="C1021" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1021" t="str">
-        <x:v>Guildford</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E1021" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1021" t="str">
-        <x:v>GU1 4RD</x:v>
+        <x:v>WV1 4NB</x:v>
       </x:c>
       <x:c r="G1021" t="str">
-        <x:v>instructions@twmsolicitors.com</x:v>
+        <x:v>iancox@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1021" t="str">
-        <x:v>01483 752700</x:v>
+        <x:v>01902 427561</x:v>
       </x:c>
     </x:row>
     <x:row r="1022">
       <x:c r="A1022" t="str">
-        <x:v>Underwood Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1022" t="str">
-        <x:v>40 Welbeck Street</x:v>
+        <x:v>Ground Floor Unit 7 Waterfront Business Park</x:v>
       </x:c>
       <x:c r="C1022" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1022" t="str">
-        <x:v>London</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="E1022" t="str">
-        <x:v/>
+        <x:v>Brierley Hill</x:v>
       </x:c>
       <x:c r="F1022" t="str">
-        <x:v>W1G 8LN</x:v>
+        <x:v>DY5 1LX</x:v>
       </x:c>
       <x:c r="G1022" t="str">
-        <x:v>nsabharwal@underwoodco.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1022" t="str">
-        <x:v>020 7526 6000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1023">
       <x:c r="A1023" t="str">
-        <x:v>Unsworth Rose (Solicitors) LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1023" t="str">
-        <x:v>19 Princess Road</x:v>
+        <x:v>Morgan House,</x:v>
       </x:c>
       <x:c r="C1023" t="str">
-        <x:v/>
+        <x:v>25-27 Hagley Road</x:v>
       </x:c>
       <x:c r="D1023" t="str">
-        <x:v>London</x:v>
+        <x:v>Stourbridge</x:v>
       </x:c>
       <x:c r="E1023" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1023" t="str">
-        <x:v>NW1 8JR</x:v>
+        <x:v>DY8 1QH</x:v>
       </x:c>
       <x:c r="G1023" t="str">
-        <x:v>rj@unsworthrose.co.uk</x:v>
+        <x:v>info@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1023" t="str">
-        <x:v>0207 4834411</x:v>
+        <x:v>01384 445850</x:v>
       </x:c>
     </x:row>
     <x:row r="1024">
       <x:c r="A1024" t="str">
-        <x:v>Vas Solicitors Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1024" t="str">
-        <x:v>278 High Street</x:v>
+        <x:v>Inhedge House, </x:v>
       </x:c>
       <x:c r="C1024" t="str">
-        <x:v/>
+        <x:v>31 Wolverhampton Street</x:v>
       </x:c>
       <x:c r="D1024" t="str">
-        <x:v>Sutton</x:v>
+        <x:v>Dudley</x:v>
       </x:c>
       <x:c r="E1024" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1024" t="str">
-        <x:v>SM1 1PG</x:v>
+        <x:v>DY1 1DB</x:v>
       </x:c>
       <x:c r="G1024" t="str">
-        <x:v>vas@vassolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1024" t="str">
-        <x:v>02031 372298</x:v>
+        <x:v>01384 447777</x:v>
       </x:c>
     </x:row>
     <x:row r="1025">
       <x:c r="A1025" t="str">
-        <x:v>Vas Solicitors Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1025" t="str">
-        <x:v>156 London Road,</x:v>
+        <x:v>5-7 Hagley Road</x:v>
       </x:c>
       <x:c r="C1025" t="str">
-        <x:v/>
+        <x:v>Halesowen</x:v>
       </x:c>
       <x:c r="D1025" t="str">
-        <x:v>Mitcham,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1025" t="str">
-        <x:v>Surrey,</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1025" t="str">
-        <x:v>CR4 3LD</x:v>
+        <x:v>B63 4PU</x:v>
       </x:c>
       <x:c r="G1025" t="str">
-        <x:v>vas@vassolicitors.co.uk</x:v>
+        <x:v>info@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1025" t="str">
-        <x:v>02031372598</x:v>
+        <x:v>0121 647 3970</x:v>
       </x:c>
     </x:row>
     <x:row r="1026">
       <x:c r="A1026" t="str">
-        <x:v>VC Law Ltd</x:v>
+        <x:v>Tallents Solicitors</x:v>
       </x:c>
       <x:c r="B1026" t="str">
-        <x:v>56 Tithebarn Street</x:v>
+        <x:v>28a West Gate</x:v>
       </x:c>
       <x:c r="C1026" t="str">
-        <x:v/>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="D1026" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1026" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F1026" t="str">
-        <x:v>L2 2SR </x:v>
+        <x:v>NG18 1RS</x:v>
       </x:c>
       <x:c r="G1026" t="str">
-        <x:v/>
+        <x:v>info@tallents.co.uk</x:v>
       </x:c>
       <x:c r="H1026" t="str">
-        <x:v>0151 318 7500</x:v>
+        <x:v>01623 666700</x:v>
       </x:c>
     </x:row>
     <x:row r="1027">
       <x:c r="A1027" t="str">
-        <x:v>VC Law Ltd</x:v>
+        <x:v>Tallents Solicitors</x:v>
       </x:c>
       <x:c r="B1027" t="str">
-        <x:v>18 Post Office Avenue</x:v>
+        <x:v>3 Middle Gate</x:v>
       </x:c>
       <x:c r="C1027" t="str">
-        <x:v>Southport</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1027" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Newark</x:v>
       </x:c>
       <x:c r="E1027" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F1027" t="str">
-        <x:v>PR9 0US</x:v>
+        <x:v>NG24 1AQ</x:v>
       </x:c>
       <x:c r="G1027" t="str">
-        <x:v>enquiries@vclaw.co.uk</x:v>
+        <x:v>info@tallents.co.uk</x:v>
       </x:c>
       <x:c r="H1027" t="str">
-        <x:v>01704 61710</x:v>
+        <x:v>01636 671881</x:v>
       </x:c>
     </x:row>
     <x:row r="1028">
       <x:c r="A1028" t="str">
-        <x:v>Vincents Solicitors Ltd</x:v>
+        <x:v>Tallents Solicitors</x:v>
       </x:c>
       <x:c r="B1028" t="str">
-        <x:v>Unit 16</x:v>
+        <x:v>2 Westgate</x:v>
       </x:c>
       <x:c r="C1028" t="str">
-        <x:v>1-3 Uxbridge Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1028" t="str">
-        <x:v>Hayes</x:v>
+        <x:v>Southwell</x:v>
       </x:c>
       <x:c r="E1028" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F1028" t="str">
-        <x:v>UB4 0JN</x:v>
+        <x:v>NG25 0JJ</x:v>
       </x:c>
       <x:c r="G1028" t="str">
-        <x:v/>
+        <x:v>emilia.chow@tallents.co.uk</x:v>
       </x:c>
       <x:c r="H1028" t="str">
-        <x:v/>
+        <x:v>01636813411</x:v>
       </x:c>
     </x:row>
     <x:row r="1029">
       <x:c r="A1029" t="str">
-        <x:v>Vivash Brand LLP</x:v>
+        <x:v>Taylor &amp; Emmet Limited Liability Partnership</x:v>
       </x:c>
       <x:c r="B1029" t="str">
-        <x:v>Nonsuch House, </x:v>
+        <x:v>61B Sheffield Road</x:v>
       </x:c>
       <x:c r="C1029" t="str">
-        <x:v>538-542 London Road, Cheam</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1029" t="str">
-        <x:v>Sutton</x:v>
+        <x:v>Dronfield</x:v>
       </x:c>
       <x:c r="E1029" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F1029" t="str">
-        <x:v>SM3 9AA</x:v>
+        <x:v>S18 2GF</x:v>
       </x:c>
       <x:c r="G1029" t="str">
-        <x:v>mr@vbllp.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1029" t="str">
-        <x:v>0208 641 2771</x:v>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1030">
       <x:c r="A1030" t="str">
-        <x:v>Vyman Solicitors Limited</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1030" t="str">
-        <x:v>104 College Road</x:v>
+        <x:v>20 Arundel Gate</x:v>
       </x:c>
       <x:c r="C1030" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1030" t="str">
-        <x:v>Harrow</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E1030" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1030" t="str">
-        <x:v>HA1 1BQ</x:v>
+        <x:v>S1 2PP</x:v>
       </x:c>
       <x:c r="G1030" t="str">
-        <x:v>anup.vyas@vyman.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1030" t="str">
-        <x:v>020 8427 9080</x:v>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1031">
       <x:c r="A1031" t="str">
-        <x:v>Wadsworths Solicitors Limited</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1031" t="str">
-        <x:v>129 High Street</x:v>
+        <x:v>Bridge Street</x:v>
       </x:c>
       <x:c r="C1031" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1031" t="str">
-        <x:v>Henley in Arden</x:v>
+        <x:v>Bakewell</x:v>
       </x:c>
       <x:c r="E1031" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F1031" t="str">
-        <x:v>B95 5AU</x:v>
+        <x:v>DE45 1DS</x:v>
       </x:c>
       <x:c r="G1031" t="str">
-        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1031" t="str">
-        <x:v>01564 377 070</x:v>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1032">
       <x:c r="A1032" t="str">
-        <x:v>Wadsworths Solicitors Limited</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1032" t="str">
-        <x:v>16-21 Church Street</x:v>
+        <x:v>1 Ecclesall Road South</x:v>
       </x:c>
       <x:c r="C1032" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1032" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E1032" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1032" t="str">
-        <x:v>B79 7DH</x:v>
+        <x:v>S11 9PA</x:v>
       </x:c>
       <x:c r="G1032" t="str">
-        <x:v>michael.wadsworth@wadsworthslaw.co.uk</x:v>
+        <x:v>lms@tayloremmet.co.uk</x:v>
       </x:c>
       <x:c r="H1032" t="str">
-        <x:v>0182765765</x:v>
+        <x:v>0114 218 4000 </x:v>
       </x:c>
     </x:row>
     <x:row r="1033">
       <x:c r="A1033" t="str">
-        <x:v>Wadsworths Solicitors Ltd</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1033" t="str">
-        <x:v>325 Stratford Road,</x:v>
+        <x:v>15 High Street</x:v>
       </x:c>
       <x:c r="C1033" t="str">
-        <x:v>Shirley,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1033" t="str">
-        <x:v>Solihull,</x:v>
+        <x:v>Rotherham</x:v>
       </x:c>
       <x:c r="E1033" t="str">
-        <x:v>West Midlands,</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1033" t="str">
-        <x:v>B90 3BL</x:v>
+        <x:v>S60 1PT</x:v>
       </x:c>
       <x:c r="G1033" t="str">
-        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
+        <x:v>lms@tayloremmet.co.uk</x:v>
       </x:c>
       <x:c r="H1033" t="str">
-        <x:v>01217458550</x:v>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1034">
       <x:c r="A1034" t="str">
-        <x:v>Wainwright &amp; Cummins LLP</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1034" t="str">
-        <x:v>57-61 Atlantic Road</x:v>
+        <x:v>Thremhall Park, Start Hill</x:v>
       </x:c>
       <x:c r="C1034" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1034" t="str">
-        <x:v>London</x:v>
+        <x:v>Bishops Stortford</x:v>
       </x:c>
       <x:c r="E1034" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1034" t="str">
-        <x:v>SW9 8PU</x:v>
+        <x:v>CM22 7WE</x:v>
       </x:c>
       <x:c r="G1034" t="str">
-        <x:v>andrew.wainwright@wainwrightcummins.co.uk</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1034" t="str">
-        <x:v>0207 095 5700</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1035">
       <x:c r="A1035" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1035" t="str">
-        <x:v>Capstan House</x:v>
+        <x:v>1st and 2nd Floor, 5-7 Railway Street</x:v>
       </x:c>
       <x:c r="C1035" t="str">
-        <x:v>3 The Waterfront, Level Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1035" t="str">
-        <x:v>Brierley Hill</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E1035" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1035" t="str">
-        <x:v>DY5 1XL</x:v>
+        <x:v>SG14 1BG</x:v>
       </x:c>
       <x:c r="G1035" t="str">
-        <x:v>lawyers@waldrons.co.uk </x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1035" t="str">
-        <x:v>01384 811811</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1036">
       <x:c r="A1036" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1036" t="str">
-        <x:v>City Walls House</x:v>
+        <x:v>267A Broadway</x:v>
       </x:c>
       <x:c r="C1036" t="str">
-        <x:v>26 Sidbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1036" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Bexleyheath</x:v>
       </x:c>
       <x:c r="E1036" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1036" t="str">
-        <x:v>WR1 2HZ</x:v>
+        <x:v>DA6 8DB</x:v>
       </x:c>
       <x:c r="G1036" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1036" t="str">
-        <x:v>01905 900900</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1037">
       <x:c r="A1037" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1037" t="str">
-        <x:v>813 High Street</x:v>
+        <x:v>Foundry, 78 The Beacon</x:v>
       </x:c>
       <x:c r="C1037" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1037" t="str">
-        <x:v>Kingswinford</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E1037" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1037" t="str">
-        <x:v>DY6 8AD</x:v>
+        <x:v>BN21 3NW</x:v>
       </x:c>
       <x:c r="G1037" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1037" t="str">
-        <x:v/>
+        <x:v>01323 405250</x:v>
       </x:c>
     </x:row>
     <x:row r="1038">
       <x:c r="A1038" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1038" t="str">
-        <x:v>34 Dudley Court, The Inhedge</x:v>
+        <x:v>PLATF9RM, Hove Town Hall</x:v>
       </x:c>
       <x:c r="C1038" t="str">
-        <x:v/>
+        <x:v>Church Road</x:v>
       </x:c>
       <x:c r="D1038" t="str">
-        <x:v>Dudley</x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E1038" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1038" t="str">
-        <x:v>DY1 1RR</x:v>
+        <x:v>BN3 2AF</x:v>
       </x:c>
       <x:c r="G1038" t="str">
-        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1038" t="str">
-        <x:v>01384 811811</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1039">
       <x:c r="A1039" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1039" t="str">
-        <x:v>4th Floor, Townend House, Park Street</x:v>
+        <x:v>Interchange House,</x:v>
       </x:c>
       <x:c r="C1039" t="str">
-        <x:v/>
+        <x:v>Station Road</x:v>
       </x:c>
       <x:c r="D1039" t="str">
-        <x:v>Walsall</x:v>
+        <x:v>Croydon</x:v>
       </x:c>
       <x:c r="E1039" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1039" t="str">
-        <x:v>WS1 1NS</x:v>
+        <x:v>CR0 2RD</x:v>
       </x:c>
       <x:c r="G1039" t="str">
-        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1039" t="str">
-        <x:v>01384 811811</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1040">
       <x:c r="A1040" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1040" t="str">
-        <x:v>3 High Street</x:v>
+        <x:v>138 High Street</x:v>
       </x:c>
       <x:c r="C1040" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1040" t="str">
-        <x:v>Skipton</x:v>
+        <x:v>Sevenoaks</x:v>
       </x:c>
       <x:c r="E1040" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1040" t="str">
-        <x:v>BD23 1AA</x:v>
+        <x:v>TN13 1XE</x:v>
       </x:c>
       <x:c r="G1040" t="str">
-        <x:v>jls@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1040" t="str">
-        <x:v>01756 700200</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1041">
       <x:c r="A1041" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1041" t="str">
-        <x:v>63 Kirkgate</x:v>
+        <x:v>Cantium House</x:v>
       </x:c>
       <x:c r="C1041" t="str">
-        <x:v>Silsden</x:v>
+        <x:v>Railway Approach</x:v>
       </x:c>
       <x:c r="D1041" t="str">
-        <x:v>Keighley</x:v>
+        <x:v>Wallington</x:v>
       </x:c>
       <x:c r="E1041" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1041" t="str">
-        <x:v>BD20 0PB</x:v>
+        <x:v>SM6 0DZ</x:v>
       </x:c>
       <x:c r="G1041" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1041" t="str">
-        <x:v>01535 656000</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1042">
       <x:c r="A1042" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1042" t="str">
-        <x:v>27 Riddings Road</x:v>
+        <x:v>Swan Court</x:v>
       </x:c>
       <x:c r="C1042" t="str">
-        <x:v/>
+        <x:v>11 Worple Road</x:v>
       </x:c>
       <x:c r="D1042" t="str">
-        <x:v>Ilkley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1042" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1042" t="str">
-        <x:v>LS29 9LX</x:v>
+        <x:v>SW19 4JS</x:v>
       </x:c>
       <x:c r="G1042" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1042" t="str">
-        <x:v>01943 609969</x:v>
+        <x:v>020 8944 0082</x:v>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1043" t="str">
-        <x:v>The Old White Horse</x:v>
+        <x:v>16-18 Chapel Road</x:v>
       </x:c>
       <x:c r="C1043" t="str">
-        <x:v>Market Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1043" t="str">
-        <x:v>Settle</x:v>
+        <x:v>Worthing</x:v>
       </x:c>
       <x:c r="E1043" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>West Sussex</x:v>
       </x:c>
       <x:c r="F1043" t="str">
-        <x:v>BD24 9EF</x:v>
+        <x:v>BN11 1BJ</x:v>
       </x:c>
       <x:c r="G1043" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1043" t="str">
-        <x:v>01792 811240</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1044" t="str">
-        <x:v>First Floor, High Point House,</x:v>
+        <x:v>The White House, Wilderspool Park</x:v>
       </x:c>
       <x:c r="C1044" t="str">
-        <x:v>7 Victoria Avenue</x:v>
+        <x:v>Greenall’s Avenue</x:v>
       </x:c>
       <x:c r="D1044" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Warrington</x:v>
       </x:c>
       <x:c r="E1044" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1044" t="str">
-        <x:v>HG1 1EQ</x:v>
+        <x:v>WA4 6HL</x:v>
       </x:c>
       <x:c r="G1044" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1044" t="str">
-        <x:v>01423222950</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1045" t="str">
-        <x:v>Craven House</x:v>
+        <x:v>Bedford House</x:v>
       </x:c>
       <x:c r="C1045" t="str">
-        <x:v>Newtown</x:v>
+        <x:v>Fulham High Street</x:v>
       </x:c>
       <x:c r="D1045" t="str">
-        <x:v>Barnoldswick</x:v>
+        <x:v>Fulham</x:v>
       </x:c>
       <x:c r="E1045" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F1045" t="str">
-        <x:v>BB18 5UQ</x:v>
+        <x:v>SW6 3JW</x:v>
       </x:c>
       <x:c r="G1045" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1045" t="str">
-        <x:v>01282 812234</x:v>
+        <x:v>02035404444</x:v>
       </x:c>
     </x:row>
     <x:row r="1046">
       <x:c r="A1046" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1046" t="str">
-        <x:v>Century House</x:v>
+        <x:v>Parallel House, 32 London Road</x:v>
       </x:c>
       <x:c r="C1046" t="str">
-        <x:v>Thornfield Business Park, Standard Way Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1046" t="str">
-        <x:v>Northallerton</x:v>
+        <x:v>Guilford</x:v>
       </x:c>
       <x:c r="E1046" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1046" t="str">
-        <x:v>DL6 2XQ</x:v>
+        <x:v>GU1 2AB</x:v>
       </x:c>
       <x:c r="G1046" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1046" t="str">
-        <x:v>01609711158</x:v>
+        <x:v>01483 670 400</x:v>
       </x:c>
     </x:row>
     <x:row r="1047">
       <x:c r="A1047" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1047" t="str">
-        <x:v>Market Place</x:v>
+        <x:v>Cambridge House, South Block, Henry Street</x:v>
       </x:c>
       <x:c r="C1047" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1047" t="str">
-        <x:v>Ely</x:v>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E1047" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1047" t="str">
-        <x:v>CB7 4QN</x:v>
+        <x:v>BA1 1BT</x:v>
       </x:c>
       <x:c r="G1047" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1047" t="str">
-        <x:v/>
+        <x:v>01225 437050</x:v>
       </x:c>
     </x:row>
     <x:row r="1048">
       <x:c r="A1048" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1048" t="str">
-        <x:v>3 Regis Place, Bergen Way</x:v>
+        <x:v>Worldwide House</x:v>
       </x:c>
       <x:c r="C1048" t="str">
-        <x:v>North Lynn Industrial Estate</x:v>
+        <x:v>Thorpe Wood</x:v>
       </x:c>
       <x:c r="D1048" t="str">
-        <x:v>King's Lynn</x:v>
+        <x:v>Peterborough</x:v>
       </x:c>
       <x:c r="E1048" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F1048" t="str">
-        <x:v>PE30 2JN</x:v>
+        <x:v>PE3 6SB</x:v>
       </x:c>
       <x:c r="G1048" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1048" t="str">
-        <x:v>01553 660033</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1049">
       <x:c r="A1049" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose MW</x:v>
       </x:c>
       <x:c r="B1049" t="str">
-        <x:v>Chancery House</x:v>
+        <x:v>180 Brighton Road</x:v>
       </x:c>
       <x:c r="C1049" t="str">
-        <x:v>8 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1049" t="str">
-        <x:v>Heacham</x:v>
+        <x:v>Coulsdon</x:v>
       </x:c>
       <x:c r="E1049" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1049" t="str">
-        <x:v>PE31 7ER</x:v>
+        <x:v>CR5 2NF</x:v>
       </x:c>
       <x:c r="G1049" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1049" t="str">
-        <x:v>01485 571366</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1050">
       <x:c r="A1050" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose TTKW Limited</x:v>
       </x:c>
       <x:c r="B1050" t="str">
-        <x:v>Ventnor House, 11 London Street</x:v>
+        <x:v>56 High Street</x:v>
       </x:c>
       <x:c r="C1050" t="str">
-        <x:v/>
+        <x:v>Bognor Regis</x:v>
       </x:c>
       <x:c r="D1050" t="str">
-        <x:v>Swaffham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1050" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1050" t="str">
-        <x:v>PE37 7BW</x:v>
+        <x:v>PO21 1SP</x:v>
       </x:c>
       <x:c r="G1050" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H1050" t="str">
-        <x:v>01760 721992</x:v>
+        <x:v>01243213442</x:v>
       </x:c>
     </x:row>
     <x:row r="1051">
       <x:c r="A1051" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose TTKW Limited</x:v>
       </x:c>
       <x:c r="B1051" t="str">
-        <x:v>16-18 High Street</x:v>
+        <x:v>112 Timber Wharf</x:v>
       </x:c>
       <x:c r="C1051" t="str">
-        <x:v/>
+        <x:v>32 Worsley Street</x:v>
       </x:c>
       <x:c r="D1051" t="str">
-        <x:v>Dereham</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E1051" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F1051" t="str">
-        <x:v>NR19 1DR</x:v>
+        <x:v>M15 4NX</x:v>
       </x:c>
       <x:c r="G1051" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1051" t="str">
-        <x:v>01362 692182</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1052">
       <x:c r="A1052" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose TTKW Limited</x:v>
       </x:c>
       <x:c r="B1052" t="str">
-        <x:v>9 Park Street</x:v>
+        <x:v>1St Floor Clarendon Business Centre</x:v>
       </x:c>
       <x:c r="C1052" t="str">
-        <x:v/>
+        <x:v>Ealing Cross</x:v>
       </x:c>
       <x:c r="D1052" t="str">
-        <x:v>Chatteris</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1052" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Ealing</x:v>
       </x:c>
       <x:c r="F1052" t="str">
-        <x:v>PE16 6AB</x:v>
+        <x:v>W5 5BW</x:v>
       </x:c>
       <x:c r="G1052" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1052" t="str">
-        <x:v>01354 692607</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1053">
       <x:c r="A1053" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Temperley Taylor LLP</x:v>
       </x:c>
       <x:c r="B1053" t="str">
-        <x:v>21 London Road</x:v>
+        <x:v>Durham House</x:v>
       </x:c>
       <x:c r="C1053" t="str">
-        <x:v/>
+        <x:v>Warwick Court, Park Road, Middleton</x:v>
       </x:c>
       <x:c r="D1053" t="str">
-        <x:v>Downham Market</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E1053" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1053" t="str">
-        <x:v>PE38 9AW</x:v>
+        <x:v>M24 1AE</x:v>
       </x:c>
       <x:c r="G1053" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v>ajc@temperleytaylor.co.uk</x:v>
       </x:c>
       <x:c r="H1053" t="str">
-        <x:v>01366 321431</x:v>
+        <x:v>0161 643 2411</x:v>
       </x:c>
     </x:row>
     <x:row r="1054">
       <x:c r="A1054" t="str">
-        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+        <x:v>Temperley Taylor LLP</x:v>
       </x:c>
       <x:c r="B1054" t="str">
-        <x:v>2 Market Street</x:v>
+        <x:v>The Old Police Station, 22 Hind Hill Street</x:v>
       </x:c>
       <x:c r="C1054" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1054" t="str">
-        <x:v>Malton</x:v>
+        <x:v>Heywood</x:v>
       </x:c>
       <x:c r="E1054" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F1054" t="str">
-        <x:v>YO17 7AS</x:v>
+        <x:v>OL10 1AQ</x:v>
       </x:c>
       <x:c r="G1054" t="str">
-        <x:v>holly.stevens@warekay.co.uk</x:v>
+        <x:v>vanessa.redmond@temperleytaylor.co.uk</x:v>
       </x:c>
       <x:c r="H1054" t="str">
-        <x:v>01653 692247</x:v>
+        <x:v>01706623511</x:v>
       </x:c>
     </x:row>
     <x:row r="1055">
       <x:c r="A1055" t="str">
-        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+        <x:v>Tennant Mickleburgh Solicitors</x:v>
       </x:c>
       <x:c r="B1055" t="str">
-        <x:v>3 Wharfe Mews</x:v>
+        <x:v>The Union Building</x:v>
       </x:c>
       <x:c r="C1055" t="str">
-        <x:v>Cliffe Terrace</x:v>
+        <x:v>51-59 Rose Lane</x:v>
       </x:c>
       <x:c r="D1055" t="str">
-        <x:v>Wetherby</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E1055" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1055" t="str">
-        <x:v>LS22 6LX</x:v>
+        <x:v>NR1 1BY</x:v>
       </x:c>
       <x:c r="G1055" t="str">
-        <x:v/>
+        <x:v>jknight@tennantmickleburgh.com</x:v>
       </x:c>
       <x:c r="H1055" t="str">
-        <x:v/>
+        <x:v>01603972470</x:v>
       </x:c>
     </x:row>
     <x:row r="1056">
       <x:c r="A1056" t="str">
-        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1056" t="str">
-        <x:v>Sentinel House, </x:v>
+        <x:v>T Bromley, 15-17 London Road</x:v>
       </x:c>
       <x:c r="C1056" t="str">
-        <x:v>Peasholme Green</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1056" t="str">
-        <x:v>York</x:v>
+        <x:v>Bromley</x:v>
       </x:c>
       <x:c r="E1056" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1056" t="str">
-        <x:v>YO1 7PP</x:v>
+        <x:v>BR1 1DE</x:v>
       </x:c>
       <x:c r="G1056" t="str">
-        <x:v/>
+        <x:v>riskandcompliance@thackraywilliams.com</x:v>
       </x:c>
       <x:c r="H1056" t="str">
-        <x:v>01904716000</x:v>
+        <x:v>0208 290 0440</x:v>
       </x:c>
     </x:row>
     <x:row r="1057">
       <x:c r="A1057" t="str">
-        <x:v>Waterstone Chambers LLP</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1057" t="str">
-        <x:v>2-5 Minories (2nd Floor)</x:v>
+        <x:v>15 Pembroke Road</x:v>
       </x:c>
       <x:c r="C1057" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1057" t="str">
-        <x:v>London</x:v>
+        <x:v>Sevenoaks</x:v>
       </x:c>
       <x:c r="E1057" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1057" t="str">
-        <x:v>EC3N 1BJ</x:v>
+        <x:v>TN13 1XR</x:v>
       </x:c>
       <x:c r="G1057" t="str">
-        <x:v>s.ali@wslegal.co.uk</x:v>
+        <x:v>riskandcompliance@thackraywilliams.com</x:v>
       </x:c>
       <x:c r="H1057" t="str">
-        <x:v>02070639040</x:v>
+        <x:v>01732 496496</x:v>
       </x:c>
     </x:row>
     <x:row r="1058">
       <x:c r="A1058" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1058" t="str">
-        <x:v>164 St John's Hill</x:v>
+        <x:v>125 Old Broad Street</x:v>
       </x:c>
       <x:c r="C1058" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1058" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E1058" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F1058" t="str">
-        <x:v>SW11 1SJ</x:v>
+        <x:v>EC2N 1AR</x:v>
       </x:c>
       <x:c r="G1058" t="str">
-        <x:v>newenquiries@newriversidelegal.com</x:v>
+        <x:v>riskandcompliance@thackraywilliams.com</x:v>
       </x:c>
       <x:c r="H1058" t="str">
-        <x:v>020 3924 2290</x:v>
+        <x:v>020 8290 0440</x:v>
       </x:c>
     </x:row>
     <x:row r="1059">
       <x:c r="A1059" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1059" t="str">
-        <x:v>11 Finsley Gate</x:v>
+        <x:v>73 Station Road</x:v>
       </x:c>
       <x:c r="C1059" t="str">
-        <x:v/>
+        <x:v>West Wickham</x:v>
       </x:c>
       <x:c r="D1059" t="str">
-        <x:v>Burnley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1059" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1059" t="str">
-        <x:v>BB11 2HA</x:v>
+        <x:v>BR4 0QG</x:v>
       </x:c>
       <x:c r="G1059" t="str">
-        <x:v>team@baldwinwyatt.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1059" t="str">
-        <x:v>01282 429999</x:v>
+        <x:v>020 8290 0440</x:v>
       </x:c>
     </x:row>
     <x:row r="1060">
       <x:c r="A1060" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Thompson &amp; Jackson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1060" t="str">
-        <x:v>The Portal, Bridgewater Close</x:v>
+        <x:v>Hyder House</x:v>
       </x:c>
       <x:c r="C1060" t="str">
-        <x:v/>
+        <x:v>680 Budshead Road</x:v>
       </x:c>
       <x:c r="D1060" t="str">
-        <x:v>Hapton</x:v>
+        <x:v>Plymouth</x:v>
       </x:c>
       <x:c r="E1060" t="str">
-        <x:v>Burnley</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1060" t="str">
-        <x:v>BB11 5TT</x:v>
+        <x:v>PL6 5XR</x:v>
       </x:c>
       <x:c r="G1060" t="str">
-        <x:v>enquiries@watsonramsbottom.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1060" t="str">
-        <x:v>01282 226820</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1061">
       <x:c r="A1061" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tickle Hall Cross Limited</x:v>
       </x:c>
       <x:c r="B1061" t="str">
-        <x:v>33-39 Railway Road</x:v>
+        <x:v>Carlton Chambers</x:v>
       </x:c>
       <x:c r="C1061" t="str">
-        <x:v/>
+        <x:v>25 Hardshaw Street</x:v>
       </x:c>
       <x:c r="D1061" t="str">
-        <x:v>Darwen</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1061" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1061" t="str">
-        <x:v>BB3 2RL</x:v>
+        <x:v>WA10 1RP</x:v>
       </x:c>
       <x:c r="G1061" t="str">
-        <x:v>enquiries@watsonramsbottom.com.</x:v>
+        <x:v>NicolaK@ticklehallcross.co.uk </x:v>
       </x:c>
       <x:c r="H1061" t="str">
-        <x:v>01254701111</x:v>
+        <x:v>01744746073</x:v>
       </x:c>
     </x:row>
     <x:row r="1062">
       <x:c r="A1062" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tickle Hall Cross Limited</x:v>
       </x:c>
       <x:c r="B1062" t="str">
-        <x:v>Unit 4A</x:v>
+        <x:v>2 Derby Street</x:v>
       </x:c>
       <x:c r="C1062" t="str">
-        <x:v>Riverside Court</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1062" t="str">
-        <x:v>Delph</x:v>
+        <x:v>Prescot</x:v>
       </x:c>
       <x:c r="E1062" t="str">
-        <x:v>Oldham</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F1062" t="str">
-        <x:v>OL3 5FZ</x:v>
+        <x:v>L34 3LJ</x:v>
       </x:c>
       <x:c r="G1062" t="str">
-        <x:v/>
+        <x:v>joanneh@ticklehallcross.co.uk</x:v>
       </x:c>
       <x:c r="H1062" t="str">
-        <x:v/>
+        <x:v>01744 733333 </x:v>
       </x:c>
     </x:row>
     <x:row r="1063">
       <x:c r="A1063" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tolhurst Fisher LLP</x:v>
       </x:c>
       <x:c r="B1063" t="str">
-        <x:v>25-29 Victoria Street</x:v>
+        <x:v>Trafalgar House</x:v>
       </x:c>
       <x:c r="C1063" t="str">
-        <x:v/>
+        <x:v> 8-10 Nelson Street</x:v>
       </x:c>
       <x:c r="D1063" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Southend-on-Sea</x:v>
       </x:c>
       <x:c r="E1063" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F1063" t="str">
-        <x:v>BB1 6DN</x:v>
+        <x:v>SS1 1EF</x:v>
       </x:c>
       <x:c r="G1063" t="str">
-        <x:v/>
+        <x:v>clatham@tolhurstfisher.com</x:v>
       </x:c>
       <x:c r="H1063" t="str">
-        <x:v/>
+        <x:v>01702 352511</x:v>
       </x:c>
     </x:row>
     <x:row r="1064">
       <x:c r="A1064" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tolhurst Fisher LLP</x:v>
       </x:c>
       <x:c r="B1064" t="str">
-        <x:v>33 Ropergate</x:v>
+        <x:v>Whitelands Business Centre</x:v>
       </x:c>
       <x:c r="C1064" t="str">
-        <x:v/>
+        <x:v>Terling Road, Hatfield Peverel</x:v>
       </x:c>
       <x:c r="D1064" t="str">
-        <x:v>Pontefract</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E1064" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F1064" t="str">
-        <x:v>WF8 1LE</x:v>
+        <x:v>CM3 2AG</x:v>
       </x:c>
       <x:c r="G1064" t="str">
         <x:v/>
       </x:c>
       <x:c r="H1064" t="str">
-        <x:v/>
+        <x:v>01245 495111</x:v>
       </x:c>
     </x:row>
     <x:row r="1065">
       <x:c r="A1065" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tonner Johns Ratti Limited</x:v>
       </x:c>
       <x:c r="B1065" t="str">
-        <x:v>18a - 20 Queen Street</x:v>
+        <x:v>48 Walter Road</x:v>
       </x:c>
       <x:c r="C1065" t="str">
-        <x:v>Great Harwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1065" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E1065" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F1065" t="str">
-        <x:v>BB6 7QQ</x:v>
+        <x:v>SA1 5PW</x:v>
       </x:c>
       <x:c r="G1065" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>law@tonnerjohns.co.uk</x:v>
       </x:c>
       <x:c r="H1065" t="str">
-        <x:v>01254 884422</x:v>
+        <x:v>01792 643296</x:v>
       </x:c>
     </x:row>
     <x:row r="1066">
       <x:c r="A1066" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tozers LLP</x:v>
       </x:c>
       <x:c r="B1066" t="str">
-        <x:v>25 Blackburn Road</x:v>
+        <x:v>North Door</x:v>
       </x:c>
       <x:c r="C1066" t="str">
-        <x:v/>
+        <x:v>Broadwalk House, Southernhay West</x:v>
       </x:c>
       <x:c r="D1066" t="str">
-        <x:v>Accrington</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E1066" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1066" t="str">
-        <x:v>BB5 1HF</x:v>
+        <x:v>EX1 1UA</x:v>
       </x:c>
       <x:c r="G1066" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>p.kelly@tozers.co.uk</x:v>
       </x:c>
       <x:c r="H1066" t="str">
-        <x:v>01254 301044</x:v>
+        <x:v>01392 207 020</x:v>
       </x:c>
     </x:row>
     <x:row r="1067">
       <x:c r="A1067" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tozers LLP</x:v>
       </x:c>
       <x:c r="B1067" t="str">
-        <x:v>2 St Mary's Walk</x:v>
+        <x:v>2-3 Orchard Gardens</x:v>
       </x:c>
       <x:c r="C1067" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1067" t="str">
-        <x:v>Chorley</x:v>
+        <x:v>Teignmouth</x:v>
       </x:c>
       <x:c r="E1067" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1067" t="str">
-        <x:v>PR7 2RT</x:v>
+        <x:v>TQ14 8DR</x:v>
       </x:c>
       <x:c r="G1067" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>p.zaleski@tozers.co.uk</x:v>
       </x:c>
       <x:c r="H1067" t="str">
-        <x:v>01257 241818</x:v>
+        <x:v>01626 772376</x:v>
       </x:c>
     </x:row>
     <x:row r="1068">
       <x:c r="A1068" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tozers LLP</x:v>
       </x:c>
       <x:c r="B1068" t="str">
-        <x:v>2-4 Castlegate</x:v>
+        <x:v>10 St Pauls Road</x:v>
       </x:c>
       <x:c r="C1068" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1068" t="str">
-        <x:v>Clitheroe</x:v>
+        <x:v>Newton Abbot</x:v>
       </x:c>
       <x:c r="E1068" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1068" t="str">
-        <x:v>BB7 1AZ</x:v>
+        <x:v>TQ12 4PR</x:v>
       </x:c>
       <x:c r="G1068" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>m.meleady@tozers.co.uk</x:v>
       </x:c>
       <x:c r="H1068" t="str">
-        <x:v>0120 0444321</x:v>
+        <x:v>01626 207020</x:v>
       </x:c>
     </x:row>
     <x:row r="1069">
       <x:c r="A1069" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>TQ Law Limited</x:v>
       </x:c>
       <x:c r="B1069" t="str">
-        <x:v>Station Chambers, 16 Fernlea Avenue</x:v>
+        <x:v>54 Church Street</x:v>
       </x:c>
       <x:c r="C1069" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1069" t="str">
-        <x:v>Barnoldswick</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E1069" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1069" t="str">
-        <x:v>BB18 5DP</x:v>
+        <x:v>WN7 1AZ</x:v>
       </x:c>
       <x:c r="G1069" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H1069" t="str">
-        <x:v>01282 813385</x:v>
+        <x:v>01942671166</x:v>
       </x:c>
     </x:row>
     <x:row r="1070">
       <x:c r="A1070" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1070" t="str">
-        <x:v>Suite 207, Park House Business Centre</x:v>
+        <x:v>Space House 22-24 </x:v>
       </x:c>
       <x:c r="C1070" t="str">
-        <x:v>10 Park Street</x:v>
+        <x:v>Oxford Road</x:v>
       </x:c>
       <x:c r="D1070" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E1070" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1070" t="str">
-        <x:v>BS1 5HX</x:v>
+        <x:v>BH8 8EZ</x:v>
       </x:c>
       <x:c r="G1070" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1070" t="str">
-        <x:v>0117 432 3000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1071">
       <x:c r="A1071" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1071" t="str">
-        <x:v>Jubilee House, East Beach</x:v>
+        <x:v>The Pavilion, Grange Drive, Hedge End</x:v>
       </x:c>
       <x:c r="C1071" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1071" t="str">
-        <x:v>Lytham St Annes</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E1071" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F1071" t="str">
-        <x:v>FY8 5FT</x:v>
+        <x:v>SO30 2AF</x:v>
       </x:c>
       <x:c r="G1071" t="str">
-        <x:v>enquiries@watsonramsbottom.com</x:v>
+        <x:v>jon.laidler@trethowans.com</x:v>
       </x:c>
       <x:c r="H1071" t="str">
-        <x:v>01253372200</x:v>
+        <x:v>02380321000</x:v>
       </x:c>
     </x:row>
     <x:row r="1072">
       <x:c r="A1072" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1072" t="str">
-        <x:v>The Manor House</x:v>
+        <x:v>London Road Office Park</x:v>
       </x:c>
       <x:c r="C1072" t="str">
-        <x:v>143 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1072" t="str">
-        <x:v>Honiton</x:v>
+        <x:v>Salisbury</x:v>
       </x:c>
       <x:c r="E1072" t="str">
-        <x:v/>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F1072" t="str">
-        <x:v>EX14 1DJ</x:v>
+        <x:v>SP1 3HP</x:v>
       </x:c>
       <x:c r="G1072" t="str">
-        <x:v/>
+        <x:v>david.franklin@trethowans.com</x:v>
       </x:c>
       <x:c r="H1072" t="str">
-        <x:v/>
+        <x:v>01722 426985</x:v>
       </x:c>
     </x:row>
     <x:row r="1073">
       <x:c r="A1073" t="str">
-        <x:v>Wbw Solicitors LLP</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1073" t="str">
-        <x:v>63-65 Hyde Road</x:v>
+        <x:v>Sheridan House, 40-43 Jewry Street</x:v>
       </x:c>
       <x:c r="C1073" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1073" t="str">
-        <x:v>Paignton</x:v>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="E1073" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F1073" t="str">
-        <x:v>TQ4 5BT</x:v>
+        <x:v>SO23 8RY</x:v>
       </x:c>
       <x:c r="G1073" t="str">
-        <x:v/>
+        <x:v>info@trethowans.com</x:v>
       </x:c>
       <x:c r="H1073" t="str">
-        <x:v/>
+        <x:v>01962 670677</x:v>
       </x:c>
     </x:row>
     <x:row r="1074">
       <x:c r="A1074" t="str">
-        <x:v>Wbw Solicitors LLP</x:v>
+        <x:v>Trethowans LLP (Merchants House)</x:v>
       </x:c>
       <x:c r="B1074" t="str">
-        <x:v>Westgate</x:v>
+        <x:v>Merchants House</x:v>
       </x:c>
       <x:c r="C1074" t="str">
-        <x:v/>
+        <x:v>Vanguard Road</x:v>
       </x:c>
       <x:c r="D1074" t="str">
-        <x:v>Launceston</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E1074" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1074" t="str">
-        <x:v>PL15 9AD</x:v>
+        <x:v>BH15 1PH</x:v>
       </x:c>
       <x:c r="G1074" t="str">
-        <x:v>lawyer@wbw.co.uk</x:v>
+        <x:v>07793 816844</x:v>
       </x:c>
       <x:c r="H1074" t="str">
-        <x:v>01566 772451</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1075">
       <x:c r="A1075" t="str">
-        <x:v>Wbw Solicitors LLP</x:v>
+        <x:v>True Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1075" t="str">
-        <x:v>132-134 Union Street</x:v>
+        <x:v>Portland House</x:v>
       </x:c>
       <x:c r="C1075" t="str">
-        <x:v/>
+        <x:v>New Bridge Street West</x:v>
       </x:c>
       <x:c r="D1075" t="str">
-        <x:v>Torquay</x:v>
+        <x:v>Newcastle upon Tyne</x:v>
       </x:c>
       <x:c r="E1075" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F1075" t="str">
-        <x:v>TQ2 5QB</x:v>
+        <x:v>NE1 8AP</x:v>
       </x:c>
       <x:c r="G1075" t="str">
-        <x:v>lawyer@wbw.co.uk</x:v>
+        <x:v>patricia.hall@true.co.uk</x:v>
       </x:c>
       <x:c r="H1075" t="str">
-        <x:v>01803 202404</x:v>
+        <x:v>0191 2606546</x:v>
       </x:c>
     </x:row>
     <x:row r="1076">
       <x:c r="A1076" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TTS Legal Limited</x:v>
       </x:c>
       <x:c r="B1076" t="str">
-        <x:v>Church House</x:v>
+        <x:v>2Nd Floor Mezzanine</x:v>
       </x:c>
       <x:c r="C1076" t="str">
-        <x:v>Queen Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1076" t="str">
-        <x:v>Newton Abbot</x:v>
+        <x:v>53 New Oxford Street</x:v>
       </x:c>
       <x:c r="E1076" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1076" t="str">
-        <x:v>TQ12 2QP</x:v>
+        <x:v>WC1A 1BL </x:v>
       </x:c>
       <x:c r="G1076" t="str">
-        <x:v>lawyer@wbw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1076" t="str">
-        <x:v>01626 202 404</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1077">
       <x:c r="A1077" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TTS Legal Limited</x:v>
       </x:c>
       <x:c r="B1077" t="str">
-        <x:v>St Margarets House</x:v>
+        <x:v>20 Old Bond Street</x:v>
       </x:c>
       <x:c r="C1077" t="str">
-        <x:v>Station Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1077" t="str">
-        <x:v>Bovey Tracey</x:v>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E1077" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1077" t="str">
-        <x:v>TQ13 9AL</x:v>
+        <x:v>BA1 1BP</x:v>
       </x:c>
       <x:c r="G1077" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>michael@ttslegal.com</x:v>
       </x:c>
       <x:c r="H1077" t="str">
-        <x:v>01626 833263</x:v>
+        <x:v>01225 696 333</x:v>
       </x:c>
     </x:row>
     <x:row r="1078">
       <x:c r="A1078" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TTS Legal Limited</x:v>
       </x:c>
       <x:c r="B1078" t="str">
-        <x:v>The Forum, Barnfield Road</x:v>
+        <x:v>1-4 the Parade</x:v>
       </x:c>
       <x:c r="C1078" t="str">
-        <x:v/>
+        <x:v>Monarch Way</x:v>
       </x:c>
       <x:c r="D1078" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E1078" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1078" t="str">
-        <x:v>EX1 1QR</x:v>
+        <x:v>IG2 7HT</x:v>
       </x:c>
       <x:c r="G1078" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>anthony@ttslegal.com</x:v>
       </x:c>
       <x:c r="H1078" t="str">
-        <x:v>01392 274126</x:v>
+        <x:v>02030869550</x:v>
       </x:c>
     </x:row>
     <x:row r="1079">
       <x:c r="A1079" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1079" t="str">
-        <x:v>17 High Street</x:v>
+        <x:v>7&amp;9 Queens Road</x:v>
       </x:c>
       <x:c r="C1079" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1079" t="str">
-        <x:v>Exmouth</x:v>
+        <x:v>Wimbledon</x:v>
       </x:c>
       <x:c r="E1079" t="str">
-        <x:v>Devon</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F1079" t="str">
-        <x:v>EX8 1NR</x:v>
+        <x:v>SW19 8NG</x:v>
       </x:c>
       <x:c r="G1079" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1079" t="str">
-        <x:v>01395 272241 </x:v>
+        <x:v>02089466454</x:v>
       </x:c>
     </x:row>
     <x:row r="1080">
       <x:c r="A1080" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1080" t="str">
-        <x:v>Warwick House, 30 High Street</x:v>
+        <x:v>40 West Street</x:v>
       </x:c>
       <x:c r="C1080" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1080" t="str">
-        <x:v>Sidmouth</x:v>
+        <x:v>Reigate</x:v>
       </x:c>
       <x:c r="E1080" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1080" t="str">
-        <x:v>EX10 8EA</x:v>
+        <x:v>RH2 9BT</x:v>
       </x:c>
       <x:c r="G1080" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1080" t="str">
-        <x:v>01395 578206 </x:v>
+        <x:v>01737221212</x:v>
       </x:c>
     </x:row>
     <x:row r="1081">
       <x:c r="A1081" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1081" t="str">
-        <x:v>Blackdown Chambers</x:v>
+        <x:v>123 High Street</x:v>
       </x:c>
       <x:c r="C1081" t="str">
-        <x:v>Unit 10 Weycroft Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1081" t="str">
-        <x:v>Axminster</x:v>
+        <x:v>Epsom</x:v>
       </x:c>
       <x:c r="E1081" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1081" t="str">
-        <x:v>EX13 5HU</x:v>
+        <x:v>KT19 8AU</x:v>
       </x:c>
       <x:c r="G1081" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1081" t="str">
-        <x:v>01297 630700</x:v>
+        <x:v>01372 729555</x:v>
       </x:c>
     </x:row>
     <x:row r="1082">
       <x:c r="A1082" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1082" t="str">
-        <x:v>1 Major Terrace</x:v>
+        <x:v>Sweech House</x:v>
       </x:c>
       <x:c r="C1082" t="str">
-        <x:v/>
+        <x:v>2-8 Gravel Hill</x:v>
       </x:c>
       <x:c r="D1082" t="str">
-        <x:v>Seaton</x:v>
+        <x:v>Leatherhead</x:v>
       </x:c>
       <x:c r="E1082" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1082" t="str">
-        <x:v>EX12 2RF</x:v>
+        <x:v>KT22 7HF</x:v>
       </x:c>
       <x:c r="G1082" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1082" t="str">
-        <x:v>01297 626950</x:v>
+        <x:v>01372374148</x:v>
       </x:c>
     </x:row>
     <x:row r="1083">
       <x:c r="A1083" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>Twm Solicitors LLP (Guildford)</x:v>
       </x:c>
       <x:c r="B1083" t="str">
-        <x:v>3 Bolton Street</x:v>
+        <x:v>65 Woodbridge Road</x:v>
       </x:c>
       <x:c r="C1083" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1083" t="str">
-        <x:v>Brixham</x:v>
+        <x:v>Guildford</x:v>
       </x:c>
       <x:c r="E1083" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1083" t="str">
-        <x:v>TQ5 9DA</x:v>
+        <x:v>GU1 4RD</x:v>
       </x:c>
       <x:c r="G1083" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>instructions@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1083" t="str">
-        <x:v>01803 546180</x:v>
+        <x:v>01483 752700</x:v>
       </x:c>
     </x:row>
     <x:row r="1084">
       <x:c r="A1084" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>Underwood Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1084" t="str">
-        <x:v>Unit 3-4 Market Square, High Street</x:v>
+        <x:v>40 Welbeck Street</x:v>
       </x:c>
       <x:c r="C1084" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1084" t="str">
-        <x:v>Tenterden</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1084" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1084" t="str">
-        <x:v>TN30 6BN</x:v>
+        <x:v>W1G 8LN</x:v>
       </x:c>
       <x:c r="G1084" t="str">
-        <x:v>amandaadie@wmlaw.uk</x:v>
+        <x:v>nsabharwal@underwoodco.com</x:v>
       </x:c>
       <x:c r="H1084" t="str">
-        <x:v>01580 765722</x:v>
+        <x:v>020 7526 6000</x:v>
       </x:c>
     </x:row>
     <x:row r="1085">
       <x:c r="A1085" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>Unsworth Rose (Solicitors) LLP</x:v>
       </x:c>
       <x:c r="B1085" t="str">
-        <x:v>32-33 Watling Street</x:v>
+        <x:v>19 Princess Road</x:v>
       </x:c>
       <x:c r="C1085" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1085" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1085" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1085" t="str">
-        <x:v>CT1 2AN</x:v>
+        <x:v>NW1 8JR</x:v>
       </x:c>
       <x:c r="G1085" t="str">
-        <x:v>amandaadie@wmlaw.uk</x:v>
+        <x:v>rj@unsworthrose.co.uk</x:v>
       </x:c>
       <x:c r="H1085" t="str">
-        <x:v>01227 643250</x:v>
+        <x:v>0207 4834411</x:v>
       </x:c>
     </x:row>
     <x:row r="1086">
       <x:c r="A1086" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>Vas Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1086" t="str">
-        <x:v>Unit F20, Marlowe Innovation Centre</x:v>
+        <x:v>278 High Street</x:v>
       </x:c>
       <x:c r="C1086" t="str">
-        <x:v>Marlowe Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1086" t="str">
-        <x:v>Ramsgate</x:v>
+        <x:v>Sutton</x:v>
       </x:c>
       <x:c r="E1086" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1086" t="str">
-        <x:v>CT12 6FA</x:v>
+        <x:v>SM1 1PG</x:v>
       </x:c>
       <x:c r="G1086" t="str">
-        <x:v>lizdack@wmlaw.uk</x:v>
+        <x:v>vas@vassolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1086" t="str">
-        <x:v>01227 643250</x:v>
+        <x:v>02031 372298</x:v>
       </x:c>
     </x:row>
     <x:row r="1087">
       <x:c r="A1087" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>Vas Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1087" t="str">
-        <x:v>5 Eclipse Park</x:v>
+        <x:v>156 London Road,</x:v>
       </x:c>
       <x:c r="C1087" t="str">
-        <x:v>Sittingbourne Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1087" t="str">
-        <x:v/>
+        <x:v>Mitcham,</x:v>
       </x:c>
       <x:c r="E1087" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Surrey,</x:v>
       </x:c>
       <x:c r="F1087" t="str">
-        <x:v>ME14 3EN</x:v>
+        <x:v>CR4 3LD</x:v>
       </x:c>
       <x:c r="G1087" t="str">
-        <x:v/>
+        <x:v>vas@vassolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1087" t="str">
-        <x:v/>
+        <x:v>02031372598</x:v>
       </x:c>
     </x:row>
     <x:row r="1088">
       <x:c r="A1088" t="str">
-        <x:v>Wilkinson Woodward (Huddersfield)</x:v>
+        <x:v>VC Law Ltd</x:v>
       </x:c>
       <x:c r="B1088" t="str">
-        <x:v>22 Queen Street</x:v>
+        <x:v>56 Tithebarn Street</x:v>
       </x:c>
       <x:c r="C1088" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1088" t="str">
-        <x:v/>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E1088" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F1088" t="str">
-        <x:v>HD1 2SP</x:v>
+        <x:v>L2 2SR </x:v>
       </x:c>
       <x:c r="G1088" t="str">
-        <x:v>**</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1088" t="str">
-        <x:v>01484 483800</x:v>
+        <x:v>0151 318 7500</x:v>
       </x:c>
     </x:row>
     <x:row r="1089">
       <x:c r="A1089" t="str">
-        <x:v>Wilkinson Woodward Limited</x:v>
+        <x:v>VC Law Ltd</x:v>
       </x:c>
       <x:c r="B1089" t="str">
-        <x:v>11 Fountain Street</x:v>
+        <x:v>18 Post Office Avenue</x:v>
       </x:c>
       <x:c r="C1089" t="str">
-        <x:v/>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="D1089" t="str">
-        <x:v>Halifax</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="E1089" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1089" t="str">
-        <x:v>HX1 1LU</x:v>
+        <x:v>PR9 0US</x:v>
       </x:c>
       <x:c r="G1089" t="str">
-        <x:v>msc@wilkinsonwoodward.co.uk</x:v>
+        <x:v>enquiries@vclaw.co.uk</x:v>
       </x:c>
       <x:c r="H1089" t="str">
-        <x:v>01422 339 600</x:v>
+        <x:v>01704 61710</x:v>
       </x:c>
     </x:row>
     <x:row r="1090">
       <x:c r="A1090" t="str">
-        <x:v>Wilkinson Woodward Limited</x:v>
+        <x:v>Vincents Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1090" t="str">
-        <x:v>4 Commercial Street</x:v>
+        <x:v>Unit 16</x:v>
       </x:c>
       <x:c r="C1090" t="str">
-        <x:v/>
+        <x:v>1-3 Uxbridge Road</x:v>
       </x:c>
       <x:c r="D1090" t="str">
-        <x:v>Brighouse</x:v>
+        <x:v>Hayes</x:v>
       </x:c>
       <x:c r="E1090" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1090" t="str">
-        <x:v>HD6 1AQ</x:v>
+        <x:v>UB4 0JN</x:v>
       </x:c>
       <x:c r="G1090" t="str">
-        <x:v>law@wilkinsonwoodward.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1090" t="str">
-        <x:v>01484 710571</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1091">
       <x:c r="A1091" t="str">
-        <x:v>Williams &amp; Co</x:v>
+        <x:v>Vivash Brand LLP</x:v>
       </x:c>
       <x:c r="B1091" t="str">
-        <x:v>Revenue Chambers</x:v>
+        <x:v>Nonsuch House, </x:v>
       </x:c>
       <x:c r="C1091" t="str">
-        <x:v>St Peters Street</x:v>
+        <x:v>538-542 London Road, Cheam</x:v>
       </x:c>
       <x:c r="D1091" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Sutton</x:v>
       </x:c>
       <x:c r="E1091" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1091" t="str">
-        <x:v>HD1 1DL</x:v>
+        <x:v>SM3 9AA</x:v>
       </x:c>
       <x:c r="G1091" t="str">
-        <x:v>carolbellis@williamsco.legal</x:v>
+        <x:v>mr@vbllp.co.uk</x:v>
       </x:c>
       <x:c r="H1091" t="str">
-        <x:v>01484 905265</x:v>
+        <x:v>0208 641 2771</x:v>
       </x:c>
     </x:row>
     <x:row r="1092">
       <x:c r="A1092" t="str">
-        <x:v>Williams &amp; Co</x:v>
+        <x:v>Vyman Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1092" t="str">
-        <x:v>Merchant House</x:v>
+        <x:v>104 College Road</x:v>
       </x:c>
       <x:c r="C1092" t="str">
-        <x:v>24 Cheapside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1092" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="E1092" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1092" t="str">
-        <x:v>WF1 2TF</x:v>
+        <x:v>HA1 1BQ</x:v>
       </x:c>
       <x:c r="G1092" t="str">
-        <x:v>enquiries@williamscleck.co.uk</x:v>
+        <x:v>anup.vyas@vyman.co.uk</x:v>
       </x:c>
       <x:c r="H1092" t="str">
-        <x:v>01924562228</x:v>
+        <x:v>020 8427 9080</x:v>
       </x:c>
     </x:row>
     <x:row r="1093">
       <x:c r="A1093" t="str">
-        <x:v>Williams &amp; Co</x:v>
+        <x:v>Wadsworths Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1093" t="str">
-        <x:v>Brooke House</x:v>
+        <x:v>129 High Street</x:v>
       </x:c>
       <x:c r="C1093" t="str">
-        <x:v>3-5 Dewsbury Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1093" t="str">
-        <x:v>Cleckheaton</x:v>
+        <x:v>Henley in Arden</x:v>
       </x:c>
       <x:c r="E1093" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F1093" t="str">
-        <x:v>BD19 3RS</x:v>
+        <x:v>B95 5AU</x:v>
       </x:c>
       <x:c r="G1093" t="str">
-        <x:v>enquiries@williamscleck.co.uk</x:v>
+        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1093" t="str">
-        <x:v>01274 851608</x:v>
+        <x:v>01564 377 070</x:v>
       </x:c>
     </x:row>
     <x:row r="1094">
       <x:c r="A1094" t="str">
-        <x:v>Windeatts Solicitors LLP</x:v>
+        <x:v>Wadsworths Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1094" t="str">
-        <x:v>48 Fore Street</x:v>
+        <x:v>16-21 Church Street</x:v>
       </x:c>
       <x:c r="C1094" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1094" t="str">
-        <x:v>Kingsbridge</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E1094" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1094" t="str">
-        <x:v>TQ7 1PE</x:v>
+        <x:v>B79 7DH</x:v>
       </x:c>
       <x:c r="G1094" t="str">
-        <x:v/>
+        <x:v>michael.wadsworth@wadsworthslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1094" t="str">
-        <x:v/>
+        <x:v>0182765765</x:v>
       </x:c>
     </x:row>
     <x:row r="1095">
       <x:c r="A1095" t="str">
-        <x:v>Windeatts Solicitors LLP</x:v>
+        <x:v>Wadsworths Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1095" t="str">
-        <x:v>19 High Street</x:v>
+        <x:v>325 Stratford Road,</x:v>
       </x:c>
       <x:c r="C1095" t="str">
-        <x:v/>
+        <x:v>Shirley,</x:v>
       </x:c>
       <x:c r="D1095" t="str">
-        <x:v>Totnes</x:v>
+        <x:v>Solihull,</x:v>
       </x:c>
       <x:c r="E1095" t="str">
-        <x:v>Devon</x:v>
+        <x:v>West Midlands,</x:v>
       </x:c>
       <x:c r="F1095" t="str">
-        <x:v>TQ9 5NW</x:v>
+        <x:v>B90 3BL</x:v>
       </x:c>
       <x:c r="G1095" t="str">
-        <x:v>richard.wing@windeatts.co.uk</x:v>
+        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1095" t="str">
-        <x:v>01803 862233</x:v>
+        <x:v>01217458550</x:v>
       </x:c>
     </x:row>
     <x:row r="1096">
       <x:c r="A1096" t="str">
-        <x:v>WLR Legal Solutions Ltd</x:v>
+        <x:v>Wainwright &amp; Cummins LLP</x:v>
       </x:c>
       <x:c r="B1096" t="str">
-        <x:v>First Floor, Finance Block</x:v>
+        <x:v>57-61 Atlantic Road</x:v>
       </x:c>
       <x:c r="C1096" t="str">
-        <x:v>Wharncliffe Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1096" t="str">
-        <x:v>Ilkeston</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1096" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1096" t="str">
-        <x:v>DE7 5GF</x:v>
+        <x:v>SW9 8PU</x:v>
       </x:c>
       <x:c r="G1096" t="str">
-        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+        <x:v>andrew.wainwright@wainwrightcummins.co.uk</x:v>
       </x:c>
       <x:c r="H1096" t="str">
-        <x:v>01159 304994</x:v>
+        <x:v>0207 095 5700</x:v>
       </x:c>
     </x:row>
     <x:row r="1097">
       <x:c r="A1097" t="str">
-        <x:v>WLR Legal Solutions Ltd</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1097" t="str">
-        <x:v>68 Nottingham Road</x:v>
+        <x:v>Capstan House</x:v>
       </x:c>
       <x:c r="C1097" t="str">
-        <x:v>Eastwood</x:v>
+        <x:v>3 The Waterfront, Level Street</x:v>
       </x:c>
       <x:c r="D1097" t="str">
-        <x:v/>
+        <x:v>Brierley Hill</x:v>
       </x:c>
       <x:c r="E1097" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1097" t="str">
-        <x:v>NG16 3NQ</x:v>
+        <x:v>DY5 1XL</x:v>
       </x:c>
       <x:c r="G1097" t="str">
-        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+        <x:v>lawyers@waldrons.co.uk </x:v>
       </x:c>
       <x:c r="H1097" t="str">
-        <x:v>01773 713846</x:v>
+        <x:v>01384 811811</x:v>
       </x:c>
     </x:row>
     <x:row r="1098">
       <x:c r="A1098" t="str">
-        <x:v>WLR Legal Solutions Ltd</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1098" t="str">
-        <x:v>The Hemington, Millhouse Business Centre,</x:v>
+        <x:v>City Walls House</x:v>
       </x:c>
       <x:c r="C1098" t="str">
-        <x:v>Station Road</x:v>
+        <x:v>26 Sidbury</x:v>
       </x:c>
       <x:c r="D1098" t="str">
-        <x:v>Castle Donington</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E1098" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F1098" t="str">
-        <x:v>DE74 2NJ</x:v>
+        <x:v>WR1 2HZ</x:v>
       </x:c>
       <x:c r="G1098" t="str">
-        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1098" t="str">
-        <x:v>07802429330</x:v>
+        <x:v>01905 900900</x:v>
       </x:c>
     </x:row>
     <x:row r="1099">
       <x:c r="A1099" t="str">
-        <x:v>Woodford Stauffer</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1099" t="str">
-        <x:v>The Parade, Petersfield Road</x:v>
+        <x:v>813 High Street</x:v>
       </x:c>
       <x:c r="C1099" t="str">
-        <x:v>Whitehill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1099" t="str">
-        <x:v>Bordon</x:v>
+        <x:v>Kingswinford</x:v>
       </x:c>
       <x:c r="E1099" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1099" t="str">
-        <x:v>GU35 9AR</x:v>
+        <x:v>DY6 8AD</x:v>
       </x:c>
       <x:c r="G1099" t="str">
-        <x:v>enquiries@woodfordstauffer.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1099" t="str">
-        <x:v>01420500670</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1100">
       <x:c r="A1100" t="str">
-        <x:v>Woodford Stauffer</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1100" t="str">
-        <x:v>63A Lynchford Road</x:v>
+        <x:v>34 Dudley Court, The Inhedge</x:v>
       </x:c>
       <x:c r="C1100" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1100" t="str">
-        <x:v>Farnborough</x:v>
+        <x:v>Dudley</x:v>
       </x:c>
       <x:c r="E1100" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1100" t="str">
-        <x:v>GU14 6EJ</x:v>
+        <x:v>DY1 1RR</x:v>
       </x:c>
       <x:c r="G1100" t="str">
-        <x:v/>
+        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
       </x:c>
       <x:c r="H1100" t="str">
-        <x:v/>
+        <x:v>01384 811811</x:v>
       </x:c>
     </x:row>
     <x:row r="1101">
       <x:c r="A1101" t="str">
-        <x:v>Woodstock Legal Services Limited.</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1101" t="str">
-        <x:v>11 Haven Road</x:v>
+        <x:v>4th Floor, Townend House, Park Street</x:v>
       </x:c>
       <x:c r="C1101" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1101" t="str">
-        <x:v>POOLE</x:v>
+        <x:v>Walsall</x:v>
       </x:c>
       <x:c r="E1101" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1101" t="str">
-        <x:v>BH13 7LE</x:v>
+        <x:v>WS1 1NS</x:v>
       </x:c>
       <x:c r="G1101" t="str">
-        <x:v>n.boyland@woodstocklegalservices.co.uk</x:v>
+        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
       </x:c>
       <x:c r="H1101" t="str">
-        <x:v>03300885792</x:v>
+        <x:v>01384 811811</x:v>
       </x:c>
     </x:row>
     <x:row r="1102">
       <x:c r="A1102" t="str">
-        <x:v>Woollcombe Yonge LLP</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1102" t="str">
-        <x:v>5th Floor, Old Tree Court</x:v>
+        <x:v>3 High Street</x:v>
       </x:c>
       <x:c r="C1102" t="str">
-        <x:v>64 Exeter Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1102" t="str">
-        <x:v>Plymouth</x:v>
+        <x:v>Skipton</x:v>
       </x:c>
       <x:c r="E1102" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F1102" t="str">
-        <x:v>PL4 0AJ</x:v>
+        <x:v>BD23 1AA</x:v>
       </x:c>
       <x:c r="G1102" t="str">
-        <x:v>MC@wysolicitors.co.uk</x:v>
+        <x:v>jls@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1102" t="str">
-        <x:v>01752 660384</x:v>
+        <x:v>01756 700200</x:v>
       </x:c>
     </x:row>
     <x:row r="1103">
       <x:c r="A1103" t="str">
-        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1103" t="str">
-        <x:v>37 Beetham Road</x:v>
+        <x:v>63 Kirkgate</x:v>
       </x:c>
       <x:c r="C1103" t="str">
-        <x:v/>
+        <x:v>Silsden</x:v>
       </x:c>
       <x:c r="D1103" t="str">
-        <x:v>Milnthorpe</x:v>
+        <x:v>Keighley</x:v>
       </x:c>
       <x:c r="E1103" t="str">
-        <x:v>Cumbria</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1103" t="str">
-        <x:v>LA7 7QN</x:v>
+        <x:v>BD20 0PB</x:v>
       </x:c>
       <x:c r="G1103" t="str">
-        <x:v>info@wrightandlord.com</x:v>
+        <x:v>info@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1103" t="str">
-        <x:v>015395 65990</x:v>
+        <x:v>01535 656000</x:v>
       </x:c>
     </x:row>
     <x:row r="1104">
       <x:c r="A1104" t="str">
-        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1104" t="str">
-        <x:v>63 Victoria Street</x:v>
+        <x:v>27 Riddings Road</x:v>
       </x:c>
       <x:c r="C1104" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1104" t="str">
-        <x:v>Morecambe</x:v>
+        <x:v>Ilkley</x:v>
       </x:c>
       <x:c r="E1104" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1104" t="str">
-        <x:v>LA4 4AF</x:v>
+        <x:v>LS29 9LX</x:v>
       </x:c>
       <x:c r="G1104" t="str">
-        <x:v/>
+        <x:v>info@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1104" t="str">
-        <x:v/>
+        <x:v>01943 609969</x:v>
       </x:c>
     </x:row>
     <x:row r="1105">
       <x:c r="A1105" t="str">
-        <x:v>YVA Solicitors LLP</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1105" t="str">
-        <x:v>Sixth Floor, 16 Berkeley Street</x:v>
+        <x:v>The Old White Horse</x:v>
       </x:c>
       <x:c r="C1105" t="str">
-        <x:v>Mayfair</x:v>
+        <x:v>Market Place</x:v>
       </x:c>
       <x:c r="D1105" t="str">
-        <x:v>London</x:v>
+        <x:v>Settle</x:v>
       </x:c>
       <x:c r="E1105" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F1105" t="str">
-        <x:v>W1J 8DZ</x:v>
+        <x:v>BD24 9EF</x:v>
       </x:c>
       <x:c r="G1105" t="str">
-        <x:v>info@yvasolicitors.com</x:v>
+        <x:v>info@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1105" t="str">
-        <x:v>020 7493 7888</x:v>
+        <x:v>01792 811240</x:v>
       </x:c>
     </x:row>
     <x:row r="1106">
       <x:c r="A1106" t="str">
+        <x:v>Walker Foster Limited</x:v>
+      </x:c>
+      <x:c r="B1106" t="str">
+        <x:v>First Floor, High Point House,</x:v>
+      </x:c>
+      <x:c r="C1106" t="str">
+        <x:v>7 Victoria Avenue</x:v>
+      </x:c>
+      <x:c r="D1106" t="str">
+        <x:v>Harrogate</x:v>
+      </x:c>
+      <x:c r="E1106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1106" t="str">
+        <x:v>HG1 1EQ</x:v>
+      </x:c>
+      <x:c r="G1106" t="str">
+        <x:v>info@walkerfoster.com</x:v>
+      </x:c>
+      <x:c r="H1106" t="str">
+        <x:v>01423222950</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1107">
+      <x:c r="A1107" t="str">
+        <x:v>Walker Foster Limited</x:v>
+      </x:c>
+      <x:c r="B1107" t="str">
+        <x:v>Century House</x:v>
+      </x:c>
+      <x:c r="C1107" t="str">
+        <x:v>Thornfield Business Park, Standard Way Business Park</x:v>
+      </x:c>
+      <x:c r="D1107" t="str">
+        <x:v>Northallerton</x:v>
+      </x:c>
+      <x:c r="E1107" t="str">
+        <x:v>North Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1107" t="str">
+        <x:v>DL6 2XQ</x:v>
+      </x:c>
+      <x:c r="G1107" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1107" t="str">
+        <x:v>01609711158</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1108">
+      <x:c r="A1108" t="str">
+        <x:v>Walker Foster Limited</x:v>
+      </x:c>
+      <x:c r="B1108" t="str">
+        <x:v>Craven House</x:v>
+      </x:c>
+      <x:c r="C1108" t="str">
+        <x:v>Newtown</x:v>
+      </x:c>
+      <x:c r="D1108" t="str">
+        <x:v>Barnoldswick</x:v>
+      </x:c>
+      <x:c r="E1108" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1108" t="str">
+        <x:v>BB18 5UQ</x:v>
+      </x:c>
+      <x:c r="G1108" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1108" t="str">
+        <x:v>01282 812234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1109">
+      <x:c r="A1109" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1109" t="str">
+        <x:v>Market Place</x:v>
+      </x:c>
+      <x:c r="C1109" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1109" t="str">
+        <x:v>Ely</x:v>
+      </x:c>
+      <x:c r="E1109" t="str">
+        <x:v>Cambridgeshire</x:v>
+      </x:c>
+      <x:c r="F1109" t="str">
+        <x:v>CB7 4QN</x:v>
+      </x:c>
+      <x:c r="G1109" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1109" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1110">
+      <x:c r="A1110" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1110" t="str">
+        <x:v>3 Regis Place, Bergen Way</x:v>
+      </x:c>
+      <x:c r="C1110" t="str">
+        <x:v>North Lynn Industrial Estate</x:v>
+      </x:c>
+      <x:c r="D1110" t="str">
+        <x:v>King's Lynn</x:v>
+      </x:c>
+      <x:c r="E1110" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1110" t="str">
+        <x:v>PE30 2JN</x:v>
+      </x:c>
+      <x:c r="G1110" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1110" t="str">
+        <x:v>01553 660033</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1111">
+      <x:c r="A1111" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1111" t="str">
+        <x:v>Chancery House</x:v>
+      </x:c>
+      <x:c r="C1111" t="str">
+        <x:v>8 High Street</x:v>
+      </x:c>
+      <x:c r="D1111" t="str">
+        <x:v>Heacham</x:v>
+      </x:c>
+      <x:c r="E1111" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1111" t="str">
+        <x:v>PE31 7ER</x:v>
+      </x:c>
+      <x:c r="G1111" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1111" t="str">
+        <x:v>01485 571366</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1112">
+      <x:c r="A1112" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1112" t="str">
+        <x:v>Ventnor House, 11 London Street</x:v>
+      </x:c>
+      <x:c r="C1112" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1112" t="str">
+        <x:v>Swaffham</x:v>
+      </x:c>
+      <x:c r="E1112" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1112" t="str">
+        <x:v>PE37 7BW</x:v>
+      </x:c>
+      <x:c r="G1112" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1112" t="str">
+        <x:v>01760 721992</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1113">
+      <x:c r="A1113" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1113" t="str">
+        <x:v>16-18 High Street</x:v>
+      </x:c>
+      <x:c r="C1113" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1113" t="str">
+        <x:v>Dereham</x:v>
+      </x:c>
+      <x:c r="E1113" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1113" t="str">
+        <x:v>NR19 1DR</x:v>
+      </x:c>
+      <x:c r="G1113" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1113" t="str">
+        <x:v>01362 692182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1114">
+      <x:c r="A1114" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1114" t="str">
+        <x:v>9 Park Street</x:v>
+      </x:c>
+      <x:c r="C1114" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1114" t="str">
+        <x:v>Chatteris</x:v>
+      </x:c>
+      <x:c r="E1114" t="str">
+        <x:v>Cambridgeshire</x:v>
+      </x:c>
+      <x:c r="F1114" t="str">
+        <x:v>PE16 6AB</x:v>
+      </x:c>
+      <x:c r="G1114" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1114" t="str">
+        <x:v>01354 692607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1115">
+      <x:c r="A1115" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1115" t="str">
+        <x:v>21 London Road</x:v>
+      </x:c>
+      <x:c r="C1115" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1115" t="str">
+        <x:v>Downham Market</x:v>
+      </x:c>
+      <x:c r="E1115" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1115" t="str">
+        <x:v>PE38 9AW</x:v>
+      </x:c>
+      <x:c r="G1115" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1115" t="str">
+        <x:v>01366 321431</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1116">
+      <x:c r="A1116" t="str">
+        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1116" t="str">
+        <x:v>2 Market Street</x:v>
+      </x:c>
+      <x:c r="C1116" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1116" t="str">
+        <x:v>Malton</x:v>
+      </x:c>
+      <x:c r="E1116" t="str">
+        <x:v>North Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1116" t="str">
+        <x:v>YO17 7AS</x:v>
+      </x:c>
+      <x:c r="G1116" t="str">
+        <x:v>holly.stevens@warekay.co.uk</x:v>
+      </x:c>
+      <x:c r="H1116" t="str">
+        <x:v>01653 692247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1117">
+      <x:c r="A1117" t="str">
+        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1117" t="str">
+        <x:v>3 Wharfe Mews</x:v>
+      </x:c>
+      <x:c r="C1117" t="str">
+        <x:v>Cliffe Terrace</x:v>
+      </x:c>
+      <x:c r="D1117" t="str">
+        <x:v>Wetherby</x:v>
+      </x:c>
+      <x:c r="E1117" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1117" t="str">
+        <x:v>LS22 6LX</x:v>
+      </x:c>
+      <x:c r="G1117" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1117" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1118">
+      <x:c r="A1118" t="str">
+        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1118" t="str">
+        <x:v>Sentinel House, </x:v>
+      </x:c>
+      <x:c r="C1118" t="str">
+        <x:v>Peasholme Green</x:v>
+      </x:c>
+      <x:c r="D1118" t="str">
+        <x:v>York</x:v>
+      </x:c>
+      <x:c r="E1118" t="str">
+        <x:v>North Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1118" t="str">
+        <x:v>YO1 7PP</x:v>
+      </x:c>
+      <x:c r="G1118" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1118" t="str">
+        <x:v>01904716000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1119">
+      <x:c r="A1119" t="str">
+        <x:v>Waterstone Chambers LLP</x:v>
+      </x:c>
+      <x:c r="B1119" t="str">
+        <x:v>2-5 Minories (2nd Floor)</x:v>
+      </x:c>
+      <x:c r="C1119" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1119" t="str">
+        <x:v>London</x:v>
+      </x:c>
+      <x:c r="E1119" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1119" t="str">
+        <x:v>EC3N 1BJ</x:v>
+      </x:c>
+      <x:c r="G1119" t="str">
+        <x:v>s.ali@wslegal.co.uk</x:v>
+      </x:c>
+      <x:c r="H1119" t="str">
+        <x:v>02070639040</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1120">
+      <x:c r="A1120" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1120" t="str">
+        <x:v>164 St John's Hill</x:v>
+      </x:c>
+      <x:c r="C1120" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1120" t="str">
+        <x:v>London</x:v>
+      </x:c>
+      <x:c r="E1120" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1120" t="str">
+        <x:v>SW11 1SJ</x:v>
+      </x:c>
+      <x:c r="G1120" t="str">
+        <x:v>newenquiries@newriversidelegal.com</x:v>
+      </x:c>
+      <x:c r="H1120" t="str">
+        <x:v>020 3924 2290</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1121">
+      <x:c r="A1121" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1121" t="str">
+        <x:v>11 Finsley Gate</x:v>
+      </x:c>
+      <x:c r="C1121" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1121" t="str">
+        <x:v>Burnley</x:v>
+      </x:c>
+      <x:c r="E1121" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1121" t="str">
+        <x:v>BB11 2HA</x:v>
+      </x:c>
+      <x:c r="G1121" t="str">
+        <x:v>team@baldwinwyatt.com</x:v>
+      </x:c>
+      <x:c r="H1121" t="str">
+        <x:v>01282 429999</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1122">
+      <x:c r="A1122" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1122" t="str">
+        <x:v>The Portal, Bridgewater Close</x:v>
+      </x:c>
+      <x:c r="C1122" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1122" t="str">
+        <x:v>Hapton</x:v>
+      </x:c>
+      <x:c r="E1122" t="str">
+        <x:v>Burnley</x:v>
+      </x:c>
+      <x:c r="F1122" t="str">
+        <x:v>BB11 5TT</x:v>
+      </x:c>
+      <x:c r="G1122" t="str">
+        <x:v>enquiries@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1122" t="str">
+        <x:v>01282 226820</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1123">
+      <x:c r="A1123" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1123" t="str">
+        <x:v>33-39 Railway Road</x:v>
+      </x:c>
+      <x:c r="C1123" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1123" t="str">
+        <x:v>Darwen</x:v>
+      </x:c>
+      <x:c r="E1123" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1123" t="str">
+        <x:v>BB3 2RL</x:v>
+      </x:c>
+      <x:c r="G1123" t="str">
+        <x:v>enquiries@watsonramsbottom.com.</x:v>
+      </x:c>
+      <x:c r="H1123" t="str">
+        <x:v>01254701111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1124">
+      <x:c r="A1124" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1124" t="str">
+        <x:v>Unit 4A</x:v>
+      </x:c>
+      <x:c r="C1124" t="str">
+        <x:v>Riverside Court</x:v>
+      </x:c>
+      <x:c r="D1124" t="str">
+        <x:v>Delph</x:v>
+      </x:c>
+      <x:c r="E1124" t="str">
+        <x:v>Oldham</x:v>
+      </x:c>
+      <x:c r="F1124" t="str">
+        <x:v>OL3 5FZ</x:v>
+      </x:c>
+      <x:c r="G1124" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1124" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1125">
+      <x:c r="A1125" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1125" t="str">
+        <x:v>25-29 Victoria Street</x:v>
+      </x:c>
+      <x:c r="C1125" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1125" t="str">
+        <x:v>Blackburn</x:v>
+      </x:c>
+      <x:c r="E1125" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1125" t="str">
+        <x:v>BB1 6DN</x:v>
+      </x:c>
+      <x:c r="G1125" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1125" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1126">
+      <x:c r="A1126" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1126" t="str">
+        <x:v>18a - 20 Queen Street</x:v>
+      </x:c>
+      <x:c r="C1126" t="str">
+        <x:v>Great Harwood</x:v>
+      </x:c>
+      <x:c r="D1126" t="str">
+        <x:v>Blackburn</x:v>
+      </x:c>
+      <x:c r="E1126" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1126" t="str">
+        <x:v>BB6 7QQ</x:v>
+      </x:c>
+      <x:c r="G1126" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1126" t="str">
+        <x:v>01254 884422</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1127">
+      <x:c r="A1127" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1127" t="str">
+        <x:v>25 Blackburn Road</x:v>
+      </x:c>
+      <x:c r="C1127" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1127" t="str">
+        <x:v>Accrington</x:v>
+      </x:c>
+      <x:c r="E1127" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1127" t="str">
+        <x:v>BB5 1HF</x:v>
+      </x:c>
+      <x:c r="G1127" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1127" t="str">
+        <x:v>01254 301044</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1128">
+      <x:c r="A1128" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1128" t="str">
+        <x:v>2 St Mary's Walk</x:v>
+      </x:c>
+      <x:c r="C1128" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1128" t="str">
+        <x:v>Chorley</x:v>
+      </x:c>
+      <x:c r="E1128" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1128" t="str">
+        <x:v>PR7 2RT</x:v>
+      </x:c>
+      <x:c r="G1128" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1128" t="str">
+        <x:v>01257 241818</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1129">
+      <x:c r="A1129" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1129" t="str">
+        <x:v>2-4 Castlegate</x:v>
+      </x:c>
+      <x:c r="C1129" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1129" t="str">
+        <x:v>Clitheroe</x:v>
+      </x:c>
+      <x:c r="E1129" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1129" t="str">
+        <x:v>BB7 1AZ</x:v>
+      </x:c>
+      <x:c r="G1129" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1129" t="str">
+        <x:v>0120 0444321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1130">
+      <x:c r="A1130" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1130" t="str">
+        <x:v>Station Chambers, 16 Fernlea Avenue</x:v>
+      </x:c>
+      <x:c r="C1130" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1130" t="str">
+        <x:v>Barnoldswick</x:v>
+      </x:c>
+      <x:c r="E1130" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1130" t="str">
+        <x:v>BB18 5DP</x:v>
+      </x:c>
+      <x:c r="G1130" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1130" t="str">
+        <x:v>01282 813385</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1131">
+      <x:c r="A1131" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1131" t="str">
+        <x:v>Suite 207, Park House Business Centre</x:v>
+      </x:c>
+      <x:c r="C1131" t="str">
+        <x:v>10 Park Street</x:v>
+      </x:c>
+      <x:c r="D1131" t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+      <x:c r="E1131" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1131" t="str">
+        <x:v>BS1 5HX</x:v>
+      </x:c>
+      <x:c r="G1131" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1131" t="str">
+        <x:v>0117 432 3000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1132">
+      <x:c r="A1132" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1132" t="str">
+        <x:v>Jubilee House, East Beach</x:v>
+      </x:c>
+      <x:c r="C1132" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1132" t="str">
+        <x:v>Lytham St Annes</x:v>
+      </x:c>
+      <x:c r="E1132" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1132" t="str">
+        <x:v>FY8 5FT</x:v>
+      </x:c>
+      <x:c r="G1132" t="str">
+        <x:v>enquiries@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1132" t="str">
+        <x:v>01253372200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1133">
+      <x:c r="A1133" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1133" t="str">
+        <x:v>33 Ropergate</x:v>
+      </x:c>
+      <x:c r="C1133" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1133" t="str">
+        <x:v>Pontefract</x:v>
+      </x:c>
+      <x:c r="E1133" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1133" t="str">
+        <x:v>WF8 1LE</x:v>
+      </x:c>
+      <x:c r="G1133" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1133" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1134">
+      <x:c r="A1134" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1134" t="str">
+        <x:v>The Manor House</x:v>
+      </x:c>
+      <x:c r="C1134" t="str">
+        <x:v>143 High Street</x:v>
+      </x:c>
+      <x:c r="D1134" t="str">
+        <x:v>Honiton</x:v>
+      </x:c>
+      <x:c r="E1134" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1134" t="str">
+        <x:v>EX14 1DJ</x:v>
+      </x:c>
+      <x:c r="G1134" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1134" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1135">
+      <x:c r="A1135" t="str">
+        <x:v>Wbw Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1135" t="str">
+        <x:v>63-65 Hyde Road</x:v>
+      </x:c>
+      <x:c r="C1135" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1135" t="str">
+        <x:v>Paignton</x:v>
+      </x:c>
+      <x:c r="E1135" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1135" t="str">
+        <x:v>TQ4 5BT</x:v>
+      </x:c>
+      <x:c r="G1135" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1135" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1136">
+      <x:c r="A1136" t="str">
+        <x:v>Wbw Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1136" t="str">
+        <x:v>Westgate</x:v>
+      </x:c>
+      <x:c r="C1136" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1136" t="str">
+        <x:v>Launceston</x:v>
+      </x:c>
+      <x:c r="E1136" t="str">
+        <x:v>Cornwall</x:v>
+      </x:c>
+      <x:c r="F1136" t="str">
+        <x:v>PL15 9AD</x:v>
+      </x:c>
+      <x:c r="G1136" t="str">
+        <x:v>lawyer@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1136" t="str">
+        <x:v>01566 772451</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1137">
+      <x:c r="A1137" t="str">
+        <x:v>Wbw Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1137" t="str">
+        <x:v>132-134 Union Street</x:v>
+      </x:c>
+      <x:c r="C1137" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1137" t="str">
+        <x:v>Torquay</x:v>
+      </x:c>
+      <x:c r="E1137" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1137" t="str">
+        <x:v>TQ2 5QB</x:v>
+      </x:c>
+      <x:c r="G1137" t="str">
+        <x:v>lawyer@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1137" t="str">
+        <x:v>01803 202404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1138">
+      <x:c r="A1138" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1138" t="str">
+        <x:v>Church House</x:v>
+      </x:c>
+      <x:c r="C1138" t="str">
+        <x:v>Queen Street</x:v>
+      </x:c>
+      <x:c r="D1138" t="str">
+        <x:v>Newton Abbot</x:v>
+      </x:c>
+      <x:c r="E1138" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1138" t="str">
+        <x:v>TQ12 2QP</x:v>
+      </x:c>
+      <x:c r="G1138" t="str">
+        <x:v>lawyer@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1138" t="str">
+        <x:v>01626 202 404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1139">
+      <x:c r="A1139" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1139" t="str">
+        <x:v>St Margarets House</x:v>
+      </x:c>
+      <x:c r="C1139" t="str">
+        <x:v>Station Road</x:v>
+      </x:c>
+      <x:c r="D1139" t="str">
+        <x:v>Bovey Tracey</x:v>
+      </x:c>
+      <x:c r="E1139" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1139" t="str">
+        <x:v>TQ13 9AL</x:v>
+      </x:c>
+      <x:c r="G1139" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1139" t="str">
+        <x:v>01626 833263</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1140">
+      <x:c r="A1140" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1140" t="str">
+        <x:v>The Forum, Barnfield Road</x:v>
+      </x:c>
+      <x:c r="C1140" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1140" t="str">
+        <x:v>Exeter</x:v>
+      </x:c>
+      <x:c r="E1140" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1140" t="str">
+        <x:v>EX1 1QR</x:v>
+      </x:c>
+      <x:c r="G1140" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1140" t="str">
+        <x:v>01392 274126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1141">
+      <x:c r="A1141" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1141" t="str">
+        <x:v>17 High Street</x:v>
+      </x:c>
+      <x:c r="C1141" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1141" t="str">
+        <x:v>Exmouth</x:v>
+      </x:c>
+      <x:c r="E1141" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1141" t="str">
+        <x:v>EX8 1NR</x:v>
+      </x:c>
+      <x:c r="G1141" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1141" t="str">
+        <x:v>01395 272241 </x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1142">
+      <x:c r="A1142" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1142" t="str">
+        <x:v>Warwick House, 30 High Street</x:v>
+      </x:c>
+      <x:c r="C1142" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1142" t="str">
+        <x:v>Sidmouth</x:v>
+      </x:c>
+      <x:c r="E1142" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1142" t="str">
+        <x:v>EX10 8EA</x:v>
+      </x:c>
+      <x:c r="G1142" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1142" t="str">
+        <x:v>01395 578206 </x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1143">
+      <x:c r="A1143" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1143" t="str">
+        <x:v>Blackdown Chambers</x:v>
+      </x:c>
+      <x:c r="C1143" t="str">
+        <x:v>Unit 10 Weycroft Avenue</x:v>
+      </x:c>
+      <x:c r="D1143" t="str">
+        <x:v>Axminster</x:v>
+      </x:c>
+      <x:c r="E1143" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1143" t="str">
+        <x:v>EX13 5HU</x:v>
+      </x:c>
+      <x:c r="G1143" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1143" t="str">
+        <x:v>01297 630700</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1144">
+      <x:c r="A1144" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1144" t="str">
+        <x:v>1 Major Terrace</x:v>
+      </x:c>
+      <x:c r="C1144" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1144" t="str">
+        <x:v>Seaton</x:v>
+      </x:c>
+      <x:c r="E1144" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1144" t="str">
+        <x:v>EX12 2RF</x:v>
+      </x:c>
+      <x:c r="G1144" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1144" t="str">
+        <x:v>01297 626950</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1145">
+      <x:c r="A1145" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1145" t="str">
+        <x:v>3 Bolton Street</x:v>
+      </x:c>
+      <x:c r="C1145" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1145" t="str">
+        <x:v>Brixham</x:v>
+      </x:c>
+      <x:c r="E1145" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1145" t="str">
+        <x:v>TQ5 9DA</x:v>
+      </x:c>
+      <x:c r="G1145" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1145" t="str">
+        <x:v>01803 546180</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1146">
+      <x:c r="A1146" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1146" t="str">
+        <x:v>Unit 3-4 Market Square, High Street</x:v>
+      </x:c>
+      <x:c r="C1146" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1146" t="str">
+        <x:v>Tenterden</x:v>
+      </x:c>
+      <x:c r="E1146" t="str">
+        <x:v>Kent</x:v>
+      </x:c>
+      <x:c r="F1146" t="str">
+        <x:v>TN30 6BN</x:v>
+      </x:c>
+      <x:c r="G1146" t="str">
+        <x:v>amandaadie@wmlaw.uk</x:v>
+      </x:c>
+      <x:c r="H1146" t="str">
+        <x:v>01580 765722</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1147">
+      <x:c r="A1147" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1147" t="str">
+        <x:v>32-33 Watling Street</x:v>
+      </x:c>
+      <x:c r="C1147" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1147" t="str">
+        <x:v>Canterbury</x:v>
+      </x:c>
+      <x:c r="E1147" t="str">
+        <x:v>Kent</x:v>
+      </x:c>
+      <x:c r="F1147" t="str">
+        <x:v>CT1 2AN</x:v>
+      </x:c>
+      <x:c r="G1147" t="str">
+        <x:v>amandaadie@wmlaw.uk</x:v>
+      </x:c>
+      <x:c r="H1147" t="str">
+        <x:v>01227 643250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1148">
+      <x:c r="A1148" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1148" t="str">
+        <x:v>Unit F20, Marlowe Innovation Centre</x:v>
+      </x:c>
+      <x:c r="C1148" t="str">
+        <x:v>Marlowe Way</x:v>
+      </x:c>
+      <x:c r="D1148" t="str">
+        <x:v>Ramsgate</x:v>
+      </x:c>
+      <x:c r="E1148" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1148" t="str">
+        <x:v>CT12 6FA</x:v>
+      </x:c>
+      <x:c r="G1148" t="str">
+        <x:v>lizdack@wmlaw.uk</x:v>
+      </x:c>
+      <x:c r="H1148" t="str">
+        <x:v>01227 643250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1149">
+      <x:c r="A1149" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1149" t="str">
+        <x:v>5 Eclipse Park</x:v>
+      </x:c>
+      <x:c r="C1149" t="str">
+        <x:v>Sittingbourne Road</x:v>
+      </x:c>
+      <x:c r="D1149" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E1149" t="str">
+        <x:v>Kent</x:v>
+      </x:c>
+      <x:c r="F1149" t="str">
+        <x:v>ME14 3EN</x:v>
+      </x:c>
+      <x:c r="G1149" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1149" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1150">
+      <x:c r="A1150" t="str">
+        <x:v>Whitmore Law Limited</x:v>
+      </x:c>
+      <x:c r="B1150" t="str">
+        <x:v>10 Cameron Road</x:v>
+      </x:c>
+      <x:c r="C1150" t="str">
+        <x:v>Seven Kings</x:v>
+      </x:c>
+      <x:c r="D1150" t="str">
+        <x:v>Ilford</x:v>
+      </x:c>
+      <x:c r="E1150" t="str">
+        <x:v>Essex</x:v>
+      </x:c>
+      <x:c r="F1150" t="str">
+        <x:v>IG3 8LA</x:v>
+      </x:c>
+      <x:c r="G1150" t="str">
+        <x:v>ap@whitmorelaw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1150" t="str">
+        <x:v>0208 477 1399</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1151">
+      <x:c r="A1151" t="str">
+        <x:v>Wilkinson Woodward (Huddersfield)</x:v>
+      </x:c>
+      <x:c r="B1151" t="str">
+        <x:v>22 Queen Street</x:v>
+      </x:c>
+      <x:c r="C1151" t="str">
+        <x:v>Huddersfield</x:v>
+      </x:c>
+      <x:c r="D1151" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E1151" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1151" t="str">
+        <x:v>HD1 2SP</x:v>
+      </x:c>
+      <x:c r="G1151" t="str">
+        <x:v>**</x:v>
+      </x:c>
+      <x:c r="H1151" t="str">
+        <x:v>01484 483800</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1152">
+      <x:c r="A1152" t="str">
+        <x:v>Wilkinson Woodward Limited</x:v>
+      </x:c>
+      <x:c r="B1152" t="str">
+        <x:v>11 Fountain Street</x:v>
+      </x:c>
+      <x:c r="C1152" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1152" t="str">
+        <x:v>Halifax</x:v>
+      </x:c>
+      <x:c r="E1152" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1152" t="str">
+        <x:v>HX1 1LU</x:v>
+      </x:c>
+      <x:c r="G1152" t="str">
+        <x:v>msc@wilkinsonwoodward.co.uk</x:v>
+      </x:c>
+      <x:c r="H1152" t="str">
+        <x:v>01422 339 600</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1153">
+      <x:c r="A1153" t="str">
+        <x:v>Wilkinson Woodward Limited</x:v>
+      </x:c>
+      <x:c r="B1153" t="str">
+        <x:v>4 Commercial Street</x:v>
+      </x:c>
+      <x:c r="C1153" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1153" t="str">
+        <x:v>Brighouse</x:v>
+      </x:c>
+      <x:c r="E1153" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1153" t="str">
+        <x:v>HD6 1AQ</x:v>
+      </x:c>
+      <x:c r="G1153" t="str">
+        <x:v>law@wilkinsonwoodward.co.uk</x:v>
+      </x:c>
+      <x:c r="H1153" t="str">
+        <x:v>01484 710571</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1154">
+      <x:c r="A1154" t="str">
+        <x:v>Williams &amp; Co</x:v>
+      </x:c>
+      <x:c r="B1154" t="str">
+        <x:v>Revenue Chambers</x:v>
+      </x:c>
+      <x:c r="C1154" t="str">
+        <x:v>St Peters Street</x:v>
+      </x:c>
+      <x:c r="D1154" t="str">
+        <x:v>Huddersfield</x:v>
+      </x:c>
+      <x:c r="E1154" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1154" t="str">
+        <x:v>HD1 1DL</x:v>
+      </x:c>
+      <x:c r="G1154" t="str">
+        <x:v>carolbellis@williamsco.legal</x:v>
+      </x:c>
+      <x:c r="H1154" t="str">
+        <x:v>01484 905265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1155">
+      <x:c r="A1155" t="str">
+        <x:v>Williams &amp; Co</x:v>
+      </x:c>
+      <x:c r="B1155" t="str">
+        <x:v>Merchant House</x:v>
+      </x:c>
+      <x:c r="C1155" t="str">
+        <x:v>24 Cheapside</x:v>
+      </x:c>
+      <x:c r="D1155" t="str">
+        <x:v>Wakefield</x:v>
+      </x:c>
+      <x:c r="E1155" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1155" t="str">
+        <x:v>WF1 2TF</x:v>
+      </x:c>
+      <x:c r="G1155" t="str">
+        <x:v>enquiries@williamscleck.co.uk</x:v>
+      </x:c>
+      <x:c r="H1155" t="str">
+        <x:v>01924562228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1156">
+      <x:c r="A1156" t="str">
+        <x:v>Williams &amp; Co</x:v>
+      </x:c>
+      <x:c r="B1156" t="str">
+        <x:v>Brooke House</x:v>
+      </x:c>
+      <x:c r="C1156" t="str">
+        <x:v>3-5 Dewsbury Road</x:v>
+      </x:c>
+      <x:c r="D1156" t="str">
+        <x:v>Cleckheaton</x:v>
+      </x:c>
+      <x:c r="E1156" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1156" t="str">
+        <x:v>BD19 3RS</x:v>
+      </x:c>
+      <x:c r="G1156" t="str">
+        <x:v>enquiries@williamscleck.co.uk</x:v>
+      </x:c>
+      <x:c r="H1156" t="str">
+        <x:v>01274 851608</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1157">
+      <x:c r="A1157" t="str">
+        <x:v>Windeatts Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1157" t="str">
+        <x:v>48 Fore Street</x:v>
+      </x:c>
+      <x:c r="C1157" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1157" t="str">
+        <x:v>Kingsbridge</x:v>
+      </x:c>
+      <x:c r="E1157" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1157" t="str">
+        <x:v>TQ7 1PE</x:v>
+      </x:c>
+      <x:c r="G1157" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1157" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1158">
+      <x:c r="A1158" t="str">
+        <x:v>Windeatts Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1158" t="str">
+        <x:v>19 High Street</x:v>
+      </x:c>
+      <x:c r="C1158" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1158" t="str">
+        <x:v>Totnes</x:v>
+      </x:c>
+      <x:c r="E1158" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1158" t="str">
+        <x:v>TQ9 5NW</x:v>
+      </x:c>
+      <x:c r="G1158" t="str">
+        <x:v>richard.wing@windeatts.co.uk</x:v>
+      </x:c>
+      <x:c r="H1158" t="str">
+        <x:v>01803 862233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1159">
+      <x:c r="A1159" t="str">
+        <x:v>WLR Legal Solutions Ltd</x:v>
+      </x:c>
+      <x:c r="B1159" t="str">
+        <x:v>First Floor, Finance Block</x:v>
+      </x:c>
+      <x:c r="C1159" t="str">
+        <x:v>Wharncliffe Road</x:v>
+      </x:c>
+      <x:c r="D1159" t="str">
+        <x:v>Ilkeston</x:v>
+      </x:c>
+      <x:c r="E1159" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1159" t="str">
+        <x:v>DE7 5GF</x:v>
+      </x:c>
+      <x:c r="G1159" t="str">
+        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+      </x:c>
+      <x:c r="H1159" t="str">
+        <x:v>01159 304994</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1160">
+      <x:c r="A1160" t="str">
+        <x:v>WLR Legal Solutions Ltd</x:v>
+      </x:c>
+      <x:c r="B1160" t="str">
+        <x:v>68 Nottingham Road</x:v>
+      </x:c>
+      <x:c r="C1160" t="str">
+        <x:v>Eastwood</x:v>
+      </x:c>
+      <x:c r="D1160" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E1160" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1160" t="str">
+        <x:v>NG16 3NQ</x:v>
+      </x:c>
+      <x:c r="G1160" t="str">
+        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+      </x:c>
+      <x:c r="H1160" t="str">
+        <x:v>01773 713846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1161">
+      <x:c r="A1161" t="str">
+        <x:v>WLR Legal Solutions Ltd</x:v>
+      </x:c>
+      <x:c r="B1161" t="str">
+        <x:v>The Hemington, Millhouse Business Centre,</x:v>
+      </x:c>
+      <x:c r="C1161" t="str">
+        <x:v>Station Road</x:v>
+      </x:c>
+      <x:c r="D1161" t="str">
+        <x:v>Castle Donington</x:v>
+      </x:c>
+      <x:c r="E1161" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1161" t="str">
+        <x:v>DE74 2NJ</x:v>
+      </x:c>
+      <x:c r="G1161" t="str">
+        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+      </x:c>
+      <x:c r="H1161" t="str">
+        <x:v>07802429330</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1162">
+      <x:c r="A1162" t="str">
+        <x:v>Woodford Stauffer</x:v>
+      </x:c>
+      <x:c r="B1162" t="str">
+        <x:v>The Parade, Petersfield Road</x:v>
+      </x:c>
+      <x:c r="C1162" t="str">
+        <x:v>Whitehill</x:v>
+      </x:c>
+      <x:c r="D1162" t="str">
+        <x:v>Bordon</x:v>
+      </x:c>
+      <x:c r="E1162" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1162" t="str">
+        <x:v>GU35 9AR</x:v>
+      </x:c>
+      <x:c r="G1162" t="str">
+        <x:v>enquiries@woodfordstauffer.co.uk</x:v>
+      </x:c>
+      <x:c r="H1162" t="str">
+        <x:v>01420500670</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1163">
+      <x:c r="A1163" t="str">
+        <x:v>Woodford Stauffer</x:v>
+      </x:c>
+      <x:c r="B1163" t="str">
+        <x:v>63A Lynchford Road</x:v>
+      </x:c>
+      <x:c r="C1163" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1163" t="str">
+        <x:v>Farnborough</x:v>
+      </x:c>
+      <x:c r="E1163" t="str">
+        <x:v>Hampshire</x:v>
+      </x:c>
+      <x:c r="F1163" t="str">
+        <x:v>GU14 6EJ</x:v>
+      </x:c>
+      <x:c r="G1163" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1163" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1164">
+      <x:c r="A1164" t="str">
+        <x:v>Woodstock Legal Services Limited.</x:v>
+      </x:c>
+      <x:c r="B1164" t="str">
+        <x:v>11 Haven Road</x:v>
+      </x:c>
+      <x:c r="C1164" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1164" t="str">
+        <x:v>POOLE</x:v>
+      </x:c>
+      <x:c r="E1164" t="str">
+        <x:v>Dorset</x:v>
+      </x:c>
+      <x:c r="F1164" t="str">
+        <x:v>BH13 7LE</x:v>
+      </x:c>
+      <x:c r="G1164" t="str">
+        <x:v>n.boyland@woodstocklegalservices.co.uk</x:v>
+      </x:c>
+      <x:c r="H1164" t="str">
+        <x:v>03300885792</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1165">
+      <x:c r="A1165" t="str">
+        <x:v>Woollcombe Yonge LLP</x:v>
+      </x:c>
+      <x:c r="B1165" t="str">
+        <x:v>5th Floor, Old Tree Court</x:v>
+      </x:c>
+      <x:c r="C1165" t="str">
+        <x:v>64 Exeter Street</x:v>
+      </x:c>
+      <x:c r="D1165" t="str">
+        <x:v>Plymouth</x:v>
+      </x:c>
+      <x:c r="E1165" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1165" t="str">
+        <x:v>PL4 0AJ</x:v>
+      </x:c>
+      <x:c r="G1165" t="str">
+        <x:v>MC@wysolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1165" t="str">
+        <x:v>01752 660384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1166">
+      <x:c r="A1166" t="str">
+        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1166" t="str">
+        <x:v>37 Beetham Road</x:v>
+      </x:c>
+      <x:c r="C1166" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1166" t="str">
+        <x:v>Milnthorpe</x:v>
+      </x:c>
+      <x:c r="E1166" t="str">
+        <x:v>Cumbria</x:v>
+      </x:c>
+      <x:c r="F1166" t="str">
+        <x:v>LA7 7QN</x:v>
+      </x:c>
+      <x:c r="G1166" t="str">
+        <x:v>info@wrightandlord.com</x:v>
+      </x:c>
+      <x:c r="H1166" t="str">
+        <x:v>015395 65990</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1167">
+      <x:c r="A1167" t="str">
+        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1167" t="str">
+        <x:v>63 Victoria Street</x:v>
+      </x:c>
+      <x:c r="C1167" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1167" t="str">
+        <x:v>Morecambe</x:v>
+      </x:c>
+      <x:c r="E1167" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1167" t="str">
+        <x:v>LA4 4AF</x:v>
+      </x:c>
+      <x:c r="G1167" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1167" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1168">
+      <x:c r="A1168" t="str">
         <x:v>YVA Solicitors LLP</x:v>
       </x:c>
-      <x:c r="B1106" t="str">
+      <x:c r="B1168" t="str">
+        <x:v>Sixth Floor, 16 Berkeley Street</x:v>
+      </x:c>
+      <x:c r="C1168" t="str">
+        <x:v>Mayfair</x:v>
+      </x:c>
+      <x:c r="D1168" t="str">
+        <x:v>London</x:v>
+      </x:c>
+      <x:c r="E1168" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1168" t="str">
+        <x:v>W1J 8DZ</x:v>
+      </x:c>
+      <x:c r="G1168" t="str">
+        <x:v>info@yvasolicitors.com</x:v>
+      </x:c>
+      <x:c r="H1168" t="str">
+        <x:v>020 7493 7888</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1169">
+      <x:c r="A1169" t="str">
+        <x:v>YVA Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1169" t="str">
         <x:v>811 High Road</x:v>
       </x:c>
-      <x:c r="C1106" t="str">
-[...2 lines deleted...]
-      <x:c r="D1106" t="str">
+      <x:c r="C1169" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1169" t="str">
         <x:v>London</x:v>
       </x:c>
-      <x:c r="E1106" t="str">
-[...2 lines deleted...]
-      <x:c r="F1106" t="str">
+      <x:c r="E1169" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1169" t="str">
         <x:v>N12 8JT</x:v>
       </x:c>
-      <x:c r="G1106" t="str">
-[...2 lines deleted...]
-      <x:c r="H1106" t="str">
+      <x:c r="G1169" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1169" t="str">
         <x:v>020 8445 9898</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:H2"/>
   </x:mergeCells>
   <x:phoneticPr fontId="3" type="noConversion"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:drawing r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>