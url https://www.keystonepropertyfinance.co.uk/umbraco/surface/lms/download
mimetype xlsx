--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -587,51 +587,51 @@
       <x:selection activeCell="A4" sqref="A4"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="27.7109375" customWidth="1"/>
     <x:col min="3" max="3" width="27.85546875" customWidth="1"/>
     <x:col min="4" max="4" width="27.5703125" customWidth="1"/>
     <x:col min="5" max="5" width="27.140625" customWidth="1"/>
     <x:col min="6" max="6" width="27.7109375" customWidth="1"/>
     <x:col min="7" max="8" width="27.5703125" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="69" customHeight="1">
       <x:c r="A1" s="4"/>
       <x:c r="B1" s="4"/>
       <x:c r="C1" s="4"/>
       <x:c r="D1" s="4"/>
       <x:c r="E1" s="4"/>
       <x:c r="F1" s="4"/>
       <x:c r="G1" s="4"/>
       <x:c r="H1" s="4"/>
     </x:row>
     <x:row r="2" spans="1:8" ht="20.25" customHeight="1">
       <x:c r="A2" s="5" t="str">
-        <x:v>Below are the details of our solicitor panel for England and Wales. This list was generated on 22/02/2026.</x:v>
+        <x:v>Below are the details of our solicitor panel for England and Wales. This list was generated on 14/03/2026.</x:v>
       </x:c>
       <x:c r="B2" s="6"/>
       <x:c r="C2" s="6"/>
       <x:c r="D2" s="6"/>
       <x:c r="E2" s="6"/>
       <x:c r="F2" s="6"/>
       <x:c r="G2" s="6"/>
       <x:c r="H2" s="6"/>
     </x:row>
     <x:row r="3" spans="1:8" ht="3.75" customHeight="1">
       <x:c r="A3" s="1"/>
       <x:c r="B3" s="2"/>
       <x:c r="C3" s="2"/>
       <x:c r="D3" s="2"/>
       <x:c r="E3" s="2"/>
       <x:c r="F3" s="2"/>
       <x:c r="G3" s="2"/>
       <x:c r="H3" s="2"/>
     </x:row>
     <x:row r="4" spans="1:8" ht="15.75" customHeight="1">
       <x:c r="A4" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="3" t="s">
         <x:v>2</x:v>
@@ -664,95 +664,95 @@
       </x:c>
       <x:c r="C5" t="str">
         <x:v/>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>Lightwater</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>GU18 5SA</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>conveyancing@360lawservices.com</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>03337727736</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>Aaron &amp; Partners LLP</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>5-7 Grosvenor Court</x:v>
+        <x:v>Lakeside House</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Foregate Street</x:v>
+        <x:v>Oxon Business Park</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Shrewsbury</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CH1 1HG</x:v>
+        <x:v>SY3 5HJ</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>iwan.williams@aaronandpartners.com</x:v>
+        <x:v>joanne.parsons@aaronandpartners.com</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>01244405409</x:v>
+        <x:v>01743443043</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>Aaron &amp; Partners LLP</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Lakeside House</x:v>
+        <x:v>5-7 Grosvenor Court</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Oxon Business Park</x:v>
+        <x:v>Foregate Street</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Shrewsbury</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>SY3 5HJ</x:v>
+        <x:v>CH1 1HG</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>joanne.parsons@aaronandpartners.com</x:v>
+        <x:v>iwan.williams@aaronandpartners.com</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>01743443043</x:v>
+        <x:v>01244405409</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>Abbey Law Limited</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>131-133 Hatfield Road</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v/>
       </x:c>
       <x:c r="D8" t="str">
         <x:v>St. Albans</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>AL1 4JS</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>nasir@abbeylaw.org</x:v>
       </x:c>
       <x:c r="H8" t="str">
@@ -1158,92 +1158,92 @@
       </x:c>
       <x:c r="C24" t="str">
         <x:v/>
       </x:c>
       <x:c r="D24" t="str">
         <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
         <x:v>LS1 2BH</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v>lee.gaddes@arch.law</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v>03332423976</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str">
         <x:v>Arch Law Limited</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>Beehive Mill</x:v>
+        <x:v>55 Colmore Row</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Jersey Street</x:v>
+        <x:v>Birmingham </x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>M4 6JG</x:v>
+        <x:v>B3 2AA </x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>martin.mcqueen@arch.law</x:v>
+        <x:v>manasi.gokhale@arch.law </x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v>03332423976</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str">
         <x:v>Arch Law Limited</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>55 Colmore Row</x:v>
+        <x:v>Beehive Mill</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Birmingham </x:v>
+        <x:v>Jersey Street</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v/>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>B3 2AA </x:v>
+        <x:v>M4 6JG</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>manasi.gokhale@arch.law </x:v>
+        <x:v>martin.mcqueen@arch.law</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>03332423976</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str">
         <x:v>Arch Law Limited</x:v>
       </x:c>
       <x:c r="B27" t="str">
         <x:v>Huckletree Floor 2</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>8 Bishopsgate</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
         <x:v>EC2N 4BQ</x:v>
       </x:c>
       <x:c r="G27" t="str">
@@ -1597,29373 +1597,31375 @@
       </x:c>
       <x:c r="B41" t="str">
         <x:v>Vision Co-Working Spaces, Saxon House, 27 Duke Street</x:v>
       </x:c>
       <x:c r="C41" t="str">
         <x:v/>
       </x:c>
       <x:c r="D41" t="str">
         <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E41" t="str">
         <x:v>Essex</x:v>
       </x:c>
       <x:c r="F41" t="str">
         <x:v>CM1 1HT</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v>admin@atlanticsolicitors.com</x:v>
       </x:c>
       <x:c r="H41" t="str">
         <x:v>01245697474</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str">
-        <x:v>Attwells Solicitors LLP</x:v>
+        <x:v>Attwaters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>Sun Buildings</x:v>
+        <x:v>72-74 Fore Street</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>35-37 Princes Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>Ipswich</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>IP1 1PU</x:v>
+        <x:v>SG14 1BY</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>laura.catania@attwells.com</x:v>
+        <x:v>peter.westbrook@attwaters.co.uk</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>01473 229200</x:v>
+        <x:v>0330 221 8855</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str">
-        <x:v>Attwells Solicitors LLP</x:v>
+        <x:v>Attwaters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>111 Baker Street</x:v>
+        <x:v>5 East Street</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v/>
+        <x:v>Ware</x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>W1U 6SG</x:v>
+        <x:v>SG12 9HJ</x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>lisa.draper@attwells.com</x:v>
+        <x:v>enquiries@attwaters.co.uk</x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>02077229898</x:v>
+        <x:v>033 0221 8855</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str">
-        <x:v>Attwells Solicitors LLP</x:v>
+        <x:v>Attwaters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>18 North Hill</x:v>
+        <x:v>145 High Road</x:v>
       </x:c>
       <x:c r="C44" t="str">
         <x:v/>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>Loughton</x:v>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>CO1 1DZ</x:v>
+        <x:v>IG10 4LY</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>laura.catania@attwells.com</x:v>
+        <x:v>enquiries@attwaters.co.uk</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>01206 766 333</x:v>
+        <x:v>03302218855</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str">
-        <x:v>Attwells Solicitors LLP</x:v>
+        <x:v>Attwaters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>Barton House, 84 Thoroughfare</x:v>
+        <x:v>St Clements House, 27 Clement's Lane</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v/>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>Woodbridge</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>IP12 1AL</x:v>
+        <x:v>EC4N 7AE</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>laura.catania@attwells.com</x:v>
+        <x:v>enquiries@attwaters.co.uk</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>01394 386336</x:v>
+        <x:v>0330 221 8855</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str">
-        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>8 Scholes Lane</x:v>
+        <x:v>Sun Buildings</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>Prestwich</x:v>
+        <x:v>35-37 Princes Street</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Ipswich</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>M25 0BA</x:v>
+        <x:v>IP1 1PU</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>joanne@isaacsonpartners.com</x:v>
+        <x:v>laura.catania@attwells.com</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>0161 959 5000</x:v>
+        <x:v>01473 229200</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str">
-        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>60 Sunny Bank Road</x:v>
+        <x:v>111 Baker Street</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>Unsworth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>Bury,</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>Lancashire,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>BL9 8HJ</x:v>
+        <x:v>W1U 6SG</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>philip@isaacsonpartners.com</x:v>
+        <x:v>lisa.draper@attwells.com</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>01619 595050</x:v>
+        <x:v>02077229898</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str">
-        <x:v>BA Williams Legal Limited</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>Unit 13, The Excel Building,</x:v>
+        <x:v>18 North Hill</x:v>
       </x:c>
       <x:c r="C48" t="str">
         <x:v/>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>London</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>E8 4DT</x:v>
+        <x:v>CO1 1DZ</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>e.obaseki@bawilliamssolicitors.com</x:v>
+        <x:v>laura.catania@attwells.com</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>02045801170</x:v>
+        <x:v>01206 766 333</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str">
-        <x:v>Backhouse Solicitors Ltd</x:v>
+        <x:v>Attwells Solicitors LLP</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>17 Duke Street</x:v>
+        <x:v>Barton House, 84 Thoroughfare</x:v>
       </x:c>
       <x:c r="C49" t="str">
         <x:v/>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Woodbridge</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>CM1 1JU</x:v>
+        <x:v>IP12 1AL</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>liz.searl@backhouse-solicitors.co.uk</x:v>
+        <x:v>laura.catania@attwells.com</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>01245 893400</x:v>
+        <x:v>01394 386336</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str">
-        <x:v>Baker Ashley Limited</x:v>
+        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>Unit 5, Melin Corrwg Business Parc</x:v>
+        <x:v>8 Scholes Lane</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Upper Boat</x:v>
+        <x:v>Prestwich</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>Pontypridd</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>Rhondda Cynon Taf</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>CF37 5BE</x:v>
+        <x:v>M25 0BA</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v/>
+        <x:v>joanne@isaacsonpartners.com</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v/>
+        <x:v>0161 959 5000</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str">
-        <x:v>BakerLaw LLP</x:v>
+        <x:v>Aubrey Isaacson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>Gostrey House, Union Road</x:v>
+        <x:v>60 Sunny Bank Road</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v/>
+        <x:v>Unsworth</x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>Farnham</x:v>
+        <x:v>Bury,</x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Lancashire,</x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>GU9 7PT</x:v>
+        <x:v>BL9 8HJ</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>kevin.duffy@baker-law.co.uk</x:v>
+        <x:v>philip@isaacsonpartners.com</x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>01252730760</x:v>
+        <x:v>01619 595050</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str">
-        <x:v>Band Hatton Button LLP</x:v>
+        <x:v>BA Williams Legal Limited</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>Earlsdon Park, 53-55 Butts Road</x:v>
+        <x:v>Unit 13, The Excel Building,</x:v>
       </x:c>
       <x:c r="C52" t="str">
         <x:v/>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>CV1 3BH</x:v>
+        <x:v>E8 4DT</x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>lmm@bandhattonbutton.com</x:v>
+        <x:v>e.obaseki@bawilliamssolicitors.com</x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>02476 632121</x:v>
+        <x:v>02045801170</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str">
-        <x:v>Bannister Preston Solicitors LLP</x:v>
+        <x:v>Backhouse Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>180 Liverpool Road</x:v>
+        <x:v>17 Duke Street</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>Irlam</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>M44 6FE</x:v>
+        <x:v>CM1 1JU</x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v/>
+        <x:v>liz.searl@backhouse-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>01617750444</x:v>
+        <x:v>01245 893400</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str">
-        <x:v>Bannister Preston Solicitors LLP</x:v>
+        <x:v>Baker Ashley Limited</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>28-30 Washway Road</x:v>
+        <x:v>Unit 5, Melin Corrwg Business Parc</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v/>
+        <x:v>Upper Boat</x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>Sale</x:v>
+        <x:v>Pontypridd</x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Rhondda Cynon Taf</x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>M33 7QY</x:v>
+        <x:v>CF37 5BE</x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>BakerLaw LLP</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>25 North Street</x:v>
+        <x:v>Gostrey House, Union Road</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Bedminster</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>BS3 1EN</x:v>
+        <x:v>GU9 7PT</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>G.Artess@barcankirby.co.uk</x:v>
+        <x:v>kevin.duffy@baker-law.co.uk</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>0117 325 2929</x:v>
+        <x:v>01252730760</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>Band Hatton Button LLP</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>60 Gloucester Road</x:v>
+        <x:v>Earlsdon Park, 53-55 Butts Road</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>Bishopston</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>BS7 8BH</x:v>
+        <x:v>CV1 3BH</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>g.artess@barcankirby.co.uk</x:v>
+        <x:v>lmm@bandhattonbutton.com</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>0117 3252929</x:v>
+        <x:v>02476 632121</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>Banner Jones Limited</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>Second Floor Prince House</x:v>
+        <x:v>Corner House</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>43-51 Prince Street</x:v>
+        <x:v>Union Street</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>BS1 4PS</x:v>
+        <x:v>NG18 1RP</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>G.Artess@barcankirby.co.uk</x:v>
+        <x:v>holliewatkins@bannerjones.co.uk</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>0117 325 2929</x:v>
+        <x:v>01623675800</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str">
-        <x:v>Barcan + Kirby LLP</x:v>
+        <x:v>Banner Jones Limited</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>36 High Street</x:v>
+        <x:v>24 Glumangate</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>Thornbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Chesterfield</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>South Gloucestershire</x:v>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>BS35 2AJ</x:v>
+        <x:v>S40 1UA</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>G.Artess@barcankirby.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>0117 325 2929</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str">
-        <x:v>Barcan+Kirby LLP</x:v>
+        <x:v>Banner Jones Limited</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>111-117 Regent Street</x:v>
+        <x:v>1 Sheffield Road</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>Kingswood</x:v>
+        <x:v>Dronfield</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>South Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>BS15 8LJ</x:v>
+        <x:v>S18 2DH</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v/>
+        <x:v>sallycother@bannerjones.co.uk</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v/>
+        <x:v>01246560560</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str">
-        <x:v>Barnes &amp; Partners</x:v>
+        <x:v>Banner Jones Ltd</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>30 Broadway Parade</x:v>
+        <x:v>3rd Floor, 11 Leopold Street</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>Tottenham Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v/>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>N8 9DB </x:v>
+        <x:v>S1 2GY</x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v/>
+        <x:v>Lenders@bannerjones.co.uk</x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v/>
+        <x:v>0114 2755266</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str">
-        <x:v>Barnes &amp; Partners</x:v>
+        <x:v>Bannister Preston Solicitors LLP</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90 Silver Street</x:v>
+        <x:v>28-30 Washway Road</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>Sale</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>EN1 3EP</x:v>
+        <x:v>M33 7QY</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>k.winterflood@barnesandpartners.com  </x:v>
+        <x:v/>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>020 8370 2815</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str">
-        <x:v>Barnes &amp; Partners</x:v>
+        <x:v>Bannister Preston Solicitors LLP</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>103 Crossbrook Street</x:v>
+        <x:v>180 Liverpool Road</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Cheshunt</x:v>
+        <x:v>Irlam</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>Waltham Cross</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>EN8 8LY</x:v>
+        <x:v>M44 6FE</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>k.winterflood@barnesandpartners.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v/>
+        <x:v>01617750444</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str">
-        <x:v>Barnes and Partners</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>5 West Square</x:v>
+        <x:v>25 North Street</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>The High</x:v>
+        <x:v>Bedminster</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>Harlow</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>CM20 1JJ</x:v>
+        <x:v>BS3 1EN</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>s.wright@barnesandpartners.com</x:v>
+        <x:v>G.Artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>01279418601</x:v>
+        <x:v>0117 325 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="str">
-        <x:v>Barretts Law Limited</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>81 Rivington Street</x:v>
+        <x:v>60 Gloucester Road</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v/>
+        <x:v>Bishopston</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>London</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E64" t="str">
         <x:v/>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>EC2A 3AY</x:v>
+        <x:v>BS7 8BH</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>office@barrettslaw.co.uk</x:v>
+        <x:v>g.artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>02036490550</x:v>
+        <x:v>0117 3252929</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="str">
-        <x:v>Barretts Law Limited</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>162 Queens Road</x:v>
+        <x:v>Second Floor Prince House</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>Buckhurst Hill</x:v>
+        <x:v>43-51 Prince Street</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v/>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>IG9 5BD </x:v>
+        <x:v>BS1 4PS</x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v/>
+        <x:v>G.Artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v/>
+        <x:v>0117 325 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barcan + Kirby LLP</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>67-69 Fleet Road</x:v>
+        <x:v>36 High Street</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v/>
+        <x:v>Thornbury</x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>Fleet</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E66" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>South Gloucestershire</x:v>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>GU51 3PJ</x:v>
+        <x:v>BS35 2AJ</x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v/>
+        <x:v>G.Artess@barcankirby.co.uk</x:v>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v/>
+        <x:v>0117 325 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barcan+Kirby LLP</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>43 Essex Street</x:v>
+        <x:v>111-117 Regent Street</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v/>
+        <x:v>Kingswood</x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>London</x:v>
+        <x:v>South Gloucestershire</x:v>
       </x:c>
       <x:c r="E67" t="str">
         <x:v/>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>WC2R 3JF</x:v>
+        <x:v>BS15 8LJ</x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>ikmacdonald@batessolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>0207 936 2930</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes &amp; Partners</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>111 Queens Road</x:v>
+        <x:v>30 Broadway Parade</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v/>
+        <x:v>Tottenham Lane</x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>Weybridge</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>KT13 9UW</x:v>
+        <x:v>N8 9DB </x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>weybridge@batessolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>01932 858833</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes &amp; Partners</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>Philips House, Station Road</x:v>
+        <x:v>90 Silver Street</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v/>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>Hook</x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>RG27 9HD</x:v>
+        <x:v>EN1 3EP</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>hook@batessolicitors.co.uk</x:v>
+        <x:v>k.winterflood@barnesandpartners.com  </x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>01256 760074</x:v>
+        <x:v>020 8370 2815</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes &amp; Partners</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>Suite 2, Fountains Mall, High Street</x:v>
+        <x:v>103 Crossbrook Street</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>Odiham</x:v>
+        <x:v>Cheshunt</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>Hook</x:v>
+        <x:v>Waltham Cross</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>RG29 1LP</x:v>
+        <x:v>EN8 8LY</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>odiham@batessolicitors.co.uk</x:v>
+        <x:v>k.winterflood@barnesandpartners.com</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>01256 709900</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barnes and Partners</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>First Floor, 1663 London Road</x:v>
+        <x:v>5 West Square</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v/>
+        <x:v>The High</x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>Leigh-On-Sea</x:v>
+        <x:v>Harlow</x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>SS9 2SH</x:v>
+        <x:v>CM20 1JJ</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>leigh@batessolicitors.co.uk</x:v>
+        <x:v>s.wright@barnesandpartners.com</x:v>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>01702 472222</x:v>
+        <x:v>01279418601</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barretts Law Limited</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>Sanctuary House, Barnwells Court</x:v>
+        <x:v>81 Rivington Street</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>Hartley Wintney</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E72" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>RG27 8AY</x:v>
+        <x:v>EC2A 3AY</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v>hw@batessolicitors.co.uk</x:v>
+        <x:v>office@barrettslaw.co.uk</x:v>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>01252 844443</x:v>
+        <x:v>02036490550</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="str">
-        <x:v>Bates Solicitors Limited</x:v>
+        <x:v>Barretts Law Limited</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>8 Cross Street</x:v>
+        <x:v>162 Queens Road</x:v>
       </x:c>
       <x:c r="C73" t="str">
-        <x:v/>
+        <x:v>Buckhurst Hill</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>Basingstoke</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E73" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>RG21 7DQ</x:v>
+        <x:v>IG9 5BD </x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>basingstoke@batessolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>01256 464311</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="str">
-        <x:v>BBS Law Ltd</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>The Edge</x:v>
+        <x:v>67-69 Fleet Road</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>Clowes Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>Salford</x:v>
+        <x:v>Fleet</x:v>
       </x:c>
       <x:c r="E74" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>M3 5NA</x:v>
+        <x:v>GU51 3PJ</x:v>
       </x:c>
       <x:c r="G74" t="str">
         <x:v/>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>01618322500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="str">
-        <x:v>BBS Law Ltd</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>Winston House</x:v>
+        <x:v>43 Essex Street</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>2 Dollis Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D75" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E75" t="str">
         <x:v/>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>N3 1HF</x:v>
+        <x:v>WC2R 3JF</x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v/>
+        <x:v>ikmacdonald@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v/>
+        <x:v>0207 936 2930</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="str">
-        <x:v>BBS Law Ltd</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>80 Coleman Street</x:v>
+        <x:v>111 Queens Road</x:v>
       </x:c>
       <x:c r="C76" t="str">
         <x:v/>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>London</x:v>
+        <x:v>Weybridge</x:v>
       </x:c>
       <x:c r="E76" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>EC2R 5BJ</x:v>
+        <x:v>KT13 9UW</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v/>
+        <x:v>weybridge@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v/>
+        <x:v>01932 858833</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>Mill Bank House</x:v>
+        <x:v>Philips House, Station Road</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>Northway</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>Runcorn</x:v>
+        <x:v>Hook</x:v>
       </x:c>
       <x:c r="E77" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>WA7 2SX</x:v>
+        <x:v>RG27 9HD</x:v>
       </x:c>
       <x:c r="G77" t="str">
-        <x:v/>
+        <x:v>hook@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v/>
+        <x:v>01256 760074</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>39 Walton Vale</x:v>
+        <x:v>Suite 2, Fountains Mall, High Street</x:v>
       </x:c>
       <x:c r="C78" t="str">
-        <x:v/>
+        <x:v>Odiham</x:v>
       </x:c>
       <x:c r="D78" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Hook</x:v>
       </x:c>
       <x:c r="E78" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>L9 4ST</x:v>
+        <x:v>RG29 1LP</x:v>
       </x:c>
       <x:c r="G78" t="str">
-        <x:v/>
+        <x:v>odiham@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H78" t="str">
-        <x:v>03444 124348</x:v>
+        <x:v>01256 709900</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>7 Central Square</x:v>
+        <x:v>First Floor, 1663 London Road</x:v>
       </x:c>
       <x:c r="C79" t="str">
         <x:v/>
       </x:c>
       <x:c r="D79" t="str">
-        <x:v>Maghull</x:v>
+        <x:v>Leigh-On-Sea</x:v>
       </x:c>
       <x:c r="E79" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>L31 0AE</x:v>
+        <x:v>SS9 2SH</x:v>
       </x:c>
       <x:c r="G79" t="str">
-        <x:v>laura.cartwright@bljsolicitors.co.uk</x:v>
+        <x:v>leigh@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>03444124348</x:v>
+        <x:v>01702 472222</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>84 Sankey Street</x:v>
+        <x:v>Sanctuary House, Barnwells Court</x:v>
       </x:c>
       <x:c r="C80" t="str">
-        <x:v/>
+        <x:v>High Street</x:v>
       </x:c>
       <x:c r="D80" t="str">
-        <x:v>Warrington</x:v>
+        <x:v>Hartley Wintney</x:v>
       </x:c>
       <x:c r="E80" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>WA1 1SG</x:v>
+        <x:v>RG27 8AY</x:v>
       </x:c>
       <x:c r="G80" t="str">
-        <x:v>contact@bljsolicitors.co.uk</x:v>
+        <x:v>hw@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>03444 124348</x:v>
+        <x:v>01252 844443</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="str">
-        <x:v>Bell Lamb &amp; Joynson</x:v>
+        <x:v>Bates Solicitors Limited</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>Suite 8, 405 Wigan Road</x:v>
+        <x:v>8 Cross Street</x:v>
       </x:c>
       <x:c r="C81" t="str">
-        <x:v>Ashton-In-Makerfield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D81" t="str">
-        <x:v/>
+        <x:v>Basingstoke</x:v>
       </x:c>
       <x:c r="E81" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>WN4 0AR</x:v>
+        <x:v>RG21 7DQ</x:v>
       </x:c>
       <x:c r="G81" t="str">
-        <x:v>contact@bljsolicitors.co.uk</x:v>
+        <x:v>basingstoke@batessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>03444124348</x:v>
+        <x:v>01256 464311</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="str">
-        <x:v>Berlad Graham LLP</x:v>
+        <x:v>BBS Law Ltd</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>First Floor Prosper House</x:v>
+        <x:v>The Edge</x:v>
       </x:c>
       <x:c r="C82" t="str">
-        <x:v>Regents Court</x:v>
+        <x:v>Clowes Street</x:v>
       </x:c>
       <x:c r="D82" t="str">
-        <x:v>Guard Street</x:v>
+        <x:v>Salford</x:v>
       </x:c>
       <x:c r="E82" t="str">
-        <x:v>Workington</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>CA14 4EW</x:v>
+        <x:v>M3 5NA</x:v>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v>info@bglaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v>03301 755 655</x:v>
+        <x:v>01618322500</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="str">
-        <x:v>Berlad Graham LLP</x:v>
+        <x:v>BBS Law Ltd</x:v>
       </x:c>
       <x:c r="B83" t="str">
-        <x:v>Boundary House </x:v>
+        <x:v>Winston House</x:v>
       </x:c>
       <x:c r="C83" t="str">
-        <x:v>Cricket Field Road</x:v>
+        <x:v>2 Dollis Park</x:v>
       </x:c>
       <x:c r="D83" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E83" t="str">
-        <x:v>Uxbridge</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F83" t="str">
-        <x:v>UB8 1QG</x:v>
+        <x:v>N3 1HF</x:v>
       </x:c>
       <x:c r="G83" t="str">
         <x:v/>
       </x:c>
       <x:c r="H83" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" t="str">
-        <x:v>Beyond Conveyancing Limited</x:v>
+        <x:v>BBS Law Ltd</x:v>
       </x:c>
       <x:c r="B84" t="str">
-        <x:v>4 Castle Street</x:v>
+        <x:v>80 Coleman Street</x:v>
       </x:c>
       <x:c r="C84" t="str">
         <x:v/>
       </x:c>
       <x:c r="D84" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E84" t="str">
         <x:v/>
       </x:c>
       <x:c r="F84" t="str">
-        <x:v>M3 4LZ</x:v>
+        <x:v>EC2R 5BJ</x:v>
       </x:c>
       <x:c r="G84" t="str">
-        <x:v>cordelia.grassby@homepropertylaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H84" t="str">
-        <x:v>0333 4330 275</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" t="str">
-        <x:v>Bindmans LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B85" t="str">
-        <x:v>5 Castle Row</x:v>
+        <x:v>Mill Bank House</x:v>
       </x:c>
       <x:c r="C85" t="str">
-        <x:v/>
+        <x:v>Northway</x:v>
       </x:c>
       <x:c r="D85" t="str">
-        <x:v>Horticultural Place</x:v>
+        <x:v>Runcorn</x:v>
       </x:c>
       <x:c r="E85" t="str">
-        <x:v>London</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F85" t="str">
-        <x:v>W4 4JQ</x:v>
+        <x:v>WA7 2SX</x:v>
       </x:c>
       <x:c r="G85" t="str">
-        <x:v>jonathan.walsh@suttonmattocks.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H85" t="str">
-        <x:v>020 8994 7344</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B86" t="str">
-        <x:v>1 London Wall</x:v>
+        <x:v>39 Walton Vale</x:v>
       </x:c>
       <x:c r="C86" t="str">
         <x:v/>
       </x:c>
       <x:c r="D86" t="str">
-        <x:v>London</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E86" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F86" t="str">
-        <x:v>EC2Y 5EA</x:v>
+        <x:v>L9 4ST</x:v>
       </x:c>
       <x:c r="G86" t="str">
-        <x:v>mail@birketts.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H86" t="str">
-        <x:v>02035534888</x:v>
+        <x:v>03444 124348</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B87" t="str">
-        <x:v>One Suffolk Way</x:v>
+        <x:v>7 Central Square</x:v>
       </x:c>
       <x:c r="C87" t="str">
         <x:v/>
       </x:c>
       <x:c r="D87" t="str">
-        <x:v>Sevenoaks</x:v>
+        <x:v>Maghull</x:v>
       </x:c>
       <x:c r="E87" t="str">
-        <x:v/>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="F87" t="str">
-        <x:v>TN13 1YL</x:v>
+        <x:v>L31 0AE</x:v>
       </x:c>
       <x:c r="G87" t="str">
-        <x:v>mail@birketts.co.uk</x:v>
+        <x:v>laura.cartwright@bljsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H87" t="str">
-        <x:v>02087687000</x:v>
+        <x:v>03444124348</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B88" t="str">
-        <x:v>E Q, 111 Victoria Street</x:v>
+        <x:v>84 Sankey Street</x:v>
       </x:c>
       <x:c r="C88" t="str">
         <x:v/>
       </x:c>
       <x:c r="D88" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Warrington</x:v>
       </x:c>
       <x:c r="E88" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F88" t="str">
-        <x:v>BS1 6AX</x:v>
+        <x:v>WA1 1SG</x:v>
       </x:c>
       <x:c r="G88" t="str">
-        <x:v>mail@birketts.co.uk</x:v>
+        <x:v>contact@bljsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H88" t="str">
-        <x:v>0117331700</x:v>
+        <x:v>03444 124348</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Bell Lamb &amp; Joynson</x:v>
       </x:c>
       <x:c r="B89" t="str">
-        <x:v>Kingfisher House</x:v>
+        <x:v>Suite 8, 405 Wigan Road</x:v>
       </x:c>
       <x:c r="C89" t="str">
-        <x:v>1 Gilders Way</x:v>
+        <x:v>Ashton-In-Makerfield</x:v>
       </x:c>
       <x:c r="D89" t="str">
-        <x:v>Norwich</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E89" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="F89" t="str">
-        <x:v>NR3 1UB</x:v>
+        <x:v>WN4 0AR</x:v>
       </x:c>
       <x:c r="G89" t="str">
-        <x:v/>
+        <x:v>contact@bljsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H89" t="str">
-        <x:v/>
+        <x:v>03444124348</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Berlad Graham LLP</x:v>
       </x:c>
       <x:c r="B90" t="str">
-        <x:v>22 Station Road</x:v>
+        <x:v>First Floor Prosper House</x:v>
       </x:c>
       <x:c r="C90" t="str">
-        <x:v/>
+        <x:v>Regents Court</x:v>
       </x:c>
       <x:c r="D90" t="str">
-        <x:v>Cambridge</x:v>
+        <x:v>Guard Street</x:v>
       </x:c>
       <x:c r="E90" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Workington</x:v>
       </x:c>
       <x:c r="F90" t="str">
-        <x:v>CB1 2JD</x:v>
+        <x:v>CA14 4EW</x:v>
       </x:c>
       <x:c r="G90" t="str">
-        <x:v>thomas-carley@birketts.co.uk</x:v>
+        <x:v>info@bglaw.co.uk</x:v>
       </x:c>
       <x:c r="H90" t="str">
-        <x:v/>
+        <x:v>03301 755 655</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Berlad Graham LLP</x:v>
       </x:c>
       <x:c r="B91" t="str">
-        <x:v>141-145 Princes Street</x:v>
+        <x:v>Boundary House </x:v>
       </x:c>
       <x:c r="C91" t="str">
-        <x:v/>
+        <x:v>Cricket Field Road</x:v>
       </x:c>
       <x:c r="D91" t="str">
-        <x:v>Ipswich</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E91" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v>Uxbridge</x:v>
       </x:c>
       <x:c r="F91" t="str">
-        <x:v>IP1 1QJ</x:v>
+        <x:v>UB8 1QG</x:v>
       </x:c>
       <x:c r="G91" t="str">
-        <x:v>fiona-wellstead@birketts.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H91" t="str">
-        <x:v>01473 232300</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str">
-        <x:v>Birketts LLP</x:v>
+        <x:v>Beyond Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B92" t="str">
-        <x:v>Brierly Place,</x:v>
+        <x:v>4 Castle Street</x:v>
       </x:c>
       <x:c r="C92" t="str">
-        <x:v>160-162 New London Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D92" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E92" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>CM2 0AP</x:v>
+        <x:v>M3 4LZ</x:v>
       </x:c>
       <x:c r="G92" t="str">
-        <x:v>thomas-carley@birketts.co.uk</x:v>
+        <x:v>cordelia.grassby@homepropertylaw.co.uk</x:v>
       </x:c>
       <x:c r="H92" t="str">
-        <x:v>01245 211211</x:v>
+        <x:v>0333 4330 275</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Bindmans LLP</x:v>
       </x:c>
       <x:c r="B93" t="str">
-        <x:v>143 High Street</x:v>
+        <x:v>5 Castle Row</x:v>
       </x:c>
       <x:c r="C93" t="str">
         <x:v/>
       </x:c>
       <x:c r="D93" t="str">
-        <x:v>Newport</x:v>
+        <x:v>Horticultural Place</x:v>
       </x:c>
       <x:c r="E93" t="str">
-        <x:v>Isle of Wight</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F93" t="str">
-        <x:v>PO30 1TY</x:v>
+        <x:v>W4 4JQ</x:v>
       </x:c>
       <x:c r="G93" t="str">
-        <x:v/>
+        <x:v>jonathan.walsh@suttonmattocks.co.uk</x:v>
       </x:c>
       <x:c r="H93" t="str">
-        <x:v/>
+        <x:v>020 8994 7344</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B94" t="str">
-        <x:v>2 Port Way</x:v>
+        <x:v>1 London Wall</x:v>
       </x:c>
       <x:c r="C94" t="str">
-        <x:v>Port Solent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D94" t="str">
-        <x:v>Portsmouth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E94" t="str">
         <x:v/>
       </x:c>
       <x:c r="F94" t="str">
-        <x:v>PO6 4TY</x:v>
+        <x:v>EC2Y 5EA</x:v>
       </x:c>
       <x:c r="G94" t="str">
-        <x:v/>
+        <x:v>mail@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H94" t="str">
-        <x:v/>
+        <x:v>02035534888</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B95" t="str">
-        <x:v>15 Somerset House, Hussar Court</x:v>
+        <x:v>One Suffolk Way</x:v>
       </x:c>
       <x:c r="C95" t="str">
-        <x:v>Westside View</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D95" t="str">
-        <x:v>Waterlooville</x:v>
+        <x:v>Sevenoaks</x:v>
       </x:c>
       <x:c r="E95" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F95" t="str">
-        <x:v>PO7 7SG</x:v>
+        <x:v>TN13 1YL</x:v>
       </x:c>
       <x:c r="G95" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v>mail@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H95" t="str">
-        <x:v>02392 251257</x:v>
+        <x:v>02087687000</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B96" t="str">
-        <x:v>Antrobus House, College Street</x:v>
+        <x:v>E Q, 111 Victoria Street</x:v>
       </x:c>
       <x:c r="C96" t="str">
         <x:v/>
       </x:c>
       <x:c r="D96" t="str">
-        <x:v>Petersfield</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E96" t="str">
         <x:v/>
       </x:c>
       <x:c r="F96" t="str">
-        <x:v>GU31 4AD</x:v>
+        <x:v>BS1 6AX</x:v>
       </x:c>
       <x:c r="G96" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v>mail@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H96" t="str">
-        <x:v>023 9266 0261</x:v>
+        <x:v>0117331700</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B97" t="str">
-        <x:v>67 Union Street</x:v>
+        <x:v>Kingfisher House</x:v>
       </x:c>
       <x:c r="C97" t="str">
-        <x:v/>
+        <x:v>1 Gilders Way</x:v>
       </x:c>
       <x:c r="D97" t="str">
-        <x:v>Ryde</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E97" t="str">
-        <x:v>Isle of Wight</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>PO33 2LN</x:v>
+        <x:v>NR3 1UB</x:v>
       </x:c>
       <x:c r="G97" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H97" t="str">
-        <x:v>01983 615615</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B98" t="str">
-        <x:v>14 East Street</x:v>
+        <x:v>22 Station Road</x:v>
       </x:c>
       <x:c r="C98" t="str">
         <x:v/>
       </x:c>
       <x:c r="D98" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Cambridge</x:v>
       </x:c>
       <x:c r="E98" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>PO16 0BN</x:v>
+        <x:v>CB1 2JD</x:v>
       </x:c>
       <x:c r="G98" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v>thomas-carley@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H98" t="str">
-        <x:v>01329 232112</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str">
-        <x:v>Biscoes Legal Services Limited</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>60 Barbados Road</x:v>
+        <x:v>141-145 Princes Street</x:v>
       </x:c>
       <x:c r="C99" t="str">
         <x:v/>
       </x:c>
       <x:c r="D99" t="str">
-        <x:v>Bordon</x:v>
+        <x:v>Ipswich</x:v>
       </x:c>
       <x:c r="E99" t="str">
-        <x:v/>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>GU35 0FX</x:v>
+        <x:v>IP1 1QJ</x:v>
       </x:c>
       <x:c r="G99" t="str">
-        <x:v>info@biscoes-law.co.uk</x:v>
+        <x:v>fiona-wellstead@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H99" t="str">
-        <x:v>01420550543</x:v>
+        <x:v>01473 232300</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str">
-        <x:v>Bishopsgate Law Ltd</x:v>
+        <x:v>Birketts LLP</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>99 Bishopsgate</x:v>
+        <x:v>Brierly Place,</x:v>
       </x:c>
       <x:c r="C100" t="str">
-        <x:v/>
+        <x:v>160-162 New London Road</x:v>
       </x:c>
       <x:c r="D100" t="str">
-        <x:v>London</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E100" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>EC2M 3XD</x:v>
+        <x:v>CM2 0AP</x:v>
       </x:c>
       <x:c r="G100" t="str">
-        <x:v/>
+        <x:v>thomas-carley@birketts.co.uk</x:v>
       </x:c>
       <x:c r="H100" t="str">
-        <x:v>02032061360</x:v>
+        <x:v>01245 211211</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str">
-        <x:v>Bishopsgate Law Ltd</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>4 Waterside Way</x:v>
+        <x:v>143 High Street</x:v>
       </x:c>
       <x:c r="C101" t="str">
         <x:v/>
       </x:c>
       <x:c r="D101" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="E101" t="str">
-        <x:v/>
+        <x:v>Isle of Wight</x:v>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>NN4 7XD</x:v>
+        <x:v>PO30 1TY</x:v>
       </x:c>
       <x:c r="G101" t="str">
         <x:v/>
       </x:c>
       <x:c r="H101" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str">
-        <x:v>Bishopsgate Law Ltd </x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B102" t="str">
-        <x:v>Fifth Floor</x:v>
+        <x:v>2 Port Way</x:v>
       </x:c>
       <x:c r="C102" t="str">
-        <x:v>Maple House</x:v>
+        <x:v>Port Solent</x:v>
       </x:c>
       <x:c r="D102" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Portsmouth</x:v>
       </x:c>
       <x:c r="E102" t="str">
         <x:v/>
       </x:c>
       <x:c r="F102" t="str">
-        <x:v>EN6 5BS</x:v>
+        <x:v>PO6 4TY</x:v>
       </x:c>
       <x:c r="G102" t="str">
         <x:v/>
       </x:c>
       <x:c r="H102" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str">
-        <x:v>Black Norman Solicitors Limited</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>67-71 Coronation Road</x:v>
+        <x:v>15 Somerset House, Hussar Court</x:v>
       </x:c>
       <x:c r="C103" t="str">
-        <x:v>Crosby</x:v>
+        <x:v>Westside View</x:v>
       </x:c>
       <x:c r="D103" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Waterlooville</x:v>
       </x:c>
       <x:c r="E103" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F103" t="str">
-        <x:v>L23 5RE</x:v>
+        <x:v>PO7 7SG</x:v>
       </x:c>
       <x:c r="G103" t="str">
-        <x:v>MariaBakerSmith@BlackNorman.Com</x:v>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H103" t="str">
-        <x:v>0151 931 2777</x:v>
+        <x:v>02392 251257</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str">
-        <x:v>Blacks Solicitors LLP</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B104" t="str">
-        <x:v>City Point,</x:v>
+        <x:v>Antrobus House, College Street</x:v>
       </x:c>
       <x:c r="C104" t="str">
-        <x:v> 29 King Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D104" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Petersfield</x:v>
       </x:c>
       <x:c r="E104" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>LS1 2HL</x:v>
+        <x:v>GU31 4AD</x:v>
       </x:c>
       <x:c r="G104" t="str">
-        <x:v>Hello@LawBlacks.com</x:v>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H104" t="str">
-        <x:v/>
+        <x:v>023 9266 0261</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str">
-        <x:v>Blakewater Solicitors Limited</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>33 Manor Row</x:v>
+        <x:v>67 Union Street</x:v>
       </x:c>
       <x:c r="C105" t="str">
         <x:v/>
       </x:c>
       <x:c r="D105" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Ryde</x:v>
       </x:c>
       <x:c r="E105" t="str">
-        <x:v/>
+        <x:v>Isle of Wight</x:v>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>BD1 4PS</x:v>
+        <x:v>PO33 2LN</x:v>
       </x:c>
       <x:c r="G105" t="str">
-        <x:v>info@blakewatercertus.com</x:v>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H105" t="str">
-        <x:v>01274 722199</x:v>
+        <x:v>01983 615615</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str">
-        <x:v>Blakewater Solicitors Ltd</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B106" t="str">
-        <x:v>3 Richmond Terrace</x:v>
+        <x:v>14 East Street</x:v>
       </x:c>
       <x:c r="C106" t="str">
         <x:v/>
       </x:c>
       <x:c r="D106" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E106" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F106" t="str">
-        <x:v>BB1 7AT</x:v>
+        <x:v>PO16 0BN</x:v>
       </x:c>
       <x:c r="G106" t="str">
-        <x:v/>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H106" t="str">
-        <x:v>01254261515</x:v>
+        <x:v>01329 232112</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="str">
-        <x:v>Bond Adams LLP</x:v>
+        <x:v>Biscoes Legal Services Limited</x:v>
       </x:c>
       <x:c r="B107" t="str">
-        <x:v>Richmond House</x:v>
+        <x:v>60 Barbados Road</x:v>
       </x:c>
       <x:c r="C107" t="str">
-        <x:v>94 London Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D107" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Bordon</x:v>
       </x:c>
       <x:c r="E107" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F107" t="str">
-        <x:v>LE2 0QS</x:v>
+        <x:v>GU35 0FX</x:v>
       </x:c>
       <x:c r="G107" t="str">
-        <x:v>rafique.patel@bondadams.com</x:v>
+        <x:v>info@biscoes-law.co.uk</x:v>
       </x:c>
       <x:c r="H107" t="str">
-        <x:v>0116 285 8080</x:v>
+        <x:v>01420550543</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" t="str">
-        <x:v>Bond Adams LLP</x:v>
+        <x:v>Bishopsgate Law Ltd</x:v>
       </x:c>
       <x:c r="B108" t="str">
-        <x:v>220 Uppingham Road</x:v>
+        <x:v>99 Bishopsgate</x:v>
       </x:c>
       <x:c r="C108" t="str">
-        <x:v>North Evington</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D108" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E108" t="str">
         <x:v/>
       </x:c>
       <x:c r="F108" t="str">
-        <x:v>LE5 0QG</x:v>
+        <x:v>EC2M 3XD</x:v>
       </x:c>
       <x:c r="G108" t="str">
-        <x:v>lawyers@bondadams.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H108" t="str">
-        <x:v>0116 276 8000</x:v>
+        <x:v>02032061360</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str">
-        <x:v>Borlase &amp; Co (Cornwall) LLP</x:v>
+        <x:v>Bishopsgate Law Ltd</x:v>
       </x:c>
       <x:c r="B109" t="str">
-        <x:v>13 Coinagehall Street</x:v>
+        <x:v>4 Waterside Way</x:v>
       </x:c>
       <x:c r="C109" t="str">
         <x:v/>
       </x:c>
       <x:c r="D109" t="str">
-        <x:v>Helston</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E109" t="str">
         <x:v/>
       </x:c>
       <x:c r="F109" t="str">
-        <x:v>TR13 8ER</x:v>
+        <x:v>NN4 7XD</x:v>
       </x:c>
       <x:c r="G109" t="str">
-        <x:v>enquiries@borlase-co.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H109" t="str">
-        <x:v>01326 574988</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str">
-        <x:v>Boulter &amp; Co LLP</x:v>
+        <x:v>Bishopsgate Law Ltd </x:v>
       </x:c>
       <x:c r="B110" t="str">
-        <x:v>Suite 6 2nd Floor, 313-314 Upper Street</x:v>
+        <x:v>Fifth Floor</x:v>
       </x:c>
       <x:c r="C110" t="str">
-        <x:v/>
+        <x:v>Maple House</x:v>
       </x:c>
       <x:c r="D110" t="str">
-        <x:v>London</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="E110" t="str">
         <x:v/>
       </x:c>
       <x:c r="F110" t="str">
-        <x:v>N1 2XQ</x:v>
+        <x:v>EN6 5BS</x:v>
       </x:c>
       <x:c r="G110" t="str">
-        <x:v>N1office@boulterandco.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H110" t="str">
-        <x:v>02083400222</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str">
-        <x:v>Boulter and Co LLP</x:v>
+        <x:v>Black Norman Solicitors Limited</x:v>
       </x:c>
       <x:c r="B111" t="str">
-        <x:v>First Floor,</x:v>
+        <x:v>67-71 Coronation Road</x:v>
       </x:c>
       <x:c r="C111" t="str">
-        <x:v>11-19 Park Road,</x:v>
+        <x:v>Crosby</x:v>
       </x:c>
       <x:c r="D111" t="str">
-        <x:v>London,</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E111" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F111" t="str">
-        <x:v>N8 8TE</x:v>
+        <x:v>L23 5RE</x:v>
       </x:c>
       <x:c r="G111" t="str">
-        <x:v>a.achilleos@boulterandco.com</x:v>
+        <x:v>MariaBakerSmith@BlackNorman.Com</x:v>
       </x:c>
       <x:c r="H111" t="str">
-        <x:v>020 8366 6411</x:v>
+        <x:v>0151 931 2777</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Blacks Solicitors LLP</x:v>
       </x:c>
       <x:c r="B112" t="str">
-        <x:v>Cambridge House</x:v>
+        <x:v>City Point,</x:v>
       </x:c>
       <x:c r="C112" t="str">
-        <x:v>4 College Court</x:v>
+        <x:v> 29 King Street</x:v>
       </x:c>
       <x:c r="D112" t="str">
-        <x:v>Swindon</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E112" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F112" t="str">
-        <x:v>SN1 1PJ</x:v>
+        <x:v>LS1 2HL</x:v>
       </x:c>
       <x:c r="G112" t="str">
-        <x:v/>
+        <x:v>Hello@LawBlacks.com</x:v>
       </x:c>
       <x:c r="H112" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Blakewater Solicitors Limited</x:v>
       </x:c>
       <x:c r="B113" t="str">
-        <x:v>Monument House</x:v>
+        <x:v>33 Manor Row</x:v>
       </x:c>
       <x:c r="C113" t="str">
-        <x:v>31-34 South Bar Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D113" t="str">
-        <x:v>Banbury</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E113" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F113" t="str">
-        <x:v>OX16 9AE</x:v>
+        <x:v>BD1 4PS</x:v>
       </x:c>
       <x:c r="G113" t="str">
-        <x:v>banbury@bowerandbailey.co.uk</x:v>
+        <x:v>info@blakewatercertus.com</x:v>
       </x:c>
       <x:c r="H113" t="str">
-        <x:v>01295 265 566</x:v>
+        <x:v>01274 722199</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Blakewater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B114" t="str">
-        <x:v>Willow House</x:v>
+        <x:v>3 Richmond Terrace</x:v>
       </x:c>
       <x:c r="C114" t="str">
-        <x:v>2 Heynes Place, Station Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D114" t="str">
-        <x:v>Witney</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E114" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F114" t="str">
-        <x:v>OX28 4YN</x:v>
+        <x:v>BB1 7AT</x:v>
       </x:c>
       <x:c r="G114" t="str">
-        <x:v>banbury@bowerandbailey.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H114" t="str">
-        <x:v>01993 705 095</x:v>
+        <x:v>01254261515</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str">
-        <x:v>Bower &amp; Bailey LLP</x:v>
+        <x:v>Bond Adams LLP</x:v>
       </x:c>
       <x:c r="B115" t="str">
-        <x:v>Anchor House, 269 Banbury Road</x:v>
+        <x:v>Richmond House</x:v>
       </x:c>
       <x:c r="C115" t="str">
-        <x:v/>
+        <x:v>94 London Road</x:v>
       </x:c>
       <x:c r="D115" t="str">
-        <x:v>Oxford</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E115" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F115" t="str">
-        <x:v>OX2 7JF</x:v>
+        <x:v>LE2 0QS</x:v>
       </x:c>
       <x:c r="G115" t="str">
-        <x:v/>
+        <x:v>rafique.patel@bondadams.com</x:v>
       </x:c>
       <x:c r="H115" t="str">
-        <x:v>01865 311133</x:v>
+        <x:v>0116 285 8080</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Bond Adams LLP</x:v>
       </x:c>
       <x:c r="B116" t="str">
-        <x:v>India House</x:v>
+        <x:v>220 Uppingham Road</x:v>
       </x:c>
       <x:c r="C116" t="str">
-        <x:v>11-13 Hawley Street</x:v>
+        <x:v>North Evington</x:v>
       </x:c>
       <x:c r="D116" t="str">
-        <x:v>Margate</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E116" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F116" t="str">
-        <x:v>CT9 1PZ</x:v>
+        <x:v>LE5 0QG</x:v>
       </x:c>
       <x:c r="G116" t="str">
-        <x:v>margate@boysandmaughan.co.uk</x:v>
+        <x:v>lawyers@bondadams.com</x:v>
       </x:c>
       <x:c r="H116" t="str">
-        <x:v>01843 234 000</x:v>
+        <x:v>0116 276 8000</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Bonsai Law Ltd</x:v>
       </x:c>
       <x:c r="B117" t="str">
-        <x:v>32 St Georges Place</x:v>
+        <x:v>The Business Terrace, Maidstone House</x:v>
       </x:c>
       <x:c r="C117" t="str">
-        <x:v/>
+        <x:v>King Street</x:v>
       </x:c>
       <x:c r="D117" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>Maidstone</x:v>
       </x:c>
       <x:c r="E117" t="str">
         <x:v/>
       </x:c>
       <x:c r="F117" t="str">
-        <x:v>CT1 1UT</x:v>
+        <x:v>ME15 6JQ</x:v>
       </x:c>
       <x:c r="G117" t="str">
-        <x:v/>
+        <x:v>rebekah@bonsai.law</x:v>
       </x:c>
       <x:c r="H117" t="str">
-        <x:v/>
+        <x:v>01622 801 208</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Borlase &amp; Co (Cornwall) LLP</x:v>
       </x:c>
       <x:c r="B118" t="str">
-        <x:v>57 Queen Street</x:v>
+        <x:v>13 Coinagehall Street</x:v>
       </x:c>
       <x:c r="C118" t="str">
         <x:v/>
       </x:c>
       <x:c r="D118" t="str">
-        <x:v>Ramsgate</x:v>
+        <x:v>Helston</x:v>
       </x:c>
       <x:c r="E118" t="str">
         <x:v/>
       </x:c>
       <x:c r="F118" t="str">
-        <x:v>CT11 9EJ</x:v>
+        <x:v>TR13 8ER</x:v>
       </x:c>
       <x:c r="G118" t="str">
-        <x:v>ramsgate@boysandmaughan.co.uk</x:v>
+        <x:v>enquiries@borlase-co.co.uk</x:v>
       </x:c>
       <x:c r="H118" t="str">
-        <x:v>01843 595990</x:v>
+        <x:v>01326 574988</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Boulter &amp; Co LLP</x:v>
       </x:c>
       <x:c r="B119" t="str">
-        <x:v>99 High Street</x:v>
+        <x:v>Suite 6 2nd Floor, 313-314 Upper Street</x:v>
       </x:c>
       <x:c r="C119" t="str">
         <x:v/>
       </x:c>
       <x:c r="D119" t="str">
-        <x:v>Broadstairs</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E119" t="str">
         <x:v/>
       </x:c>
       <x:c r="F119" t="str">
-        <x:v>CT10 1NQ</x:v>
+        <x:v>N1 2XQ</x:v>
       </x:c>
       <x:c r="G119" t="str">
-        <x:v>broadstairs@boysandmaughan.co.uk</x:v>
+        <x:v>N1office@boulterandco.com</x:v>
       </x:c>
       <x:c r="H119" t="str">
-        <x:v>01843 868861</x:v>
+        <x:v>02083400222</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Boulter and Co LLP</x:v>
       </x:c>
       <x:c r="B120" t="str">
-        <x:v>83 Station Road</x:v>
+        <x:v>First Floor,</x:v>
       </x:c>
       <x:c r="C120" t="str">
-        <x:v/>
+        <x:v>11-19 Park Road,</x:v>
       </x:c>
       <x:c r="D120" t="str">
-        <x:v>Birchington</x:v>
+        <x:v>London,</x:v>
       </x:c>
       <x:c r="E120" t="str">
         <x:v/>
       </x:c>
       <x:c r="F120" t="str">
-        <x:v>CT7 9RB</x:v>
+        <x:v>N8 8TE</x:v>
       </x:c>
       <x:c r="G120" t="str">
-        <x:v>birchington@boysandmaughan.co.uk</x:v>
+        <x:v>a.achilleos@boulterandco.com</x:v>
       </x:c>
       <x:c r="H120" t="str">
-        <x:v>01843 842356</x:v>
+        <x:v>020 8366 6411</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" t="str">
-        <x:v>Boys and Maughan LLP</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B121" t="str">
-        <x:v>2 Castle Street</x:v>
+        <x:v>Monument House</x:v>
       </x:c>
       <x:c r="C121" t="str">
-        <x:v/>
+        <x:v>31-34 South Bar Street</x:v>
       </x:c>
       <x:c r="D121" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>Banbury</x:v>
       </x:c>
       <x:c r="E121" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F121" t="str">
-        <x:v>CT1 2QH</x:v>
+        <x:v>OX16 9AE</x:v>
       </x:c>
       <x:c r="G121" t="str">
-        <x:v>canterburycs@boysandmaughan.co.uk</x:v>
+        <x:v>banbury@bowerandbailey.co.uk</x:v>
       </x:c>
       <x:c r="H121" t="str">
-        <x:v>01227 813400</x:v>
+        <x:v>01295 265 566</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B122" t="str">
-        <x:v>4 6 &amp; 6a Cheapside</x:v>
+        <x:v>Willow House</x:v>
       </x:c>
       <x:c r="C122" t="str">
-        <x:v/>
+        <x:v>2 Heynes Place, Station Lane</x:v>
       </x:c>
       <x:c r="D122" t="str">
-        <x:v>Cleckheaton</x:v>
+        <x:v>Witney</x:v>
       </x:c>
       <x:c r="E122" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F122" t="str">
-        <x:v>BD19 5AF</x:v>
+        <x:v>OX28 4YN</x:v>
       </x:c>
       <x:c r="G122" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v>banbury@bowerandbailey.co.uk</x:v>
       </x:c>
       <x:c r="H122" t="str">
-        <x:v>01274 864002</x:v>
+        <x:v>01993 705 095</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B123" t="str">
-        <x:v>10 Market Place</x:v>
+        <x:v>Anchor House, 269 Banbury Road</x:v>
       </x:c>
       <x:c r="C123" t="str">
         <x:v/>
       </x:c>
       <x:c r="D123" t="str">
-        <x:v>Birstall</x:v>
+        <x:v>Oxford</x:v>
       </x:c>
       <x:c r="E123" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F123" t="str">
-        <x:v>WF17 9EL</x:v>
+        <x:v>OX2 7JF</x:v>
       </x:c>
       <x:c r="G123" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H123" t="str">
-        <x:v>01924 443900</x:v>
+        <x:v>01865 311133</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Bower &amp; Bailey LLP</x:v>
       </x:c>
       <x:c r="B124" t="str">
-        <x:v>62b Queen Street</x:v>
+        <x:v>Cambridge House</x:v>
       </x:c>
       <x:c r="C124" t="str">
-        <x:v>Morley</x:v>
+        <x:v>4 College Court</x:v>
       </x:c>
       <x:c r="D124" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Swindon</x:v>
       </x:c>
       <x:c r="E124" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F124" t="str">
-        <x:v>LS27 9BP</x:v>
+        <x:v>SN1 1PJ</x:v>
       </x:c>
       <x:c r="G124" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H124" t="str">
-        <x:v>0113 467 3430</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B125" t="str">
-        <x:v>30 Park Square West</x:v>
+        <x:v>India House</x:v>
       </x:c>
       <x:c r="C125" t="str">
-        <x:v/>
+        <x:v>11-13 Hawley Street</x:v>
       </x:c>
       <x:c r="D125" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Margate</x:v>
       </x:c>
       <x:c r="E125" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F125" t="str">
-        <x:v>LS1 2PF</x:v>
+        <x:v>CT9 1PZ</x:v>
       </x:c>
       <x:c r="G125" t="str">
-        <x:v>jessicafry@brearleyssolicitors.com</x:v>
+        <x:v>margate@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H125" t="str">
-        <x:v>0113 487 4020</x:v>
+        <x:v>01843 234 000</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B126" t="str">
-        <x:v>1 Brunswick Street</x:v>
+        <x:v>32 St Georges Place</x:v>
       </x:c>
       <x:c r="C126" t="str">
         <x:v/>
       </x:c>
       <x:c r="D126" t="str">
-        <x:v>Batley</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E126" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F126" t="str">
-        <x:v>WF17 5DT</x:v>
+        <x:v>CT1 1UT</x:v>
       </x:c>
       <x:c r="G126" t="str">
-        <x:v>martinoliver@brealeyssolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H126" t="str">
-        <x:v>01924 473065</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" t="str">
-        <x:v>Brearleys</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B127" t="str">
-        <x:v>12 King Street</x:v>
+        <x:v>57 Queen Street</x:v>
       </x:c>
       <x:c r="C127" t="str">
         <x:v/>
       </x:c>
       <x:c r="D127" t="str">
-        <x:v>Brighouse</x:v>
+        <x:v>Ramsgate</x:v>
       </x:c>
       <x:c r="E127" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F127" t="str">
-        <x:v>HD6 1NX</x:v>
+        <x:v>CT11 9EJ</x:v>
       </x:c>
       <x:c r="G127" t="str">
-        <x:v/>
+        <x:v>ramsgate@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H127" t="str">
-        <x:v/>
+        <x:v>01843 595990</x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" t="str">
-        <x:v>Breens Solicitors Limited</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B128" t="str">
-        <x:v>30 Hoghton Street</x:v>
+        <x:v>99 High Street</x:v>
       </x:c>
       <x:c r="C128" t="str">
         <x:v/>
       </x:c>
       <x:c r="D128" t="str">
-        <x:v>Southport</x:v>
+        <x:v>Broadstairs</x:v>
       </x:c>
       <x:c r="E128" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F128" t="str">
-        <x:v>PR9 0PA</x:v>
+        <x:v>CT10 1NQ</x:v>
       </x:c>
       <x:c r="G128" t="str">
-        <x:v>c.bragg@breensonline.co.uk</x:v>
+        <x:v>broadstairs@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H128" t="str">
-        <x:v>01704532890</x:v>
+        <x:v>01843 868861</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" t="str">
-        <x:v>Breens Solicitors Ltd</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B129" t="str">
-        <x:v>34 Crosby Road North</x:v>
+        <x:v>83 Station Road</x:v>
       </x:c>
       <x:c r="C129" t="str">
         <x:v/>
       </x:c>
       <x:c r="D129" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Birchington</x:v>
       </x:c>
       <x:c r="E129" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F129" t="str">
-        <x:v>L22 4QG</x:v>
+        <x:v>CT7 9RB</x:v>
       </x:c>
       <x:c r="G129" t="str">
-        <x:v/>
+        <x:v>birchington@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H129" t="str">
-        <x:v/>
+        <x:v>01843 842356</x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Boys and Maughan LLP</x:v>
       </x:c>
       <x:c r="B130" t="str">
-        <x:v>Franklins House</x:v>
+        <x:v>2 Castle Street</x:v>
       </x:c>
       <x:c r="C130" t="str">
-        <x:v>Manorsfield Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D130" t="str">
-        <x:v>Bicester</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E130" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F130" t="str">
-        <x:v>OX26 6EX</x:v>
+        <x:v>CT1 2QH</x:v>
       </x:c>
       <x:c r="G130" t="str">
-        <x:v/>
+        <x:v>canterburycs@boysandmaughan.co.uk</x:v>
       </x:c>
       <x:c r="H130" t="str">
-        <x:v/>
+        <x:v>01227 813400</x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B131" t="str">
-        <x:v>Montague House, 2 Clifton Road</x:v>
+        <x:v>4 6 &amp; 6a Cheapside</x:v>
       </x:c>
       <x:c r="C131" t="str">
         <x:v/>
       </x:c>
       <x:c r="D131" t="str">
-        <x:v>Rugby</x:v>
+        <x:v>Cleckheaton</x:v>
       </x:c>
       <x:c r="E131" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F131" t="str">
-        <x:v>CV21 3PX</x:v>
+        <x:v>BD19 5AF</x:v>
       </x:c>
       <x:c r="G131" t="str">
-        <x:v>johnshackleton@brethertons.co.uk</x:v>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H131" t="str">
-        <x:v>01788 579579</x:v>
+        <x:v>01274 864002</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B132" t="str">
-        <x:v>Bloxham Mill, Barford Road</x:v>
+        <x:v>10 Market Place</x:v>
       </x:c>
       <x:c r="C132" t="str">
-        <x:v>Bloxham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D132" t="str">
-        <x:v>Banbury</x:v>
+        <x:v>Birstall</x:v>
       </x:c>
       <x:c r="E132" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F132" t="str">
-        <x:v>OX15 4FF</x:v>
+        <x:v>WF17 9EL</x:v>
       </x:c>
       <x:c r="G132" t="str">
-        <x:v>info@brethertons.co.uk</x:v>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H132" t="str">
-        <x:v>01295 270999</x:v>
+        <x:v>01924 443900</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" t="str">
-        <x:v>Brethertons LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B133" t="str">
-        <x:v>The Limes, Bayshill Road</x:v>
+        <x:v>62b Queen Street</x:v>
       </x:c>
       <x:c r="C133" t="str">
-        <x:v/>
+        <x:v>Morley</x:v>
       </x:c>
       <x:c r="D133" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E133" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F133" t="str">
-        <x:v>GL50 3AW</x:v>
+        <x:v>LS27 9BP</x:v>
       </x:c>
       <x:c r="G133" t="str">
-        <x:v>conveyancing@brethertons.co.uk</x:v>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H133" t="str">
-        <x:v>01242472747</x:v>
+        <x:v>0113 467 3430</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" t="str">
-        <x:v>Brewer Wallace Limited</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B134" t="str">
-        <x:v>Shackles Chambers</x:v>
+        <x:v>30 Park Square West</x:v>
       </x:c>
       <x:c r="C134" t="str">
-        <x:v>7 Land of Green Ginger</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D134" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E134" t="str">
-        <x:v>North Humberside</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F134" t="str">
-        <x:v>HU1 2ED</x:v>
+        <x:v>LS1 2PF</x:v>
       </x:c>
       <x:c r="G134" t="str">
-        <x:v>info@brewerwallace.co.uk</x:v>
+        <x:v>jessicafry@brearleyssolicitors.com</x:v>
       </x:c>
       <x:c r="H134" t="str">
-        <x:v>01482 22 11 30</x:v>
+        <x:v>0113 487 4020</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" t="str">
-        <x:v>Brewer Wallace Ltd</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B135" t="str">
-        <x:v>10 Southgate Court</x:v>
+        <x:v>1 Brunswick Street</x:v>
       </x:c>
       <x:c r="C135" t="str">
-        <x:v>Southgate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D135" t="str">
-        <x:v>Hornsea</x:v>
+        <x:v>Batley</x:v>
       </x:c>
       <x:c r="E135" t="str">
-        <x:v>North Humberside</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F135" t="str">
-        <x:v>HU18 1RP</x:v>
+        <x:v>WF17 5DT</x:v>
       </x:c>
       <x:c r="G135" t="str">
-        <x:v>info@brewerwallace.co.uk</x:v>
+        <x:v>martinoliver@brealeyssolicitors.com</x:v>
       </x:c>
       <x:c r="H135" t="str">
-        <x:v>01964 537856</x:v>
+        <x:v>01924 473065</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" t="str">
-        <x:v>Bridge Mcfarland LLP</x:v>
+        <x:v>Brearleys</x:v>
       </x:c>
       <x:c r="B136" t="str">
-        <x:v>Sibthorp House</x:v>
+        <x:v>12 King Street</x:v>
       </x:c>
       <x:c r="C136" t="str">
-        <x:v>351-355 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D136" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Brighouse</x:v>
       </x:c>
       <x:c r="E136" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F136" t="str">
-        <x:v>LN5 7BN</x:v>
+        <x:v>HD6 1NX</x:v>
       </x:c>
       <x:c r="G136" t="str">
         <x:v/>
       </x:c>
       <x:c r="H136" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" t="str">
-        <x:v>Bridge Mcfarland LLP</x:v>
+        <x:v>Breens Solicitors Limited</x:v>
       </x:c>
       <x:c r="B137" t="str">
-        <x:v>19 South St.</x:v>
+        <x:v>30 Hoghton Street</x:v>
       </x:c>
       <x:c r="C137" t="str">
-        <x:v>Marys Gate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D137" t="str">
-        <x:v>Grimsby</x:v>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="E137" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F137" t="str">
-        <x:v>DN31 1JE</x:v>
+        <x:v>PR9 0PA</x:v>
       </x:c>
       <x:c r="G137" t="str">
-        <x:v/>
+        <x:v>c.bragg@breensonline.co.uk</x:v>
       </x:c>
       <x:c r="H137" t="str">
-        <x:v/>
+        <x:v>01704532890</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" t="str">
-        <x:v>Bridge Mcfarland LLP</x:v>
+        <x:v>Breens Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B138" t="str">
-        <x:v>9 Cornmarket</x:v>
+        <x:v>34 Crosby Road North</x:v>
       </x:c>
       <x:c r="C138" t="str">
         <x:v/>
       </x:c>
       <x:c r="D138" t="str">
-        <x:v>Louth </x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E138" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F138" t="str">
-        <x:v>LN11 9PY</x:v>
+        <x:v>L22 4QG</x:v>
       </x:c>
       <x:c r="G138" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H138" t="str">
-        <x:v>07966 247836</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B139" t="str">
-        <x:v>26 Market Place</x:v>
+        <x:v>Franklins House</x:v>
       </x:c>
       <x:c r="C139" t="str">
-        <x:v/>
+        <x:v>Manorsfield Road</x:v>
       </x:c>
       <x:c r="D139" t="str">
-        <x:v>Market Rasen</x:v>
+        <x:v>Bicester</x:v>
       </x:c>
       <x:c r="E139" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F139" t="str">
-        <x:v>LN8 3HL</x:v>
+        <x:v>OX26 6EX</x:v>
       </x:c>
       <x:c r="G139" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H139" t="str">
-        <x:v>01673 843723</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B140" t="str">
-        <x:v>Suite 1, Marina Court, Castle Street</x:v>
+        <x:v>Montague House, 2 Clifton Road</x:v>
       </x:c>
       <x:c r="C140" t="str">
         <x:v/>
       </x:c>
       <x:c r="D140" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Rugby</x:v>
       </x:c>
       <x:c r="E140" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F140" t="str">
-        <x:v>HU1 1TJ</x:v>
+        <x:v>CV21 3PX</x:v>
       </x:c>
       <x:c r="G140" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v>johnshackleton@brethertons.co.uk</x:v>
       </x:c>
       <x:c r="H140" t="str">
-        <x:v>01482320620</x:v>
+        <x:v>01788 579579</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B141" t="str">
-        <x:v>29 Hull Road</x:v>
+        <x:v>Bloxham Mill, Barford Road</x:v>
       </x:c>
       <x:c r="C141" t="str">
-        <x:v>Anlaby</x:v>
+        <x:v>Bloxham</x:v>
       </x:c>
       <x:c r="D141" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Banbury</x:v>
       </x:c>
       <x:c r="E141" t="str">
-        <x:v/>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F141" t="str">
-        <x:v>HU10 6SP</x:v>
+        <x:v>OX15 4FF</x:v>
       </x:c>
       <x:c r="G141" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v>info@brethertons.co.uk</x:v>
       </x:c>
       <x:c r="H141" t="str">
-        <x:v>01482 320620</x:v>
+        <x:v>01295 270999</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" t="str">
-        <x:v>Bridge McFarland LLP</x:v>
+        <x:v>Brethertons LLP</x:v>
       </x:c>
       <x:c r="B142" t="str">
-        <x:v>11 Bigby Street</x:v>
+        <x:v>The Limes, Bayshill Road</x:v>
       </x:c>
       <x:c r="C142" t="str">
         <x:v/>
       </x:c>
       <x:c r="D142" t="str">
-        <x:v>Brigg</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E142" t="str">
         <x:v/>
       </x:c>
       <x:c r="F142" t="str">
-        <x:v>DN20 8EP</x:v>
+        <x:v>GL50 3AW</x:v>
       </x:c>
       <x:c r="G142" t="str">
-        <x:v>nat@bmcf.co.uk</x:v>
+        <x:v>conveyancing@brethertons.co.uk</x:v>
       </x:c>
       <x:c r="H142" t="str">
-        <x:v>01652655101</x:v>
+        <x:v>01242472747</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" t="str">
-        <x:v>Britton and Time Limited</x:v>
+        <x:v>Brewer Wallace Limited</x:v>
       </x:c>
       <x:c r="B143" t="str">
-        <x:v>39 Church Road</x:v>
+        <x:v>Shackles Chambers</x:v>
       </x:c>
       <x:c r="C143" t="str">
-        <x:v/>
+        <x:v>7 Land of Green Ginger</x:v>
       </x:c>
       <x:c r="D143" t="str">
-        <x:v>Hove</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E143" t="str">
-        <x:v/>
+        <x:v>North Humberside</x:v>
       </x:c>
       <x:c r="F143" t="str">
-        <x:v>BN3 2BE</x:v>
+        <x:v>HU1 2ED</x:v>
       </x:c>
       <x:c r="G143" t="str">
-        <x:v>daniel@brittontime.com</x:v>
+        <x:v>info@brewerwallace.co.uk</x:v>
       </x:c>
       <x:c r="H143" t="str">
-        <x:v>02030075500</x:v>
+        <x:v>01482 22 11 30</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" t="str">
-        <x:v>Britton and Time Limited</x:v>
+        <x:v>Brewer Wallace Ltd</x:v>
       </x:c>
       <x:c r="B144" t="str">
-        <x:v>138 Old London Road</x:v>
+        <x:v>10 Southgate Court</x:v>
       </x:c>
       <x:c r="C144" t="str">
-        <x:v/>
+        <x:v>Southgate</x:v>
       </x:c>
       <x:c r="D144" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Hornsea</x:v>
       </x:c>
       <x:c r="E144" t="str">
-        <x:v/>
+        <x:v>North Humberside</x:v>
       </x:c>
       <x:c r="F144" t="str">
-        <x:v>BN1 8YA</x:v>
+        <x:v>HU18 1RP</x:v>
       </x:c>
       <x:c r="G144" t="str">
-        <x:v>daniel@brittontime.com</x:v>
+        <x:v>info@brewerwallace.co.uk</x:v>
       </x:c>
       <x:c r="H144" t="str">
-        <x:v>01273726951</x:v>
+        <x:v>01964 537856</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" t="str">
-        <x:v>BS Singh &amp; Co LLP</x:v>
+        <x:v>Bridge Mcfarland LLP</x:v>
       </x:c>
       <x:c r="B145" t="str">
-        <x:v>182 Stapleton Road</x:v>
+        <x:v>Sibthorp House</x:v>
       </x:c>
       <x:c r="C145" t="str">
-        <x:v>Easton</x:v>
+        <x:v>351-355 High Street</x:v>
       </x:c>
       <x:c r="D145" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E145" t="str">
-        <x:v>Avon</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F145" t="str">
-        <x:v>BS5 0NZ</x:v>
+        <x:v>LN5 7BN</x:v>
       </x:c>
       <x:c r="G145" t="str">
-        <x:v>INFO@BSSINGHSOLICITORS.CO.UK</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H145" t="str">
-        <x:v>0117 935 4500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" t="str">
-        <x:v>BTMK Solicitors Limited</x:v>
+        <x:v>Bridge Mcfarland LLP</x:v>
       </x:c>
       <x:c r="B146" t="str">
-        <x:v>24a Broadway</x:v>
+        <x:v>19 South St.</x:v>
       </x:c>
       <x:c r="C146" t="str">
-        <x:v/>
+        <x:v>Marys Gate</x:v>
       </x:c>
       <x:c r="D146" t="str">
-        <x:v>Leigh on Sea</x:v>
+        <x:v>Grimsby</x:v>
       </x:c>
       <x:c r="E146" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F146" t="str">
-        <x:v>SS9 1AW</x:v>
+        <x:v>DN31 1JE</x:v>
       </x:c>
       <x:c r="G146" t="str">
-        <x:v>Debbie.whitcombe@btmk.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H146" t="str">
-        <x:v>01702346677</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" t="str">
-        <x:v>BTMK Solicitors Limited</x:v>
+        <x:v>Bridge Mcfarland LLP</x:v>
       </x:c>
       <x:c r="B147" t="str">
-        <x:v>Madison House</x:v>
+        <x:v>9 Cornmarket</x:v>
       </x:c>
       <x:c r="C147" t="str">
-        <x:v>100-102 Alexandra Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D147" t="str">
-        <x:v>Southend-on-Sea</x:v>
+        <x:v>Louth </x:v>
       </x:c>
       <x:c r="E147" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F147" t="str">
-        <x:v>SS1 1HQ</x:v>
+        <x:v>LN11 9PY</x:v>
       </x:c>
       <x:c r="G147" t="str">
-        <x:v>info@btmk.co.uk</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H147" t="str">
-        <x:v>01702 221923</x:v>
+        <x:v>07966 247836</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" t="str">
-        <x:v>BTMK Solicitors Limited</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B148" t="str">
-        <x:v>19 Clifftown Road</x:v>
+        <x:v>26 Market Place</x:v>
       </x:c>
       <x:c r="C148" t="str">
         <x:v/>
       </x:c>
       <x:c r="D148" t="str">
-        <x:v>Southend-on-Sea</x:v>
+        <x:v>Market Rasen</x:v>
       </x:c>
       <x:c r="E148" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F148" t="str">
-        <x:v>SS1 1AB</x:v>
+        <x:v>LN8 3HL</x:v>
       </x:c>
       <x:c r="G148" t="str">
-        <x:v/>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H148" t="str">
-        <x:v>01702 339222</x:v>
+        <x:v>01673 843723</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" t="str">
-        <x:v>Bude Nathan Iwanier LLP</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B149" t="str">
-        <x:v>1 Temple Fortune Parade, Bridge Lane</x:v>
+        <x:v>Suite 1, Marina Court, Castle Street</x:v>
       </x:c>
       <x:c r="C149" t="str">
         <x:v/>
       </x:c>
       <x:c r="D149" t="str">
-        <x:v>London</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E149" t="str">
         <x:v/>
       </x:c>
       <x:c r="F149" t="str">
-        <x:v>NW11 0QN</x:v>
+        <x:v>HU1 1TJ</x:v>
       </x:c>
       <x:c r="G149" t="str">
-        <x:v/>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H149" t="str">
-        <x:v>020 8458 5656</x:v>
+        <x:v>01482320620</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" t="str">
-        <x:v>Burnetts Solicitors LLP</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B150" t="str">
-        <x:v>Victoria House</x:v>
+        <x:v>29 Hull Road</x:v>
       </x:c>
       <x:c r="C150" t="str">
-        <x:v>Wavell Drive</x:v>
+        <x:v>Anlaby</x:v>
       </x:c>
       <x:c r="D150" t="str">
-        <x:v>Carlisle</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E150" t="str">
         <x:v/>
       </x:c>
       <x:c r="F150" t="str">
-        <x:v>CA1 2ST</x:v>
+        <x:v>HU10 6SP</x:v>
       </x:c>
       <x:c r="G150" t="str">
-        <x:v>lenderpanels@burnetts.co.uk</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H150" t="str">
-        <x:v>01228 552222</x:v>
+        <x:v>01482 320620</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" t="str">
-        <x:v>Burnetts Solicitors LLP</x:v>
+        <x:v>Bridge McFarland LLP</x:v>
       </x:c>
       <x:c r="B151" t="str">
-        <x:v>3a Lakeland Business Park</x:v>
+        <x:v>11 Bigby Street</x:v>
       </x:c>
       <x:c r="C151" t="str">
-        <x:v>Lamplugh Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D151" t="str">
-        <x:v>Cockermouth</x:v>
+        <x:v>Brigg</x:v>
       </x:c>
       <x:c r="E151" t="str">
         <x:v/>
       </x:c>
       <x:c r="F151" t="str">
-        <x:v>CA13 0QT</x:v>
+        <x:v>DN20 8EP</x:v>
       </x:c>
       <x:c r="G151" t="str">
-        <x:v>kah@burnetts.co.uk</x:v>
+        <x:v>nat@bmcf.co.uk</x:v>
       </x:c>
       <x:c r="H151" t="str">
-        <x:v>01900 510366</x:v>
+        <x:v>01652655101</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" t="str">
-        <x:v>Burtons Solicitors</x:v>
+        <x:v>Britton and Time Limited</x:v>
       </x:c>
       <x:c r="B152" t="str">
-        <x:v>Tyled House</x:v>
+        <x:v>39 Church Road</x:v>
       </x:c>
       <x:c r="C152" t="str">
-        <x:v>23A High St</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D152" t="str">
-        <x:v>Tunbridge Wells </x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E152" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F152" t="str">
-        <x:v>TN2 4PH</x:v>
+        <x:v>BN3 2BE</x:v>
       </x:c>
       <x:c r="G152" t="str">
-        <x:v>Chris@burtons-solictors.com</x:v>
+        <x:v>daniel@brittontime.com</x:v>
       </x:c>
       <x:c r="H152" t="str">
-        <x:v>01323 679172</x:v>
+        <x:v>02030075500</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" t="str">
-        <x:v>Burtons Solicitors Limited</x:v>
+        <x:v>Britton and Time Limited</x:v>
       </x:c>
       <x:c r="B153" t="str">
-        <x:v>377 Walderslade Road</x:v>
+        <x:v>138 Old London Road</x:v>
       </x:c>
       <x:c r="C153" t="str">
-        <x:v>Walderslade</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D153" t="str">
-        <x:v>Chatham</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E153" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F153" t="str">
-        <x:v>ME5 9LL</x:v>
+        <x:v>BN1 8YA</x:v>
       </x:c>
       <x:c r="G153" t="str">
-        <x:v>maria@burtons-solicitors.com</x:v>
+        <x:v>daniel@brittontime.com</x:v>
       </x:c>
       <x:c r="H153" t="str">
-        <x:v>01634 540046</x:v>
+        <x:v>01273726951</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" t="str">
-        <x:v>Burtons Solicitors Limited</x:v>
+        <x:v>BS Singh &amp; Co LLP</x:v>
       </x:c>
       <x:c r="B154" t="str">
-        <x:v>Suite 1, Peach Business Centre, 8 Chestnut Avenue</x:v>
+        <x:v>182 Stapleton Road</x:v>
       </x:c>
       <x:c r="C154" t="str">
-        <x:v>Walderslade</x:v>
+        <x:v>Easton</x:v>
       </x:c>
       <x:c r="D154" t="str">
-        <x:v>Chatham</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E154" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Avon</x:v>
       </x:c>
       <x:c r="F154" t="str">
-        <x:v>ME5 9AJ</x:v>
+        <x:v>BS5 0NZ</x:v>
       </x:c>
       <x:c r="G154" t="str">
-        <x:v>maria@burtons-solicitors.com</x:v>
+        <x:v>INFO@BSSINGHSOLICITORS.CO.UK</x:v>
       </x:c>
       <x:c r="H154" t="str">
-        <x:v>01634540046</x:v>
+        <x:v>0117 935 4500</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" t="str">
-        <x:v>Burtons Solicitors Limited</x:v>
+        <x:v>BTMK Solicitors Limited</x:v>
       </x:c>
       <x:c r="B155" t="str">
-        <x:v>3 St. Marys Walk</x:v>
+        <x:v>24a Broadway</x:v>
       </x:c>
       <x:c r="C155" t="str">
         <x:v/>
       </x:c>
       <x:c r="D155" t="str">
-        <x:v>Hailsham</x:v>
+        <x:v>Leigh on Sea</x:v>
       </x:c>
       <x:c r="E155" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F155" t="str">
-        <x:v>BN27 1AF</x:v>
+        <x:v>SS9 1AW</x:v>
       </x:c>
       <x:c r="G155" t="str">
-        <x:v>info@burtons-solicitors.com</x:v>
+        <x:v>Debbie.whitcombe@btmk.co.uk</x:v>
       </x:c>
       <x:c r="H155" t="str">
-        <x:v>01323 679172</x:v>
+        <x:v>01702346677</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" t="str">
-        <x:v>Burtons Solicitors Limited</x:v>
+        <x:v>BTMK Solicitors Limited</x:v>
       </x:c>
       <x:c r="B156" t="str">
-        <x:v>79 Bexley High Street</x:v>
+        <x:v>Madison House</x:v>
       </x:c>
       <x:c r="C156" t="str">
-        <x:v/>
+        <x:v>100-102 Alexandra Road</x:v>
       </x:c>
       <x:c r="D156" t="str">
-        <x:v>Bexley</x:v>
+        <x:v>Southend-on-Sea</x:v>
       </x:c>
       <x:c r="E156" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F156" t="str">
-        <x:v>DA5  1JX</x:v>
+        <x:v>SS1 1HQ</x:v>
       </x:c>
       <x:c r="G156" t="str">
-        <x:v>bexley@burtons-solicitors.com</x:v>
+        <x:v>info@btmk.co.uk</x:v>
       </x:c>
       <x:c r="H156" t="str">
-        <x:v>01892 824577</x:v>
+        <x:v>01702 221923</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" t="str">
-        <x:v>Burtons Solicitors Limited</x:v>
+        <x:v>BTMK Solicitors Limited</x:v>
       </x:c>
       <x:c r="B157" t="str">
-        <x:v>16 Manor Road</x:v>
+        <x:v>19 Clifftown Road</x:v>
       </x:c>
       <x:c r="C157" t="str">
         <x:v/>
       </x:c>
       <x:c r="D157" t="str">
-        <x:v>Chatham</x:v>
+        <x:v>Southend-on-Sea</x:v>
       </x:c>
       <x:c r="E157" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F157" t="str">
-        <x:v>ME4 6AG</x:v>
+        <x:v>SS1 1AB</x:v>
       </x:c>
       <x:c r="G157" t="str">
-        <x:v>info@burtons-solicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H157" t="str">
-        <x:v>01634 814911</x:v>
+        <x:v>01702 339222</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" t="str">
-        <x:v>Business Lawyers Limited</x:v>
+        <x:v>Bude Nathan Iwanier LLP</x:v>
       </x:c>
       <x:c r="B158" t="str">
-        <x:v>1-9 St. Anns Road</x:v>
+        <x:v>1 Temple Fortune Parade, Bridge Lane</x:v>
       </x:c>
       <x:c r="C158" t="str">
         <x:v/>
       </x:c>
       <x:c r="D158" t="str">
-        <x:v>Harrow</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E158" t="str">
         <x:v/>
       </x:c>
       <x:c r="F158" t="str">
-        <x:v>HA1 1LQ</x:v>
+        <x:v>NW11 0QN</x:v>
       </x:c>
       <x:c r="G158" t="str">
         <x:v/>
       </x:c>
       <x:c r="H158" t="str">
-        <x:v/>
+        <x:v>020 8458 5656</x:v>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" t="str">
-        <x:v>Buss Murton Law (South East) Limited</x:v>
+        <x:v>Burnetts Solicitors LLP</x:v>
       </x:c>
       <x:c r="B159" t="str">
-        <x:v>Wallside House</x:v>
+        <x:v>Victoria House</x:v>
       </x:c>
       <x:c r="C159" t="str">
-        <x:v>12 Mount Ephraim Road</x:v>
+        <x:v>Wavell Drive</x:v>
       </x:c>
       <x:c r="D159" t="str">
-        <x:v>Tunbridge Wells</x:v>
+        <x:v>Carlisle</x:v>
       </x:c>
       <x:c r="E159" t="str">
         <x:v/>
       </x:c>
       <x:c r="F159" t="str">
-        <x:v>TN1 1EE</x:v>
+        <x:v>CA1 2ST</x:v>
       </x:c>
       <x:c r="G159" t="str">
-        <x:v>djaswal@bussmurton.co.uk</x:v>
+        <x:v>lenderpanels@burnetts.co.uk</x:v>
       </x:c>
       <x:c r="H159" t="str">
-        <x:v>01892502324</x:v>
+        <x:v>01228 552222</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" t="str">
-        <x:v>Buss Murton Law (South East) Limited</x:v>
+        <x:v>Burnetts Solicitors LLP</x:v>
       </x:c>
       <x:c r="B160" t="str">
-        <x:v>Clermont House, High Street</x:v>
+        <x:v>3a Lakeland Business Park</x:v>
       </x:c>
       <x:c r="C160" t="str">
-        <x:v/>
+        <x:v>Lamplugh Road</x:v>
       </x:c>
       <x:c r="D160" t="str">
-        <x:v>Cranbrook</x:v>
+        <x:v>Cockermouth</x:v>
       </x:c>
       <x:c r="E160" t="str">
         <x:v/>
       </x:c>
       <x:c r="F160" t="str">
-        <x:v>TN17 3DN</x:v>
+        <x:v>CA13 0QT</x:v>
       </x:c>
       <x:c r="G160" t="str">
-        <x:v>kcarter@bussmurton.co.uk</x:v>
+        <x:v>kah@burnetts.co.uk</x:v>
       </x:c>
       <x:c r="H160" t="str">
-        <x:v>01580 712 215</x:v>
+        <x:v>01900 510366</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" t="str">
-        <x:v>Buss Murton Law (South East) Limited</x:v>
+        <x:v>Burtons Solicitors</x:v>
       </x:c>
       <x:c r="B161" t="str">
-        <x:v>Crown Lodge</x:v>
+        <x:v>Tyled House</x:v>
       </x:c>
       <x:c r="C161" t="str">
-        <x:v>Cantelupe Road</x:v>
+        <x:v>23A High St</x:v>
       </x:c>
       <x:c r="D161" t="str">
-        <x:v>East Grinstead</x:v>
+        <x:v>Tunbridge Wells </x:v>
       </x:c>
       <x:c r="E161" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F161" t="str">
-        <x:v>RH19 3BJ</x:v>
+        <x:v>TN2 4PH</x:v>
       </x:c>
       <x:c r="G161" t="str">
-        <x:v>djaswal@bussmurton.co.uk</x:v>
+        <x:v>Chris@burtons-solictors.com</x:v>
       </x:c>
       <x:c r="H161" t="str">
-        <x:v>01342 328000</x:v>
+        <x:v>01323 679172</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B162" t="str">
-        <x:v>31 Middlewich Road</x:v>
+        <x:v>377 Walderslade Road</x:v>
       </x:c>
       <x:c r="C162" t="str">
-        <x:v/>
+        <x:v>Walderslade</x:v>
       </x:c>
       <x:c r="D162" t="str">
-        <x:v>Sandbach</x:v>
+        <x:v>Chatham</x:v>
       </x:c>
       <x:c r="E162" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F162" t="str">
-        <x:v>CW11 1HW</x:v>
+        <x:v>ME5 9LL</x:v>
       </x:c>
       <x:c r="G162" t="str">
-        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
+        <x:v>maria@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H162" t="str">
-        <x:v>01270 762 521</x:v>
+        <x:v>01634 540046</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B163" t="str">
-        <x:v>34 Railway Road</x:v>
+        <x:v>Suite 1, Peach Business Centre, 8 Chestnut Avenue</x:v>
       </x:c>
       <x:c r="C163" t="str">
-        <x:v/>
+        <x:v>Walderslade</x:v>
       </x:c>
       <x:c r="D163" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>Chatham</x:v>
       </x:c>
       <x:c r="E163" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F163" t="str">
-        <x:v>WN7 4AU</x:v>
+        <x:v>ME5 9AJ</x:v>
       </x:c>
       <x:c r="G163" t="str">
-        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
+        <x:v>maria@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H163" t="str">
-        <x:v>01942 674 144</x:v>
+        <x:v>01634540046</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B164" t="str">
-        <x:v>132 Elliott Street</x:v>
+        <x:v>3 St. Marys Walk</x:v>
       </x:c>
       <x:c r="C164" t="str">
-        <x:v>Tyldesley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D164" t="str">
-        <x:v>Manchester,</x:v>
+        <x:v>Hailsham</x:v>
       </x:c>
       <x:c r="E164" t="str">
-        <x:v>Lancashire,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F164" t="str">
-        <x:v>M29 8FJ</x:v>
+        <x:v>BN27 1AF</x:v>
       </x:c>
       <x:c r="G164" t="str">
-        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
+        <x:v>info@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H164" t="str">
-        <x:v>01942 883 669</x:v>
+        <x:v>01323 679172</x:v>
       </x:c>
     </x:row>
     <x:row r="165">
       <x:c r="A165" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B165" t="str">
-        <x:v>Evan House, Unit 7</x:v>
+        <x:v>79 Bexley High Street</x:v>
       </x:c>
       <x:c r="C165" t="str">
-        <x:v>Sutton Quays Business Park, Clifton Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D165" t="str">
-        <x:v>Sutton Weaver , Runcorn</x:v>
+        <x:v>Bexley</x:v>
       </x:c>
       <x:c r="E165" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F165" t="str">
-        <x:v>WA7 3EH</x:v>
+        <x:v>DA5  1JX</x:v>
       </x:c>
       <x:c r="G165" t="str">
-        <x:v>enquiries@butcher-barlow.co.uk</x:v>
+        <x:v>bexley@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H165" t="str">
-        <x:v>01928 247599</x:v>
+        <x:v>01892 824577</x:v>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Burtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B166" t="str">
-        <x:v>44 Church Street</x:v>
+        <x:v>16 Manor Road</x:v>
       </x:c>
       <x:c r="C166" t="str">
         <x:v/>
       </x:c>
       <x:c r="D166" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>Chatham</x:v>
       </x:c>
       <x:c r="E166" t="str">
         <x:v/>
       </x:c>
       <x:c r="F166" t="str">
-        <x:v>WN7 1AZ</x:v>
+        <x:v>ME4 6AG</x:v>
       </x:c>
       <x:c r="G166" t="str">
-        <x:v>enquiries@butcher-barlow.co.uk</x:v>
+        <x:v>info@burtons-solicitors.com</x:v>
       </x:c>
       <x:c r="H166" t="str">
-        <x:v>01942 604 135</x:v>
+        <x:v>01634 814911</x:v>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" t="str">
-        <x:v>Butcher and Barlow LLP</x:v>
+        <x:v>Business Lawyers Limited</x:v>
       </x:c>
       <x:c r="B167" t="str">
-        <x:v>3 Royal Mews</x:v>
+        <x:v>1-9 St. Anns Road</x:v>
       </x:c>
       <x:c r="C167" t="str">
-        <x:v>Gadbrook Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D167" t="str">
-        <x:v>Cheshire </x:v>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="E167" t="str">
         <x:v/>
       </x:c>
       <x:c r="F167" t="str">
-        <x:v>CW9 7UD</x:v>
+        <x:v>HA1 1LQ</x:v>
       </x:c>
       <x:c r="G167" t="str">
         <x:v/>
       </x:c>
       <x:c r="H167" t="str">
-        <x:v>01606 334309</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Buss Murton Law (South East) Limited</x:v>
       </x:c>
       <x:c r="B168" t="str">
-        <x:v>6 Church Street</x:v>
+        <x:v>Wallside House</x:v>
       </x:c>
       <x:c r="C168" t="str">
-        <x:v/>
+        <x:v>12 Mount Ephraim Road</x:v>
       </x:c>
       <x:c r="D168" t="str">
-        <x:v>Frodsham</x:v>
+        <x:v>Tunbridge Wells</x:v>
       </x:c>
       <x:c r="E168" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F168" t="str">
-        <x:v>WA6 7EB</x:v>
+        <x:v>TN1 1EE</x:v>
       </x:c>
       <x:c r="G168" t="str">
-        <x:v/>
+        <x:v>djaswal@bussmurton.co.uk</x:v>
       </x:c>
       <x:c r="H168" t="str">
-        <x:v/>
+        <x:v>01892502324</x:v>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Buss Murton Law (South East) Limited</x:v>
       </x:c>
       <x:c r="B169" t="str">
-        <x:v>Dane Bridge Chambers</x:v>
+        <x:v>Clermont House, High Street</x:v>
       </x:c>
       <x:c r="C169" t="str">
-        <x:v> 5 London Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D169" t="str">
-        <x:v>Northwich</x:v>
+        <x:v>Cranbrook</x:v>
       </x:c>
       <x:c r="E169" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F169" t="str">
-        <x:v>CW9 5EY</x:v>
+        <x:v>TN17 3DN</x:v>
       </x:c>
       <x:c r="G169" t="str">
-        <x:v/>
+        <x:v>kcarter@bussmurton.co.uk</x:v>
       </x:c>
       <x:c r="H169" t="str">
-        <x:v/>
+        <x:v>01580 712 215</x:v>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Buss Murton Law (South East) Limited</x:v>
       </x:c>
       <x:c r="B170" t="str">
-        <x:v>205 Moss Lane</x:v>
+        <x:v>Crown Lodge</x:v>
       </x:c>
       <x:c r="C170" t="str">
-        <x:v>Bramhall</x:v>
+        <x:v>Cantelupe Road</x:v>
       </x:c>
       <x:c r="D170" t="str">
-        <x:v>Stockport</x:v>
+        <x:v>East Grinstead</x:v>
       </x:c>
       <x:c r="E170" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F170" t="str">
-        <x:v>SK7 1BA</x:v>
+        <x:v>RH19 3BJ</x:v>
       </x:c>
       <x:c r="G170" t="str">
-        <x:v/>
+        <x:v>djaswal@bussmurton.co.uk</x:v>
       </x:c>
       <x:c r="H170" t="str">
-        <x:v/>
+        <x:v>01342 328000</x:v>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B171" t="str">
-        <x:v>2-8 Bank Street</x:v>
+        <x:v>31 Middlewich Road</x:v>
       </x:c>
       <x:c r="C171" t="str">
         <x:v/>
       </x:c>
       <x:c r="D171" t="str">
-        <x:v>Bury</x:v>
+        <x:v>Sandbach</x:v>
       </x:c>
       <x:c r="E171" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F171" t="str">
-        <x:v>BL9 0DL</x:v>
+        <x:v>CW11 1HW</x:v>
       </x:c>
       <x:c r="G171" t="str">
-        <x:v/>
+        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H171" t="str">
-        <x:v/>
+        <x:v>01270 762 521</x:v>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" t="str">
-        <x:v>Butcher And Barlow LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B172" t="str">
-        <x:v>66 High Street</x:v>
+        <x:v>34 Railway Road</x:v>
       </x:c>
       <x:c r="C172" t="str">
         <x:v/>
       </x:c>
       <x:c r="D172" t="str">
-        <x:v>Runcorn</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E172" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F172" t="str">
-        <x:v>WA7 1AW</x:v>
+        <x:v>WN7 4AU</x:v>
       </x:c>
       <x:c r="G172" t="str">
-        <x:v/>
+        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H172" t="str">
-        <x:v/>
+        <x:v>01942 674 144</x:v>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" t="str">
-        <x:v>Carter Bells LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B173" t="str">
-        <x:v>Kings Stone House</x:v>
+        <x:v>132 Elliott Street</x:v>
       </x:c>
       <x:c r="C173" t="str">
-        <x:v>12 High Street</x:v>
+        <x:v>Tyldesley</x:v>
       </x:c>
       <x:c r="D173" t="str">
-        <x:v>Kingston Upon Thames</x:v>
+        <x:v>Manchester,</x:v>
       </x:c>
       <x:c r="E173" t="str">
-        <x:v/>
+        <x:v>Lancashire,</x:v>
       </x:c>
       <x:c r="F173" t="str">
-        <x:v>KT1 1HD</x:v>
+        <x:v>M29 8FJ</x:v>
       </x:c>
       <x:c r="G173" t="str">
-        <x:v>rachel.heap@carterbells.co.uk</x:v>
+        <x:v>lstuchfield@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H173" t="str">
-        <x:v>02089394000</x:v>
+        <x:v>01942 883 669</x:v>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B174" t="str">
-        <x:v>8-16 Dock Street</x:v>
+        <x:v>Evan House, Unit 7</x:v>
       </x:c>
       <x:c r="C174" t="str">
-        <x:v>England</x:v>
+        <x:v>Sutton Quays Business Park, Clifton Road</x:v>
       </x:c>
       <x:c r="D174" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Sutton Weaver , Runcorn</x:v>
       </x:c>
       <x:c r="E174" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F174" t="str">
-        <x:v>LS10 1LX</x:v>
+        <x:v>WA7 3EH</x:v>
       </x:c>
       <x:c r="G174" t="str">
-        <x:v>rosalindsalkeld@chadwicklaw.co.uk</x:v>
+        <x:v>enquiries@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H174" t="str">
-        <x:v>01132258811</x:v>
+        <x:v>01928 247599</x:v>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B175" t="str">
-        <x:v>29 Commercial Street</x:v>
+        <x:v>44 Church Street</x:v>
       </x:c>
       <x:c r="C175" t="str">
-        <x:v>Morley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D175" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E175" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F175" t="str">
-        <x:v>LS27 8HX</x:v>
+        <x:v>WN7 1AZ</x:v>
       </x:c>
       <x:c r="G175" t="str">
-        <x:v>kittytoor@chadlaw.co.uk</x:v>
+        <x:v>enquiries@butcher-barlow.co.uk</x:v>
       </x:c>
       <x:c r="H175" t="str">
-        <x:v>01924 379 078</x:v>
+        <x:v>01942 604 135</x:v>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher and Barlow LLP</x:v>
       </x:c>
       <x:c r="B176" t="str">
-        <x:v>Titan Business Centre</x:v>
+        <x:v>3 Royal Mews</x:v>
       </x:c>
       <x:c r="C176" t="str">
-        <x:v>3Rd Floor Euroway House</x:v>
+        <x:v>Gadbrook Park</x:v>
       </x:c>
       <x:c r="D176" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Cheshire </x:v>
       </x:c>
       <x:c r="E176" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F176" t="str">
-        <x:v>BD4 6SE</x:v>
+        <x:v>CW9 7UD</x:v>
       </x:c>
       <x:c r="G176" t="str">
         <x:v/>
       </x:c>
       <x:c r="H176" t="str">
-        <x:v/>
+        <x:v>01606 334309</x:v>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B177" t="str">
-        <x:v>Paragon Point, Red Hall Crescent</x:v>
+        <x:v>6 Church Street</x:v>
       </x:c>
       <x:c r="C177" t="str">
         <x:v/>
       </x:c>
       <x:c r="D177" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Frodsham</x:v>
       </x:c>
       <x:c r="E177" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F177" t="str">
-        <x:v>WF1 2DF</x:v>
+        <x:v>WA6 7EB</x:v>
       </x:c>
       <x:c r="G177" t="str">
-        <x:v>kittytoor@chadlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H177" t="str">
-        <x:v>01924 379 078</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B178" t="str">
-        <x:v>22 Westfield Road</x:v>
+        <x:v>Dane Bridge Chambers</x:v>
       </x:c>
       <x:c r="C178" t="str">
-        <x:v>Horbury</x:v>
+        <x:v> 5 London Road</x:v>
       </x:c>
       <x:c r="D178" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Northwich</x:v>
       </x:c>
       <x:c r="E178" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F178" t="str">
-        <x:v>WF4 6HP</x:v>
+        <x:v>CW9 5EY</x:v>
       </x:c>
       <x:c r="G178" t="str">
-        <x:v>jodieingle@chadlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H178" t="str">
-        <x:v>01924 263166</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="179">
       <x:c r="A179" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B179" t="str">
-        <x:v>18 Springfield Court</x:v>
+        <x:v>205 Moss Lane</x:v>
       </x:c>
       <x:c r="C179" t="str">
-        <x:v>Guiseley</x:v>
+        <x:v>Bramhall</x:v>
       </x:c>
       <x:c r="D179" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Stockport</x:v>
       </x:c>
       <x:c r="E179" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F179" t="str">
-        <x:v>LS20 8FD</x:v>
+        <x:v>SK7 1BA</x:v>
       </x:c>
       <x:c r="G179" t="str">
-        <x:v>jodieingle@chadlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H179" t="str">
-        <x:v>01943 883960</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="180">
       <x:c r="A180" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B180" t="str">
-        <x:v>13 Railway Street</x:v>
+        <x:v>2-8 Bank Street</x:v>
       </x:c>
       <x:c r="C180" t="str">
         <x:v/>
       </x:c>
       <x:c r="D180" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E180" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F180" t="str">
-        <x:v>HD1 1JS</x:v>
+        <x:v>BL9 0DL</x:v>
       </x:c>
       <x:c r="G180" t="str">
         <x:v/>
       </x:c>
       <x:c r="H180" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="181">
       <x:c r="A181" t="str">
-        <x:v>Chadwick Lawrence LLP</x:v>
+        <x:v>Butcher And Barlow LLP</x:v>
       </x:c>
       <x:c r="B181" t="str">
-        <x:v>The Fire Station,</x:v>
+        <x:v>66 High Street</x:v>
       </x:c>
       <x:c r="C181" t="str">
         <x:v/>
       </x:c>
       <x:c r="D181" t="str">
-        <x:v>Halifax,</x:v>
+        <x:v>Runcorn</x:v>
       </x:c>
       <x:c r="E181" t="str">
-        <x:v>West Yorkshire,</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F181" t="str">
-        <x:v>HX3 5AX</x:v>
+        <x:v>WA7 1AW</x:v>
       </x:c>
       <x:c r="G181" t="str">
         <x:v/>
       </x:c>
       <x:c r="H181" t="str">
-        <x:v>01422 330 601</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" t="str">
-        <x:v>Chambers Solicitors</x:v>
+        <x:v>Carter Bells LLP</x:v>
       </x:c>
       <x:c r="B182" t="str">
-        <x:v>22 Windsor Road</x:v>
+        <x:v>Kings Stone House</x:v>
       </x:c>
       <x:c r="C182" t="str">
-        <x:v/>
+        <x:v>12 High Street</x:v>
       </x:c>
       <x:c r="D182" t="str">
-        <x:v>Slough</x:v>
+        <x:v>Kingston Upon Thames</x:v>
       </x:c>
       <x:c r="E182" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F182" t="str">
-        <x:v>SL1 2EJ</x:v>
+        <x:v>KT1 1HD</x:v>
       </x:c>
       <x:c r="G182" t="str">
-        <x:v>rsaluja@chamberssolicitors.co</x:v>
+        <x:v>rachel.heap@carterbells.co.uk</x:v>
       </x:c>
       <x:c r="H182" t="str">
-        <x:v>01753 522204</x:v>
+        <x:v>02089394000</x:v>
       </x:c>
     </x:row>
     <x:row r="183">
       <x:c r="A183" t="str">
-        <x:v>Chan Neill Solicitors LLP</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B183" t="str">
-        <x:v>120 Cannon Street</x:v>
+        <x:v>8-16 Dock Street</x:v>
       </x:c>
       <x:c r="C183" t="str">
-        <x:v/>
+        <x:v>England</x:v>
       </x:c>
       <x:c r="D183" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E183" t="str">
         <x:v/>
       </x:c>
       <x:c r="F183" t="str">
-        <x:v>EC4N 6AS</x:v>
+        <x:v>LS10 1LX</x:v>
       </x:c>
       <x:c r="G183" t="str">
-        <x:v>ffakhrul@cnsolicitors.com</x:v>
+        <x:v>rosalindsalkeld@chadwicklaw.co.uk</x:v>
       </x:c>
       <x:c r="H183" t="str">
-        <x:v>02072537781</x:v>
+        <x:v>01132258811</x:v>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" t="str">
-        <x:v>Chan Neill Solicitors LLP</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B184" t="str">
-        <x:v>3rd floor, 36 Upper Brook Street</x:v>
+        <x:v>29 Commercial Street</x:v>
       </x:c>
       <x:c r="C184" t="str">
-        <x:v/>
+        <x:v>Morley</x:v>
       </x:c>
       <x:c r="D184" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E184" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F184" t="str">
-        <x:v>W1K 7QJ</x:v>
+        <x:v>LS27 8HX</x:v>
       </x:c>
       <x:c r="G184" t="str">
-        <x:v>ffakhrul@cnsolicitors.com</x:v>
+        <x:v>kittytoor@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H184" t="str">
-        <x:v>0207 2537781</x:v>
+        <x:v>01924 379 078</x:v>
       </x:c>
     </x:row>
     <x:row r="185">
       <x:c r="A185" t="str">
-        <x:v>Chan Neill Solicitors LLP</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B185" t="str">
-        <x:v>12-13 Little Newport Street</x:v>
+        <x:v>Paragon Point, Red Hall Crescent</x:v>
       </x:c>
       <x:c r="C185" t="str">
         <x:v/>
       </x:c>
       <x:c r="D185" t="str">
-        <x:v>London</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E185" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F185" t="str">
-        <x:v>WC2H 7JJ</x:v>
+        <x:v>WF1 2DF</x:v>
       </x:c>
       <x:c r="G185" t="str">
-        <x:v>ffakhrul@cnsolicitors.com</x:v>
+        <x:v>kittytoor@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H185" t="str">
-        <x:v>0207 253 7781</x:v>
+        <x:v>01924 379 078</x:v>
       </x:c>
     </x:row>
     <x:row r="186">
       <x:c r="A186" t="str">
-        <x:v>Charles Douglas Solicitors LLP</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B186" t="str">
-        <x:v>32 Old Burlington Street</x:v>
+        <x:v>Titan Business Centre</x:v>
       </x:c>
       <x:c r="C186" t="str">
-        <x:v>Mayfair</x:v>
+        <x:v>3Rd Floor Euroway House</x:v>
       </x:c>
       <x:c r="D186" t="str">
-        <x:v>London</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E186" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F186" t="str">
-        <x:v>W1S 3AT</x:v>
+        <x:v>BD4 6SE</x:v>
       </x:c>
       <x:c r="G186" t="str">
-        <x:v>richardstarr@cdsmayfair.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H186" t="str">
-        <x:v>020 7758 8170</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="187">
       <x:c r="A187" t="str">
-        <x:v>Charles Newton &amp; Co</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B187" t="str">
-        <x:v>6-8 Bath Street</x:v>
+        <x:v>13 Railway Street</x:v>
       </x:c>
       <x:c r="C187" t="str">
         <x:v/>
       </x:c>
       <x:c r="D187" t="str">
-        <x:v>Ilkeston</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E187" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F187" t="str">
-        <x:v>DE7 8FB</x:v>
+        <x:v>HD1 1JS</x:v>
       </x:c>
       <x:c r="G187" t="str">
         <x:v/>
       </x:c>
       <x:c r="H187" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="188">
       <x:c r="A188" t="str">
-        <x:v>Charles Newton &amp; Co</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B188" t="str">
-        <x:v>5 Alexandra Street</x:v>
+        <x:v>The Fire Station,</x:v>
       </x:c>
       <x:c r="C188" t="str">
-        <x:v>Eastwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D188" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Halifax,</x:v>
       </x:c>
       <x:c r="E188" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>West Yorkshire,</x:v>
       </x:c>
       <x:c r="F188" t="str">
-        <x:v>NG16 3BD</x:v>
+        <x:v>HX3 5AX</x:v>
       </x:c>
       <x:c r="G188" t="str">
         <x:v/>
       </x:c>
       <x:c r="H188" t="str">
-        <x:v/>
+        <x:v>01422 330 601</x:v>
       </x:c>
     </x:row>
     <x:row r="189">
       <x:c r="A189" t="str">
-        <x:v>Chris Stevenson Solicitors</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B189" t="str">
-        <x:v>103 Thorne Road</x:v>
+        <x:v>22 Westfield Road</x:v>
       </x:c>
       <x:c r="C189" t="str">
-        <x:v/>
+        <x:v>Horbury</x:v>
       </x:c>
       <x:c r="D189" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E189" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F189" t="str">
-        <x:v>DN2 5BE</x:v>
+        <x:v>WF4 6HP</x:v>
       </x:c>
       <x:c r="G189" t="str">
-        <x:v/>
+        <x:v>jodieingle@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H189" t="str">
-        <x:v/>
+        <x:v>01924 263166</x:v>
       </x:c>
     </x:row>
     <x:row r="190">
       <x:c r="A190" t="str">
-        <x:v>City Solicitors Ltd</x:v>
+        <x:v>Chadwick Lawrence LLP</x:v>
       </x:c>
       <x:c r="B190" t="str">
-        <x:v>Mermaid House </x:v>
+        <x:v>18 Springfield Court</x:v>
       </x:c>
       <x:c r="C190" t="str">
-        <x:v>2Nd Floor 2 Puddle Dock,</x:v>
+        <x:v>Guiseley</x:v>
       </x:c>
       <x:c r="D190" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E190" t="str">
         <x:v/>
       </x:c>
       <x:c r="F190" t="str">
-        <x:v>EC4V 3DB </x:v>
+        <x:v>LS20 8FD</x:v>
       </x:c>
       <x:c r="G190" t="str">
-        <x:v/>
+        <x:v>jodieingle@chadlaw.co.uk</x:v>
       </x:c>
       <x:c r="H190" t="str">
-        <x:v/>
+        <x:v>01943 883960</x:v>
       </x:c>
     </x:row>
     <x:row r="191">
       <x:c r="A191" t="str">
-        <x:v>City Solicitors Ltd</x:v>
+        <x:v>Chambers Solicitors</x:v>
       </x:c>
       <x:c r="B191" t="str">
-        <x:v>112 High Road</x:v>
+        <x:v>22 Windsor Road</x:v>
       </x:c>
       <x:c r="C191" t="str">
-        <x:v>Ilford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D191" t="str">
-        <x:v>London</x:v>
+        <x:v>Slough</x:v>
       </x:c>
       <x:c r="E191" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F191" t="str">
-        <x:v>IG1 1BY</x:v>
+        <x:v>SL1 2EJ</x:v>
       </x:c>
       <x:c r="G191" t="str">
-        <x:v>info@faranitaylor.com</x:v>
+        <x:v>rsaluja@chamberssolicitors.co</x:v>
       </x:c>
       <x:c r="H191" t="str">
-        <x:v>0203 301 6666</x:v>
+        <x:v>01753 522204</x:v>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" t="str">
-        <x:v>City Solicitors Ltd</x:v>
+        <x:v>Chan Neill Solicitors LLP</x:v>
       </x:c>
       <x:c r="B192" t="str">
-        <x:v>1534 London Road</x:v>
+        <x:v>120 Cannon Street</x:v>
       </x:c>
       <x:c r="C192" t="str">
         <x:v/>
       </x:c>
       <x:c r="D192" t="str">
-        <x:v>Norbury</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E192" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F192" t="str">
-        <x:v>SW16 4EU</x:v>
+        <x:v>EC4N 6AS</x:v>
       </x:c>
       <x:c r="G192" t="str">
-        <x:v>info@faranitaylor.com</x:v>
+        <x:v>ffakhrul@cnsolicitors.com</x:v>
       </x:c>
       <x:c r="H192" t="str">
-        <x:v>0203 089 7966</x:v>
+        <x:v>02072537781</x:v>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Chan Neill Solicitors LLP</x:v>
       </x:c>
       <x:c r="B193" t="str">
-        <x:v>11-15, Columbus Walk, Brigantine Place</x:v>
+        <x:v>3rd floor, 36 Upper Brook Street</x:v>
       </x:c>
       <x:c r="C193" t="str">
         <x:v/>
       </x:c>
       <x:c r="D193" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E193" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F193" t="str">
-        <x:v>CF10 4BY</x:v>
+        <x:v>W1K 7QJ</x:v>
       </x:c>
       <x:c r="G193" t="str">
-        <x:v/>
+        <x:v>ffakhrul@cnsolicitors.com</x:v>
       </x:c>
       <x:c r="H193" t="str">
-        <x:v>02920 483181</x:v>
+        <x:v>0207 2537781</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Chan Neill Solicitors LLP</x:v>
       </x:c>
       <x:c r="B194" t="str">
-        <x:v>18 DUNRAVEN PLACE</x:v>
+        <x:v>12-13 Little Newport Street</x:v>
       </x:c>
       <x:c r="C194" t="str">
         <x:v/>
       </x:c>
       <x:c r="D194" t="str">
-        <x:v>Bridgend</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E194" t="str">
         <x:v/>
       </x:c>
       <x:c r="F194" t="str">
-        <x:v>CF31 1JD</x:v>
+        <x:v>WC2H 7JJ</x:v>
       </x:c>
       <x:c r="G194" t="str">
-        <x:v>n.summers@cjch.co.uk</x:v>
+        <x:v>ffakhrul@cnsolicitors.com</x:v>
       </x:c>
       <x:c r="H194" t="str">
-        <x:v>01656 457466</x:v>
+        <x:v>0207 253 7781</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Charles Douglas Solicitors LLP</x:v>
       </x:c>
       <x:c r="B195" t="str">
-        <x:v>183 High Street</x:v>
+        <x:v>32 Old Burlington Street</x:v>
       </x:c>
       <x:c r="C195" t="str">
-        <x:v/>
+        <x:v>Mayfair</x:v>
       </x:c>
       <x:c r="D195" t="str">
-        <x:v>Blackwood</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E195" t="str">
         <x:v/>
       </x:c>
       <x:c r="F195" t="str">
-        <x:v>NP12 1ZF</x:v>
+        <x:v>W1S 3AT</x:v>
       </x:c>
       <x:c r="G195" t="str">
-        <x:v>n.summers@cjch.co.uk</x:v>
+        <x:v>richardstarr@cdsmayfair.com</x:v>
       </x:c>
       <x:c r="H195" t="str">
-        <x:v>01495 227128</x:v>
+        <x:v>020 7758 8170</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Charles Newton &amp; Co</x:v>
       </x:c>
       <x:c r="B196" t="str">
-        <x:v>17 Thompson Street,</x:v>
+        <x:v>6-8 Bath Street</x:v>
       </x:c>
       <x:c r="C196" t="str">
         <x:v/>
       </x:c>
       <x:c r="D196" t="str">
-        <x:v>Barry</x:v>
+        <x:v>Ilkeston</x:v>
       </x:c>
       <x:c r="E196" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F196" t="str">
-        <x:v>CF63 4JL</x:v>
+        <x:v>DE7 8FB</x:v>
       </x:c>
       <x:c r="G196" t="str">
-        <x:v>n.summers@cjch.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H196" t="str">
-        <x:v>01446 420043</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Charles Newton &amp; Co</x:v>
       </x:c>
       <x:c r="B197" t="str">
-        <x:v>4A Market St</x:v>
+        <x:v>5 Alexandra Street</x:v>
       </x:c>
       <x:c r="C197" t="str">
-        <x:v/>
+        <x:v>Eastwood</x:v>
       </x:c>
       <x:c r="D197" t="str">
-        <x:v>Caerphilly</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E197" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F197" t="str">
-        <x:v>CF83 1NX</x:v>
+        <x:v>NG16 3BD</x:v>
       </x:c>
       <x:c r="G197" t="str">
-        <x:v>conveyancing@cjch.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H197" t="str">
-        <x:v>0333 231 6405</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="198">
       <x:c r="A198" t="str">
-        <x:v>CJCH Legal Ltd</x:v>
+        <x:v>Chris Stevenson Solicitors</x:v>
       </x:c>
       <x:c r="B198" t="str">
-        <x:v>3 Walter Road</x:v>
+        <x:v>103 Thorne Road</x:v>
       </x:c>
       <x:c r="C198" t="str">
         <x:v/>
       </x:c>
       <x:c r="D198" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E198" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F198" t="str">
-        <x:v>SA1 5NE</x:v>
+        <x:v>DN2 5BE</x:v>
       </x:c>
       <x:c r="G198" t="str">
-        <x:v>conveyancing@cjch.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H198" t="str">
-        <x:v>01792 004736</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" t="str">
-        <x:v>Clarion Solicitors Limited</x:v>
+        <x:v>City Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B199" t="str">
-        <x:v>Elizabeth House</x:v>
+        <x:v>Mermaid House </x:v>
       </x:c>
       <x:c r="C199" t="str">
-        <x:v>13-19 Queen Street</x:v>
+        <x:v>2Nd Floor 2 Puddle Dock,</x:v>
       </x:c>
       <x:c r="D199" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E199" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F199" t="str">
-        <x:v>LS1 2TW</x:v>
+        <x:v>EC4V 3DB </x:v>
       </x:c>
       <x:c r="G199" t="str">
         <x:v/>
       </x:c>
       <x:c r="H199" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>City Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B200" t="str">
-        <x:v>Blackbrook Gate</x:v>
+        <x:v>112 High Road</x:v>
       </x:c>
       <x:c r="C200" t="str">
-        <x:v>Blackbrook Park Avenue</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="D200" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E200" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F200" t="str">
-        <x:v>TA1 2PG</x:v>
+        <x:v>IG1 1BY</x:v>
       </x:c>
       <x:c r="G200" t="str">
-        <x:v/>
+        <x:v>info@faranitaylor.com</x:v>
       </x:c>
       <x:c r="H200" t="str">
-        <x:v/>
+        <x:v>0203 301 6666</x:v>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>City Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B201" t="str">
-        <x:v>5 St. Helen's Place</x:v>
+        <x:v>1534 London Road</x:v>
       </x:c>
       <x:c r="C201" t="str">
         <x:v/>
       </x:c>
       <x:c r="D201" t="str">
+        <x:v>Norbury</x:v>
+      </x:c>
+      <x:c r="E201" t="str">
         <x:v>London</x:v>
       </x:c>
-      <x:c r="E201" t="str">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F201" t="str">
-        <x:v>EC3A 6AB</x:v>
+        <x:v>SW16 4EU</x:v>
       </x:c>
       <x:c r="G201" t="str">
-        <x:v/>
+        <x:v>info@faranitaylor.com</x:v>
       </x:c>
       <x:c r="H201" t="str">
-        <x:v/>
+        <x:v>0203 089 7966</x:v>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B202" t="str">
-        <x:v>Burlington House, </x:v>
+        <x:v>3 Walter Road</x:v>
       </x:c>
       <x:c r="C202" t="str">
-        <x:v>Grange Drive, Hedge End</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D202" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E202" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F202" t="str">
-        <x:v>SO30 2AF</x:v>
+        <x:v>SA1 5NE</x:v>
       </x:c>
       <x:c r="G202" t="str">
-        <x:v/>
+        <x:v>conveyancing@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H202" t="str">
-        <x:v>0345 209 1000</x:v>
+        <x:v>01792 004736</x:v>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B203" t="str">
-        <x:v>9 Colmore Row</x:v>
+        <x:v>11-15, Columbus Walk, Brigantine Place</x:v>
       </x:c>
       <x:c r="C203" t="str">
         <x:v/>
       </x:c>
       <x:c r="D203" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E203" t="str">
-        <x:v/>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="F203" t="str">
-        <x:v>B3 2BJ</x:v>
+        <x:v>CF10 4BY</x:v>
       </x:c>
       <x:c r="G203" t="str">
-        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H203" t="str">
-        <x:v>0345 2019 1000</x:v>
+        <x:v>02920 483181</x:v>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" t="str">
-        <x:v>Clarke Willmott LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B204" t="str">
-        <x:v>Building C, Assembly Bristol</x:v>
+        <x:v>18 DUNRAVEN PLACE</x:v>
       </x:c>
       <x:c r="C204" t="str">
-        <x:v>Cheese Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D204" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Bridgend</x:v>
       </x:c>
       <x:c r="E204" t="str">
         <x:v/>
       </x:c>
       <x:c r="F204" t="str">
-        <x:v>BS2 0JJ</x:v>
+        <x:v>CF31 1JD</x:v>
       </x:c>
       <x:c r="G204" t="str">
-        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
+        <x:v>n.summers@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H204" t="str">
-        <x:v>0345 209 1000</x:v>
+        <x:v>01656 457466</x:v>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B205" t="str">
-        <x:v>7 Landau Court, Tan Bank</x:v>
+        <x:v>183 High Street</x:v>
       </x:c>
       <x:c r="C205" t="str">
-        <x:v>Wellington</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D205" t="str">
-        <x:v>Telford</x:v>
+        <x:v>Blackwood</x:v>
       </x:c>
       <x:c r="E205" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F205" t="str">
-        <x:v>TF1 1HE</x:v>
+        <x:v>NP12 1ZF</x:v>
       </x:c>
       <x:c r="G205" t="str">
-        <x:v>wellington@clarkeslaw.co.uk</x:v>
+        <x:v>n.summers@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H205" t="str">
-        <x:v>01952 223548</x:v>
+        <x:v>01495 227128</x:v>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B206" t="str">
-        <x:v>13 Cheapside</x:v>
+        <x:v>17 Thompson Street,</x:v>
       </x:c>
       <x:c r="C206" t="str">
         <x:v/>
       </x:c>
       <x:c r="D206" t="str">
-        <x:v>Shifnal</x:v>
+        <x:v>Barry</x:v>
       </x:c>
       <x:c r="E206" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F206" t="str">
-        <x:v>TF11 8BN</x:v>
+        <x:v>CF63 4JL</x:v>
       </x:c>
       <x:c r="G206" t="str">
-        <x:v>shifnal@clarkeslaw.co.uk</x:v>
+        <x:v>n.summers@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H206" t="str">
-        <x:v>01952 466244</x:v>
+        <x:v>01446 420043</x:v>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>CJCH Legal Ltd</x:v>
       </x:c>
       <x:c r="B207" t="str">
-        <x:v>Hazledine House</x:v>
+        <x:v>4A Market St</x:v>
       </x:c>
       <x:c r="C207" t="str">
-        <x:v>Town Centre</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D207" t="str">
-        <x:v>Telford</x:v>
+        <x:v>Caerphilly</x:v>
       </x:c>
       <x:c r="E207" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F207" t="str">
-        <x:v>TF3 4JL</x:v>
+        <x:v>CF83 1NX</x:v>
       </x:c>
       <x:c r="G207" t="str">
-        <x:v>info@clarkeslaw.co.uk</x:v>
+        <x:v>conveyancing@cjch.co.uk</x:v>
       </x:c>
       <x:c r="H207" t="str">
-        <x:v>01952 291666</x:v>
+        <x:v>0333 231 6405</x:v>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>Clarion Solicitors Limited</x:v>
       </x:c>
       <x:c r="B208" t="str">
-        <x:v>Kingston House</x:v>
+        <x:v>Elizabeth House</x:v>
       </x:c>
       <x:c r="C208" t="str">
-        <x:v>6 St. Alkmonds Place</x:v>
+        <x:v>13-19 Queen Street</x:v>
       </x:c>
       <x:c r="D208" t="str">
-        <x:v>Shrewsbury</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E208" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F208" t="str">
-        <x:v>SY1 1UL</x:v>
+        <x:v>LS1 2TW</x:v>
       </x:c>
       <x:c r="G208" t="str">
-        <x:v>info@clarkeslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H208" t="str">
-        <x:v>01743 231531</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" t="str">
-        <x:v>Clarkes LLP</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B209" t="str">
-        <x:v>21 High Street</x:v>
+        <x:v>Blackbrook Gate</x:v>
       </x:c>
       <x:c r="C209" t="str">
-        <x:v/>
+        <x:v>Blackbrook Park Avenue</x:v>
       </x:c>
       <x:c r="D209" t="str">
-        <x:v>Newport</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E209" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F209" t="str">
-        <x:v>TF10 7AT</x:v>
+        <x:v>TA1 2PG</x:v>
       </x:c>
       <x:c r="G209" t="str">
-        <x:v>info@clarkeslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H209" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" t="str">
-        <x:v>CLP Group Limited</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B210" t="str">
-        <x:v>Queen Square House</x:v>
+        <x:v>5 St. Helen's Place</x:v>
       </x:c>
       <x:c r="C210" t="str">
-        <x:v>18-21 Queen Square</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D210" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E210" t="str">
         <x:v/>
       </x:c>
       <x:c r="F210" t="str">
-        <x:v>BS1 4NH</x:v>
+        <x:v>EC3A 6AB</x:v>
       </x:c>
       <x:c r="G210" t="str">
-        <x:v>practice.management@carbonlawpartners.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H210" t="str">
-        <x:v>03304609635</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" t="str">
-        <x:v>CLP Group Limited</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B211" t="str">
-        <x:v>One Temple Quay</x:v>
+        <x:v>Burlington House, </x:v>
       </x:c>
       <x:c r="C211" t="str">
-        <x:v>Temple Back East</x:v>
+        <x:v>Grange Drive, Hedge End</x:v>
       </x:c>
       <x:c r="D211" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E211" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F211" t="str">
-        <x:v>BS1 6DZ</x:v>
+        <x:v>SO30 2AF</x:v>
       </x:c>
       <x:c r="G211" t="str">
-        <x:v>practice.management@carbonlawpartners.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H211" t="str">
-        <x:v>03304609635</x:v>
+        <x:v>0345 209 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B212" t="str">
-        <x:v>44/46 Parkstone Road</x:v>
+        <x:v>9 Colmore Row</x:v>
       </x:c>
       <x:c r="C212" t="str">
         <x:v/>
       </x:c>
       <x:c r="D212" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E212" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F212" t="str">
-        <x:v>BH15 2PG</x:v>
+        <x:v>B3 2BJ</x:v>
       </x:c>
       <x:c r="G212" t="str">
-        <x:v>rleedham@coles-miller.co.uk</x:v>
+        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
       </x:c>
       <x:c r="H212" t="str">
-        <x:v>01202673011</x:v>
+        <x:v>0345 2019 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarke Willmott LLP</x:v>
       </x:c>
       <x:c r="B213" t="str">
-        <x:v>Arrowsmith Court, 10 Station Approach</x:v>
+        <x:v>Building C, Assembly Bristol</x:v>
       </x:c>
       <x:c r="C213" t="str">
-        <x:v/>
+        <x:v>Cheese Lane</x:v>
       </x:c>
       <x:c r="D213" t="str">
-        <x:v>Broadstone</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E213" t="str">
-        <x:v>Dorset,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F213" t="str">
-        <x:v>BH18 8AX</x:v>
+        <x:v>BS2 0JJ</x:v>
       </x:c>
       <x:c r="G213" t="str">
-        <x:v>rleedham@coles-miller.co.uk</x:v>
+        <x:v>Samuel.dodds@clarkewillmott.com</x:v>
       </x:c>
       <x:c r="H213" t="str">
-        <x:v>01202694891</x:v>
+        <x:v>0345 209 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B214" t="str">
-        <x:v>21 Eastbrook Row</x:v>
+        <x:v>7 Landau Court, Tan Bank</x:v>
       </x:c>
       <x:c r="C214" t="str">
-        <x:v>Crown Mead</x:v>
+        <x:v>Wellington</x:v>
       </x:c>
       <x:c r="D214" t="str">
-        <x:v>Wimborne</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E214" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F214" t="str">
-        <x:v>BH21 1HN</x:v>
+        <x:v>TF1 1HE</x:v>
       </x:c>
       <x:c r="G214" t="str">
-        <x:v>website@coles-miller.co.uk</x:v>
+        <x:v>wellington@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H214" t="str">
-        <x:v>01202 355699</x:v>
+        <x:v>01952 223548</x:v>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B215" t="str">
-        <x:v>Harbour House, Upton Road</x:v>
+        <x:v>13 Cheapside</x:v>
       </x:c>
       <x:c r="C215" t="str">
         <x:v/>
       </x:c>
       <x:c r="D215" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Shifnal</x:v>
       </x:c>
       <x:c r="E215" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F215" t="str">
-        <x:v>BH17 7AG</x:v>
+        <x:v>TF11 8BN</x:v>
       </x:c>
       <x:c r="G215" t="str">
-        <x:v>rleedham@coles-miller.co.uk</x:v>
+        <x:v>shifnal@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H215" t="str">
-        <x:v>01202338888</x:v>
+        <x:v>01952 466244</x:v>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" t="str">
-        <x:v>Coles Miller Solicitors LLP</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B216" t="str">
-        <x:v>4 Durley Chine Road</x:v>
+        <x:v>Hazledine House</x:v>
       </x:c>
       <x:c r="C216" t="str">
-        <x:v/>
+        <x:v>Town Centre</x:v>
       </x:c>
       <x:c r="D216" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E216" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F216" t="str">
-        <x:v>BH2 5QT</x:v>
+        <x:v>TF3 4JL</x:v>
       </x:c>
       <x:c r="G216" t="str">
-        <x:v/>
+        <x:v>info@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H216" t="str">
-        <x:v/>
+        <x:v>01952 291666</x:v>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" t="str">
-        <x:v>Comptons Solicitors LLP</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B217" t="str">
-        <x:v>90-92 Parkway</x:v>
+        <x:v>Kingston House</x:v>
       </x:c>
       <x:c r="C217" t="str">
-        <x:v/>
+        <x:v>6 St. Alkmonds Place</x:v>
       </x:c>
       <x:c r="D217" t="str">
-        <x:v>London</x:v>
+        <x:v>Shrewsbury</x:v>
       </x:c>
       <x:c r="E217" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F217" t="str">
-        <x:v>NW1 7AN</x:v>
+        <x:v>SY1 1UL</x:v>
       </x:c>
       <x:c r="G217" t="str">
-        <x:v>jayne@comptons.co.uk</x:v>
+        <x:v>info@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H217" t="str">
-        <x:v>02074 850888</x:v>
+        <x:v>01743 231531</x:v>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" t="str">
-        <x:v>Connaught Law Limited</x:v>
+        <x:v>Clarkes LLP</x:v>
       </x:c>
       <x:c r="B218" t="str">
-        <x:v>34-36 Gray's Inn Road</x:v>
+        <x:v>21 High Street</x:v>
       </x:c>
       <x:c r="C218" t="str">
         <x:v/>
       </x:c>
       <x:c r="D218" t="str">
-        <x:v>London</x:v>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="E218" t="str">
-        <x:v/>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F218" t="str">
-        <x:v>WC1X 8HR</x:v>
+        <x:v>TF10 7AT</x:v>
       </x:c>
       <x:c r="G218" t="str">
-        <x:v/>
+        <x:v>info@clarkeslaw.co.uk</x:v>
       </x:c>
       <x:c r="H218" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="219">
       <x:c r="A219" t="str">
-        <x:v>Cook Taylor Woodhouse Limited</x:v>
+        <x:v>CLP Group Limited</x:v>
       </x:c>
       <x:c r="B219" t="str">
-        <x:v>68-70 Eltham High Street</x:v>
+        <x:v>Queen Square House</x:v>
       </x:c>
       <x:c r="C219" t="str">
-        <x:v/>
+        <x:v>18-21 Queen Square</x:v>
       </x:c>
       <x:c r="D219" t="str">
-        <x:v>London</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E219" t="str">
         <x:v/>
       </x:c>
       <x:c r="F219" t="str">
-        <x:v>SE9 1BZ</x:v>
+        <x:v>BS1 4NH</x:v>
       </x:c>
       <x:c r="G219" t="str">
-        <x:v/>
+        <x:v>practice.management@carbonlawpartners.com</x:v>
       </x:c>
       <x:c r="H219" t="str">
-        <x:v/>
+        <x:v>03304609635</x:v>
       </x:c>
     </x:row>
     <x:row r="220">
       <x:c r="A220" t="str">
-        <x:v>Cook Taylor Woodhouse Limited</x:v>
+        <x:v>CLP Group Limited</x:v>
       </x:c>
       <x:c r="B220" t="str">
-        <x:v>St. Johns House, </x:v>
+        <x:v>One Temple Quay</x:v>
       </x:c>
       <x:c r="C220" t="str">
-        <x:v>37-41 Spital Street</x:v>
+        <x:v>Temple Back East</x:v>
       </x:c>
       <x:c r="D220" t="str">
-        <x:v>Dartford</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E220" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F220" t="str">
-        <x:v>DA1 2DR</x:v>
+        <x:v>BS1 6DZ</x:v>
       </x:c>
       <x:c r="G220" t="str">
-        <x:v/>
+        <x:v>practice.management@carbonlawpartners.com</x:v>
       </x:c>
       <x:c r="H220" t="str">
-        <x:v>01322223223</x:v>
+        <x:v>03304609635</x:v>
       </x:c>
     </x:row>
     <x:row r="221">
       <x:c r="A221" t="str">
-        <x:v>Cook Taylor Woodhouse Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B221" t="str">
-        <x:v>1st Floor, Warneford House,</x:v>
+        <x:v>4 Durley Chine Road</x:v>
       </x:c>
       <x:c r="C221" t="str">
-        <x:v>St Leonards Road,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D221" t="str">
-        <x:v>Allington, Maidstone</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E221" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F221" t="str">
-        <x:v>ME16 0LS</x:v>
+        <x:v>BH2 5QT</x:v>
       </x:c>
       <x:c r="G221" t="str">
-        <x:v>swarren@ctwsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H221" t="str">
-        <x:v>01622 687777</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" t="str">
-        <x:v>Cooklaw Solicitors Ltd</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B222" t="str">
-        <x:v>2a &amp; b Colima Avenue</x:v>
+        <x:v>44/46 Parkstone Road</x:v>
       </x:c>
       <x:c r="C222" t="str">
-        <x:v>Sunderland Enterprise Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D222" t="str">
-        <x:v>Sunderland</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E222" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F222" t="str">
-        <x:v>SR5 3XB</x:v>
+        <x:v>BH15 2PG</x:v>
       </x:c>
       <x:c r="G222" t="str">
-        <x:v>info@cooklaw.co.uk</x:v>
+        <x:v>rleedham@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H222" t="str">
-        <x:v>0191 5677244</x:v>
+        <x:v>01202673011</x:v>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" t="str">
-        <x:v>Core Legal Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B223" t="str">
-        <x:v>Brewers Court</x:v>
+        <x:v>Arrowsmith Court, 10 Station Approach</x:v>
       </x:c>
       <x:c r="C223" t="str">
-        <x:v>164 Westgate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D223" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Broadstone</x:v>
       </x:c>
       <x:c r="E223" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Dorset,</x:v>
       </x:c>
       <x:c r="F223" t="str">
-        <x:v>WF2 9SR</x:v>
+        <x:v>BH18 8AX</x:v>
       </x:c>
       <x:c r="G223" t="str">
-        <x:v>hello@corelegal.co.uk</x:v>
+        <x:v>rleedham@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H223" t="str">
-        <x:v>0345 313 2767</x:v>
+        <x:v>01202694891</x:v>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" t="str">
-        <x:v>Core Legal Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B224" t="str">
-        <x:v>Hawk House</x:v>
+        <x:v>21 Eastbrook Row</x:v>
       </x:c>
       <x:c r="C224" t="str">
-        <x:v>12 Falcon Court, Preston Farm Industrial Estate</x:v>
+        <x:v>Crown Mead</x:v>
       </x:c>
       <x:c r="D224" t="str">
-        <x:v>Stockton-on-Tees</x:v>
+        <x:v>Wimborne</x:v>
       </x:c>
       <x:c r="E224" t="str">
-        <x:v>Durham</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F224" t="str">
-        <x:v>TS18 3TU</x:v>
+        <x:v>BH21 1HN</x:v>
       </x:c>
       <x:c r="G224" t="str">
-        <x:v/>
+        <x:v>website@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H224" t="str">
-        <x:v/>
+        <x:v>01202 355699</x:v>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" t="str">
-        <x:v>Core Legal Limited</x:v>
+        <x:v>Coles Miller Solicitors LLP</x:v>
       </x:c>
       <x:c r="B225" t="str">
-        <x:v>13 Escrick Business Park</x:v>
+        <x:v>Harbour House, Upton Road</x:v>
       </x:c>
       <x:c r="C225" t="str">
-        <x:v>Escrick</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D225" t="str">
-        <x:v>York</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E225" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F225" t="str">
-        <x:v>YO19 6FD</x:v>
+        <x:v>BH17 7AG</x:v>
       </x:c>
       <x:c r="G225" t="str">
-        <x:v/>
+        <x:v>rleedham@coles-miller.co.uk</x:v>
       </x:c>
       <x:c r="H225" t="str">
-        <x:v/>
+        <x:v>01202338888</x:v>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" t="str">
-        <x:v>Cowling Swift &amp; Kitchin Limited</x:v>
+        <x:v>Comptons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B226" t="str">
-        <x:v>8 Blake Street</x:v>
+        <x:v>90-92 Parkway</x:v>
       </x:c>
       <x:c r="C226" t="str">
         <x:v/>
       </x:c>
       <x:c r="D226" t="str">
-        <x:v>York</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E226" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F226" t="str">
-        <x:v>YO1 8XJ</x:v>
+        <x:v>NW1 7AN</x:v>
       </x:c>
       <x:c r="G226" t="str">
-        <x:v>enquiries@csksolicitors.co.uk</x:v>
+        <x:v>jayne@comptons.co.uk</x:v>
       </x:c>
       <x:c r="H226" t="str">
-        <x:v>01904625678</x:v>
+        <x:v>02074 850888</x:v>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" t="str">
-        <x:v>Crane And Walton LLP</x:v>
+        <x:v>Connaught Law Limited</x:v>
       </x:c>
       <x:c r="B227" t="str">
-        <x:v>21-25 London Road</x:v>
+        <x:v>34-36 Gray's Inn Road</x:v>
       </x:c>
       <x:c r="C227" t="str">
         <x:v/>
       </x:c>
       <x:c r="D227" t="str">
-        <x:v>Coalville</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E227" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F227" t="str">
-        <x:v>LE67 3JB</x:v>
+        <x:v>WC1X 8HR</x:v>
       </x:c>
       <x:c r="G227" t="str">
         <x:v/>
       </x:c>
       <x:c r="H227" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" t="str">
-        <x:v>Crane and Walton LLP</x:v>
+        <x:v>Cook Taylor Woodhouse Limited</x:v>
       </x:c>
       <x:c r="B228" t="str">
-        <x:v>24 De Montfort Street</x:v>
+        <x:v>68-70 Eltham High Street</x:v>
       </x:c>
       <x:c r="C228" t="str">
         <x:v/>
       </x:c>
       <x:c r="D228" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E228" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F228" t="str">
-        <x:v>LE1 7GB</x:v>
+        <x:v>SE9 1BZ</x:v>
       </x:c>
       <x:c r="G228" t="str">
-        <x:v>alisonmuttock@craneandwalton.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H228" t="str">
-        <x:v>0116 2551901</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" t="str">
-        <x:v>Crane and Walton LLP</x:v>
+        <x:v>Cook Taylor Woodhouse Limited</x:v>
       </x:c>
       <x:c r="B229" t="str">
-        <x:v>30 South Street,</x:v>
+        <x:v>St. Johns House, </x:v>
       </x:c>
       <x:c r="C229" t="str">
-        <x:v/>
+        <x:v>37-41 Spital Street</x:v>
       </x:c>
       <x:c r="D229" t="str">
-        <x:v>Ashby-de-la-Zouch</x:v>
+        <x:v>Dartford</x:v>
       </x:c>
       <x:c r="E229" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F229" t="str">
-        <x:v>LE65 1BT</x:v>
+        <x:v>DA1 2DR</x:v>
       </x:c>
       <x:c r="G229" t="str">
-        <x:v>matthewneedham@craneandwalton.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H229" t="str">
-        <x:v>01530 414111</x:v>
+        <x:v>01322223223</x:v>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" t="str">
-        <x:v>Cullimore Dutton Solicitors</x:v>
+        <x:v>Cook Taylor Woodhouse Limited</x:v>
       </x:c>
       <x:c r="B230" t="str">
-        <x:v>27 Newgate Street</x:v>
+        <x:v>1st Floor, Warneford House,</x:v>
       </x:c>
       <x:c r="C230" t="str">
-        <x:v/>
+        <x:v>St Leonards Road,</x:v>
       </x:c>
       <x:c r="D230" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Allington, Maidstone</x:v>
       </x:c>
       <x:c r="E230" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F230" t="str">
-        <x:v>CH1 1DE</x:v>
+        <x:v>ME16 0LS</x:v>
       </x:c>
       <x:c r="G230" t="str">
-        <x:v/>
+        <x:v>swarren@ctwsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H230" t="str">
-        <x:v/>
+        <x:v>01622 687777</x:v>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" t="str">
-        <x:v>Cullimore Dutton Solicitors Limited</x:v>
+        <x:v>Cooklaw Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B231" t="str">
-        <x:v>Booths Court</x:v>
+        <x:v>2a &amp; b Colima Avenue</x:v>
       </x:c>
       <x:c r="C231" t="str">
-        <x:v>Chelford Road</x:v>
+        <x:v>Sunderland Enterprise Park</x:v>
       </x:c>
       <x:c r="D231" t="str">
-        <x:v>Knutsford</x:v>
+        <x:v>Sunderland</x:v>
       </x:c>
       <x:c r="E231" t="str">
         <x:v/>
       </x:c>
       <x:c r="F231" t="str">
-        <x:v>WA16 8GS</x:v>
+        <x:v>SR5 3XB</x:v>
       </x:c>
       <x:c r="G231" t="str">
-        <x:v>info@cullimoredutton.co.uk</x:v>
+        <x:v>info@cooklaw.co.uk</x:v>
       </x:c>
       <x:c r="H231" t="str">
-        <x:v>01244356789</x:v>
+        <x:v>0191 5677244</x:v>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Core Legal Limited</x:v>
       </x:c>
       <x:c r="B232" t="str">
-        <x:v>Great Square</x:v>
+        <x:v>Brewers Court</x:v>
       </x:c>
       <x:c r="C232" t="str">
-        <x:v/>
+        <x:v>164 Westgate</x:v>
       </x:c>
       <x:c r="D232" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E232" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F232" t="str">
-        <x:v>CM7 1UD</x:v>
+        <x:v>WF2 9SR</x:v>
       </x:c>
       <x:c r="G232" t="str">
-        <x:v>culzean.tate@cunningtons.co.uk</x:v>
+        <x:v>hello@corelegal.co.uk</x:v>
       </x:c>
       <x:c r="H232" t="str">
-        <x:v>01376554300 </x:v>
+        <x:v>0345 313 2767</x:v>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Core Legal Limited</x:v>
       </x:c>
       <x:c r="B233" t="str">
-        <x:v>2 Tofts Walk</x:v>
+        <x:v>Hawk House</x:v>
       </x:c>
       <x:c r="C233" t="str">
-        <x:v/>
+        <x:v>12 Falcon Court, Preston Farm Industrial Estate</x:v>
       </x:c>
       <x:c r="D233" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Stockton-on-Tees</x:v>
       </x:c>
       <x:c r="E233" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="F233" t="str">
-        <x:v>CM7 1XH</x:v>
+        <x:v>TS18 3TU</x:v>
       </x:c>
       <x:c r="G233" t="str">
-        <x:v>paul.fenton@cunningtons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H233" t="str">
-        <x:v>01376 326868</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Core Legal Limited</x:v>
       </x:c>
       <x:c r="B234" t="str">
-        <x:v>Second Floor 19 Park Street</x:v>
+        <x:v>13 Escrick Business Park</x:v>
       </x:c>
       <x:c r="C234" t="str">
-        <x:v/>
+        <x:v>Escrick</x:v>
       </x:c>
       <x:c r="D234" t="str">
-        <x:v>Croydon</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E234" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F234" t="str">
-        <x:v>CR0 1YD</x:v>
+        <x:v>YO19 6FD</x:v>
       </x:c>
       <x:c r="G234" t="str">
-        <x:v>zahid.nizam@cunningtons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H234" t="str">
-        <x:v>020 8688 8446</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Cowling Swift &amp; Kitchin Limited</x:v>
       </x:c>
       <x:c r="B235" t="str">
-        <x:v>Gibraltar Walk</x:v>
+        <x:v>8 Blake Street</x:v>
       </x:c>
       <x:c r="C235" t="str">
         <x:v/>
       </x:c>
       <x:c r="D235" t="str">
-        <x:v>Wickford</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E235" t="str">
-        <x:v>Essex</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F235" t="str">
-        <x:v>SS12 9AX</x:v>
+        <x:v>YO1 8XJ</x:v>
       </x:c>
       <x:c r="G235" t="str">
-        <x:v>kate.hunt@cunningtons.co.uk</x:v>
+        <x:v>enquiries@csksolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H235" t="str">
-        <x:v>01268 732268</x:v>
+        <x:v>01904625678</x:v>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Crane And Walton LLP</x:v>
       </x:c>
       <x:c r="B236" t="str">
-        <x:v>135 High Street</x:v>
+        <x:v>21-25 London Road</x:v>
       </x:c>
       <x:c r="C236" t="str">
         <x:v/>
       </x:c>
       <x:c r="D236" t="str">
-        <x:v>Hornchurch</x:v>
+        <x:v>Coalville</x:v>
       </x:c>
       <x:c r="E236" t="str">
-        <x:v/>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F236" t="str">
-        <x:v>RM11 3YD</x:v>
+        <x:v>LE67 3JB</x:v>
       </x:c>
       <x:c r="G236" t="str">
-        <x:v>palaniappan.ahilan@cuuningtons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H236" t="str">
-        <x:v>01708984999</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Crane and Walton LLP</x:v>
       </x:c>
       <x:c r="B237" t="str">
-        <x:v>31 Duke Street</x:v>
+        <x:v>24 De Montfort Street</x:v>
       </x:c>
       <x:c r="C237" t="str">
         <x:v/>
       </x:c>
       <x:c r="D237" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E237" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F237" t="str">
-        <x:v>BN1 1AG</x:v>
+        <x:v>LE1 7GB</x:v>
       </x:c>
       <x:c r="G237" t="str">
-        <x:v>	info@cunningtons.co.uk</x:v>
+        <x:v>alisonmuttock@craneandwalton.com</x:v>
       </x:c>
       <x:c r="H237" t="str">
-        <x:v/>
+        <x:v>0116 2551901</x:v>
       </x:c>
     </x:row>
     <x:row r="238">
       <x:c r="A238" t="str">
-        <x:v>Cunningtons LLP</x:v>
+        <x:v>Crane and Walton LLP</x:v>
       </x:c>
       <x:c r="B238" t="str">
-        <x:v>141 New London Road</x:v>
+        <x:v>30 South Street,</x:v>
       </x:c>
       <x:c r="C238" t="str">
         <x:v/>
       </x:c>
       <x:c r="D238" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Ashby-de-la-Zouch</x:v>
       </x:c>
       <x:c r="E238" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F238" t="str">
-        <x:v>CM2 0QT</x:v>
+        <x:v>LE65 1BT</x:v>
       </x:c>
       <x:c r="G238" t="str">
-        <x:v>info@cunningtons.co.uk</x:v>
+        <x:v>matthewneedham@craneandwalton.com</x:v>
       </x:c>
       <x:c r="H238" t="str">
-        <x:v>01245264494</x:v>
+        <x:v>01530 414111</x:v>
       </x:c>
     </x:row>
     <x:row r="239">
       <x:c r="A239" t="str">
-        <x:v>Curtis Law Solicitors Limited</x:v>
+        <x:v>Cullimore Dutton Solicitors</x:v>
       </x:c>
       <x:c r="B239" t="str">
-        <x:v>Belthorn House</x:v>
+        <x:v>27 Newgate Street</x:v>
       </x:c>
       <x:c r="C239" t="str">
-        <x:v>Walker Industrial Estate, Walker Road, Guide</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D239" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E239" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F239" t="str">
-        <x:v>BB1 2QE</x:v>
+        <x:v>CH1 1DE</x:v>
       </x:c>
       <x:c r="G239" t="str">
-        <x:v>Juber.Deriwala@curtislaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H239" t="str">
-        <x:v>01254 914 177</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" t="str">
-        <x:v>Curtis Law Solicitors Limited</x:v>
+        <x:v>Cullimore Dutton Solicitors Limited</x:v>
       </x:c>
       <x:c r="B240" t="str">
-        <x:v>26 Limbrick</x:v>
+        <x:v>Booths Court</x:v>
       </x:c>
       <x:c r="C240" t="str">
-        <x:v/>
+        <x:v>Chelford Road</x:v>
       </x:c>
       <x:c r="D240" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Knutsford</x:v>
       </x:c>
       <x:c r="E240" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F240" t="str">
-        <x:v>BB1 8AA</x:v>
+        <x:v>WA16 8GS</x:v>
       </x:c>
       <x:c r="G240" t="str">
-        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
+        <x:v>info@cullimoredutton.co.uk</x:v>
       </x:c>
       <x:c r="H240" t="str">
-        <x:v>01254 297130</x:v>
+        <x:v>01244356789</x:v>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" t="str">
-        <x:v>Curtis Law Solicitors Limited</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B241" t="str">
-        <x:v>255 Wilmslow Road</x:v>
+        <x:v>Great Square</x:v>
       </x:c>
       <x:c r="C241" t="str">
         <x:v/>
       </x:c>
       <x:c r="D241" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E241" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F241" t="str">
-        <x:v>M14 5LW</x:v>
+        <x:v>CM7 1UD</x:v>
       </x:c>
       <x:c r="G241" t="str">
-        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
+        <x:v>culzean.tate@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H241" t="str">
-        <x:v>0161 248 5898</x:v>
+        <x:v>01376554300 </x:v>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B242" t="str">
-        <x:v>Estate House</x:v>
+        <x:v>2 Tofts Walk</x:v>
       </x:c>
       <x:c r="C242" t="str">
-        <x:v>19 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D242" t="str">
-        <x:v>Hoddesdon</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E242" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F242" t="str">
-        <x:v>EN11 8SX</x:v>
+        <x:v>CM7 1XH</x:v>
       </x:c>
       <x:c r="G242" t="str">
-        <x:v>hoddesdon@curwens.co.uk</x:v>
+        <x:v>paul.fenton@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H242" t="str">
-        <x:v>01992 463 772</x:v>
+        <x:v>01376 326868</x:v>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B243" t="str">
-        <x:v>17 High Street</x:v>
+        <x:v>Second Floor 19 Park Street</x:v>
       </x:c>
       <x:c r="C243" t="str">
         <x:v/>
       </x:c>
       <x:c r="D243" t="str">
-        <x:v>Royston</x:v>
+        <x:v>Croydon</x:v>
       </x:c>
       <x:c r="E243" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F243" t="str">
-        <x:v>SG8 9AA</x:v>
+        <x:v>CR0 1YD</x:v>
       </x:c>
       <x:c r="G243" t="str">
-        <x:v>Royston@curwens.co.uk</x:v>
+        <x:v>zahid.nizam@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H243" t="str">
-        <x:v>01763 241 261</x:v>
+        <x:v>020 8688 8446</x:v>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B244" t="str">
-        <x:v>River House</x:v>
+        <x:v>Gibraltar Walk</x:v>
       </x:c>
       <x:c r="C244" t="str">
-        <x:v>90 Church Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D244" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>Wickford</x:v>
       </x:c>
       <x:c r="E244" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F244" t="str">
-        <x:v>EN2 6AR</x:v>
+        <x:v>SS12 9AX</x:v>
       </x:c>
       <x:c r="G244" t="str">
-        <x:v/>
+        <x:v>kate.hunt@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H244" t="str">
-        <x:v/>
+        <x:v>01268 732268</x:v>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" t="str">
-        <x:v>Curwens LLP</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B245" t="str">
-        <x:v>1A Friern Park</x:v>
+        <x:v>135 High Street</x:v>
       </x:c>
       <x:c r="C245" t="str">
         <x:v/>
       </x:c>
       <x:c r="D245" t="str">
-        <x:v>London</x:v>
+        <x:v>Hornchurch</x:v>
       </x:c>
       <x:c r="E245" t="str">
         <x:v/>
       </x:c>
       <x:c r="F245" t="str">
-        <x:v>N12 9DE</x:v>
+        <x:v>RM11 3YD</x:v>
       </x:c>
       <x:c r="G245" t="str">
-        <x:v>**</x:v>
+        <x:v>palaniappan.ahilan@cuuningtons.co.uk</x:v>
       </x:c>
       <x:c r="H245" t="str">
-        <x:v>*</x:v>
+        <x:v>01708984999</x:v>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" t="str">
-        <x:v>Curzon Green</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B246" t="str">
-        <x:v>114-116 Oxford Road</x:v>
+        <x:v>31 Duke Street</x:v>
       </x:c>
       <x:c r="C246" t="str">
         <x:v/>
       </x:c>
       <x:c r="D246" t="str">
-        <x:v>High Wycombe</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E246" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F246" t="str">
-        <x:v>HP11 2DN</x:v>
+        <x:v>BN1 1AG</x:v>
       </x:c>
       <x:c r="G246" t="str">
-        <x:v>julia@curzongreen.co.uk</x:v>
+        <x:v>	info@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H246" t="str">
-        <x:v>01494 451355</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" t="str">
-        <x:v>Curzon Green</x:v>
+        <x:v>Cunningtons LLP</x:v>
       </x:c>
       <x:c r="B247" t="str">
-        <x:v>10 Philpot Lane</x:v>
+        <x:v>141 New London Road</x:v>
       </x:c>
       <x:c r="C247" t="str">
         <x:v/>
       </x:c>
       <x:c r="D247" t="str">
-        <x:v>London</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E247" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F247" t="str">
-        <x:v>EC3M 8AA</x:v>
+        <x:v>CM2 0QT</x:v>
       </x:c>
       <x:c r="G247" t="str">
-        <x:v>enquiries@curzongreen.co.uk</x:v>
+        <x:v>info@cunningtons.co.uk</x:v>
       </x:c>
       <x:c r="H247" t="str">
-        <x:v>020 3443 9576</x:v>
+        <x:v>01245264494</x:v>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" t="str">
-        <x:v>Cygnet Family Law Ltd</x:v>
+        <x:v>Curtis Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B248" t="str">
-        <x:v>Portland House</x:v>
+        <x:v>Belthorn House</x:v>
       </x:c>
       <x:c r="C248" t="str">
-        <x:v>West Dyke Road</x:v>
+        <x:v>Walker Industrial Estate, Walker Road, Guide</x:v>
       </x:c>
       <x:c r="D248" t="str">
-        <x:v>Redcar</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E248" t="str">
-        <x:v>Cleveland</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F248" t="str">
-        <x:v>TS10 1DH</x:v>
+        <x:v>BB1 2QE</x:v>
       </x:c>
       <x:c r="G248" t="str">
-        <x:v>gbrooke@cygnetlaw.co.uk</x:v>
+        <x:v>Juber.Deriwala@curtislaw.co.uk</x:v>
       </x:c>
       <x:c r="H248" t="str">
-        <x:v>01642 777680</x:v>
+        <x:v>01254 914 177</x:v>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" t="str">
-        <x:v>Cygnet Family Law Ltd</x:v>
+        <x:v>Curtis Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B249" t="str">
-        <x:v>Victoria House Business Centre</x:v>
+        <x:v>26 Limbrick</x:v>
       </x:c>
       <x:c r="C249" t="str">
-        <x:v>159 Albert Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D249" t="str">
-        <x:v>Middlesbrough</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E249" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F249" t="str">
-        <x:v>TS1 2PX</x:v>
+        <x:v>BB1 8AA</x:v>
       </x:c>
       <x:c r="G249" t="str">
-        <x:v/>
+        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
       </x:c>
       <x:c r="H249" t="str">
-        <x:v/>
+        <x:v>01254 297130</x:v>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" t="str">
-        <x:v>Dale And Co Solicitors Limited</x:v>
+        <x:v>Curtis Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B250" t="str">
-        <x:v>7-11 Beaumont Fee</x:v>
+        <x:v>255 Wilmslow Road</x:v>
       </x:c>
       <x:c r="C250" t="str">
         <x:v/>
       </x:c>
       <x:c r="D250" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E250" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F250" t="str">
-        <x:v>LN1 1UH</x:v>
+        <x:v>M14 5LW</x:v>
       </x:c>
       <x:c r="G250" t="str">
-        <x:v>rdale@dale-law.co.uk</x:v>
+        <x:v>ish.ahmed@curtislaw.co.uk</x:v>
       </x:c>
       <x:c r="H250" t="str">
-        <x:v>01522 513 399</x:v>
+        <x:v>0161 248 5898</x:v>
       </x:c>
     </x:row>
     <x:row r="251">
       <x:c r="A251" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B251" t="str">
-        <x:v>38 Prince Of Wales Road</x:v>
+        <x:v>River House</x:v>
       </x:c>
       <x:c r="C251" t="str">
-        <x:v/>
+        <x:v>90 Church Street</x:v>
       </x:c>
       <x:c r="D251" t="str">
-        <x:v> Norwich</x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="E251" t="str">
         <x:v/>
       </x:c>
       <x:c r="F251" t="str">
-        <x:v>NR1 1LG</x:v>
+        <x:v>EN2 6AR</x:v>
       </x:c>
       <x:c r="G251" t="str">
         <x:v/>
       </x:c>
       <x:c r="H251" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="252">
       <x:c r="A252" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B252" t="str">
-        <x:v>A W Offices</x:v>
+        <x:v>Estate House</x:v>
       </x:c>
       <x:c r="C252" t="str">
-        <x:v>Argyle House, 29-31 Euston Road</x:v>
+        <x:v>19 High Street</x:v>
       </x:c>
       <x:c r="D252" t="str">
-        <x:v>London</x:v>
+        <x:v>Hoddesdon</x:v>
       </x:c>
       <x:c r="E252" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F252" t="str">
-        <x:v>NW1 2SD</x:v>
+        <x:v>EN11 8SX</x:v>
       </x:c>
       <x:c r="G252" t="str">
-        <x:v>ebun@tblp.uk</x:v>
+        <x:v>hoddesdon@curwens.co.uk</x:v>
       </x:c>
       <x:c r="H252" t="str">
-        <x:v>020 301 12748</x:v>
+        <x:v>01992 463 772</x:v>
       </x:c>
     </x:row>
     <x:row r="253">
       <x:c r="A253" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B253" t="str">
-        <x:v>4 Victoria Road</x:v>
+        <x:v>17 High Street</x:v>
       </x:c>
       <x:c r="C253" t="str">
         <x:v/>
       </x:c>
       <x:c r="D253" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>Royston</x:v>
       </x:c>
       <x:c r="E253" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F253" t="str">
-        <x:v>B79 7HL</x:v>
+        <x:v>SG8 9AA</x:v>
       </x:c>
       <x:c r="G253" t="str">
-        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
+        <x:v>Royston@curwens.co.uk</x:v>
       </x:c>
       <x:c r="H253" t="str">
-        <x:v>01827 58333</x:v>
+        <x:v>01763 241 261</x:v>
       </x:c>
     </x:row>
     <x:row r="254">
       <x:c r="A254" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curwens LLP</x:v>
       </x:c>
       <x:c r="B254" t="str">
-        <x:v>51 Bridge Street</x:v>
+        <x:v>1A Friern Park</x:v>
       </x:c>
       <x:c r="C254" t="str">
-        <x:v>Polesworth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D254" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E254" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F254" t="str">
-        <x:v>B78 1DR</x:v>
+        <x:v>N12 9DE</x:v>
       </x:c>
       <x:c r="G254" t="str">
-        <x:v>jane@davidjfostersolicitors.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H254" t="str">
-        <x:v>01827 899059</x:v>
+        <x:v>*</x:v>
       </x:c>
     </x:row>
     <x:row r="255">
       <x:c r="A255" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curzon Green</x:v>
       </x:c>
       <x:c r="B255" t="str">
-        <x:v>157 Nottingham Road</x:v>
+        <x:v>114-116 Oxford Road</x:v>
       </x:c>
       <x:c r="C255" t="str">
-        <x:v>Somercotes</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D255" t="str">
-        <x:v>Alfreton</x:v>
+        <x:v>High Wycombe</x:v>
       </x:c>
       <x:c r="E255" t="str">
-        <x:v/>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F255" t="str">
-        <x:v>DE55 4JH</x:v>
+        <x:v>HP11 2DN</x:v>
       </x:c>
       <x:c r="G255" t="str">
-        <x:v>enquiries@chapsol.com</x:v>
+        <x:v>julia@curzongreen.co.uk</x:v>
       </x:c>
       <x:c r="H255" t="str">
-        <x:v>01773540480</x:v>
+        <x:v>01494 451355</x:v>
       </x:c>
     </x:row>
     <x:row r="256">
       <x:c r="A256" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Curzon Green</x:v>
       </x:c>
       <x:c r="B256" t="str">
-        <x:v>65 Gloucester Road</x:v>
+        <x:v>10 Philpot Lane</x:v>
       </x:c>
       <x:c r="C256" t="str">
-        <x:v>Patchway</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D256" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E256" t="str">
         <x:v/>
       </x:c>
       <x:c r="F256" t="str">
-        <x:v>BS34 5JH</x:v>
+        <x:v>EC3M 8AA</x:v>
       </x:c>
       <x:c r="G256" t="str">
-        <x:v>enquiries@hooleandco.co.uk</x:v>
+        <x:v>enquiries@curzongreen.co.uk</x:v>
       </x:c>
       <x:c r="H256" t="str">
-        <x:v>0117 969 1436</x:v>
+        <x:v>020 3443 9576</x:v>
       </x:c>
     </x:row>
     <x:row r="257">
       <x:c r="A257" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Cygnet Family Law Ltd</x:v>
       </x:c>
       <x:c r="B257" t="str">
-        <x:v>61 Bradford Street</x:v>
+        <x:v>Portland House</x:v>
       </x:c>
       <x:c r="C257" t="str">
-        <x:v/>
+        <x:v>West Dyke Road</x:v>
       </x:c>
       <x:c r="D257" t="str">
-        <x:v>Wallsall</x:v>
+        <x:v>Redcar</x:v>
       </x:c>
       <x:c r="E257" t="str">
-        <x:v/>
+        <x:v>Cleveland</x:v>
       </x:c>
       <x:c r="F257" t="str">
-        <x:v>WS1 3QD</x:v>
+        <x:v>TS10 1DH</x:v>
       </x:c>
       <x:c r="G257" t="str">
-        <x:v>info@djfsolicitors.co.uk</x:v>
+        <x:v>gbrooke@cygnetlaw.co.uk</x:v>
       </x:c>
       <x:c r="H257" t="str">
-        <x:v>01827 58333</x:v>
+        <x:v>01642 777680</x:v>
       </x:c>
     </x:row>
     <x:row r="258">
       <x:c r="A258" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Cygnet Family Law Ltd</x:v>
       </x:c>
       <x:c r="B258" t="str">
-        <x:v>301-303 Chester Rd</x:v>
+        <x:v>Victoria House Business Centre</x:v>
       </x:c>
       <x:c r="C258" t="str">
-        <x:v/>
+        <x:v>159 Albert Road</x:v>
       </x:c>
       <x:c r="D258" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Middlesbrough</x:v>
       </x:c>
       <x:c r="E258" t="str">
         <x:v/>
       </x:c>
       <x:c r="F258" t="str">
-        <x:v>B36 0JG</x:v>
+        <x:v>TS1 2PX</x:v>
       </x:c>
       <x:c r="G258" t="str">
-        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H258" t="str">
-        <x:v>0121271020</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="259">
       <x:c r="A259" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>Dale And Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B259" t="str">
-        <x:v>Unit 1 Cable Court, Pittman Way</x:v>
+        <x:v>7-11 Beaumont Fee</x:v>
       </x:c>
       <x:c r="C259" t="str">
-        <x:v>Fulwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D259" t="str">
-        <x:v>Preston</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E259" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F259" t="str">
-        <x:v>PR2 9YW</x:v>
+        <x:v>LN1 1UH</x:v>
       </x:c>
       <x:c r="G259" t="str">
-        <x:v>mth@djfsolicitors.co.uk</x:v>
+        <x:v>rdale@dale-law.co.uk</x:v>
       </x:c>
       <x:c r="H259" t="str">
-        <x:v>01772 367718</x:v>
+        <x:v>01522 513 399</x:v>
       </x:c>
     </x:row>
     <x:row r="260">
       <x:c r="A260" t="str">
-        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
       </x:c>
       <x:c r="B260" t="str">
-        <x:v>Old Wallfields</x:v>
+        <x:v>38 Prince Of Wales Road</x:v>
       </x:c>
       <x:c r="C260" t="str">
-        <x:v>Pegs Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D260" t="str">
-        <x:v>Hertford</x:v>
+        <x:v> Norwich</x:v>
       </x:c>
       <x:c r="E260" t="str">
         <x:v/>
       </x:c>
       <x:c r="F260" t="str">
-        <x:v>SG13 8EQ</x:v>
+        <x:v>NR1 1LG</x:v>
       </x:c>
       <x:c r="G260" t="str">
-        <x:v>mail@judkins-solicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H260" t="str">
-        <x:v>01992 500456</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="261">
       <x:c r="A261" t="str">
         <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B261" t="str">
-        <x:v>Marlborough House, 139 Stratford Road</x:v>
+        <x:v>4 Victoria Road</x:v>
       </x:c>
       <x:c r="C261" t="str">
-        <x:v>Shirley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D261" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E261" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F261" t="str">
-        <x:v>B90 3AY</x:v>
+        <x:v>B79 7HL</x:v>
       </x:c>
       <x:c r="G261" t="str">
-        <x:v>enquiries@ericbowesandco.co.uk</x:v>
+        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H261" t="str">
-        <x:v>0121 744 3691</x:v>
+        <x:v>01827 58333</x:v>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B262" t="str">
-        <x:v>18-19 Market Place</x:v>
+        <x:v>51 Bridge Street</x:v>
       </x:c>
       <x:c r="C262" t="str">
-        <x:v/>
+        <x:v>Polesworth</x:v>
       </x:c>
       <x:c r="D262" t="str">
-        <x:v>Rugby</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E262" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F262" t="str">
-        <x:v>CV21 3DU</x:v>
+        <x:v>B78 1DR</x:v>
       </x:c>
       <x:c r="G262" t="str">
-        <x:v>rugby@davisons.law</x:v>
+        <x:v>jane@davidjfostersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H262" t="str">
-        <x:v>01788 716 362</x:v>
+        <x:v>01827 899059</x:v>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B263" t="str">
-        <x:v>63-65 Beckbury Road</x:v>
+        <x:v>157 Nottingham Road</x:v>
       </x:c>
       <x:c r="C263" t="str">
-        <x:v>Weoley Castle</x:v>
+        <x:v>Somercotes</x:v>
       </x:c>
       <x:c r="D263" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Alfreton</x:v>
       </x:c>
       <x:c r="E263" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F263" t="str">
-        <x:v>B29 5HS</x:v>
+        <x:v>DE55 4JH</x:v>
       </x:c>
       <x:c r="G263" t="str">
-        <x:v>Weoley@davisons.law</x:v>
+        <x:v>enquiries@chapsol.com</x:v>
       </x:c>
       <x:c r="H263" t="str">
-        <x:v>0121 6851248</x:v>
+        <x:v>01773540480</x:v>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B264" t="str">
-        <x:v>1886/1888 Pershore Road</x:v>
+        <x:v>65 Gloucester Road</x:v>
       </x:c>
       <x:c r="C264" t="str">
-        <x:v>Cotteridge</x:v>
+        <x:v>Patchway</x:v>
       </x:c>
       <x:c r="D264" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E264" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F264" t="str">
-        <x:v>B30 3AS</x:v>
+        <x:v>BS34 5JH</x:v>
       </x:c>
       <x:c r="G264" t="str">
-        <x:v>Cotteridge@davisons.law</x:v>
+        <x:v>enquiries@hooleandco.co.uk</x:v>
       </x:c>
       <x:c r="H264" t="str">
-        <x:v>0121 685 1255</x:v>
+        <x:v>0117 969 1436</x:v>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B265" t="str">
-        <x:v>Milford House</x:v>
+        <x:v>61 Bradford Street</x:v>
       </x:c>
       <x:c r="C265" t="str">
-        <x:v>260 Lichfield Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D265" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Wallsall</x:v>
       </x:c>
       <x:c r="E265" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F265" t="str">
-        <x:v>B74 2UH</x:v>
+        <x:v>WS1 3QD</x:v>
       </x:c>
       <x:c r="G265" t="str">
-        <x:v>fouroaks@davisons.law</x:v>
+        <x:v>info@djfsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H265" t="str">
-        <x:v>0121 323 2525</x:v>
+        <x:v>01827 58333</x:v>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B266" t="str">
-        <x:v>20A Rother Street</x:v>
+        <x:v>301-303 Chester Rd</x:v>
       </x:c>
       <x:c r="C266" t="str">
         <x:v/>
       </x:c>
       <x:c r="D266" t="str">
-        <x:v>Stratford-upon-Avon</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E266" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F266" t="str">
-        <x:v>CV37 6NE</x:v>
+        <x:v>B36 0JG</x:v>
       </x:c>
       <x:c r="G266" t="str">
-        <x:v>stratford@davisons.law</x:v>
+        <x:v>reception@davidjfostersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H266" t="str">
-        <x:v>01789 632 500 </x:v>
+        <x:v>0121271020</x:v>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B267" t="str">
-        <x:v>Friars Mill, Friars Terrace</x:v>
+        <x:v>Unit 1 Cable Court, Pittman Way</x:v>
       </x:c>
       <x:c r="C267" t="str">
-        <x:v/>
+        <x:v>Fulwood</x:v>
       </x:c>
       <x:c r="D267" t="str">
-        <x:v>Stafford</x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E267" t="str">
         <x:v/>
       </x:c>
       <x:c r="F267" t="str">
-        <x:v>ST17 4AU</x:v>
+        <x:v>PR2 9YW</x:v>
       </x:c>
       <x:c r="G267" t="str">
-        <x:v>stafford@davisons.law</x:v>
+        <x:v>mth@djfsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H267" t="str">
-        <x:v>01785556705</x:v>
+        <x:v>01772 367718</x:v>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B268" t="str">
-        <x:v>2a Bore Street</x:v>
+        <x:v>Old Wallfields</x:v>
       </x:c>
       <x:c r="C268" t="str">
-        <x:v/>
+        <x:v>Pegs Lane</x:v>
       </x:c>
       <x:c r="D268" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E268" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F268" t="str">
-        <x:v>WS13 6LL</x:v>
+        <x:v>SG13 8EQ</x:v>
       </x:c>
       <x:c r="G268" t="str">
-        <x:v>lichfield@davisons.law</x:v>
+        <x:v>mail@judkins-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H268" t="str">
-        <x:v>01543387509</x:v>
+        <x:v>01992 500456</x:v>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) Ltd</x:v>
       </x:c>
       <x:c r="B269" t="str">
-        <x:v>4 Euston Place</x:v>
+        <x:v>Marlborough House, 139 Stratford Road</x:v>
       </x:c>
       <x:c r="C269" t="str">
-        <x:v/>
+        <x:v>Shirley</x:v>
       </x:c>
       <x:c r="D269" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E269" t="str">
         <x:v/>
       </x:c>
       <x:c r="F269" t="str">
-        <x:v>CV32 4LN</x:v>
+        <x:v>B90 3AY</x:v>
       </x:c>
       <x:c r="G269" t="str">
-        <x:v>leamingtonspa@davisons.law</x:v>
+        <x:v>enquiries@ericbowesandco.co.uk</x:v>
       </x:c>
       <x:c r="H269" t="str">
-        <x:v>01926893278</x:v>
+        <x:v>0121 744 3691</x:v>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" t="str">
-        <x:v>Davisons Solicitors Limited</x:v>
+        <x:v>David J Foster &amp; Co (Solicitors) LTD</x:v>
       </x:c>
       <x:c r="B270" t="str">
-        <x:v>266-268 Streatham High Road</x:v>
+        <x:v>A W Offices</x:v>
       </x:c>
       <x:c r="C270" t="str">
-        <x:v/>
+        <x:v>Argyle House, 29-31 Euston Road</x:v>
       </x:c>
       <x:c r="D270" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E270" t="str">
         <x:v/>
       </x:c>
       <x:c r="F270" t="str">
-        <x:v>SW16 1HS</x:v>
+        <x:v>NW1 2SD</x:v>
       </x:c>
       <x:c r="G270" t="str">
-        <x:v>streatham@davisons.law</x:v>
+        <x:v>ebun@tblp.uk</x:v>
       </x:c>
       <x:c r="H270" t="str">
-        <x:v>020 3751 4952</x:v>
+        <x:v>020 301 12748</x:v>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B271" t="str">
-        <x:v>12 Warwick Row</x:v>
+        <x:v>18-19 Market Place</x:v>
       </x:c>
       <x:c r="C271" t="str">
         <x:v/>
       </x:c>
       <x:c r="D271" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Rugby</x:v>
       </x:c>
       <x:c r="E271" t="str">
         <x:v/>
       </x:c>
       <x:c r="F271" t="str">
-        <x:v>CV1 1EX</x:v>
+        <x:v>CV21 3DU</x:v>
       </x:c>
       <x:c r="G271" t="str">
-        <x:v>coventry@davisons.law</x:v>
+        <x:v>rugby@davisons.law</x:v>
       </x:c>
       <x:c r="H271" t="str">
-        <x:v>02475 316 959</x:v>
+        <x:v>01788 716 362</x:v>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B272" t="str">
-        <x:v>2-3 Park Street</x:v>
+        <x:v>63-65 Beckbury Road</x:v>
       </x:c>
       <x:c r="C272" t="str">
-        <x:v>Stow-on-the-Wold</x:v>
+        <x:v>Weoley Castle</x:v>
       </x:c>
       <x:c r="D272" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E272" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F272" t="str">
-        <x:v>GL54 1AQ</x:v>
+        <x:v>B29 5HS</x:v>
       </x:c>
       <x:c r="G272" t="str">
-        <x:v>stow@davisons.law</x:v>
+        <x:v>Weoley@davisons.law</x:v>
       </x:c>
       <x:c r="H272" t="str">
-        <x:v>01451 828 865</x:v>
+        <x:v>0121 6851248</x:v>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B273" t="str">
-        <x:v>168 The Parade</x:v>
+        <x:v>1886/1888 Pershore Road</x:v>
       </x:c>
       <x:c r="C273" t="str">
-        <x:v/>
+        <x:v>Cotteridge</x:v>
       </x:c>
       <x:c r="D273" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E273" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F273" t="str">
-        <x:v>CV32 4AE</x:v>
+        <x:v>B30 3AS</x:v>
       </x:c>
       <x:c r="G273" t="str">
-        <x:v>newbusiness@jephsonlegal.com</x:v>
+        <x:v>Cotteridge@davisons.law</x:v>
       </x:c>
       <x:c r="H273" t="str">
-        <x:v>03301748545</x:v>
+        <x:v>0121 685 1255</x:v>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B274" t="str">
-        <x:v>52 High Street</x:v>
+        <x:v>Milford House</x:v>
       </x:c>
       <x:c r="C274" t="str">
-        <x:v/>
+        <x:v>260 Lichfield Road</x:v>
       </x:c>
       <x:c r="D274" t="str">
-        <x:v>Market Harborough</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E274" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F274" t="str">
-        <x:v>LE16 7AF</x:v>
+        <x:v>B74 2UH</x:v>
       </x:c>
       <x:c r="G274" t="str">
-        <x:v>newbusiness@jephsonlegal.com</x:v>
+        <x:v>fouroaks@davisons.law</x:v>
       </x:c>
       <x:c r="H274" t="str">
-        <x:v>03306302233</x:v>
+        <x:v>0121 323 2525</x:v>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B275" t="str">
-        <x:v>Bryn Ogwy, 3 Court Road</x:v>
+        <x:v>20A Rother Street</x:v>
       </x:c>
       <x:c r="C275" t="str">
         <x:v/>
       </x:c>
       <x:c r="D275" t="str">
-        <x:v>Bridgend</x:v>
+        <x:v>Stratford-upon-Avon</x:v>
       </x:c>
       <x:c r="E275" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F275" t="str">
-        <x:v>CF31 1BL</x:v>
+        <x:v>CV37 6NE</x:v>
       </x:c>
       <x:c r="G275" t="str">
-        <x:v>bridgend@dplaw.law</x:v>
+        <x:v>stratford@davisons.law</x:v>
       </x:c>
       <x:c r="H275" t="str">
-        <x:v>01656 645 921</x:v>
+        <x:v>01789 632 500 </x:v>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B276" t="str">
-        <x:v>1B Icon House, Mill Street</x:v>
+        <x:v>Friars Mill, Friars Terrace</x:v>
       </x:c>
       <x:c r="C276" t="str">
         <x:v/>
       </x:c>
       <x:c r="D276" t="str">
-        <x:v>Cannock</x:v>
+        <x:v>Stafford</x:v>
       </x:c>
       <x:c r="E276" t="str">
         <x:v/>
       </x:c>
       <x:c r="F276" t="str">
-        <x:v>WS11 0DP</x:v>
+        <x:v>ST17 4AU</x:v>
       </x:c>
       <x:c r="G276" t="str">
-        <x:v>cannock@davisons.law</x:v>
+        <x:v>stafford@davisons.law</x:v>
       </x:c>
       <x:c r="H276" t="str">
-        <x:v>01543 387 416</x:v>
+        <x:v>01785556705</x:v>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B277" t="str">
-        <x:v>Penguin House, Unit 3 Raleigh Walk</x:v>
+        <x:v>2a Bore Street</x:v>
       </x:c>
       <x:c r="C277" t="str">
-        <x:v>2 Brigantine Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D277" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E277" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F277" t="str">
-        <x:v>CF10 4LN</x:v>
+        <x:v>WS13 6LL</x:v>
       </x:c>
       <x:c r="G277" t="str">
-        <x:v>cardiff@dplaw.law</x:v>
+        <x:v>lichfield@davisons.law</x:v>
       </x:c>
       <x:c r="H277" t="str">
-        <x:v>02922 971 435</x:v>
+        <x:v>01543387509</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B278" t="str">
-        <x:v>21 Waterloo Road</x:v>
+        <x:v>4 Euston Place</x:v>
       </x:c>
       <x:c r="C278" t="str">
         <x:v/>
       </x:c>
       <x:c r="D278" t="str">
-        <x:v>Wolverhampton</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E278" t="str">
         <x:v/>
       </x:c>
       <x:c r="F278" t="str">
-        <x:v>WV1 4DJ</x:v>
+        <x:v>CV32 4LN</x:v>
       </x:c>
       <x:c r="G278" t="str">
-        <x:v/>
+        <x:v>leamingtonspa@davisons.law</x:v>
       </x:c>
       <x:c r="H278" t="str">
-        <x:v/>
+        <x:v>01926893278</x:v>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B279" t="str">
-        <x:v>4 The Courtyard,</x:v>
+        <x:v>266-268 Streatham High Road</x:v>
       </x:c>
       <x:c r="C279" t="str">
-        <x:v>707 Warwick Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D279" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E279" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F279" t="str">
-        <x:v>B91 3DA</x:v>
+        <x:v>SW16 1HS</x:v>
       </x:c>
       <x:c r="G279" t="str">
-        <x:v/>
+        <x:v>streatham@davisons.law</x:v>
       </x:c>
       <x:c r="H279" t="str">
-        <x:v>01212893500</x:v>
+        <x:v>020 3751 4952</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B280" t="str">
-        <x:v>75-77 Colmore Row</x:v>
+        <x:v>12 Warwick Row</x:v>
       </x:c>
       <x:c r="C280" t="str">
         <x:v/>
       </x:c>
       <x:c r="D280" t="str">
-        <x:v>Birmingham,</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E280" t="str">
-        <x:v>West Midlands,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F280" t="str">
-        <x:v>B3 2AP</x:v>
+        <x:v>CV1 1EX</x:v>
       </x:c>
       <x:c r="G280" t="str">
-        <x:v/>
+        <x:v>coventry@davisons.law</x:v>
       </x:c>
       <x:c r="H280" t="str">
-        <x:v>0121 289 3596</x:v>
+        <x:v>02475 316 959</x:v>
       </x:c>
     </x:row>
     <x:row r="281">
       <x:c r="A281" t="str">
         <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B281" t="str">
-        <x:v>Sycamore House</x:v>
+        <x:v>2-3 Park Street</x:v>
       </x:c>
       <x:c r="C281" t="str">
-        <x:v>54 Calthorpe Road</x:v>
+        <x:v>Stow-on-the-Wold</x:v>
       </x:c>
       <x:c r="D281" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E281" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F281" t="str">
-        <x:v>B15 1TH</x:v>
+        <x:v>GL54 1AQ</x:v>
       </x:c>
       <x:c r="G281" t="str">
-        <x:v>Edgbaston@QSDavisons.com</x:v>
+        <x:v>stow@davisons.law</x:v>
       </x:c>
       <x:c r="H281" t="str">
-        <x:v>0121 289 3780</x:v>
+        <x:v>01451 828 865</x:v>
       </x:c>
     </x:row>
     <x:row r="282">
       <x:c r="A282" t="str">
-        <x:v>Dean Wilson LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B282" t="str">
-        <x:v>Ridgeland House</x:v>
+        <x:v>168 The Parade</x:v>
       </x:c>
       <x:c r="C282" t="str">
-        <x:v>165 Dyke Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D282" t="str">
-        <x:v>Hove</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E282" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F282" t="str">
-        <x:v>BN3 1TL</x:v>
+        <x:v>CV32 4AE</x:v>
       </x:c>
       <x:c r="G282" t="str">
-        <x:v/>
+        <x:v>newbusiness@jephsonlegal.com</x:v>
       </x:c>
       <x:c r="H282" t="str">
-        <x:v/>
+        <x:v>03301748545</x:v>
       </x:c>
     </x:row>
     <x:row r="283">
       <x:c r="A283" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B283" t="str">
-        <x:v>Hucclecote Court</x:v>
+        <x:v>52 High Street</x:v>
       </x:c>
       <x:c r="C283" t="str">
-        <x:v>76 Hucclecote Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D283" t="str">
-        <x:v>Gloucester</x:v>
+        <x:v>Market Harborough</x:v>
       </x:c>
       <x:c r="E283" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F283" t="str">
-        <x:v>GL3 3RU</x:v>
+        <x:v>LE16 7AF</x:v>
       </x:c>
       <x:c r="G283" t="str">
-        <x:v/>
+        <x:v>newbusiness@jephsonlegal.com</x:v>
       </x:c>
       <x:c r="H283" t="str">
-        <x:v/>
+        <x:v>03306302233</x:v>
       </x:c>
     </x:row>
     <x:row r="284">
       <x:c r="A284" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B284" t="str">
-        <x:v>9a-9b School Lane</x:v>
+        <x:v>Bryn Ogwy, 3 Court Road</x:v>
       </x:c>
       <x:c r="C284" t="str">
-        <x:v>Quedgeley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D284" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v>Bridgend</x:v>
       </x:c>
       <x:c r="E284" t="str">
         <x:v/>
       </x:c>
       <x:c r="F284" t="str">
-        <x:v>GL2 4PJ</x:v>
+        <x:v>CF31 1BL</x:v>
       </x:c>
       <x:c r="G284" t="str">
-        <x:v>Leahlewis@deeandgriffin.co.uk</x:v>
+        <x:v>bridgend@dplaw.law</x:v>
       </x:c>
       <x:c r="H284" t="str">
-        <x:v>01452 724343</x:v>
+        <x:v>01656 645 921</x:v>
       </x:c>
     </x:row>
     <x:row r="285">
       <x:c r="A285" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B285" t="str">
-        <x:v>Cheltenham Film Studios</x:v>
+        <x:v>1B Icon House, Mill Street</x:v>
       </x:c>
       <x:c r="C285" t="str">
-        <x:v>Hatherley Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D285" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Cannock</x:v>
       </x:c>
       <x:c r="E285" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F285" t="str">
-        <x:v>GL51 6PN</x:v>
+        <x:v>WS11 0DP</x:v>
       </x:c>
       <x:c r="G285" t="str">
-        <x:v>martinniblett@deeandgriffin.co.uk</x:v>
+        <x:v>cannock@davisons.law</x:v>
       </x:c>
       <x:c r="H285" t="str">
-        <x:v>01242 240560 </x:v>
+        <x:v>01543 387 416</x:v>
       </x:c>
     </x:row>
     <x:row r="286">
       <x:c r="A286" t="str">
-        <x:v>Dee &amp; Griffin</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B286" t="str">
-        <x:v>Prospect House, 5 May Lane</x:v>
+        <x:v>Penguin House, Unit 3 Raleigh Walk</x:v>
       </x:c>
       <x:c r="C286" t="str">
-        <x:v/>
+        <x:v>2 Brigantine Place</x:v>
       </x:c>
       <x:c r="D286" t="str">
-        <x:v>Dursley</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E286" t="str">
         <x:v/>
       </x:c>
       <x:c r="F286" t="str">
-        <x:v>GL11 4JH</x:v>
+        <x:v>CF10 4LN</x:v>
       </x:c>
       <x:c r="G286" t="str">
-        <x:v>info@deeandgriffin.co.uk</x:v>
+        <x:v>cardiff@dplaw.law</x:v>
       </x:c>
       <x:c r="H286" t="str">
-        <x:v>01453388001</x:v>
+        <x:v>02922 971 435</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" t="str">
-        <x:v>Dexter Montague LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B287" t="str">
-        <x:v>105 Oxford Road</x:v>
+        <x:v>21 Waterloo Road</x:v>
       </x:c>
       <x:c r="C287" t="str">
         <x:v/>
       </x:c>
       <x:c r="D287" t="str">
-        <x:v>Reading</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E287" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F287" t="str">
-        <x:v>RG1 7UD</x:v>
+        <x:v>WV1 4DJ</x:v>
       </x:c>
       <x:c r="G287" t="str">
         <x:v/>
       </x:c>
       <x:c r="H287" t="str">
-        <x:v>0118 939 3999</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" t="str">
-        <x:v>DKLM LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B288" t="str">
-        <x:v>53 New Broad Street</x:v>
+        <x:v>4 The Courtyard,</x:v>
       </x:c>
       <x:c r="C288" t="str">
-        <x:v/>
+        <x:v>707 Warwick Road</x:v>
       </x:c>
       <x:c r="D288" t="str">
-        <x:v>London</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E288" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F288" t="str">
-        <x:v>EC2M 1JJ</x:v>
+        <x:v>B91 3DA</x:v>
       </x:c>
       <x:c r="G288" t="str">
         <x:v/>
       </x:c>
       <x:c r="H288" t="str">
-        <x:v/>
+        <x:v>01212893500</x:v>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" t="str">
-        <x:v>Douglas Wemyss Solicitors LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B289" t="str">
-        <x:v>14-18 Friar Lane</x:v>
+        <x:v>75-77 Colmore Row</x:v>
       </x:c>
       <x:c r="C289" t="str">
         <x:v/>
       </x:c>
       <x:c r="D289" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Birmingham,</x:v>
       </x:c>
       <x:c r="E289" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v>West Midlands,</x:v>
       </x:c>
       <x:c r="F289" t="str">
-        <x:v>LE1 5RA</x:v>
+        <x:v>B3 2AP</x:v>
       </x:c>
       <x:c r="G289" t="str">
         <x:v/>
       </x:c>
       <x:c r="H289" t="str">
-        <x:v/>
+        <x:v>0121 289 3596</x:v>
       </x:c>
     </x:row>
     <x:row r="290">
       <x:c r="A290" t="str">
-        <x:v>Downs Solicitors LLP</x:v>
+        <x:v>Davisons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B290" t="str">
-        <x:v>15A High Street</x:v>
+        <x:v>Sycamore House</x:v>
       </x:c>
       <x:c r="C290" t="str">
-        <x:v/>
+        <x:v>54 Calthorpe Road</x:v>
       </x:c>
       <x:c r="D290" t="str">
-        <x:v>Cobham</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E290" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F290" t="str">
-        <x:v>KT11 3DH</x:v>
+        <x:v>B15 1TH</x:v>
       </x:c>
       <x:c r="G290" t="str">
-        <x:v/>
+        <x:v>Edgbaston@QSDavisons.com</x:v>
       </x:c>
       <x:c r="H290" t="str">
-        <x:v/>
+        <x:v>0121 289 3780</x:v>
       </x:c>
     </x:row>
     <x:row r="291">
       <x:c r="A291" t="str">
-        <x:v>Downs Solicitors LLP</x:v>
+        <x:v>Dean Wilson LLP</x:v>
       </x:c>
       <x:c r="B291" t="str">
-        <x:v>150-156 High Street</x:v>
+        <x:v>Ridgeland House</x:v>
       </x:c>
       <x:c r="C291" t="str">
-        <x:v/>
+        <x:v>165 Dyke Road</x:v>
       </x:c>
       <x:c r="D291" t="str">
-        <x:v>Dorking</x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E291" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F291" t="str">
-        <x:v>RH4 1BQ</x:v>
+        <x:v>BN3 1TL</x:v>
       </x:c>
       <x:c r="G291" t="str">
-        <x:v>c.lacy@downslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H291" t="str">
-        <x:v>01483 411510</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="292">
       <x:c r="A292" t="str">
-        <x:v>Downs Solicitors LLP</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B292" t="str">
-        <x:v>The Tanners</x:v>
+        <x:v>Hucclecote Court</x:v>
       </x:c>
       <x:c r="C292" t="str">
-        <x:v>75 Meadrow</x:v>
+        <x:v>76 Hucclecote Road</x:v>
       </x:c>
       <x:c r="D292" t="str">
-        <x:v>Godalming</x:v>
+        <x:v>Gloucester</x:v>
       </x:c>
       <x:c r="E292" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F292" t="str">
-        <x:v>GU7 3HS</x:v>
+        <x:v>GL3 3RU</x:v>
       </x:c>
       <x:c r="G292" t="str">
-        <x:v>c.lacy@downslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H292" t="str">
-        <x:v>01483 411510</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="293">
       <x:c r="A293" t="str">
-        <x:v>Duffield Harrison</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B293" t="str">
-        <x:v>32A St. Andrew Street</x:v>
+        <x:v>9a-9b School Lane</x:v>
       </x:c>
       <x:c r="C293" t="str">
-        <x:v/>
+        <x:v>Quedgeley</x:v>
       </x:c>
       <x:c r="D293" t="str">
-        <x:v>Hertford</x:v>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="E293" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F293" t="str">
-        <x:v>SG14 1JA</x:v>
+        <x:v>GL2 4PJ</x:v>
       </x:c>
       <x:c r="G293" t="str">
-        <x:v>l.rooke@dhlaw.email</x:v>
+        <x:v>Leahlewis@deeandgriffin.co.uk</x:v>
       </x:c>
       <x:c r="H293" t="str">
-        <x:v>01992 587065</x:v>
+        <x:v>01452 724343</x:v>
       </x:c>
     </x:row>
     <x:row r="294">
       <x:c r="A294" t="str">
-        <x:v>Duffield Harrison LLP</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B294" t="str">
-        <x:v>Rathmore House, 56 High Street</x:v>
+        <x:v>Cheltenham Film Studios</x:v>
       </x:c>
       <x:c r="C294" t="str">
-        <x:v/>
+        <x:v>Hatherley Lane</x:v>
       </x:c>
       <x:c r="D294" t="str">
-        <x:v>Hoddesdon</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E294" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F294" t="str">
-        <x:v>EN11 8EX</x:v>
+        <x:v>GL51 6PN</x:v>
       </x:c>
       <x:c r="G294" t="str">
-        <x:v>r.dewey@dhlaw.email</x:v>
+        <x:v>martinniblett@deeandgriffin.co.uk</x:v>
       </x:c>
       <x:c r="H294" t="str">
-        <x:v>01992442911</x:v>
+        <x:v>01242 240560 </x:v>
       </x:c>
     </x:row>
     <x:row r="295">
       <x:c r="A295" t="str">
-        <x:v>Duffield Harrison LLP</x:v>
+        <x:v>Dee &amp; Griffin</x:v>
       </x:c>
       <x:c r="B295" t="str">
-        <x:v>626a Hertford Road</x:v>
+        <x:v>Prospect House, 5 May Lane</x:v>
       </x:c>
       <x:c r="C295" t="str">
         <x:v/>
       </x:c>
       <x:c r="D295" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>Dursley</x:v>
       </x:c>
       <x:c r="E295" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F295" t="str">
-        <x:v>EN3 5TG</x:v>
+        <x:v>GL11 4JH</x:v>
       </x:c>
       <x:c r="G295" t="str">
-        <x:v>k.court@dhlaw.email</x:v>
+        <x:v>info@deeandgriffin.co.uk</x:v>
       </x:c>
       <x:c r="H295" t="str">
-        <x:v>0208 804 5271</x:v>
+        <x:v>01453388001</x:v>
       </x:c>
     </x:row>
     <x:row r="296">
       <x:c r="A296" t="str">
-        <x:v>Duncan and Toplis Legal Services Limited</x:v>
+        <x:v>Dexter Montague LLP</x:v>
       </x:c>
       <x:c r="B296" t="str">
-        <x:v>3 Castlegate</x:v>
+        <x:v>105 Oxford Road</x:v>
       </x:c>
       <x:c r="C296" t="str">
         <x:v/>
       </x:c>
       <x:c r="D296" t="str">
-        <x:v>Grantham</x:v>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E296" t="str">
-        <x:v/>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F296" t="str">
-        <x:v>NG31 6SF</x:v>
+        <x:v>RG1 7UD</x:v>
       </x:c>
       <x:c r="G296" t="str">
-        <x:v>alc2@duncantoplislegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H296" t="str">
-        <x:v>01476 591200</x:v>
+        <x:v>0118 939 3999</x:v>
       </x:c>
     </x:row>
     <x:row r="297">
       <x:c r="A297" t="str">
-        <x:v>Dunn and Baker LLP</x:v>
+        <x:v>DKLM LLP</x:v>
       </x:c>
       <x:c r="B297" t="str">
-        <x:v>38 High Street</x:v>
+        <x:v>53 New Broad Street</x:v>
       </x:c>
       <x:c r="C297" t="str">
         <x:v/>
       </x:c>
       <x:c r="D297" t="str">
-        <x:v>Cullompton</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E297" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F297" t="str">
-        <x:v>EX15 1AE</x:v>
+        <x:v>EC2M 1JJ</x:v>
       </x:c>
       <x:c r="G297" t="str">
-        <x:v>mail@dunnandbaker.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H297" t="str">
-        <x:v>01884 33818</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="298">
       <x:c r="A298" t="str">
-        <x:v>Dunn And Baker LLP</x:v>
+        <x:v>Douglas Wemyss Solicitors LLP</x:v>
       </x:c>
       <x:c r="B298" t="str">
-        <x:v>21 Southernhay East</x:v>
+        <x:v>14-18 Friar Lane</x:v>
       </x:c>
       <x:c r="C298" t="str">
         <x:v/>
       </x:c>
       <x:c r="D298" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E298" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F298" t="str">
-        <x:v>EX1 1QQ</x:v>
+        <x:v>LE1 5RA</x:v>
       </x:c>
       <x:c r="G298" t="str">
         <x:v/>
       </x:c>
       <x:c r="H298" t="str">
-        <x:v>01392 285000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="299">
       <x:c r="A299" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Downs Solicitors LLP</x:v>
       </x:c>
       <x:c r="B299" t="str">
-        <x:v>Suite 4 Exchange suite </x:v>
+        <x:v>15A High Street</x:v>
       </x:c>
       <x:c r="C299" t="str">
-        <x:v>1 Dale Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D299" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Cobham</x:v>
       </x:c>
       <x:c r="E299" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F299" t="str">
-        <x:v>L2 2PP</x:v>
+        <x:v>KT11 3DH</x:v>
       </x:c>
       <x:c r="G299" t="str">
-        <x:v>d.leith@duttongregory.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H299" t="str">
-        <x:v>01515 590144	</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="300">
       <x:c r="A300" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Downs Solicitors LLP</x:v>
       </x:c>
       <x:c r="B300" t="str">
-        <x:v>Concept House</x:v>
+        <x:v>150-156 High Street</x:v>
       </x:c>
       <x:c r="C300" t="str">
-        <x:v>6 Stoneycroft Rise</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D300" t="str">
-        <x:v>Eastleigh</x:v>
+        <x:v>Dorking</x:v>
       </x:c>
       <x:c r="E300" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F300" t="str">
-        <x:v>SO53 3LD</x:v>
+        <x:v>RH4 1BQ</x:v>
       </x:c>
       <x:c r="G300" t="str">
-        <x:v>n.williams@duttongregory.co.uk</x:v>
+        <x:v>c.lacy@downslaw.co.uk</x:v>
       </x:c>
       <x:c r="H300" t="str">
-        <x:v>01962 624439 </x:v>
+        <x:v>01483 411510</x:v>
       </x:c>
     </x:row>
     <x:row r="301">
       <x:c r="A301" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Downs Solicitors LLP</x:v>
       </x:c>
       <x:c r="B301" t="str">
-        <x:v>Suite 5, Second Floor</x:v>
+        <x:v>The Tanners</x:v>
       </x:c>
       <x:c r="C301" t="str">
-        <x:v>Everdene House</x:v>
+        <x:v>75 Meadrow</x:v>
       </x:c>
       <x:c r="D301" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>Godalming</x:v>
       </x:c>
       <x:c r="E301" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F301" t="str">
-        <x:v>BH7 7DU</x:v>
+        <x:v>GU7 3HS</x:v>
       </x:c>
       <x:c r="G301" t="str">
-        <x:v/>
+        <x:v>c.lacy@downslaw.co.uk</x:v>
       </x:c>
       <x:c r="H301" t="str">
-        <x:v>02380221344</x:v>
+        <x:v>01483 411510</x:v>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Duffield Harrison</x:v>
       </x:c>
       <x:c r="B302" t="str">
-        <x:v>44 Jewry Street</x:v>
+        <x:v>32A St. Andrew Street</x:v>
       </x:c>
       <x:c r="C302" t="str">
         <x:v/>
       </x:c>
       <x:c r="D302" t="str">
-        <x:v>Winchester</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E302" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F302" t="str">
-        <x:v>SO23 8RY</x:v>
+        <x:v>SG14 1JA</x:v>
       </x:c>
       <x:c r="G302" t="str">
-        <x:v>DGResProp@duttongregory.co.uk</x:v>
+        <x:v>l.rooke@dhlaw.email</x:v>
       </x:c>
       <x:c r="H302" t="str">
-        <x:v>01962 844333</x:v>
+        <x:v>01992 587065</x:v>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" t="str">
-        <x:v>Dutton Gregory LLP</x:v>
+        <x:v>Duffield Harrison LLP</x:v>
       </x:c>
       <x:c r="B303" t="str">
-        <x:v>24 Church Street West</x:v>
+        <x:v>Rathmore House, 56 High Street</x:v>
       </x:c>
       <x:c r="C303" t="str">
         <x:v/>
       </x:c>
       <x:c r="D303" t="str">
-        <x:v>Woking</x:v>
+        <x:v>Hoddesdon</x:v>
       </x:c>
       <x:c r="E303" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F303" t="str">
-        <x:v>GU21 6HT</x:v>
+        <x:v>EN11 8EX</x:v>
       </x:c>
       <x:c r="G303" t="str">
-        <x:v>contact@duttongregory.co.uk</x:v>
+        <x:v>r.dewey@dhlaw.email</x:v>
       </x:c>
       <x:c r="H303" t="str">
-        <x:v>01483 755609 </x:v>
+        <x:v>01992442911</x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" t="str">
-        <x:v>E J Winter &amp; Son LLP</x:v>
+        <x:v>Duffield Harrison LLP</x:v>
       </x:c>
       <x:c r="B304" t="str">
-        <x:v>One Forbury Square</x:v>
+        <x:v>626a Hertford Road</x:v>
       </x:c>
       <x:c r="C304" t="str">
-        <x:v>The Forbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D304" t="str">
-        <x:v>Reading</x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="E304" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F304" t="str">
-        <x:v>RG1 3BB</x:v>
+        <x:v>EN3 5TG</x:v>
       </x:c>
       <x:c r="G304" t="str">
-        <x:v>sols@ejwinter.co.uk</x:v>
+        <x:v>k.court@dhlaw.email</x:v>
       </x:c>
       <x:c r="H304" t="str">
-        <x:v>01189574424</x:v>
+        <x:v>0208 804 5271</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" t="str">
-        <x:v>Eddowes Perry &amp; Osbourne Limited</x:v>
+        <x:v>Duncan and Toplis Legal Services Limited</x:v>
       </x:c>
       <x:c r="B305" t="str">
-        <x:v>46 High Street</x:v>
+        <x:v>3 Castlegate</x:v>
       </x:c>
       <x:c r="C305" t="str">
         <x:v/>
       </x:c>
       <x:c r="D305" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Grantham</x:v>
       </x:c>
       <x:c r="E305" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F305" t="str">
-        <x:v>B72 1UL</x:v>
+        <x:v>NG31 6SF</x:v>
       </x:c>
       <x:c r="G305" t="str">
-        <x:v>advice@e-p-o.co.uk</x:v>
+        <x:v>alc2@duncantoplislegal.co.uk</x:v>
       </x:c>
       <x:c r="H305" t="str">
-        <x:v>0121 686 9444</x:v>
+        <x:v>01476 591200</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" t="str">
-        <x:v>Eddowes Perry and Osbourne Limited</x:v>
+        <x:v>Dunn and Baker LLP</x:v>
       </x:c>
       <x:c r="B306" t="str">
-        <x:v>52 High Street</x:v>
+        <x:v>38 High Street</x:v>
       </x:c>
       <x:c r="C306" t="str">
         <x:v/>
       </x:c>
       <x:c r="D306" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Cullompton</x:v>
       </x:c>
       <x:c r="E306" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F306" t="str">
-        <x:v>B72 1UQ</x:v>
+        <x:v>EX15 1AE</x:v>
       </x:c>
       <x:c r="G306" t="str">
-        <x:v>yasar.baz@e-p-o.co.uk</x:v>
+        <x:v>mail@dunnandbaker.co.uk</x:v>
       </x:c>
       <x:c r="H306" t="str">
-        <x:v>01216869444</x:v>
+        <x:v>01884 33818</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" t="str">
-        <x:v>Eddowes Perry and Osbourne Limited</x:v>
+        <x:v>Dunn And Baker LLP</x:v>
       </x:c>
       <x:c r="B307" t="str">
-        <x:v>Mansell House, Suite A1</x:v>
+        <x:v>21 Southernhay East</x:v>
       </x:c>
       <x:c r="C307" t="str">
         <x:v/>
       </x:c>
       <x:c r="D307" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E307" t="str">
-        <x:v>Stafforshire</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F307" t="str">
-        <x:v>WS13 6LL</x:v>
+        <x:v>EX1 1QQ</x:v>
       </x:c>
       <x:c r="G307" t="str">
-        <x:v>jack.mahon@e-p-o.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H307" t="str">
-        <x:v>01543 386982</x:v>
+        <x:v>01392 285000</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" t="str">
-        <x:v>Eden &amp; Co Solicitors Ltd</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B308" t="str">
-        <x:v>26 Oxford Court</x:v>
+        <x:v>Concept House</x:v>
       </x:c>
       <x:c r="C308" t="str">
-        <x:v/>
+        <x:v>6 Stoneycroft Rise</x:v>
       </x:c>
       <x:c r="D308" t="str">
-        <x:v>MANCHESTER</x:v>
+        <x:v>Eastleigh</x:v>
       </x:c>
       <x:c r="E308" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F308" t="str">
-        <x:v>M2 3WQ</x:v>
+        <x:v>SO53 3LD</x:v>
       </x:c>
       <x:c r="G308" t="str">
-        <x:v>josh.brackup@edenandco.com</x:v>
+        <x:v>n.williams@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H308" t="str">
-        <x:v>01612371116</x:v>
+        <x:v>01962 624439 </x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B309" t="str">
-        <x:v>Chalfont Court, 5 Hill Avenue</x:v>
+        <x:v>Suite 5, Second Floor</x:v>
       </x:c>
       <x:c r="C309" t="str">
-        <x:v/>
+        <x:v>Everdene House</x:v>
       </x:c>
       <x:c r="D309" t="str">
-        <x:v>Amersham</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E309" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F309" t="str">
-        <x:v>HP6 5BD</x:v>
+        <x:v>BH7 7DU</x:v>
       </x:c>
       <x:c r="G309" t="str">
-        <x:v>leveritt@elitelawsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H309" t="str">
-        <x:v>01494 722326</x:v>
+        <x:v>02380221344</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B310" t="str">
-        <x:v>Queensberry House</x:v>
+        <x:v>Suite 4 Exchange suite </x:v>
       </x:c>
       <x:c r="C310" t="str">
-        <x:v>106 Queens Road</x:v>
+        <x:v>1 Dale Street</x:v>
       </x:c>
       <x:c r="D310" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E310" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F310" t="str">
-        <x:v>BN1 3XF</x:v>
+        <x:v>L2 2PP</x:v>
       </x:c>
       <x:c r="G310" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>d.leith@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H310" t="str">
-        <x:v>01273 056 720</x:v>
+        <x:v>01515 590144	</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B311" t="str">
-        <x:v>Kent Space Fleet House Springhead Enterprise Park</x:v>
+        <x:v>44 Jewry Street</x:v>
       </x:c>
       <x:c r="C311" t="str">
-        <x:v>Springhead Road, Northfleet</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D311" t="str">
-        <x:v>Gravesend</x:v>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="E311" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F311" t="str">
-        <x:v>DA11 8HJ</x:v>
+        <x:v>SO23 8RY</x:v>
       </x:c>
       <x:c r="G311" t="str">
-        <x:v>ecooke@elitelawsolicitors.co.uk</x:v>
+        <x:v>DGResProp@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H311" t="str">
-        <x:v>01494 414131</x:v>
+        <x:v>01962 844333</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Dutton Gregory LLP</x:v>
       </x:c>
       <x:c r="B312" t="str">
-        <x:v>1636 Parkway</x:v>
+        <x:v>24 Church Street West</x:v>
       </x:c>
       <x:c r="C312" t="str">
-        <x:v>Whiteley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D312" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Woking</x:v>
       </x:c>
       <x:c r="E312" t="str">
         <x:v/>
       </x:c>
       <x:c r="F312" t="str">
-        <x:v>PO15 7AH</x:v>
+        <x:v>GU21 6HT</x:v>
       </x:c>
       <x:c r="G312" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>contact@duttongregory.co.uk</x:v>
       </x:c>
       <x:c r="H312" t="str">
-        <x:v>01329 558 635</x:v>
+        <x:v>01483 755609 </x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>E J Winter &amp; Son LLP</x:v>
       </x:c>
       <x:c r="B313" t="str">
-        <x:v>Suite 2, Unit 1, The Cam Centre</x:v>
+        <x:v>One Forbury Square</x:v>
       </x:c>
       <x:c r="C313" t="str">
-        <x:v>Wilbury Way</x:v>
+        <x:v>The Forbury</x:v>
       </x:c>
       <x:c r="D313" t="str">
-        <x:v>Hitchin</x:v>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E313" t="str">
-        <x:v/>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F313" t="str">
-        <x:v>SG4 0TW</x:v>
+        <x:v>RG1 3BB</x:v>
       </x:c>
       <x:c r="G313" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>sols@ejwinter.co.uk</x:v>
       </x:c>
       <x:c r="H313" t="str">
-        <x:v>0800 086 2929</x:v>
+        <x:v>01189574424</x:v>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Eddowes Perry &amp; Osbourne Limited</x:v>
       </x:c>
       <x:c r="B314" t="str">
-        <x:v>Spicer Suite, 40 London Road</x:v>
+        <x:v>46 High Street</x:v>
       </x:c>
       <x:c r="C314" t="str">
         <x:v/>
       </x:c>
       <x:c r="D314" t="str">
-        <x:v>St Albans</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E314" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F314" t="str">
-        <x:v>AL1 1NG</x:v>
+        <x:v>B72 1UL</x:v>
       </x:c>
       <x:c r="G314" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>advice@e-p-o.co.uk</x:v>
       </x:c>
       <x:c r="H314" t="str">
-        <x:v>020 8076 4973</x:v>
+        <x:v>0121 686 9444</x:v>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Eddowes Perry and Osbourne Limited</x:v>
       </x:c>
       <x:c r="B315" t="str">
-        <x:v>7 Leck House</x:v>
+        <x:v>52 High Street</x:v>
       </x:c>
       <x:c r="C315" t="str">
-        <x:v>Lake Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D315" t="str">
-        <x:v>Leighton Buzzard</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E315" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F315" t="str">
-        <x:v>LU7 1TQ</x:v>
+        <x:v>B72 1UQ</x:v>
       </x:c>
       <x:c r="G315" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>yasar.baz@e-p-o.co.uk</x:v>
       </x:c>
       <x:c r="H315" t="str">
-        <x:v>01525301700</x:v>
+        <x:v>01216869444</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Eddowes Perry and Osbourne Limited</x:v>
       </x:c>
       <x:c r="B316" t="str">
-        <x:v>St James House</x:v>
+        <x:v>Mansell House, Suite A1</x:v>
       </x:c>
       <x:c r="C316" t="str">
-        <x:v>9-15 St James Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D316" t="str">
-        <x:v>Surbiton</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E316" t="str">
-        <x:v/>
+        <x:v>Stafforshire</x:v>
       </x:c>
       <x:c r="F316" t="str">
-        <x:v>KT6 4QH</x:v>
+        <x:v>WS13 6LL</x:v>
       </x:c>
       <x:c r="G316" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>jack.mahon@e-p-o.co.uk</x:v>
       </x:c>
       <x:c r="H316" t="str">
-        <x:v>02033765861</x:v>
+        <x:v>01543 386982</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" t="str">
-        <x:v>Elite Law Solicitors Limited</x:v>
+        <x:v>Eden &amp; Co Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B317" t="str">
-        <x:v>499A Bath Road</x:v>
+        <x:v>26 Oxford Court</x:v>
       </x:c>
       <x:c r="C317" t="str">
-        <x:v>Saltford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D317" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>MANCHESTER</x:v>
       </x:c>
       <x:c r="E317" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F317" t="str">
-        <x:v>BS31 3HQ</x:v>
+        <x:v>M2 3WQ</x:v>
       </x:c>
       <x:c r="G317" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>josh.brackup@edenandco.com</x:v>
       </x:c>
       <x:c r="H317" t="str">
-        <x:v>0800 0862929</x:v>
+        <x:v>01612371116</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" t="str">
         <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B318" t="str">
-        <x:v>Unit 4, The Enterprise Centre</x:v>
+        <x:v>Chalfont Court, 5 Hill Avenue</x:v>
       </x:c>
       <x:c r="C318" t="str">
-        <x:v>Michael Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D318" t="str">
-        <x:v>Warth Park</x:v>
+        <x:v>Amersham</x:v>
       </x:c>
       <x:c r="E318" t="str">
-        <x:v>Raunds</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F318" t="str">
-        <x:v>NN9 6GR</x:v>
+        <x:v>HP6 5BD</x:v>
       </x:c>
       <x:c r="G318" t="str">
-        <x:v>info@elitelawsolicitors.co.uk</x:v>
+        <x:v>leveritt@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H318" t="str">
-        <x:v>01933 698429</x:v>
+        <x:v>01494 722326</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" t="str">
         <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B319" t="str">
-        <x:v>Suite 13 &amp; 14 Talbot House</x:v>
+        <x:v>Queensberry House</x:v>
       </x:c>
       <x:c r="C319" t="str">
-        <x:v>34 Staple Gardens</x:v>
+        <x:v>106 Queens Road</x:v>
       </x:c>
       <x:c r="D319" t="str">
-        <x:v/>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E319" t="str">
-        <x:v>Winchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F319" t="str">
-        <x:v>SO23 8SR</x:v>
+        <x:v>BN1 3XF</x:v>
       </x:c>
       <x:c r="G319" t="str">
         <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H319" t="str">
-        <x:v>0800 086 8989</x:v>
+        <x:v>01273 056 720</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B320" t="str">
-        <x:v>St Mary's Court</x:v>
+        <x:v>Kent Space Fleet House Springhead Enterprise Park</x:v>
       </x:c>
       <x:c r="C320" t="str">
-        <x:v>St Mary's Gate</x:v>
+        <x:v>Springhead Road, Northfleet</x:v>
       </x:c>
       <x:c r="D320" t="str">
-        <x:v>Chesterfield</x:v>
+        <x:v>Gravesend</x:v>
       </x:c>
       <x:c r="E320" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F320" t="str">
-        <x:v>S41 7TD</x:v>
+        <x:v>DA11 8HJ</x:v>
       </x:c>
       <x:c r="G320" t="str">
-        <x:v>katie.yates@elliotmather.co.uk</x:v>
+        <x:v>ecooke@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H320" t="str">
-        <x:v>01246231288</x:v>
+        <x:v>01494 414131</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B321" t="str">
-        <x:v>18 Carrington Street</x:v>
+        <x:v>1636 Parkway</x:v>
       </x:c>
       <x:c r="C321" t="str">
-        <x:v/>
+        <x:v>Whiteley</x:v>
       </x:c>
       <x:c r="D321" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E321" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F321" t="str">
-        <x:v>NG1 7FF</x:v>
+        <x:v>PO15 7AH</x:v>
       </x:c>
       <x:c r="G321" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H321" t="str">
-        <x:v>01157043389</x:v>
+        <x:v>01329 558 635</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B322" t="str">
-        <x:v>Gervase House</x:v>
+        <x:v>Suite 2, Unit 1, The Cam Centre</x:v>
       </x:c>
       <x:c r="C322" t="str">
-        <x:v>111-113 Friar Gate</x:v>
+        <x:v>Wilbury Way</x:v>
       </x:c>
       <x:c r="D322" t="str">
-        <x:v>Derby</x:v>
+        <x:v>Hitchin</x:v>
       </x:c>
       <x:c r="E322" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F322" t="str">
-        <x:v>DE1 1EX</x:v>
+        <x:v>SG4 0TW</x:v>
       </x:c>
       <x:c r="G322" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H322" t="str">
-        <x:v/>
+        <x:v>0800 086 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" t="str">
-        <x:v>Elliot Mather LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B323" t="str">
-        <x:v>Westgate House</x:v>
+        <x:v>Spicer Suite, 40 London Road</x:v>
       </x:c>
       <x:c r="C323" t="str">
-        <x:v>1 Chesterfield Road South</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D323" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>St Albans</x:v>
       </x:c>
       <x:c r="E323" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F323" t="str">
-        <x:v>NG18 5NR</x:v>
+        <x:v>AL1 1NG</x:v>
       </x:c>
       <x:c r="G323" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H323" t="str">
-        <x:v/>
+        <x:v>020 8076 4973</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B324" t="str">
-        <x:v>55 High Street</x:v>
+        <x:v>7 Leck House</x:v>
       </x:c>
       <x:c r="C324" t="str">
-        <x:v/>
+        <x:v>Lake Street</x:v>
       </x:c>
       <x:c r="D324" t="str">
-        <x:v>Swanage</x:v>
+        <x:v>Leighton Buzzard</x:v>
       </x:c>
       <x:c r="E324" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F324" t="str">
-        <x:v>BH19 2LT</x:v>
+        <x:v>LU7 1TQ</x:v>
       </x:c>
       <x:c r="G324" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H324" t="str">
-        <x:v/>
+        <x:v>01525301700</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B325" t="str">
-        <x:v>12A-14A Haven Road</x:v>
+        <x:v>St James House</x:v>
       </x:c>
       <x:c r="C325" t="str">
-        <x:v/>
+        <x:v>9-15 St James Road</x:v>
       </x:c>
       <x:c r="D325" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Surbiton</x:v>
       </x:c>
       <x:c r="E325" t="str">
         <x:v/>
       </x:c>
       <x:c r="F325" t="str">
-        <x:v>BH13 7LP</x:v>
+        <x:v>KT6 4QH</x:v>
       </x:c>
       <x:c r="G325" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H325" t="str">
-        <x:v>01202709898</x:v>
+        <x:v>02033765861</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B326" t="str">
-        <x:v>Sandbourne House</x:v>
+        <x:v>499A Bath Road</x:v>
       </x:c>
       <x:c r="C326" t="str">
-        <x:v>302 Charminster Road</x:v>
+        <x:v>Saltford</x:v>
       </x:c>
       <x:c r="D326" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E326" t="str">
         <x:v/>
       </x:c>
       <x:c r="F326" t="str">
-        <x:v>BH8 9RU</x:v>
+        <x:v>BS31 3HQ</x:v>
       </x:c>
       <x:c r="G326" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H326" t="str">
-        <x:v/>
+        <x:v>0800 0862929</x:v>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B327" t="str">
-        <x:v>39a East Street </x:v>
+        <x:v>Unit 4, The Enterprise Centre</x:v>
       </x:c>
       <x:c r="C327" t="str">
-        <x:v>Wimborne </x:v>
+        <x:v>Michael Way</x:v>
       </x:c>
       <x:c r="D327" t="str">
-        <x:v/>
+        <x:v>Warth Park</x:v>
       </x:c>
       <x:c r="E327" t="str">
-        <x:v/>
+        <x:v>Raunds</x:v>
       </x:c>
       <x:c r="F327" t="str">
-        <x:v>BH21 1DX </x:v>
+        <x:v>NN9 6GR</x:v>
       </x:c>
       <x:c r="G327" t="str">
-        <x:v>paul.dyer@ellisjones.co.uk</x:v>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H327" t="str">
-        <x:v>01202057682</x:v>
+        <x:v>01933 698429</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elite Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B328" t="str">
-        <x:v>Brooke House</x:v>
+        <x:v>Suite 13 &amp; 14 Talbot House</x:v>
       </x:c>
       <x:c r="C328" t="str">
-        <x:v>Oakley Hill</x:v>
+        <x:v>34 Staple Gardens</x:v>
       </x:c>
       <x:c r="D328" t="str">
-        <x:v>Wimborne</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E328" t="str">
-        <x:v/>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="F328" t="str">
-        <x:v>BH21 1RJ</x:v>
+        <x:v>SO23 8SR</x:v>
       </x:c>
       <x:c r="G328" t="str">
-        <x:v/>
+        <x:v>info@elitelawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H328" t="str">
-        <x:v/>
+        <x:v>0800 086 8989</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B329" t="str">
-        <x:v>MONMOUTH COURT, SOUTHAMPTON ROAD</x:v>
+        <x:v>St Mary's Court</x:v>
       </x:c>
       <x:c r="C329" t="str">
-        <x:v/>
+        <x:v>St Mary's Gate</x:v>
       </x:c>
       <x:c r="D329" t="str">
-        <x:v>RINGWOOD</x:v>
+        <x:v>Chesterfield</x:v>
       </x:c>
       <x:c r="E329" t="str">
-        <x:v>HAMPSHIRE</x:v>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F329" t="str">
-        <x:v>BH24 1HE</x:v>
+        <x:v>S41 7TD</x:v>
       </x:c>
       <x:c r="G329" t="str">
-        <x:v>panels@ellisjones.co.uk</x:v>
+        <x:v>katie.yates@elliotmather.co.uk</x:v>
       </x:c>
       <x:c r="H329" t="str">
-        <x:v>01425 484848</x:v>
+        <x:v>01246231288</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B330" t="str">
-        <x:v>Suites 4, 5 &amp; 6 Somerleigh Gate</x:v>
+        <x:v>18 Carrington Street</x:v>
       </x:c>
       <x:c r="C330" t="str">
-        <x:v>Somerleigh Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D330" t="str">
-        <x:v>Dorchester</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E330" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F330" t="str">
-        <x:v>DT1 1TL</x:v>
+        <x:v>NG1 7FF</x:v>
       </x:c>
       <x:c r="G330" t="str">
-        <x:v>dorchester@ellisiones.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H330" t="str">
-        <x:v>01305 559010</x:v>
+        <x:v>01157043389</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" t="str">
-        <x:v>Ellis Jones Solicitors LLP</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B331" t="str">
-        <x:v>Office 212, 107 - 111 Fleet Street</x:v>
+        <x:v>Gervase House</x:v>
       </x:c>
       <x:c r="C331" t="str">
-        <x:v/>
+        <x:v>111-113 Friar Gate</x:v>
       </x:c>
       <x:c r="D331" t="str">
-        <x:v>London</x:v>
+        <x:v>Derby</x:v>
       </x:c>
       <x:c r="E331" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F331" t="str">
-        <x:v>EC4A 2AB</x:v>
+        <x:v>DE1 1EX</x:v>
       </x:c>
       <x:c r="G331" t="str">
-        <x:v>london@ellisjones.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H331" t="str">
-        <x:v>02039784720</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Elliot Mather LLP</x:v>
       </x:c>
       <x:c r="B332" t="str">
-        <x:v>5 Market Place</x:v>
+        <x:v>Westgate House</x:v>
       </x:c>
       <x:c r="C332" t="str">
-        <x:v/>
+        <x:v>1 Chesterfield Road South</x:v>
       </x:c>
       <x:c r="D332" t="str">
-        <x:v>RIPLEY</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="E332" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F332" t="str">
-        <x:v>DE5 3BS</x:v>
+        <x:v>NG18 5NR</x:v>
       </x:c>
       <x:c r="G332" t="str">
-        <x:v>r.holmes@ellis-fermor.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H332" t="str">
-        <x:v>01773744744</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B333" t="str">
-        <x:v>35 DERBY ROAD</x:v>
+        <x:v>55 High Street</x:v>
       </x:c>
       <x:c r="C333" t="str">
-        <x:v>LONG EATON</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D333" t="str">
-        <x:v>NOTTINGHAM</x:v>
+        <x:v>Swanage</x:v>
       </x:c>
       <x:c r="E333" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F333" t="str">
-        <x:v>NG10 1LU</x:v>
+        <x:v>BH19 2LT</x:v>
       </x:c>
       <x:c r="G333" t="str">
-        <x:v>longeaton@ellis-fermor.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H333" t="str">
-        <x:v>0115 972 5222</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B334" t="str">
-        <x:v>2 DEVONSHIRE AVENUE</x:v>
+        <x:v>12A-14A Haven Road</x:v>
       </x:c>
       <x:c r="C334" t="str">
-        <x:v>BEESTON</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D334" t="str">
-        <x:v>NOTTINGHAM</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E334" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F334" t="str">
-        <x:v>NG9 1BS</x:v>
+        <x:v>BH13 7LP</x:v>
       </x:c>
       <x:c r="G334" t="str">
-        <x:v>beeston@ellis-fermor.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H334" t="str">
-        <x:v>0115 922 1591</x:v>
+        <x:v>01202709898</x:v>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B335" t="str">
-        <x:v>The Old Registry, 6 Derby Road</x:v>
+        <x:v>Sandbourne House</x:v>
       </x:c>
       <x:c r="C335" t="str">
-        <x:v/>
+        <x:v>302 Charminster Road</x:v>
       </x:c>
       <x:c r="D335" t="str">
-        <x:v>BELPER</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E335" t="str">
-        <x:v>DERBYSHIRE</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F335" t="str">
-        <x:v>DE56 1UU</x:v>
+        <x:v>BH8 9RU</x:v>
       </x:c>
       <x:c r="G335" t="str">
-        <x:v>belper@ellis-fermor.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H335" t="str">
-        <x:v>01773 821 665</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" t="str">
-        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B336" t="str">
-        <x:v>Unit 1, Fountain Court, Gordon Road</x:v>
+        <x:v>39a East Street </x:v>
       </x:c>
       <x:c r="C336" t="str">
-        <x:v>West Bridgford</x:v>
+        <x:v>Wimborne </x:v>
       </x:c>
       <x:c r="D336" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E336" t="str">
         <x:v/>
       </x:c>
       <x:c r="F336" t="str">
-        <x:v>NG2 5LN</x:v>
+        <x:v>BH21 1DX </x:v>
       </x:c>
       <x:c r="G336" t="str">
-        <x:v>westbridgford@ellis-fermor.co.uk</x:v>
+        <x:v>paul.dyer@ellisjones.co.uk</x:v>
       </x:c>
       <x:c r="H336" t="str">
-        <x:v>0115 896 3390</x:v>
+        <x:v>01202057682</x:v>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B337" t="str">
-        <x:v>Croft House, High Street</x:v>
+        <x:v>Brooke House</x:v>
       </x:c>
       <x:c r="C337" t="str">
-        <x:v/>
+        <x:v>Oakley Hill</x:v>
       </x:c>
       <x:c r="D337" t="str">
-        <x:v>Gosforth</x:v>
+        <x:v>Wimborne</x:v>
       </x:c>
       <x:c r="E337" t="str">
-        <x:v>Newcastle upon Tyne</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F337" t="str">
-        <x:v>NE3 1NQ</x:v>
+        <x:v>BH21 1RJ</x:v>
       </x:c>
       <x:c r="G337" t="str">
-        <x:v>emma.rickaby@emgsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H337" t="str">
-        <x:v>0191 5006989</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B338" t="str">
-        <x:v>Coniscliffe House, 9 Coniscliffe Road</x:v>
+        <x:v>MONMOUTH COURT, SOUTHAMPTON ROAD</x:v>
       </x:c>
       <x:c r="C338" t="str">
         <x:v/>
       </x:c>
       <x:c r="D338" t="str">
-        <x:v>Darlington</x:v>
+        <x:v>RINGWOOD</x:v>
       </x:c>
       <x:c r="E338" t="str">
-        <x:v/>
+        <x:v>HAMPSHIRE</x:v>
       </x:c>
       <x:c r="F338" t="str">
-        <x:v>DL3 7EE</x:v>
+        <x:v>BH24 1HE</x:v>
       </x:c>
       <x:c r="G338" t="str">
-        <x:v>emma.rickaby@emgsolicitors.com</x:v>
+        <x:v>panels@ellisjones.co.uk</x:v>
       </x:c>
       <x:c r="H338" t="str">
-        <x:v>01325651040</x:v>
+        <x:v>01425 484848</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B339" t="str">
-        <x:v>Birbeck House, Duke Street</x:v>
+        <x:v>Suites 4, 5 &amp; 6 Somerleigh Gate</x:v>
       </x:c>
       <x:c r="C339" t="str">
-        <x:v/>
+        <x:v>Somerleigh Road</x:v>
       </x:c>
       <x:c r="D339" t="str">
-        <x:v>Penrith</x:v>
+        <x:v>Dorchester</x:v>
       </x:c>
       <x:c r="E339" t="str">
         <x:v/>
       </x:c>
       <x:c r="F339" t="str">
-        <x:v>CA11 7NA</x:v>
+        <x:v>DT1 1TL</x:v>
       </x:c>
       <x:c r="G339" t="str">
-        <x:v>emma.rickaby@emgsolicitors.com</x:v>
+        <x:v>dorchester@ellisiones.co.uk</x:v>
       </x:c>
       <x:c r="H339" t="str">
-        <x:v>01768527000</x:v>
+        <x:v>01305 559010</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" t="str">
-        <x:v>EMG Solicitors Limited</x:v>
+        <x:v>Ellis Jones Solicitors LLP</x:v>
       </x:c>
       <x:c r="B340" t="str">
-        <x:v>Abbey House</x:v>
+        <x:v>Office 212, 107 - 111 Fleet Street</x:v>
       </x:c>
       <x:c r="C340" t="str">
-        <x:v>Abbeywoods Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D340" t="str">
-        <x:v>Durham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E340" t="str">
         <x:v/>
       </x:c>
       <x:c r="F340" t="str">
-        <x:v>DH1 5TH</x:v>
+        <x:v>EC4A 2AB</x:v>
       </x:c>
       <x:c r="G340" t="str">
-        <x:v/>
+        <x:v>london@ellisjones.co.uk</x:v>
       </x:c>
       <x:c r="H340" t="str">
-        <x:v/>
+        <x:v>02039784720</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" t="str">
-        <x:v>F W MEGGITT &amp; CO LTD</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B341" t="str">
-        <x:v>191 Ashley Road</x:v>
+        <x:v>5 Market Place</x:v>
       </x:c>
       <x:c r="C341" t="str">
         <x:v/>
       </x:c>
       <x:c r="D341" t="str">
-        <x:v>Altrincham</x:v>
+        <x:v>RIPLEY</x:v>
       </x:c>
       <x:c r="E341" t="str">
-        <x:v>Hale</x:v>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F341" t="str">
-        <x:v>WA15 9SQ</x:v>
+        <x:v>DE5 3BS</x:v>
       </x:c>
       <x:c r="G341" t="str">
-        <x:v/>
+        <x:v>r.holmes@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H341" t="str">
-        <x:v/>
+        <x:v>01773744744</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" t="str">
-        <x:v>F W Meggitt &amp; Co Ltd</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B342" t="str">
-        <x:v>Apt 9, Queens Stables, 82 Park Grange Road</x:v>
+        <x:v>35 DERBY ROAD</x:v>
       </x:c>
       <x:c r="C342" t="str">
-        <x:v/>
+        <x:v>LONG EATON</x:v>
       </x:c>
       <x:c r="D342" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>NOTTINGHAM</x:v>
       </x:c>
       <x:c r="E342" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F342" t="str">
-        <x:v>S2 3RU</x:v>
+        <x:v>NG10 1LU</x:v>
       </x:c>
       <x:c r="G342" t="str">
-        <x:v>benkeating@kmclegal.co.uk</x:v>
+        <x:v>longeaton@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H342" t="str">
-        <x:v>0114 2727955</x:v>
+        <x:v>0115 972 5222</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" t="str">
-        <x:v>F W Meggitt &amp; Co Ltd</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B343" t="str">
-        <x:v>21-23 Broad Green Road</x:v>
+        <x:v>2 DEVONSHIRE AVENUE</x:v>
       </x:c>
       <x:c r="C343" t="str">
-        <x:v/>
+        <x:v>BEESTON</x:v>
       </x:c>
       <x:c r="D343" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>NOTTINGHAM</x:v>
       </x:c>
       <x:c r="E343" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F343" t="str">
-        <x:v>L13 5SD</x:v>
+        <x:v>NG9 1BS</x:v>
       </x:c>
       <x:c r="G343" t="str">
-        <x:v>benkeating@kmclegal.co.uk</x:v>
+        <x:v>beeston@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H343" t="str">
-        <x:v>01518324977</x:v>
+        <x:v>0115 922 1591</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" t="str">
-        <x:v>F W Meggitt &amp; Co Ltd</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B344" t="str">
-        <x:v>First Floor, 125 Telegraph Rd,</x:v>
+        <x:v>The Old Registry, 6 Derby Road</x:v>
       </x:c>
       <x:c r="C344" t="str">
-        <x:v>Heswall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D344" t="str">
-        <x:v>Wirral</x:v>
+        <x:v>BELPER</x:v>
       </x:c>
       <x:c r="E344" t="str">
-        <x:v/>
+        <x:v>DERBYSHIRE</x:v>
       </x:c>
       <x:c r="F344" t="str">
-        <x:v>CH60 0AF</x:v>
+        <x:v>DE56 1UU</x:v>
       </x:c>
       <x:c r="G344" t="str">
-        <x:v>lornaferguson@kmclegal.co.uk</x:v>
+        <x:v>belper@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H344" t="str">
-        <x:v>0151 305 6070</x:v>
+        <x:v>01773 821 665</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" t="str">
-        <x:v>Fahri LLP</x:v>
+        <x:v>Ellis-Fermor &amp; Negus LTD</x:v>
       </x:c>
       <x:c r="B345" t="str">
-        <x:v>Suite 2, Ground Floor, Prince Of Wales House</x:v>
+        <x:v>Unit 1, Fountain Court, Gordon Road</x:v>
       </x:c>
       <x:c r="C345" t="str">
-        <x:v>3 Bluecoats Avenue</x:v>
+        <x:v>West Bridgford</x:v>
       </x:c>
       <x:c r="D345" t="str">
-        <x:v>Hertford</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E345" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F345" t="str">
-        <x:v>SG14 1PB</x:v>
+        <x:v>NG2 5LN</x:v>
       </x:c>
       <x:c r="G345" t="str">
-        <x:v>info@fahrillp.com</x:v>
+        <x:v>westbridgford@ellis-fermor.co.uk</x:v>
       </x:c>
       <x:c r="H345" t="str">
-        <x:v>01992 350170</x:v>
+        <x:v>0115 896 3390</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="str">
-        <x:v>Fahri LLP</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B346" t="str">
-        <x:v>Unit 3</x:v>
+        <x:v>Croft House, High Street</x:v>
       </x:c>
       <x:c r="C346" t="str">
-        <x:v> Mountview Court, 310 Friern Barnet Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D346" t="str">
-        <x:v>London</x:v>
+        <x:v>Gosforth</x:v>
       </x:c>
       <x:c r="E346" t="str">
-        <x:v/>
+        <x:v>Newcastle upon Tyne</x:v>
       </x:c>
       <x:c r="F346" t="str">
-        <x:v>N20 0LD</x:v>
+        <x:v>NE3 1NQ</x:v>
       </x:c>
       <x:c r="G346" t="str">
-        <x:v/>
+        <x:v>emma.rickaby@emgsolicitors.com</x:v>
       </x:c>
       <x:c r="H346" t="str">
-        <x:v/>
+        <x:v>0191 5006989</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" t="str">
-        <x:v>Fairmont Law Solicitors Limited</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B347" t="str">
-        <x:v>8 Hill Rise</x:v>
+        <x:v>Coniscliffe House, 9 Coniscliffe Road</x:v>
       </x:c>
       <x:c r="C347" t="str">
         <x:v/>
       </x:c>
       <x:c r="D347" t="str">
-        <x:v>Richmond</x:v>
+        <x:v>Darlington</x:v>
       </x:c>
       <x:c r="E347" t="str">
         <x:v/>
       </x:c>
       <x:c r="F347" t="str">
-        <x:v>TW10 6UA</x:v>
+        <x:v>DL3 7EE</x:v>
       </x:c>
       <x:c r="G347" t="str">
-        <x:v>marjan@fairmontsolicitors.co.uk</x:v>
+        <x:v>emma.rickaby@emgsolicitors.com</x:v>
       </x:c>
       <x:c r="H347" t="str">
-        <x:v>0333 222 501</x:v>
+        <x:v>01325651040</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B348" t="str">
-        <x:v>Cross Corner, 16 Wentworth Road</x:v>
+        <x:v>Birbeck House, Duke Street</x:v>
       </x:c>
       <x:c r="C348" t="str">
         <x:v/>
       </x:c>
       <x:c r="D348" t="str">
-        <x:v>Aldeburgh</x:v>
+        <x:v>Penrith</x:v>
       </x:c>
       <x:c r="E348" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F348" t="str">
-        <x:v>IP15 5BB</x:v>
+        <x:v>CA11 7NA</x:v>
       </x:c>
       <x:c r="G348" t="str">
-        <x:v>enquiries@fairweatherstephenson.co.uk</x:v>
+        <x:v>emma.rickaby@emgsolicitors.com</x:v>
       </x:c>
       <x:c r="H348" t="str">
-        <x:v>01728 454595</x:v>
+        <x:v>01768527000</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>EMG Solicitors Limited</x:v>
       </x:c>
       <x:c r="B349" t="str">
-        <x:v>Holland Court</x:v>
+        <x:v>Abbey House</x:v>
       </x:c>
       <x:c r="C349" t="str">
-        <x:v>The Close</x:v>
+        <x:v>Abbeywoods Business Park</x:v>
       </x:c>
       <x:c r="D349" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="E349" t="str">
         <x:v/>
       </x:c>
       <x:c r="F349" t="str">
-        <x:v>NR1 4DY</x:v>
+        <x:v>DH1 5TH</x:v>
       </x:c>
       <x:c r="G349" t="str">
-        <x:v>thobden@fairweatherlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H349" t="str">
-        <x:v>07702261001</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>F W MEGGITT &amp; CO LTD</x:v>
       </x:c>
       <x:c r="B350" t="str">
-        <x:v>14 Museum Street</x:v>
+        <x:v>191 Ashley Road</x:v>
       </x:c>
       <x:c r="C350" t="str">
         <x:v/>
       </x:c>
       <x:c r="D350" t="str">
-        <x:v>Ipswich</x:v>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E350" t="str">
-        <x:v/>
+        <x:v>Hale</x:v>
       </x:c>
       <x:c r="F350" t="str">
-        <x:v>IP1 1HT</x:v>
+        <x:v>WA15 9SQ</x:v>
       </x:c>
       <x:c r="G350" t="str">
-        <x:v>jfairweather@fairweatherlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H350" t="str">
-        <x:v>01473 942183</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>F W Meggitt &amp; Co Ltd</x:v>
       </x:c>
       <x:c r="B351" t="str">
-        <x:v>51 High Street</x:v>
+        <x:v>Apt 9, Queens Stables, 82 Park Grange Road</x:v>
       </x:c>
       <x:c r="C351" t="str">
         <x:v/>
       </x:c>
       <x:c r="D351" t="str">
-        <x:v>Leiston</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E351" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F351" t="str">
-        <x:v>IP16 4EL</x:v>
+        <x:v>S2 3RU</x:v>
       </x:c>
       <x:c r="G351" t="str">
-        <x:v/>
+        <x:v>benkeating@kmclegal.co.uk</x:v>
       </x:c>
       <x:c r="H351" t="str">
-        <x:v/>
+        <x:v>0114 2727955</x:v>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" t="str">
-        <x:v>Fairweather Law Limited</x:v>
+        <x:v>F W Meggitt &amp; Co Ltd</x:v>
       </x:c>
       <x:c r="B352" t="str">
-        <x:v>10 Riverside</x:v>
+        <x:v>21-23 Broad Green Road</x:v>
       </x:c>
       <x:c r="C352" t="str">
-        <x:v>Framlingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D352" t="str">
-        <x:v>Woodbridge</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E352" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F352" t="str">
-        <x:v>IP13 9AG</x:v>
+        <x:v>L13 5SD</x:v>
       </x:c>
       <x:c r="G352" t="str">
-        <x:v/>
+        <x:v>benkeating@kmclegal.co.uk</x:v>
       </x:c>
       <x:c r="H352" t="str">
-        <x:v/>
+        <x:v>01518324977</x:v>
       </x:c>
     </x:row>
     <x:row r="353">
       <x:c r="A353" t="str">
-        <x:v>Falcon Solicitors Limited</x:v>
+        <x:v>F W Meggitt &amp; Co Ltd</x:v>
       </x:c>
       <x:c r="B353" t="str">
-        <x:v>340 Farnham Road</x:v>
+        <x:v>First Floor, 125 Telegraph Rd,</x:v>
       </x:c>
       <x:c r="C353" t="str">
-        <x:v/>
+        <x:v>Heswall</x:v>
       </x:c>
       <x:c r="D353" t="str">
-        <x:v>Slough</x:v>
+        <x:v>Wirral</x:v>
       </x:c>
       <x:c r="E353" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F353" t="str">
-        <x:v>SL2 1JG</x:v>
+        <x:v>CH60 0AF</x:v>
       </x:c>
       <x:c r="G353" t="str">
-        <x:v/>
+        <x:v>lornaferguson@kmclegal.co.uk</x:v>
       </x:c>
       <x:c r="H353" t="str">
-        <x:v/>
+        <x:v>0151 305 6070</x:v>
       </x:c>
     </x:row>
     <x:row r="354">
       <x:c r="A354" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fahri LLP</x:v>
       </x:c>
       <x:c r="B354" t="str">
-        <x:v>Unit C1</x:v>
+        <x:v>Suite 2, Ground Floor, Prince Of Wales House</x:v>
       </x:c>
       <x:c r="C354" t="str">
-        <x:v>Hurstwood Court,</x:v>
+        <x:v>3 Bluecoats Avenue</x:v>
       </x:c>
       <x:c r="D354" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E354" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F354" t="str">
-        <x:v>BB1 2QR</x:v>
+        <x:v>SG14 1PB</x:v>
       </x:c>
       <x:c r="G354" t="str">
-        <x:v>gavin.hall@farleys.com </x:v>
+        <x:v>info@fahrillp.com</x:v>
       </x:c>
       <x:c r="H354" t="str">
-        <x:v>01254 229800 </x:v>
+        <x:v>01992 350170</x:v>
       </x:c>
     </x:row>
     <x:row r="355">
       <x:c r="A355" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fahri LLP</x:v>
       </x:c>
       <x:c r="B355" t="str">
-        <x:v>196 Deansgate</x:v>
+        <x:v>Unit 3</x:v>
       </x:c>
       <x:c r="C355" t="str">
-        <x:v/>
+        <x:v> Mountview Court, 310 Friern Barnet Lane</x:v>
       </x:c>
       <x:c r="D355" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E355" t="str">
         <x:v/>
       </x:c>
       <x:c r="F355" t="str">
-        <x:v>M3 3WF</x:v>
+        <x:v>N20 0LD</x:v>
       </x:c>
       <x:c r="G355" t="str">
         <x:v/>
       </x:c>
       <x:c r="H355" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="356">
       <x:c r="A356" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fairmont Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B356" t="str">
-        <x:v>3 Mead Way</x:v>
+        <x:v>8 Hill Rise</x:v>
       </x:c>
       <x:c r="C356" t="str">
-        <x:v>Shuttleworth Mead Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D356" t="str">
-        <x:v>Padiham</x:v>
+        <x:v>Richmond</x:v>
       </x:c>
       <x:c r="E356" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F356" t="str">
-        <x:v>BB12 7NG</x:v>
+        <x:v>TW10 6UA</x:v>
       </x:c>
       <x:c r="G356" t="str">
-        <x:v>info@farleys.com</x:v>
+        <x:v>marjan@fairmontsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H356" t="str">
-        <x:v>01282718000</x:v>
+        <x:v>0333 222 501</x:v>
       </x:c>
     </x:row>
     <x:row r="357">
       <x:c r="A357" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B357" t="str">
-        <x:v>Prudential Buildings</x:v>
+        <x:v>Cross Corner, 16 Wentworth Road</x:v>
       </x:c>
       <x:c r="C357" t="str">
-        <x:v>Manchester Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D357" t="str">
-        <x:v>Burnley</x:v>
+        <x:v>Aldeburgh</x:v>
       </x:c>
       <x:c r="E357" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F357" t="str">
-        <x:v>BB11 1HJ</x:v>
+        <x:v>IP15 5BB</x:v>
       </x:c>
       <x:c r="G357" t="str">
-        <x:v>andrea.edwards@farleys.com</x:v>
+        <x:v>enquiries@fairweatherstephenson.co.uk</x:v>
       </x:c>
       <x:c r="H357" t="str">
-        <x:v>01282 718000</x:v>
+        <x:v>01728 454595</x:v>
       </x:c>
     </x:row>
     <x:row r="358">
       <x:c r="A358" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B358" t="str">
-        <x:v>12-20 Willow Street</x:v>
+        <x:v>Holland Court</x:v>
       </x:c>
       <x:c r="C358" t="str">
-        <x:v/>
+        <x:v>The Close</x:v>
       </x:c>
       <x:c r="D358" t="str">
-        <x:v>Accrington</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E358" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F358" t="str">
-        <x:v>BB5 1LP</x:v>
+        <x:v>NR1 4DY</x:v>
       </x:c>
       <x:c r="G358" t="str">
-        <x:v>julie.fishwick@farleys.com</x:v>
+        <x:v>thobden@fairweatherlaw.co.uk</x:v>
       </x:c>
       <x:c r="H358" t="str">
-        <x:v>01254 606600</x:v>
+        <x:v>07702261001</x:v>
       </x:c>
     </x:row>
     <x:row r="359">
       <x:c r="A359" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B359" t="str">
-        <x:v>Charnley House, 13 Winckley Square</x:v>
+        <x:v>14 Museum Street</x:v>
       </x:c>
       <x:c r="C359" t="str">
         <x:v/>
       </x:c>
       <x:c r="D359" t="str">
-        <x:v>Preston</x:v>
+        <x:v>Ipswich</x:v>
       </x:c>
       <x:c r="E359" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F359" t="str">
-        <x:v>PR1 3JJ</x:v>
+        <x:v>IP1 1HT</x:v>
       </x:c>
       <x:c r="G359" t="str">
-        <x:v>info@farleys.com</x:v>
+        <x:v>jfairweather@fairweatherlaw.co.uk</x:v>
       </x:c>
       <x:c r="H359" t="str">
-        <x:v>01772 754450</x:v>
+        <x:v>01473 942183</x:v>
       </x:c>
     </x:row>
     <x:row r="360">
       <x:c r="A360" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B360" t="str">
-        <x:v>72 Bank Street</x:v>
+        <x:v>51 High Street</x:v>
       </x:c>
       <x:c r="C360" t="str">
-        <x:v>Rawtenstall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D360" t="str">
-        <x:v/>
+        <x:v>Leiston</x:v>
       </x:c>
       <x:c r="E360" t="str">
-        <x:v/>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F360" t="str">
-        <x:v>BB4 8EG</x:v>
+        <x:v>IP16 4EL</x:v>
       </x:c>
       <x:c r="G360" t="str">
-        <x:v>info@farleys.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H360" t="str">
-        <x:v>01706 222852</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="361">
       <x:c r="A361" t="str">
-        <x:v>Farleys Solicitors LLP</x:v>
+        <x:v>Fairweather Law Limited</x:v>
       </x:c>
       <x:c r="B361" t="str">
-        <x:v>Unit A1, Sovereign Business Park</x:v>
+        <x:v>10 Riverside</x:v>
       </x:c>
       <x:c r="C361" t="str">
-        <x:v>Kings Croft Court</x:v>
+        <x:v>Framlingham</x:v>
       </x:c>
       <x:c r="D361" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>Woodbridge</x:v>
       </x:c>
       <x:c r="E361" t="str">
-        <x:v/>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F361" t="str">
-        <x:v>WN1 3AP</x:v>
+        <x:v>IP13 9AG</x:v>
       </x:c>
       <x:c r="G361" t="str">
-        <x:v>info@farleys.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H361" t="str">
-        <x:v>01942 246241</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="362">
       <x:c r="A362" t="str">
-        <x:v>FDR Law Limited</x:v>
+        <x:v>Falcon Solicitors Limited</x:v>
       </x:c>
       <x:c r="B362" t="str">
-        <x:v>71-73 Carter Lane</x:v>
+        <x:v>340 Farnham Road</x:v>
       </x:c>
       <x:c r="C362" t="str">
         <x:v/>
       </x:c>
       <x:c r="D362" t="str">
-        <x:v>London</x:v>
+        <x:v>Slough</x:v>
       </x:c>
       <x:c r="E362" t="str">
-        <x:v/>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F362" t="str">
-        <x:v>EC4V 5EQ </x:v>
+        <x:v>SL2 1JG</x:v>
       </x:c>
       <x:c r="G362" t="str">
-        <x:v>enquiries@fdrlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H362" t="str">
-        <x:v>02039927890</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="363">
       <x:c r="A363" t="str">
-        <x:v>Fentiman Legal Limited</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B363" t="str">
-        <x:v>2nd Foor</x:v>
+        <x:v>Unit C1</x:v>
       </x:c>
       <x:c r="C363" t="str">
-        <x:v>84 Salop Street</x:v>
+        <x:v>Hurstwood Court,</x:v>
       </x:c>
       <x:c r="D363" t="str">
-        <x:v>Wolverhampton</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E363" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F363" t="str">
-        <x:v>WV3 0SR</x:v>
+        <x:v>BB1 2QR</x:v>
       </x:c>
       <x:c r="G363" t="str">
-        <x:v/>
+        <x:v>gavin.hall@farleys.com </x:v>
       </x:c>
       <x:c r="H363" t="str">
-        <x:v>08002889947</x:v>
+        <x:v>01254 229800 </x:v>
       </x:c>
     </x:row>
     <x:row r="364">
       <x:c r="A364" t="str">
-        <x:v>Fentiman Legal Limited</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B364" t="str">
-        <x:v>1st Floor</x:v>
+        <x:v>196 Deansgate</x:v>
       </x:c>
       <x:c r="C364" t="str">
-        <x:v>Albany House</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D364" t="str">
-        <x:v>162-168 High Street</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E364" t="str">
-        <x:v>Waltham Cross </x:v>
+        <x:v/>
       </x:c>
       <x:c r="F364" t="str">
-        <x:v>EN8 7DF</x:v>
+        <x:v>M3 3WF</x:v>
       </x:c>
       <x:c r="G364" t="str">
-        <x:v>*</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H364" t="str">
-        <x:v>08002889947</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="365">
       <x:c r="A365" t="str">
-        <x:v>Fentiman Legal Ltd</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B365" t="str">
-        <x:v>Greville Court Business Centre, 1665, High Street</x:v>
+        <x:v>3 Mead Way</x:v>
       </x:c>
       <x:c r="C365" t="str">
-        <x:v>Knowle</x:v>
+        <x:v>Shuttleworth Mead Business Park</x:v>
       </x:c>
       <x:c r="D365" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Padiham</x:v>
       </x:c>
       <x:c r="E365" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F365" t="str">
-        <x:v>B93 0LL</x:v>
+        <x:v>BB12 7NG</x:v>
       </x:c>
       <x:c r="G365" t="str">
-        <x:v>archana.jethwa@fentimans.co.uk</x:v>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H365" t="str">
-        <x:v>0330 124 2171</x:v>
+        <x:v>01282718000</x:v>
       </x:c>
     </x:row>
     <x:row r="366">
       <x:c r="A366" t="str">
-        <x:v>Fentiman Legal Ltd</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B366" t="str">
-        <x:v>Station House, 1st Floor, 3-5 Station Road</x:v>
+        <x:v>Prudential Buildings</x:v>
       </x:c>
       <x:c r="C366" t="str">
-        <x:v/>
+        <x:v>Manchester Road</x:v>
       </x:c>
       <x:c r="D366" t="str">
-        <x:v>Urmston</x:v>
+        <x:v>Burnley</x:v>
       </x:c>
       <x:c r="E366" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F366" t="str">
-        <x:v>M41 9JG</x:v>
+        <x:v>BB11 1HJ</x:v>
       </x:c>
       <x:c r="G366" t="str">
-        <x:v>archana.jethwa@fentimans.co.uk</x:v>
+        <x:v>andrea.edwards@farleys.com</x:v>
       </x:c>
       <x:c r="H366" t="str">
-        <x:v>0161 749 9606</x:v>
+        <x:v>01282 718000</x:v>
       </x:c>
     </x:row>
     <x:row r="367">
       <x:c r="A367" t="str">
-        <x:v>FH Law Ltd</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B367" t="str">
-        <x:v>732 Romford Road</x:v>
+        <x:v>12-20 Willow Street</x:v>
       </x:c>
       <x:c r="C367" t="str">
         <x:v/>
       </x:c>
       <x:c r="D367" t="str">
-        <x:v>London</x:v>
+        <x:v>Accrington</x:v>
       </x:c>
       <x:c r="E367" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F367" t="str">
-        <x:v>E12 6BT</x:v>
+        <x:v>BB5 1LP</x:v>
       </x:c>
       <x:c r="G367" t="str">
-        <x:v>mhr@fhlawsolicitors.co.uk</x:v>
+        <x:v>julie.fishwick@farleys.com</x:v>
       </x:c>
       <x:c r="H367" t="str">
-        <x:v>02089117100</x:v>
+        <x:v>01254 606600</x:v>
       </x:c>
     </x:row>
     <x:row r="368">
       <x:c r="A368" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B368" t="str">
-        <x:v>16 Baddow Road</x:v>
+        <x:v>Charnley House, 13 Winckley Square</x:v>
       </x:c>
       <x:c r="C368" t="str">
         <x:v/>
       </x:c>
       <x:c r="D368" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E368" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F368" t="str">
-        <x:v>CM2 0DG</x:v>
+        <x:v>PR1 3JJ</x:v>
       </x:c>
       <x:c r="G368" t="str">
-        <x:v/>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H368" t="str">
-        <x:v/>
+        <x:v>01772 754450</x:v>
       </x:c>
     </x:row>
     <x:row r="369">
       <x:c r="A369" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B369" t="str">
-        <x:v>Charter Court,</x:v>
+        <x:v>72 Bank Street</x:v>
       </x:c>
       <x:c r="C369" t="str">
-        <x:v>Newcomen Way,</x:v>
+        <x:v>Rawtenstall</x:v>
       </x:c>
       <x:c r="D369" t="str">
-        <x:v>Colchester,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E369" t="str">
-        <x:v>Essex,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F369" t="str">
-        <x:v>CO4 9YA</x:v>
+        <x:v>BB4 8EG</x:v>
       </x:c>
       <x:c r="G369" t="str">
-        <x:v>info@fig.co.uk</x:v>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H369" t="str">
-        <x:v>01206835300</x:v>
+        <x:v>01706 222852</x:v>
       </x:c>
     </x:row>
     <x:row r="370">
       <x:c r="A370" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>Farleys Solicitors LLP</x:v>
       </x:c>
       <x:c r="B370" t="str">
-        <x:v>73 Station Road</x:v>
+        <x:v>Unit A1, Sovereign Business Park</x:v>
       </x:c>
       <x:c r="C370" t="str">
-        <x:v/>
+        <x:v>Kings Croft Court</x:v>
       </x:c>
       <x:c r="D370" t="str">
-        <x:v>Clacton-on-Sea</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E370" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F370" t="str">
-        <x:v>CO15 1SD</x:v>
+        <x:v>WN1 3AP</x:v>
       </x:c>
       <x:c r="G370" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v>info@farleys.com</x:v>
       </x:c>
       <x:c r="H370" t="str">
-        <x:v>01255323103</x:v>
+        <x:v>01942 246241</x:v>
       </x:c>
     </x:row>
     <x:row r="371">
       <x:c r="A371" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>FDR Law Limited</x:v>
       </x:c>
       <x:c r="B371" t="str">
-        <x:v>102 High Street</x:v>
+        <x:v>71-73 Carter Lane</x:v>
       </x:c>
       <x:c r="C371" t="str">
         <x:v/>
       </x:c>
       <x:c r="D371" t="str">
-        <x:v>Billericay</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E371" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F371" t="str">
-        <x:v>CM12 9BY</x:v>
+        <x:v>EC4V 5EQ </x:v>
       </x:c>
       <x:c r="G371" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v>enquiries@fdrlaw.co.uk</x:v>
       </x:c>
       <x:c r="H371" t="str">
-        <x:v>01277623132</x:v>
+        <x:v>02039927890</x:v>
       </x:c>
     </x:row>
     <x:row r="372">
       <x:c r="A372" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>Fentiman Legal Limited</x:v>
       </x:c>
       <x:c r="B372" t="str">
-        <x:v>17 Coggeshall Road</x:v>
+        <x:v>2nd Foor</x:v>
       </x:c>
       <x:c r="C372" t="str">
-        <x:v/>
+        <x:v>84 Salop Street</x:v>
       </x:c>
       <x:c r="D372" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E372" t="str">
-        <x:v>Essex, Braintree</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F372" t="str">
-        <x:v>CM7 9DB</x:v>
+        <x:v>WV3 0SR</x:v>
       </x:c>
       <x:c r="G372" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H372" t="str">
-        <x:v>01376 552828</x:v>
+        <x:v>08002889947</x:v>
       </x:c>
     </x:row>
     <x:row r="373">
       <x:c r="A373" t="str">
-        <x:v>Fisher Jones Greenwood LLP</x:v>
+        <x:v>Fentiman Legal Limited</x:v>
       </x:c>
       <x:c r="B373" t="str">
-        <x:v>18A Market Hill</x:v>
+        <x:v>1st Floor</x:v>
       </x:c>
       <x:c r="C373" t="str">
-        <x:v/>
+        <x:v>Albany House</x:v>
       </x:c>
       <x:c r="D373" t="str">
-        <x:v>Sudbury</x:v>
+        <x:v>162-168 High Street</x:v>
       </x:c>
       <x:c r="E373" t="str">
-        <x:v/>
+        <x:v>Waltham Cross </x:v>
       </x:c>
       <x:c r="F373" t="str">
-        <x:v>CO10 2EA</x:v>
+        <x:v>EN8 7DF</x:v>
       </x:c>
       <x:c r="G373" t="str">
-        <x:v>TThompson@fjg.co.uk</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H373" t="str">
-        <x:v>01787 373387</x:v>
+        <x:v>08002889947</x:v>
       </x:c>
     </x:row>
     <x:row r="374">
       <x:c r="A374" t="str">
-        <x:v>Fishman Brand Stone Solicitors</x:v>
+        <x:v>Fentiman Legal Ltd</x:v>
       </x:c>
       <x:c r="B374" t="str">
-        <x:v>70 Baker Street</x:v>
+        <x:v>Greville Court Business Centre, 1665, High Street</x:v>
       </x:c>
       <x:c r="C374" t="str">
-        <x:v/>
+        <x:v>Knowle</x:v>
       </x:c>
       <x:c r="D374" t="str">
-        <x:v>London</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E374" t="str">
         <x:v/>
       </x:c>
       <x:c r="F374" t="str">
-        <x:v>W1U 7DJ</x:v>
+        <x:v>B93 0LL</x:v>
       </x:c>
       <x:c r="G374" t="str">
-        <x:v>Rgs@fishmanbrandstone.com</x:v>
+        <x:v>archana.jethwa@fentimans.co.uk</x:v>
       </x:c>
       <x:c r="H374" t="str">
-        <x:v>02079354848</x:v>
+        <x:v>0330 124 2171</x:v>
       </x:c>
     </x:row>
     <x:row r="375">
       <x:c r="A375" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fentiman Legal Ltd</x:v>
       </x:c>
       <x:c r="B375" t="str">
-        <x:v>Blackbrook Park Avenue</x:v>
+        <x:v>Station House, 1st Floor, 3-5 Station Road</x:v>
       </x:c>
       <x:c r="C375" t="str">
         <x:v/>
       </x:c>
       <x:c r="D375" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>Urmston</x:v>
       </x:c>
       <x:c r="E375" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="F375" t="str">
-        <x:v>TA1 2PX</x:v>
+        <x:v>M41 9JG</x:v>
       </x:c>
       <x:c r="G375" t="str">
-        <x:v>enquiries@footanstey.com</x:v>
+        <x:v>archana.jethwa@fentimans.co.uk</x:v>
       </x:c>
       <x:c r="H375" t="str">
-        <x:v>01823 625600</x:v>
+        <x:v>0161 749 9606</x:v>
       </x:c>
     </x:row>
     <x:row r="376">
       <x:c r="A376" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>FH Law Ltd</x:v>
       </x:c>
       <x:c r="B376" t="str">
-        <x:v>2 Glass Wharf</x:v>
+        <x:v>732 Romford Road</x:v>
       </x:c>
       <x:c r="C376" t="str">
         <x:v/>
       </x:c>
       <x:c r="D376" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E376" t="str">
         <x:v/>
       </x:c>
       <x:c r="F376" t="str">
-        <x:v>BS2 0EL</x:v>
+        <x:v>E12 6BT</x:v>
       </x:c>
       <x:c r="G376" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>mhr@fhlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H376" t="str">
-        <x:v>0345 140 0025</x:v>
+        <x:v>02089117100</x:v>
       </x:c>
     </x:row>
     <x:row r="377">
       <x:c r="A377" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B377" t="str">
-        <x:v>Salt Quay House, 4 North East Quay</x:v>
+        <x:v>16 Baddow Road</x:v>
       </x:c>
       <x:c r="C377" t="str">
-        <x:v>Sutton Harbour</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D377" t="str">
-        <x:v>Plymouth</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E377" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F377" t="str">
-        <x:v>PL4 0BN</x:v>
+        <x:v>CM2 0DG</x:v>
       </x:c>
       <x:c r="G377" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H377" t="str">
-        <x:v>01752 675000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B378" t="str">
-        <x:v>Senate Court</x:v>
+        <x:v>Charter Court,</x:v>
       </x:c>
       <x:c r="C378" t="str">
-        <x:v>Southernhay Gardens</x:v>
+        <x:v>Newcomen Way,</x:v>
       </x:c>
       <x:c r="D378" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Colchester,</x:v>
       </x:c>
       <x:c r="E378" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Essex,</x:v>
       </x:c>
       <x:c r="F378" t="str">
-        <x:v>EX1 1NT</x:v>
+        <x:v>CO4 9YA</x:v>
       </x:c>
       <x:c r="G378" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>info@fig.co.uk</x:v>
       </x:c>
       <x:c r="H378" t="str">
-        <x:v>01392 411221</x:v>
+        <x:v>01206835300</x:v>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B379" t="str">
-        <x:v>High Water House</x:v>
+        <x:v>73 Station Road</x:v>
       </x:c>
       <x:c r="C379" t="str">
-        <x:v>Malpas Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D379" t="str">
-        <x:v>Truro</x:v>
+        <x:v>Clacton-on-Sea</x:v>
       </x:c>
       <x:c r="E379" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F379" t="str">
-        <x:v>TR1 1QH</x:v>
+        <x:v>CO15 1SD</x:v>
       </x:c>
       <x:c r="G379" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H379" t="str">
-        <x:v>01872 243300</x:v>
+        <x:v>01255323103</x:v>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B380" t="str">
-        <x:v>36 – 38 Cornhill</x:v>
+        <x:v>102 High Street</x:v>
       </x:c>
       <x:c r="C380" t="str">
         <x:v/>
       </x:c>
       <x:c r="D380" t="str">
-        <x:v>London</x:v>
+        <x:v>Billericay</x:v>
       </x:c>
       <x:c r="E380" t="str">
-        <x:v>London</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F380" t="str">
-        <x:v>EC3V 3NG</x:v>
+        <x:v>CM12 9BY</x:v>
       </x:c>
       <x:c r="G380" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H380" t="str">
-        <x:v>0207 2630001</x:v>
+        <x:v>01277623132</x:v>
       </x:c>
     </x:row>
     <x:row r="381">
       <x:c r="A381" t="str">
-        <x:v>Foot Anstey LLP</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B381" t="str">
-        <x:v>White Building, 1-4 Cumberland Place</x:v>
+        <x:v>17 Coggeshall Road</x:v>
       </x:c>
       <x:c r="C381" t="str">
         <x:v/>
       </x:c>
       <x:c r="D381" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E381" t="str">
-        <x:v/>
+        <x:v>Essex, Braintree</x:v>
       </x:c>
       <x:c r="F381" t="str">
-        <x:v>SO15 2NP</x:v>
+        <x:v>CM7 9DB</x:v>
       </x:c>
       <x:c r="G381" t="str">
-        <x:v>sharedservices.fileopening@footanstey.com</x:v>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H381" t="str">
-        <x:v>02380 172222</x:v>
+        <x:v>01376 552828</x:v>
       </x:c>
     </x:row>
     <x:row r="382">
       <x:c r="A382" t="str">
-        <x:v>Forever Legal Limited</x:v>
+        <x:v>Fisher Jones Greenwood LLP</x:v>
       </x:c>
       <x:c r="B382" t="str">
-        <x:v>Lindley Court</x:v>
+        <x:v>18A Market Hill</x:v>
       </x:c>
       <x:c r="C382" t="str">
-        <x:v>Scott Drive</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D382" t="str">
-        <x:v>Altrincham</x:v>
+        <x:v>Sudbury</x:v>
       </x:c>
       <x:c r="E382" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F382" t="str">
-        <x:v>WA15 8AB</x:v>
+        <x:v>CO10 2EA</x:v>
       </x:c>
       <x:c r="G382" t="str">
-        <x:v>michael.harrison@foreverlegal.co.uk</x:v>
+        <x:v>TThompson@fjg.co.uk</x:v>
       </x:c>
       <x:c r="H382" t="str">
-        <x:v>0344 245 2500</x:v>
+        <x:v>01787 373387</x:v>
       </x:c>
     </x:row>
     <x:row r="383">
       <x:c r="A383" t="str">
-        <x:v>Fosters Solicitors</x:v>
+        <x:v>Fishman Brand Stone Solicitors</x:v>
       </x:c>
       <x:c r="B383" t="str">
-        <x:v>William House</x:v>
+        <x:v>70 Baker Street</x:v>
       </x:c>
       <x:c r="C383" t="str">
-        <x:v>19 Bank Plain</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D383" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E383" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F383" t="str">
-        <x:v>NR2 4FS</x:v>
+        <x:v>W1U 7DJ</x:v>
       </x:c>
       <x:c r="G383" t="str">
-        <x:v/>
+        <x:v>Rgs@fishmanbrandstone.com</x:v>
       </x:c>
       <x:c r="H383" t="str">
-        <x:v/>
+        <x:v>02079354848</x:v>
       </x:c>
     </x:row>
     <x:row r="384">
       <x:c r="A384" t="str">
-        <x:v>Fosters Solicitors LLP</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B384" t="str">
-        <x:v>1 Middleton Street</x:v>
+        <x:v>Blackbrook Park Avenue</x:v>
       </x:c>
       <x:c r="C384" t="str">
         <x:v/>
       </x:c>
       <x:c r="D384" t="str">
-        <x:v>Wymondham</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E384" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F384" t="str">
-        <x:v>NR18 0AB</x:v>
+        <x:v>TA1 2PX</x:v>
       </x:c>
       <x:c r="G384" t="str">
-        <x:v>szavanaiu@fosters-solicitors.co.uk</x:v>
+        <x:v>enquiries@footanstey.com</x:v>
       </x:c>
       <x:c r="H384" t="str">
-        <x:v>01953 607724</x:v>
+        <x:v>01823 625600</x:v>
       </x:c>
     </x:row>
     <x:row r="385">
       <x:c r="A385" t="str">
-        <x:v>Fosters Solicitors LLP</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B385" t="str">
-        <x:v>Scores House, 14 Regent Road</x:v>
+        <x:v>2 Glass Wharf</x:v>
       </x:c>
       <x:c r="C385" t="str">
         <x:v/>
       </x:c>
       <x:c r="D385" t="str">
-        <x:v>Lowestoft</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E385" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F385" t="str">
-        <x:v>NR32 1PB</x:v>
+        <x:v>BS2 0EL</x:v>
       </x:c>
       <x:c r="G385" t="str">
-        <x:v>lowestoft@fosters-solicitors.co.uk</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H385" t="str">
-        <x:v>01502 573307</x:v>
+        <x:v>0345 140 0025</x:v>
       </x:c>
     </x:row>
     <x:row r="386">
       <x:c r="A386" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B386" t="str">
-        <x:v>120 Bridge Street</x:v>
+        <x:v>Salt Quay House, 4 North East Quay</x:v>
       </x:c>
       <x:c r="C386" t="str">
-        <x:v/>
+        <x:v>Sutton Harbour</x:v>
       </x:c>
       <x:c r="D386" t="str">
-        <x:v>Worksop</x:v>
+        <x:v>Plymouth</x:v>
       </x:c>
       <x:c r="E386" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F386" t="str">
-        <x:v>S80 1HU</x:v>
+        <x:v>PL4 0BN</x:v>
       </x:c>
       <x:c r="G386" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H386" t="str">
-        <x:v>01909 473560</x:v>
+        <x:v>01752 675000</x:v>
       </x:c>
     </x:row>
     <x:row r="387">
       <x:c r="A387" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B387" t="str">
-        <x:v>102/112 Burncross Road</x:v>
+        <x:v>Senate Court</x:v>
       </x:c>
       <x:c r="C387" t="str">
-        <x:v>Chapeltown</x:v>
+        <x:v>Southernhay Gardens</x:v>
       </x:c>
       <x:c r="D387" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E387" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F387" t="str">
-        <x:v>S35 1TG</x:v>
+        <x:v>EX1 1NT</x:v>
       </x:c>
       <x:c r="G387" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H387" t="str">
-        <x:v>0114 246 760</x:v>
+        <x:v>01392 411221</x:v>
       </x:c>
     </x:row>
     <x:row r="388">
       <x:c r="A388" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B388" t="str">
-        <x:v>Drakehouse Crescent</x:v>
+        <x:v>High Water House</x:v>
       </x:c>
       <x:c r="C388" t="str">
-        <x:v>Waterthorpe</x:v>
+        <x:v>Malpas Road</x:v>
       </x:c>
       <x:c r="D388" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Truro</x:v>
       </x:c>
       <x:c r="E388" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F388" t="str">
-        <x:v>S20 7HT</x:v>
+        <x:v>TR1 1QH</x:v>
       </x:c>
       <x:c r="G388" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H388" t="str">
-        <x:v>0114 2511702</x:v>
+        <x:v>01872 243300</x:v>
       </x:c>
     </x:row>
     <x:row r="389">
       <x:c r="A389" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B389" t="str">
-        <x:v>18 Grove Street</x:v>
+        <x:v>36 – 38 Cornhill</x:v>
       </x:c>
       <x:c r="C389" t="str">
         <x:v/>
       </x:c>
       <x:c r="D389" t="str">
-        <x:v>Retford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E389" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F389" t="str">
-        <x:v>DN22 6JS</x:v>
+        <x:v>EC3V 3NG</x:v>
       </x:c>
       <x:c r="G389" t="str">
-        <x:v>Donna.Norman@foys.co.uk</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H389" t="str">
-        <x:v>01777 703 100</x:v>
+        <x:v>0207 2630001</x:v>
       </x:c>
     </x:row>
     <x:row r="390">
       <x:c r="A390" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Foot Anstey LLP</x:v>
       </x:c>
       <x:c r="B390" t="str">
-        <x:v>31 Mill Street</x:v>
+        <x:v>White Building, 1-4 Cumberland Place</x:v>
       </x:c>
       <x:c r="C390" t="str">
-        <x:v>Clowne</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D390" t="str">
-        <x:v>Chesterfield</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E390" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F390" t="str">
-        <x:v>S43 4JN</x:v>
+        <x:v>SO15 2NP</x:v>
       </x:c>
       <x:c r="G390" t="str">
-        <x:v>steven.dixon@foys.co.uk</x:v>
+        <x:v>sharedservices.fileopening@footanstey.com</x:v>
       </x:c>
       <x:c r="H390" t="str">
-        <x:v>01246 810 050</x:v>
+        <x:v>02380 172222</x:v>
       </x:c>
     </x:row>
     <x:row r="391">
       <x:c r="A391" t="str">
-        <x:v>Foys Solicitors</x:v>
+        <x:v>Forever Legal Limited</x:v>
       </x:c>
       <x:c r="B391" t="str">
-        <x:v>Kingsgate House</x:v>
+        <x:v>Lindley Court</x:v>
       </x:c>
       <x:c r="C391" t="str">
-        <x:v/>
+        <x:v>Scott Drive</x:v>
       </x:c>
       <x:c r="D391" t="str">
-        <x:v>Doncaster </x:v>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E391" t="str">
-        <x:v>South Yorkshier</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F391" t="str">
-        <x:v>DN1 3JZ</x:v>
+        <x:v>WA15 8AB</x:v>
       </x:c>
       <x:c r="G391" t="str">
-        <x:v/>
+        <x:v>michael.harrison@foreverlegal.co.uk</x:v>
       </x:c>
       <x:c r="H391" t="str">
-        <x:v/>
+        <x:v>0344 245 2500</x:v>
       </x:c>
     </x:row>
     <x:row r="392">
       <x:c r="A392" t="str">
-        <x:v>Fraser Dawbarns</x:v>
+        <x:v>Fosters Solicitors</x:v>
       </x:c>
       <x:c r="B392" t="str">
-        <x:v>1-3 York Row</x:v>
+        <x:v>William House</x:v>
       </x:c>
       <x:c r="C392" t="str">
-        <x:v/>
+        <x:v>19 Bank Plain</x:v>
       </x:c>
       <x:c r="D392" t="str">
-        <x:v>Wisbech</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E392" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F392" t="str">
-        <x:v>PE13 1EA</x:v>
+        <x:v>NR2 4FS</x:v>
       </x:c>
       <x:c r="G392" t="str">
-        <x:v>KirstyHaines@fraserdawbarns.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H392" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="393">
       <x:c r="A393" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>Fosters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B393" t="str">
-        <x:v>Myriad House</x:v>
+        <x:v>1 Middleton Street</x:v>
       </x:c>
       <x:c r="C393" t="str">
-        <x:v>7 Bartholemews Walk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D393" t="str">
-        <x:v>Ely</x:v>
+        <x:v>Wymondham</x:v>
       </x:c>
       <x:c r="E393" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F393" t="str">
-        <x:v>CB7 4EA</x:v>
+        <x:v>NR18 0AB</x:v>
       </x:c>
       <x:c r="G393" t="str">
-        <x:v/>
+        <x:v>szavanaiu@fosters-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H393" t="str">
-        <x:v>01353 383483</x:v>
+        <x:v>01953 607724</x:v>
       </x:c>
     </x:row>
     <x:row r="394">
       <x:c r="A394" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>Fosters Solicitors LLP</x:v>
       </x:c>
       <x:c r="B394" t="str">
-        <x:v>21 Tuesday Market Place</x:v>
+        <x:v>Scores House, 14 Regent Road</x:v>
       </x:c>
       <x:c r="C394" t="str">
-        <x:v>King'S Lynn</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D394" t="str">
-        <x:v/>
+        <x:v>Lowestoft</x:v>
       </x:c>
       <x:c r="E394" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F394" t="str">
-        <x:v>PE30 1JW</x:v>
+        <x:v>NR32 1PB</x:v>
       </x:c>
       <x:c r="G394" t="str">
-        <x:v>DanielBall@fraserdawbarns.com</x:v>
+        <x:v>lowestoft@fosters-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H394" t="str">
-        <x:v>01553 666600</x:v>
+        <x:v>01502 573307</x:v>
       </x:c>
     </x:row>
     <x:row r="395">
       <x:c r="A395" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B395" t="str">
-        <x:v>29 London Road</x:v>
+        <x:v>120 Bridge Street</x:v>
       </x:c>
       <x:c r="C395" t="str">
         <x:v/>
       </x:c>
       <x:c r="D395" t="str">
-        <x:v>Downham Market</x:v>
+        <x:v>Worksop</x:v>
       </x:c>
       <x:c r="E395" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F395" t="str">
-        <x:v>PE38 9AS</x:v>
+        <x:v>S80 1HU</x:v>
       </x:c>
       <x:c r="G395" t="str">
-        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H395" t="str">
-        <x:v>01366 383171</x:v>
+        <x:v>01909 473560</x:v>
       </x:c>
     </x:row>
     <x:row r="396">
       <x:c r="A396" t="str">
-        <x:v>Fraser Dawbarns LLP</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B396" t="str">
-        <x:v>62 High Street</x:v>
+        <x:v>102/112 Burncross Road</x:v>
       </x:c>
       <x:c r="C396" t="str">
-        <x:v/>
+        <x:v>Chapeltown</x:v>
       </x:c>
       <x:c r="D396" t="str">
-        <x:v>March</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E396" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F396" t="str">
-        <x:v>PE15 9LD</x:v>
+        <x:v>S35 1TG</x:v>
       </x:c>
       <x:c r="G396" t="str">
-        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H396" t="str">
-        <x:v>01354 602880</x:v>
+        <x:v>0114 246 760</x:v>
       </x:c>
     </x:row>
     <x:row r="397">
       <x:c r="A397" t="str">
-        <x:v>Frederic Hall Solicitors</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B397" t="str">
-        <x:v>York House</x:v>
+        <x:v>Drakehouse Crescent</x:v>
       </x:c>
       <x:c r="C397" t="str">
-        <x:v>32 Cheriton Gardens</x:v>
+        <x:v>Waterthorpe</x:v>
       </x:c>
       <x:c r="D397" t="str">
-        <x:v>Folkestone</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E397" t="str">
-        <x:v>Kent</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F397" t="str">
-        <x:v>CT20 2UR</x:v>
+        <x:v>S20 7HT</x:v>
       </x:c>
       <x:c r="G397" t="str">
-        <x:v/>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H397" t="str">
-        <x:v/>
+        <x:v>0114 2511702</x:v>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" t="str">
-        <x:v>Frederic Hall Solicitors</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B398" t="str">
-        <x:v>77 Biggin Street</x:v>
+        <x:v>18 Grove Street</x:v>
       </x:c>
       <x:c r="C398" t="str">
         <x:v/>
       </x:c>
       <x:c r="D398" t="str">
-        <x:v>Dover</x:v>
+        <x:v>Retford</x:v>
       </x:c>
       <x:c r="E398" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F398" t="str">
-        <x:v>CT16 1BB</x:v>
+        <x:v>DN22 6JS</x:v>
       </x:c>
       <x:c r="G398" t="str">
-        <x:v>RR@frederic-hall.co.uk</x:v>
+        <x:v>Donna.Norman@foys.co.uk</x:v>
       </x:c>
       <x:c r="H398" t="str">
-        <x:v>01304202411</x:v>
+        <x:v>01777 703 100</x:v>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" t="str">
-        <x:v>Freedman Green Dhokia</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B399" t="str">
-        <x:v>104 Boundary Road</x:v>
+        <x:v>31 Mill Street</x:v>
       </x:c>
       <x:c r="C399" t="str">
-        <x:v/>
+        <x:v>Clowne</x:v>
       </x:c>
       <x:c r="D399" t="str">
-        <x:v>London</x:v>
+        <x:v>Chesterfield</x:v>
       </x:c>
       <x:c r="E399" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F399" t="str">
-        <x:v>NW8 0RH</x:v>
+        <x:v>S43 4JN</x:v>
       </x:c>
       <x:c r="G399" t="str">
-        <x:v>g.green@fgdlaw.co.uk</x:v>
+        <x:v>steven.dixon@foys.co.uk</x:v>
       </x:c>
       <x:c r="H399" t="str">
-        <x:v>02076256003</x:v>
+        <x:v>01246 810 050</x:v>
       </x:c>
     </x:row>
     <x:row r="400">
       <x:c r="A400" t="str">
-        <x:v>Freedman Green Dhokia</x:v>
+        <x:v>Foys Solicitors</x:v>
       </x:c>
       <x:c r="B400" t="str">
-        <x:v>190 Clarence Gate Gardens</x:v>
+        <x:v>Kingsgate House</x:v>
       </x:c>
       <x:c r="C400" t="str">
-        <x:v>Glentworth Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D400" t="str">
-        <x:v>London</x:v>
+        <x:v>Doncaster </x:v>
       </x:c>
       <x:c r="E400" t="str">
-        <x:v/>
+        <x:v>South Yorkshier</x:v>
       </x:c>
       <x:c r="F400" t="str">
-        <x:v>NW1 6AD</x:v>
+        <x:v>DN1 3JZ</x:v>
       </x:c>
       <x:c r="G400" t="str">
-        <x:v>fgdadmin@fgdlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H400" t="str">
-        <x:v>02076256003</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="401">
       <x:c r="A401" t="str">
-        <x:v>Frettens LLP</x:v>
+        <x:v>Fraser Dawbarns</x:v>
       </x:c>
       <x:c r="B401" t="str">
-        <x:v>7 - 8 Church Street</x:v>
+        <x:v>1-3 York Row</x:v>
       </x:c>
       <x:c r="C401" t="str">
         <x:v/>
       </x:c>
       <x:c r="D401" t="str">
-        <x:v>Wimborne</x:v>
+        <x:v>Wisbech</x:v>
       </x:c>
       <x:c r="E401" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F401" t="str">
-        <x:v>BH21 1JH</x:v>
+        <x:v>PE13 1EA</x:v>
       </x:c>
       <x:c r="G401" t="str">
-        <x:v>info@frettens.co.uk</x:v>
+        <x:v>KirstyHaines@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H401" t="str">
-        <x:v>01202 148748</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="402">
       <x:c r="A402" t="str">
-        <x:v>Frettens LLP</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B402" t="str">
-        <x:v>2 Christchurch Road</x:v>
+        <x:v>Myriad House</x:v>
       </x:c>
       <x:c r="C402" t="str">
-        <x:v/>
+        <x:v>7 Bartholemews Walk</x:v>
       </x:c>
       <x:c r="D402" t="str">
-        <x:v>Ringwood</x:v>
+        <x:v>Ely</x:v>
       </x:c>
       <x:c r="E402" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F402" t="str">
-        <x:v>BH24 1DN</x:v>
+        <x:v>CB7 4EA</x:v>
       </x:c>
       <x:c r="G402" t="str">
-        <x:v>ringwood@frettens.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H402" t="str">
-        <x:v>01425 610100</x:v>
+        <x:v>01353 383483</x:v>
       </x:c>
     </x:row>
     <x:row r="403">
       <x:c r="A403" t="str">
-        <x:v>Frettens LLP</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B403" t="str">
-        <x:v>The Saxon Centre</x:v>
+        <x:v>21 Tuesday Market Place</x:v>
       </x:c>
       <x:c r="C403" t="str">
-        <x:v>11 The Saxon Centre</x:v>
+        <x:v>King'S Lynn</x:v>
       </x:c>
       <x:c r="D403" t="str">
-        <x:v>Christchurch</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E403" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F403" t="str">
-        <x:v>BH23 1PZ</x:v>
+        <x:v>PE30 1JW</x:v>
       </x:c>
       <x:c r="G403" t="str">
-        <x:v/>
+        <x:v>DanielBall@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H403" t="str">
-        <x:v/>
+        <x:v>01553 666600</x:v>
       </x:c>
     </x:row>
     <x:row r="404">
       <x:c r="A404" t="str">
-        <x:v>Furley Page LLP</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B404" t="str">
-        <x:v>9 Boorman Way</x:v>
+        <x:v>29 London Road</x:v>
       </x:c>
       <x:c r="C404" t="str">
-        <x:v>Estuary View Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D404" t="str">
-        <x:v>Whitstable</x:v>
+        <x:v>Downham Market</x:v>
       </x:c>
       <x:c r="E404" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F404" t="str">
-        <x:v>CT5 3SE</x:v>
+        <x:v>PE38 9AS</x:v>
       </x:c>
       <x:c r="G404" t="str">
-        <x:v>info@furleypage.co.uk</x:v>
+        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H404" t="str">
-        <x:v>01227 274241</x:v>
+        <x:v>01366 383171</x:v>
       </x:c>
     </x:row>
     <x:row r="405">
       <x:c r="A405" t="str">
-        <x:v>Furley Page LLP</x:v>
+        <x:v>Fraser Dawbarns LLP</x:v>
       </x:c>
       <x:c r="B405" t="str">
-        <x:v>39 St. Margarets Street</x:v>
+        <x:v>62 High Street</x:v>
       </x:c>
       <x:c r="C405" t="str">
         <x:v/>
       </x:c>
       <x:c r="D405" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>March</x:v>
       </x:c>
       <x:c r="E405" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F405" t="str">
-        <x:v>CT1 2TX</x:v>
+        <x:v>PE15 9LD</x:v>
       </x:c>
       <x:c r="G405" t="str">
-        <x:v/>
+        <x:v>kelly-annemcguinness@fraserdawbarns.com</x:v>
       </x:c>
       <x:c r="H405" t="str">
-        <x:v/>
+        <x:v>01354 602880</x:v>
       </x:c>
     </x:row>
     <x:row r="406">
       <x:c r="A406" t="str">
-        <x:v>Gardner Champion Solicitors Ltd</x:v>
+        <x:v>Frederic Hall Solicitors</x:v>
       </x:c>
       <x:c r="B406" t="str">
-        <x:v>Brook House</x:v>
+        <x:v>York House</x:v>
       </x:c>
       <x:c r="C406" t="str">
-        <x:v>Brook Square</x:v>
+        <x:v>32 Cheriton Gardens</x:v>
       </x:c>
       <x:c r="D406" t="str">
-        <x:v>Rugeley</x:v>
+        <x:v>Folkestone</x:v>
       </x:c>
       <x:c r="E406" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F406" t="str">
-        <x:v>WS15 2DT</x:v>
+        <x:v>CT20 2UR</x:v>
       </x:c>
       <x:c r="G406" t="str">
-        <x:v>ja@gardnerchampion.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H406" t="str">
-        <x:v>01889582116</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="407">
       <x:c r="A407" t="str">
-        <x:v>Gateley PLC</x:v>
+        <x:v>Frederic Hall Solicitors</x:v>
       </x:c>
       <x:c r="B407" t="str">
-        <x:v>1 Paternoster Square</x:v>
+        <x:v>77 Biggin Street</x:v>
       </x:c>
       <x:c r="C407" t="str">
         <x:v/>
       </x:c>
       <x:c r="D407" t="str">
-        <x:v>London</x:v>
+        <x:v>Dover</x:v>
       </x:c>
       <x:c r="E407" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F407" t="str">
-        <x:v>EC4M 7DX</x:v>
+        <x:v>CT16 1BB</x:v>
       </x:c>
       <x:c r="G407" t="str">
-        <x:v>alison.reid@gateleylegal.com</x:v>
+        <x:v>RR@frederic-hall.co.uk</x:v>
       </x:c>
       <x:c r="H407" t="str">
-        <x:v>020 7653 1600</x:v>
+        <x:v>01304202411</x:v>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" t="str">
-        <x:v>Gateley PLC</x:v>
+        <x:v>Freedman Green Dhokia</x:v>
       </x:c>
       <x:c r="B408" t="str">
-        <x:v>Minerva, 29 East Parade</x:v>
+        <x:v>104 Boundary Road</x:v>
       </x:c>
       <x:c r="C408" t="str">
         <x:v/>
       </x:c>
       <x:c r="D408" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E408" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F408" t="str">
-        <x:v>LS1 5PS</x:v>
+        <x:v>NW8 0RH</x:v>
       </x:c>
       <x:c r="G408" t="str">
-        <x:v>alison.reid@gateleylegal.com</x:v>
+        <x:v>g.green@fgdlaw.co.uk</x:v>
       </x:c>
       <x:c r="H408" t="str">
-        <x:v>0113 218 2470</x:v>
+        <x:v>02076256003</x:v>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" t="str">
-        <x:v>Gateley Plc</x:v>
+        <x:v>Freedman Green Dhokia</x:v>
       </x:c>
       <x:c r="B409" t="str">
-        <x:v>Ship Canal House</x:v>
+        <x:v>190 Clarence Gate Gardens</x:v>
       </x:c>
       <x:c r="C409" t="str">
-        <x:v>98 King Street</x:v>
+        <x:v>Glentworth Street</x:v>
       </x:c>
       <x:c r="D409" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E409" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F409" t="str">
-        <x:v>M2 4WU</x:v>
+        <x:v>NW1 6AD</x:v>
       </x:c>
       <x:c r="G409" t="str">
-        <x:v/>
+        <x:v>fgdadmin@fgdlaw.co.uk</x:v>
       </x:c>
       <x:c r="H409" t="str">
-        <x:v/>
+        <x:v>02076256003</x:v>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" t="str">
-        <x:v>Gateley Plc</x:v>
+        <x:v>Frettens LLP</x:v>
       </x:c>
       <x:c r="B410" t="str">
-        <x:v>111 Edmund Street</x:v>
+        <x:v>7 - 8 Church Street</x:v>
       </x:c>
       <x:c r="C410" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D410" t="str">
-        <x:v/>
+        <x:v>Wimborne</x:v>
       </x:c>
       <x:c r="E410" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F410" t="str">
-        <x:v>B3 2HJ</x:v>
+        <x:v>BH21 1JH</x:v>
       </x:c>
       <x:c r="G410" t="str">
-        <x:v>01212340000</x:v>
+        <x:v>info@frettens.co.uk</x:v>
       </x:c>
       <x:c r="H410" t="str">
-        <x:v>**</x:v>
+        <x:v>01202 148748</x:v>
       </x:c>
     </x:row>
     <x:row r="411">
       <x:c r="A411" t="str">
-        <x:v>Gateley PLC</x:v>
+        <x:v>Frettens LLP</x:v>
       </x:c>
       <x:c r="B411" t="str">
-        <x:v>Park View House</x:v>
+        <x:v>2 Christchurch Road</x:v>
       </x:c>
       <x:c r="C411" t="str">
-        <x:v>58 The Ropewalk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D411" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Ringwood</x:v>
       </x:c>
       <x:c r="E411" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F411" t="str">
-        <x:v>NG1 5DW</x:v>
+        <x:v>BH24 1DN</x:v>
       </x:c>
       <x:c r="G411" t="str">
-        <x:v/>
+        <x:v>ringwood@frettens.co.uk</x:v>
       </x:c>
       <x:c r="H411" t="str">
-        <x:v>0115 983 8200</x:v>
+        <x:v>01425 610100</x:v>
       </x:c>
     </x:row>
     <x:row r="412">
       <x:c r="A412" t="str">
-        <x:v>Gateley Plc</x:v>
+        <x:v>Frettens LLP</x:v>
       </x:c>
       <x:c r="B412" t="str">
-        <x:v>3000 Cathedral Square</x:v>
+        <x:v>The Saxon Centre</x:v>
       </x:c>
       <x:c r="C412" t="str">
-        <x:v>Cathedral Hill</x:v>
+        <x:v>11 The Saxon Centre</x:v>
       </x:c>
       <x:c r="D412" t="str">
-        <x:v/>
+        <x:v>Christchurch</x:v>
       </x:c>
       <x:c r="E412" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F412" t="str">
-        <x:v>GU2 7YL</x:v>
+        <x:v>BH23 1PZ</x:v>
       </x:c>
       <x:c r="G412" t="str">
-        <x:v>**</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H412" t="str">
-        <x:v>01483 577091</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="413">
       <x:c r="A413" t="str">
-        <x:v>Gentle Mathias LLP</x:v>
+        <x:v>Furley Page LLP</x:v>
       </x:c>
       <x:c r="B413" t="str">
-        <x:v>59 Charlotte Street</x:v>
+        <x:v>9 Boorman Way</x:v>
       </x:c>
       <x:c r="C413" t="str">
-        <x:v/>
+        <x:v>Estuary View Business Park</x:v>
       </x:c>
       <x:c r="D413" t="str">
-        <x:v>London</x:v>
+        <x:v>Whitstable</x:v>
       </x:c>
       <x:c r="E413" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F413" t="str">
-        <x:v>W1T 4PE</x:v>
+        <x:v>CT5 3SE</x:v>
       </x:c>
       <x:c r="G413" t="str">
-        <x:v>tarkan.hassan@gentlemathias.com</x:v>
+        <x:v>info@furleypage.co.uk</x:v>
       </x:c>
       <x:c r="H413" t="str">
-        <x:v>020 7631 1811</x:v>
+        <x:v>01227 274241</x:v>
       </x:c>
     </x:row>
     <x:row r="414">
       <x:c r="A414" t="str">
-        <x:v>George Davies &amp; Evans Ltd</x:v>
+        <x:v>Furley Page LLP</x:v>
       </x:c>
       <x:c r="B414" t="str">
-        <x:v>Castle Chambers</x:v>
+        <x:v>39 St. Margarets Street</x:v>
       </x:c>
       <x:c r="C414" t="str">
-        <x:v>Grosvenor Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D414" t="str">
-        <x:v>Cardigan</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E414" t="str">
-        <x:v>Ceredigion</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F414" t="str">
-        <x:v>SA43 1HX</x:v>
+        <x:v>CT1 2TX</x:v>
       </x:c>
       <x:c r="G414" t="str">
-        <x:v>pam@georgedaviesandevans.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H414" t="str">
-        <x:v>01239 612308</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="415">
       <x:c r="A415" t="str">
-        <x:v>George Davies &amp; Evans Ltd</x:v>
+        <x:v>Gardner Champion Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B415" t="str">
-        <x:v>Sycamore Street</x:v>
+        <x:v>Brook House</x:v>
       </x:c>
       <x:c r="C415" t="str">
-        <x:v>Newcastle Emlyn</x:v>
+        <x:v>Brook Square</x:v>
       </x:c>
       <x:c r="D415" t="str">
-        <x:v/>
+        <x:v>Rugeley</x:v>
       </x:c>
       <x:c r="E415" t="str">
-        <x:v>Carmarthenshire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F415" t="str">
-        <x:v>SA38 9AJ</x:v>
+        <x:v>WS15 2DT</x:v>
       </x:c>
       <x:c r="G415" t="str">
-        <x:v>helen@wegsons.co.uk</x:v>
+        <x:v>ja@gardnerchampion.co.uk</x:v>
       </x:c>
       <x:c r="H415" t="str">
-        <x:v>01239 710228</x:v>
+        <x:v>01889582116</x:v>
       </x:c>
     </x:row>
     <x:row r="416">
       <x:c r="A416" t="str">
-        <x:v>George Green LLP</x:v>
+        <x:v>Gateley PLC</x:v>
       </x:c>
       <x:c r="B416" t="str">
-        <x:v>195 High Street,</x:v>
+        <x:v>1 Paternoster Square</x:v>
       </x:c>
       <x:c r="C416" t="str">
         <x:v/>
       </x:c>
       <x:c r="D416" t="str">
-        <x:v>Cradley Heath,</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E416" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F416" t="str">
-        <x:v>B64 5HW</x:v>
+        <x:v>EC4M 7DX</x:v>
       </x:c>
       <x:c r="G416" t="str">
-        <x:v>info@georgegreen.co.uk</x:v>
+        <x:v>alison.reid@gateleylegal.com</x:v>
       </x:c>
       <x:c r="H416" t="str">
-        <x:v>01384 410410</x:v>
+        <x:v>020 7653 1600</x:v>
       </x:c>
     </x:row>
     <x:row r="417">
       <x:c r="A417" t="str">
-        <x:v>George Green LLP</x:v>
+        <x:v>Gateley PLC</x:v>
       </x:c>
       <x:c r="B417" t="str">
-        <x:v>Second Floor, 4 Emmanuel Court</x:v>
+        <x:v>Minerva, 29 East Parade</x:v>
       </x:c>
       <x:c r="C417" t="str">
-        <x:v>Reddicroft</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D417" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E417" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F417" t="str">
-        <x:v>B73 6AZ</x:v>
+        <x:v>LS1 5PS</x:v>
       </x:c>
       <x:c r="G417" t="str">
-        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
+        <x:v>alison.reid@gateleylegal.com</x:v>
       </x:c>
       <x:c r="H417" t="str">
-        <x:v>0121 269 5850</x:v>
+        <x:v>0113 218 2470</x:v>
       </x:c>
     </x:row>
     <x:row r="418">
       <x:c r="A418" t="str">
-        <x:v>George Green LLP</x:v>
+        <x:v>Gateley Plc</x:v>
       </x:c>
       <x:c r="B418" t="str">
-        <x:v>19 Waterloo Road</x:v>
+        <x:v>Ship Canal House</x:v>
       </x:c>
       <x:c r="C418" t="str">
-        <x:v/>
+        <x:v>98 King Street</x:v>
       </x:c>
       <x:c r="D418" t="str">
-        <x:v>Wolverhampton</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E418" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F418" t="str">
-        <x:v>WV1 4DY</x:v>
+        <x:v>M2 4WU</x:v>
       </x:c>
       <x:c r="G418" t="str">
-        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H418" t="str">
-        <x:v>01902 424927</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="419">
       <x:c r="A419" t="str">
-        <x:v>Gepp &amp; Sons Solicitors LLP</x:v>
+        <x:v>Gateley Plc</x:v>
       </x:c>
       <x:c r="B419" t="str">
-        <x:v>5 Springfield Lyons Approach</x:v>
+        <x:v>111 Edmund Street</x:v>
       </x:c>
       <x:c r="C419" t="str">
-        <x:v/>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="D419" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E419" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F419" t="str">
-        <x:v>CM2 5LB</x:v>
+        <x:v>B3 2HJ</x:v>
       </x:c>
       <x:c r="G419" t="str">
-        <x:v>mollisonk@gepp.co.uk</x:v>
+        <x:v>01212340000</x:v>
       </x:c>
       <x:c r="H419" t="str">
-        <x:v>01245493939</x:v>
+        <x:v>**</x:v>
       </x:c>
     </x:row>
     <x:row r="420">
       <x:c r="A420" t="str">
-        <x:v>Gilson Gray (England) Limited</x:v>
+        <x:v>Gateley PLC</x:v>
       </x:c>
       <x:c r="B420" t="str">
-        <x:v>Olympic House, 995 Doddington Road</x:v>
+        <x:v>Park View House</x:v>
       </x:c>
       <x:c r="C420" t="str">
-        <x:v/>
+        <x:v>58 The Ropewalk</x:v>
       </x:c>
       <x:c r="D420" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="E420" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F420" t="str">
-        <x:v>LN6 3SE</x:v>
+        <x:v>NG1 5DW</x:v>
       </x:c>
       <x:c r="G420" t="str">
-        <x:v>vanessa.yoward@gilsongray.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H420" t="str">
-        <x:v>01522 503500</x:v>
+        <x:v>0115 983 8200</x:v>
       </x:c>
     </x:row>
     <x:row r="421">
       <x:c r="A421" t="str">
-        <x:v>Gilson Gray (England) Limited</x:v>
+        <x:v>Gateley Plc</x:v>
       </x:c>
       <x:c r="B421" t="str">
-        <x:v>6-7 Queen Street</x:v>
+        <x:v>3000 Cathedral Square</x:v>
       </x:c>
       <x:c r="C421" t="str">
-        <x:v/>
+        <x:v>Cathedral Hill</x:v>
       </x:c>
       <x:c r="D421" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E421" t="str">
         <x:v/>
       </x:c>
       <x:c r="F421" t="str">
-        <x:v>EC4N 1SP</x:v>
+        <x:v>GU2 7YL</x:v>
       </x:c>
       <x:c r="G421" t="str">
-        <x:v>infolondon@gilsongray.com</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H421" t="str">
-        <x:v>020 3096 7500</x:v>
+        <x:v>01483 577091</x:v>
       </x:c>
     </x:row>
     <x:row r="422">
       <x:c r="A422" t="str">
-        <x:v>Glaisyers Solicitors LLP</x:v>
+        <x:v>Gentle Mathias LLP</x:v>
       </x:c>
       <x:c r="B422" t="str">
-        <x:v>8th Floor, Horton House</x:v>
+        <x:v>59 Charlotte Street</x:v>
       </x:c>
       <x:c r="C422" t="str">
-        <x:v>Exchange Flags</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D422" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E422" t="str">
         <x:v/>
       </x:c>
       <x:c r="F422" t="str">
-        <x:v>L2 3YL</x:v>
+        <x:v>W1T 4PE</x:v>
       </x:c>
       <x:c r="G422" t="str">
-        <x:v>paul.barrow@glaisyers.com</x:v>
+        <x:v>tarkan.hassan@gentlemathias.com</x:v>
       </x:c>
       <x:c r="H422" t="str">
-        <x:v>0151 231 6620</x:v>
+        <x:v>020 7631 1811</x:v>
       </x:c>
     </x:row>
     <x:row r="423">
       <x:c r="A423" t="str">
-        <x:v>Glaisyers Solicitors LLP</x:v>
+        <x:v>George Davies &amp; Evans Ltd</x:v>
       </x:c>
       <x:c r="B423" t="str">
-        <x:v>6Th Floor</x:v>
+        <x:v>Castle Chambers</x:v>
       </x:c>
       <x:c r="C423" t="str">
-        <x:v>3 Hardman Street</x:v>
+        <x:v>Grosvenor Hill</x:v>
       </x:c>
       <x:c r="D423" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Cardigan</x:v>
       </x:c>
       <x:c r="E423" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Ceredigion</x:v>
       </x:c>
       <x:c r="F423" t="str">
-        <x:v>M3 3HF</x:v>
+        <x:v>SA43 1HX</x:v>
       </x:c>
       <x:c r="G423" t="str">
-        <x:v/>
+        <x:v>pam@georgedaviesandevans.co.uk</x:v>
       </x:c>
       <x:c r="H423" t="str">
-        <x:v/>
+        <x:v>01239 612308</x:v>
       </x:c>
     </x:row>
     <x:row r="424">
       <x:c r="A424" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>George Davies &amp; Evans Ltd</x:v>
       </x:c>
       <x:c r="B424" t="str">
-        <x:v>The Old Court House</x:v>
+        <x:v>Sycamore Street</x:v>
       </x:c>
       <x:c r="C424" t="str">
-        <x:v>Hagley Road</x:v>
+        <x:v>Newcastle Emlyn</x:v>
       </x:c>
       <x:c r="D424" t="str">
-        <x:v>Stourbridge</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E424" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Carmarthenshire</x:v>
       </x:c>
       <x:c r="F424" t="str">
-        <x:v>DY8 1QL</x:v>
+        <x:v>SA38 9AJ</x:v>
       </x:c>
       <x:c r="G424" t="str">
-        <x:v>Rachel.freedman@gloverpriest.com</x:v>
+        <x:v>helen@wegsons.co.uk</x:v>
       </x:c>
       <x:c r="H424" t="str">
-        <x:v>01384 375 649</x:v>
+        <x:v>01239 710228</x:v>
       </x:c>
     </x:row>
     <x:row r="425">
       <x:c r="A425" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>George Green LLP</x:v>
       </x:c>
       <x:c r="B425" t="str">
-        <x:v>32A Sheep Street</x:v>
+        <x:v>Second Floor, 4 Emmanuel Court</x:v>
       </x:c>
       <x:c r="C425" t="str">
-        <x:v/>
+        <x:v>Reddicroft</x:v>
       </x:c>
       <x:c r="D425" t="str">
-        <x:v>Wellingborough</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E425" t="str">
         <x:v/>
       </x:c>
       <x:c r="F425" t="str">
-        <x:v>NN8 1BS</x:v>
+        <x:v>B73 6AZ</x:v>
       </x:c>
       <x:c r="G425" t="str">
-        <x:v/>
+        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
       </x:c>
       <x:c r="H425" t="str">
-        <x:v/>
+        <x:v>0121 269 5850</x:v>
       </x:c>
     </x:row>
     <x:row r="426">
       <x:c r="A426" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>George Green LLP</x:v>
       </x:c>
       <x:c r="B426" t="str">
-        <x:v>817 Hagley Road West</x:v>
+        <x:v>19 Waterloo Road</x:v>
       </x:c>
       <x:c r="C426" t="str">
-        <x:v>Quinton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D426" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E426" t="str">
         <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F426" t="str">
-        <x:v>B32 1AD</x:v>
+        <x:v>WV1 4DY</x:v>
       </x:c>
       <x:c r="G426" t="str">
-        <x:v/>
+        <x:v>residentialconveyancing@georgegreen.co.uk</x:v>
       </x:c>
       <x:c r="H426" t="str">
-        <x:v>0121 421 4888</x:v>
+        <x:v>01902 424927</x:v>
       </x:c>
     </x:row>
     <x:row r="427">
       <x:c r="A427" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>George Green LLP</x:v>
       </x:c>
       <x:c r="B427" t="str">
-        <x:v>56 Springfield Road</x:v>
+        <x:v>195 High Street,</x:v>
       </x:c>
       <x:c r="C427" t="str">
-        <x:v>Kings Heath</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D427" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Cradley Heath,</x:v>
       </x:c>
       <x:c r="E427" t="str">
         <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F427" t="str">
-        <x:v>B14 7DY</x:v>
+        <x:v>B64 5HW</x:v>
       </x:c>
       <x:c r="G427" t="str">
-        <x:v>Emma.pulford@gloverpriest.com</x:v>
+        <x:v>info@georgegreen.co.uk</x:v>
       </x:c>
       <x:c r="H427" t="str">
-        <x:v>0121 444 0030</x:v>
+        <x:v>01384 410410</x:v>
       </x:c>
     </x:row>
     <x:row r="428">
       <x:c r="A428" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Gepp &amp; Sons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B428" t="str">
-        <x:v>43 Albert Road</x:v>
+        <x:v>5 Springfield Lyons Approach</x:v>
       </x:c>
       <x:c r="C428" t="str">
         <x:v/>
       </x:c>
       <x:c r="D428" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E428" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F428" t="str">
-        <x:v>B79 7JS</x:v>
+        <x:v>CM2 5LB</x:v>
       </x:c>
       <x:c r="G428" t="str">
-        <x:v>info@argylessolicitors.co.uk</x:v>
+        <x:v>mollisonk@gepp.co.uk</x:v>
       </x:c>
       <x:c r="H428" t="str">
-        <x:v>01827 338220</x:v>
+        <x:v>01245493939</x:v>
       </x:c>
     </x:row>
     <x:row r="429">
       <x:c r="A429" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Gilson Gray (England) Limited</x:v>
       </x:c>
       <x:c r="B429" t="str">
-        <x:v>306a Queslett Road</x:v>
+        <x:v>Olympic House, 995 Doddington Road</x:v>
       </x:c>
       <x:c r="C429" t="str">
         <x:v/>
       </x:c>
       <x:c r="D429" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E429" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F429" t="str">
-        <x:v>B43 7EX</x:v>
+        <x:v>LN6 3SE</x:v>
       </x:c>
       <x:c r="G429" t="str">
-        <x:v>info@gloverpriest.com</x:v>
+        <x:v>vanessa.yoward@gilsongray.com</x:v>
       </x:c>
       <x:c r="H429" t="str">
-        <x:v>0121 7945030</x:v>
+        <x:v>01522 503500</x:v>
       </x:c>
     </x:row>
     <x:row r="430">
       <x:c r="A430" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Gilson Gray (England) Limited</x:v>
       </x:c>
       <x:c r="B430" t="str">
-        <x:v>Brook House, 24 Dam Street</x:v>
+        <x:v>6-7 Queen Street</x:v>
       </x:c>
       <x:c r="C430" t="str">
         <x:v/>
       </x:c>
       <x:c r="D430" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E430" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F430" t="str">
-        <x:v>WS13 6AA</x:v>
+        <x:v>EC4N 1SP</x:v>
       </x:c>
       <x:c r="G430" t="str">
-        <x:v>info@gloverpriest.com</x:v>
+        <x:v>infolondon@gilsongray.com</x:v>
       </x:c>
       <x:c r="H430" t="str">
-        <x:v>01543 253000</x:v>
+        <x:v>020 3096 7500</x:v>
       </x:c>
     </x:row>
     <x:row r="431">
       <x:c r="A431" t="str">
-        <x:v>Glover Priest Solicitors Limited</x:v>
+        <x:v>Glaisyers Solicitors LLP</x:v>
       </x:c>
       <x:c r="B431" t="str">
-        <x:v>19 The Point</x:v>
+        <x:v>8th Floor, Horton House</x:v>
       </x:c>
       <x:c r="C431" t="str">
-        <x:v/>
+        <x:v>Exchange Flags</x:v>
       </x:c>
       <x:c r="D431" t="str">
-        <x:v>Market Harborough</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E431" t="str">
         <x:v/>
       </x:c>
       <x:c r="F431" t="str">
-        <x:v>LE16 7QU</x:v>
+        <x:v>L2 3YL</x:v>
       </x:c>
       <x:c r="G431" t="str">
-        <x:v>info@gloverpriest.com</x:v>
+        <x:v>paul.barrow@glaisyers.com</x:v>
       </x:c>
       <x:c r="H431" t="str">
-        <x:v>01858 450900</x:v>
+        <x:v>0151 231 6620</x:v>
       </x:c>
     </x:row>
     <x:row r="432">
       <x:c r="A432" t="str">
-        <x:v>GoodLaw Solicitors LLP</x:v>
+        <x:v>Glaisyers Solicitors LLP</x:v>
       </x:c>
       <x:c r="B432" t="str">
-        <x:v>Eastgate House, Dogflud Way</x:v>
+        <x:v>6Th Floor</x:v>
       </x:c>
       <x:c r="C432" t="str">
-        <x:v/>
+        <x:v>3 Hardman Street</x:v>
       </x:c>
       <x:c r="D432" t="str">
-        <x:v>Farnham</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E432" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F432" t="str">
-        <x:v>GU9 7UD</x:v>
+        <x:v>M3 3HF</x:v>
       </x:c>
       <x:c r="G432" t="str">
-        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H432" t="str">
-        <x:v>01252 471211</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="433">
       <x:c r="A433" t="str">
-        <x:v>GoodLaw Solicitors LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B433" t="str">
-        <x:v>4 Isetta Square, 35 New England Street</x:v>
+        <x:v>The Old Court House</x:v>
       </x:c>
       <x:c r="C433" t="str">
-        <x:v/>
+        <x:v>Hagley Road</x:v>
       </x:c>
       <x:c r="D433" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Stourbridge</x:v>
       </x:c>
       <x:c r="E433" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F433" t="str">
-        <x:v>BN1 4GQ</x:v>
+        <x:v>DY8 1QL</x:v>
       </x:c>
       <x:c r="G433" t="str">
-        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
+        <x:v>Rachel.freedman@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H433" t="str">
-        <x:v>01273 956270</x:v>
+        <x:v>01384 375 649</x:v>
       </x:c>
     </x:row>
     <x:row r="434">
       <x:c r="A434" t="str">
-        <x:v>GoodLaw Solicitors LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B434" t="str">
-        <x:v>37-39 Keymer Road</x:v>
+        <x:v>32A Sheep Street</x:v>
       </x:c>
       <x:c r="C434" t="str">
         <x:v/>
       </x:c>
       <x:c r="D434" t="str">
-        <x:v>Hassocks</x:v>
+        <x:v>Wellingborough</x:v>
       </x:c>
       <x:c r="E434" t="str">
         <x:v/>
       </x:c>
       <x:c r="F434" t="str">
-        <x:v>BN6 8AG</x:v>
+        <x:v>NN8 1BS</x:v>
       </x:c>
       <x:c r="G434" t="str">
-        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H434" t="str">
-        <x:v>01273 836007</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="435">
       <x:c r="A435" t="str">
-        <x:v>GoodLaw Solicitors LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B435" t="str">
-        <x:v>Pinnacle, Station Way</x:v>
+        <x:v>817 Hagley Road West</x:v>
       </x:c>
       <x:c r="C435" t="str">
-        <x:v/>
+        <x:v>Quinton</x:v>
       </x:c>
       <x:c r="D435" t="str">
-        <x:v>Crawley</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E435" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F435" t="str">
-        <x:v>RH10 1JH</x:v>
+        <x:v>B32 1AD</x:v>
       </x:c>
       <x:c r="G435" t="str">
-        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H435" t="str">
-        <x:v>01293 699 256</x:v>
+        <x:v>0121 421 4888</x:v>
       </x:c>
     </x:row>
     <x:row r="436">
       <x:c r="A436" t="str">
-        <x:v>Goodlaw Solicitors LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B436" t="str">
-        <x:v>6 The Drive</x:v>
+        <x:v>56 Springfield Road</x:v>
       </x:c>
       <x:c r="C436" t="str">
-        <x:v/>
+        <x:v>Kings Heath</x:v>
       </x:c>
       <x:c r="D436" t="str">
-        <x:v>Hove </x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E436" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F436" t="str">
-        <x:v>BN3 3JA </x:v>
+        <x:v>B14 7DY</x:v>
       </x:c>
       <x:c r="G436" t="str">
-        <x:v>jina@goodlawsolicitors.co.uk</x:v>
+        <x:v>Emma.pulford@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H436" t="str">
-        <x:v>01273 956 272 </x:v>
+        <x:v>0121 444 0030</x:v>
       </x:c>
     </x:row>
     <x:row r="437">
       <x:c r="A437" t="str">
-        <x:v>Gordons LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B437" t="str">
-        <x:v>Riverside West</x:v>
+        <x:v>43 Albert Road</x:v>
       </x:c>
       <x:c r="C437" t="str">
-        <x:v>Whitehall Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D437" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E437" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F437" t="str">
-        <x:v>LS1 4AW</x:v>
+        <x:v>B79 7JS</x:v>
       </x:c>
       <x:c r="G437" t="str">
-        <x:v/>
+        <x:v>info@argylessolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H437" t="str">
-        <x:v/>
+        <x:v>01827 338220</x:v>
       </x:c>
     </x:row>
     <x:row r="438">
       <x:c r="A438" t="str">
-        <x:v>Gordons LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B438" t="str">
-        <x:v>1 New Augustus Street</x:v>
+        <x:v>306a Queslett Road</x:v>
       </x:c>
       <x:c r="C438" t="str">
         <x:v/>
       </x:c>
       <x:c r="D438" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E438" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F438" t="str">
-        <x:v>BD1 5LL</x:v>
+        <x:v>B43 7EX</x:v>
       </x:c>
       <x:c r="G438" t="str">
-        <x:v>mail@gordonsllp.com </x:v>
+        <x:v>info@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H438" t="str">
-        <x:v>0300 077 0300</x:v>
+        <x:v>0121 7945030</x:v>
       </x:c>
     </x:row>
     <x:row r="439">
       <x:c r="A439" t="str">
-        <x:v>Gorvins Residential LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B439" t="str">
-        <x:v>Dale House</x:v>
+        <x:v>Brook House, 24 Dam Street</x:v>
       </x:c>
       <x:c r="C439" t="str">
-        <x:v>Tiviot Dale</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D439" t="str">
-        <x:v/>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E439" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F439" t="str">
-        <x:v>SK1 1TA</x:v>
+        <x:v>WS13 6AA</x:v>
       </x:c>
       <x:c r="G439" t="str">
-        <x:v>Tiffany.Wilcox@gorvinsresi.com</x:v>
+        <x:v>info@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H439" t="str">
-        <x:v>01619305212</x:v>
+        <x:v>01543 253000</x:v>
       </x:c>
     </x:row>
     <x:row r="440">
       <x:c r="A440" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Glover Priest Solicitors Limited</x:v>
       </x:c>
       <x:c r="B440" t="str">
-        <x:v>Mill House</x:v>
+        <x:v>19 The Point</x:v>
       </x:c>
       <x:c r="C440" t="str">
-        <x:v>1 New Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D440" t="str">
-        <x:v>Chippenham</x:v>
+        <x:v>Market Harborough</x:v>
       </x:c>
       <x:c r="E440" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F440" t="str">
-        <x:v>SN15 1EJ</x:v>
+        <x:v>LE16 7QU</x:v>
       </x:c>
       <x:c r="G440" t="str">
-        <x:v/>
+        <x:v>info@gloverpriest.com</x:v>
       </x:c>
       <x:c r="H440" t="str">
-        <x:v>01249 444499</x:v>
+        <x:v>01858 450900</x:v>
       </x:c>
     </x:row>
     <x:row r="441">
       <x:c r="A441" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B441" t="str">
-        <x:v>5 Bath Road</x:v>
+        <x:v>Eastgate House, Dogflud Way</x:v>
       </x:c>
       <x:c r="C441" t="str">
         <x:v/>
       </x:c>
       <x:c r="D441" t="str">
-        <x:v>Melksham</x:v>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E441" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F441" t="str">
-        <x:v>SN12 6LN</x:v>
+        <x:v>GU9 7UD</x:v>
       </x:c>
       <x:c r="G441" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H441" t="str">
-        <x:v>01225 703036</x:v>
+        <x:v>01252 471211</x:v>
       </x:c>
     </x:row>
     <x:row r="442">
       <x:c r="A442" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B442" t="str">
-        <x:v>The Strand</x:v>
+        <x:v>4 Isetta Square, 35 New England Street</x:v>
       </x:c>
       <x:c r="C442" t="str">
         <x:v/>
       </x:c>
       <x:c r="D442" t="str">
-        <x:v>Calne</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E442" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F442" t="str">
-        <x:v>SN11 0JU</x:v>
+        <x:v>BN1 4GQ</x:v>
       </x:c>
       <x:c r="G442" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H442" t="str">
-        <x:v>01249 812086</x:v>
+        <x:v>01273 956270</x:v>
       </x:c>
     </x:row>
     <x:row r="443">
       <x:c r="A443" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B443" t="str">
-        <x:v>23 Pickwick Road</x:v>
+        <x:v>37-39 Keymer Road</x:v>
       </x:c>
       <x:c r="C443" t="str">
         <x:v/>
       </x:c>
       <x:c r="D443" t="str">
-        <x:v>Corsham</x:v>
+        <x:v>Hassocks</x:v>
       </x:c>
       <x:c r="E443" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F443" t="str">
-        <x:v>SN13 9BH</x:v>
+        <x:v>BN6 8AG</x:v>
       </x:c>
       <x:c r="G443" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H443" t="str">
-        <x:v>01249 712193</x:v>
+        <x:v>01273 836007</x:v>
       </x:c>
     </x:row>
     <x:row r="444">
       <x:c r="A444" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>GoodLaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B444" t="str">
-        <x:v>Ramsbury House</x:v>
+        <x:v>Pinnacle, Station Way</x:v>
       </x:c>
       <x:c r="C444" t="str">
-        <x:v>30 Market Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D444" t="str">
-        <x:v>Devizes</x:v>
+        <x:v>Crawley</x:v>
       </x:c>
       <x:c r="E444" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F444" t="str">
-        <x:v>SN10 1JG</x:v>
+        <x:v>RH10 1JH</x:v>
       </x:c>
       <x:c r="G444" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>lenders@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H444" t="str">
-        <x:v>01380726913</x:v>
+        <x:v>01293 699 256</x:v>
       </x:c>
     </x:row>
     <x:row r="445">
       <x:c r="A445" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Goodlaw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B445" t="str">
-        <x:v>2 Fore Street</x:v>
+        <x:v>6 The Drive</x:v>
       </x:c>
       <x:c r="C445" t="str">
         <x:v/>
       </x:c>
       <x:c r="D445" t="str">
-        <x:v>Trowbridge</x:v>
+        <x:v>Hove </x:v>
       </x:c>
       <x:c r="E445" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F445" t="str">
-        <x:v>BA14 8HX</x:v>
+        <x:v>BN3 3JA </x:v>
       </x:c>
       <x:c r="G445" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v>jina@goodlawsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H445" t="str">
-        <x:v>01225 762683</x:v>
+        <x:v>01273 956 272 </x:v>
       </x:c>
     </x:row>
     <x:row r="446">
       <x:c r="A446" t="str">
-        <x:v>Goughs Lawyers LLP</x:v>
+        <x:v>Gordons LLP</x:v>
       </x:c>
       <x:c r="B446" t="str">
-        <x:v>Unit 5, Greenways Business Park</x:v>
+        <x:v>Riverside West</x:v>
       </x:c>
       <x:c r="C446" t="str">
-        <x:v>Bellinger Close</x:v>
+        <x:v>Whitehall Road</x:v>
       </x:c>
       <x:c r="D446" t="str">
-        <x:v>Chippenham</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E446" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F446" t="str">
-        <x:v>SN15 1BN</x:v>
+        <x:v>LS1 4AW</x:v>
       </x:c>
       <x:c r="G446" t="str">
-        <x:v>lesleywarren@goughs.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H446" t="str">
-        <x:v>01249 475880</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="447">
       <x:c r="A447" t="str">
-        <x:v>Gould &amp; Swayne Limited</x:v>
+        <x:v>Gordons LLP</x:v>
       </x:c>
       <x:c r="B447" t="str">
-        <x:v>31 High Street</x:v>
+        <x:v>1 New Augustus Street</x:v>
       </x:c>
       <x:c r="C447" t="str">
         <x:v/>
       </x:c>
       <x:c r="D447" t="str">
-        <x:v>Glastonbury</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E447" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F447" t="str">
-        <x:v>BA6 9HA</x:v>
+        <x:v>BD1 5LL</x:v>
       </x:c>
       <x:c r="G447" t="str">
-        <x:v>l.guy@gouldandswayne.co.uk</x:v>
+        <x:v>mail@gordonsllp.com </x:v>
       </x:c>
       <x:c r="H447" t="str">
-        <x:v>01458 833700</x:v>
+        <x:v>0300 077 0300</x:v>
       </x:c>
     </x:row>
     <x:row r="448">
       <x:c r="A448" t="str">
-        <x:v>Gould &amp; Swayne Limited</x:v>
+        <x:v>Gorvins Residential LLP</x:v>
       </x:c>
       <x:c r="B448" t="str">
-        <x:v>76 High Street</x:v>
+        <x:v>Dale House</x:v>
       </x:c>
       <x:c r="C448" t="str">
-        <x:v/>
+        <x:v>Tiviot Dale</x:v>
       </x:c>
       <x:c r="D448" t="str">
-        <x:v>Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E448" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F448" t="str">
-        <x:v>BA16 0EN</x:v>
+        <x:v>SK1 1TA</x:v>
       </x:c>
       <x:c r="G448" t="str">
-        <x:v>street@gouldandswayne.co.uk</x:v>
+        <x:v>Tiffany.Wilcox@gorvinsresi.com</x:v>
       </x:c>
       <x:c r="H448" t="str">
-        <x:v>01458 442433</x:v>
+        <x:v>01619305212</x:v>
       </x:c>
     </x:row>
     <x:row r="449">
       <x:c r="A449" t="str">
-        <x:v>Gould &amp; Swayne Limited</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B449" t="str">
-        <x:v>21 Broad Street</x:v>
+        <x:v>Mill House</x:v>
       </x:c>
       <x:c r="C449" t="str">
-        <x:v/>
+        <x:v>1 New Road</x:v>
       </x:c>
       <x:c r="D449" t="str">
-        <x:v>Wells</x:v>
+        <x:v>Chippenham</x:v>
       </x:c>
       <x:c r="E449" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F449" t="str">
-        <x:v>BA5 2DJ</x:v>
+        <x:v>SN15 1EJ</x:v>
       </x:c>
       <x:c r="G449" t="str">
-        <x:v>*</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H449" t="str">
-        <x:v>01749 390081</x:v>
+        <x:v>01249 444499</x:v>
       </x:c>
     </x:row>
     <x:row r="450">
       <x:c r="A450" t="str">
-        <x:v>Grant Saw Solicitors LLP</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B450" t="str">
-        <x:v>Ground floor</x:v>
+        <x:v>5 Bath Road</x:v>
       </x:c>
       <x:c r="C450" t="str">
         <x:v/>
       </x:c>
       <x:c r="D450" t="str">
-        <x:v>London</x:v>
+        <x:v>Melksham</x:v>
       </x:c>
       <x:c r="E450" t="str">
-        <x:v/>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F450" t="str">
-        <x:v>SE10 9BB</x:v>
+        <x:v>SN12 6LN</x:v>
       </x:c>
       <x:c r="G450" t="str">
-        <x:v/>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H450" t="str">
-        <x:v>02088586971</x:v>
+        <x:v>01225 703036</x:v>
       </x:c>
     </x:row>
     <x:row r="451">
       <x:c r="A451" t="str">
-        <x:v>Grant Saw Solicitors LLP</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B451" t="str">
-        <x:v>Grant Saw House, 8 Tranquil Passage</x:v>
+        <x:v>The Strand</x:v>
       </x:c>
       <x:c r="C451" t="str">
         <x:v/>
       </x:c>
       <x:c r="D451" t="str">
-        <x:v>Blackheath Village</x:v>
+        <x:v>Calne</x:v>
       </x:c>
       <x:c r="E451" t="str">
-        <x:v>London</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F451" t="str">
-        <x:v>SE3 0BJ</x:v>
+        <x:v>SN11 0JU</x:v>
       </x:c>
       <x:c r="G451" t="str">
-        <x:v>ml@grantsaw.co.uk</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H451" t="str">
-        <x:v>020 8858 6971</x:v>
+        <x:v>01249 812086</x:v>
       </x:c>
     </x:row>
     <x:row r="452">
       <x:c r="A452" t="str">
-        <x:v>Gullands</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B452" t="str">
-        <x:v>16 Mill Street</x:v>
+        <x:v>23 Pickwick Road</x:v>
       </x:c>
       <x:c r="C452" t="str">
         <x:v/>
       </x:c>
       <x:c r="D452" t="str">
-        <x:v>Maidstone</x:v>
+        <x:v>Corsham</x:v>
       </x:c>
       <x:c r="E452" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F452" t="str">
-        <x:v>ME15 6XT</x:v>
+        <x:v>SN13 9BH</x:v>
       </x:c>
       <x:c r="G452" t="str">
-        <x:v/>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H452" t="str">
-        <x:v>01622 689700</x:v>
+        <x:v>01249 712193</x:v>
       </x:c>
     </x:row>
     <x:row r="453">
       <x:c r="A453" t="str">
-        <x:v>Gullands LLP</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B453" t="str">
-        <x:v>Whitehall Place</x:v>
+        <x:v>Ramsbury House</x:v>
       </x:c>
       <x:c r="C453" t="str">
-        <x:v>47 The Terrace</x:v>
+        <x:v>30 Market Place</x:v>
       </x:c>
       <x:c r="D453" t="str">
-        <x:v>Gravesend</x:v>
+        <x:v>Devizes</x:v>
       </x:c>
       <x:c r="E453" t="str">
-        <x:v/>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F453" t="str">
-        <x:v>DA12 2DL</x:v>
+        <x:v>SN10 1JG</x:v>
       </x:c>
       <x:c r="G453" t="str">
-        <x:v>n.skinner@gullands.com</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H453" t="str">
-        <x:v>01474 887688</x:v>
+        <x:v>01380726913</x:v>
       </x:c>
     </x:row>
     <x:row r="454">
       <x:c r="A454" t="str">
-        <x:v>Hadgkiss Hughes &amp; Beale</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B454" t="str">
-        <x:v>45-47 Yardley Road, Acocks Green</x:v>
+        <x:v>2 Fore Street</x:v>
       </x:c>
       <x:c r="C454" t="str">
         <x:v/>
       </x:c>
       <x:c r="D454" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Trowbridge</x:v>
       </x:c>
       <x:c r="E454" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F454" t="str">
-        <x:v>B27 6HQ</x:v>
+        <x:v>BA14 8HX</x:v>
       </x:c>
       <x:c r="G454" t="str">
-        <x:v>Carolparker@hhb-ago.co.uk</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H454" t="str">
-        <x:v>01217078484</x:v>
+        <x:v>01225 762683</x:v>
       </x:c>
     </x:row>
     <x:row r="455">
       <x:c r="A455" t="str">
-        <x:v>Hadgkiss Hughes And Beale</x:v>
+        <x:v>Goughs Lawyers LLP</x:v>
       </x:c>
       <x:c r="B455" t="str">
-        <x:v>83-85 Alcester Road</x:v>
+        <x:v>Unit 5, Greenways Business Park</x:v>
       </x:c>
       <x:c r="C455" t="str">
-        <x:v/>
+        <x:v>Bellinger Close</x:v>
       </x:c>
       <x:c r="D455" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Chippenham</x:v>
       </x:c>
       <x:c r="E455" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F455" t="str">
-        <x:v>B13 8EB</x:v>
+        <x:v>SN15 1BN</x:v>
       </x:c>
       <x:c r="G455" t="str">
-        <x:v>gordonkeir@hhb-mo.co.uk show</x:v>
+        <x:v>lesleywarren@goughs.co.uk</x:v>
       </x:c>
       <x:c r="H455" t="str">
-        <x:v>0121 449 5050</x:v>
+        <x:v>01249 475880</x:v>
       </x:c>
     </x:row>
     <x:row r="456">
       <x:c r="A456" t="str">
-        <x:v>Hadgkiss Hughes And Beale</x:v>
+        <x:v>Gould &amp; Swayne Limited</x:v>
       </x:c>
       <x:c r="B456" t="str">
-        <x:v>1041 Stratford Road</x:v>
+        <x:v>31 High Street</x:v>
       </x:c>
       <x:c r="C456" t="str">
-        <x:v>Hall Green</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D456" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Glastonbury</x:v>
       </x:c>
       <x:c r="E456" t="str">
-        <x:v/>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F456" t="str">
-        <x:v>B28 8AS</x:v>
+        <x:v>BA6 9HA</x:v>
       </x:c>
       <x:c r="G456" t="str">
-        <x:v/>
+        <x:v>l.guy@gouldandswayne.co.uk</x:v>
       </x:c>
       <x:c r="H456" t="str">
-        <x:v/>
+        <x:v>01458 833700</x:v>
       </x:c>
     </x:row>
     <x:row r="457">
       <x:c r="A457" t="str">
-        <x:v>HallmarkHulme LLP</x:v>
+        <x:v>Gould &amp; Swayne Limited</x:v>
       </x:c>
       <x:c r="B457" t="str">
-        <x:v>3, 4 - 5 Sansome Place</x:v>
+        <x:v>76 High Street</x:v>
       </x:c>
       <x:c r="C457" t="str">
         <x:v/>
       </x:c>
       <x:c r="D457" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Street</x:v>
       </x:c>
       <x:c r="E457" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F457" t="str">
-        <x:v>WR1 1UQ</x:v>
+        <x:v>BA16 0EN</x:v>
       </x:c>
       <x:c r="G457" t="str">
-        <x:v>Julian.powell@hwhlaw.co.uk</x:v>
+        <x:v>street@gouldandswayne.co.uk</x:v>
       </x:c>
       <x:c r="H457" t="str">
-        <x:v>01905 743374</x:v>
+        <x:v>01458 442433</x:v>
       </x:c>
     </x:row>
     <x:row r="458">
       <x:c r="A458" t="str">
-        <x:v>Hannah Solicitors LLP</x:v>
+        <x:v>Gould &amp; Swayne Limited</x:v>
       </x:c>
       <x:c r="B458" t="str">
-        <x:v>The Armco Arena, Damson Park</x:v>
+        <x:v>21 Broad Street</x:v>
       </x:c>
       <x:c r="C458" t="str">
-        <x:v>Damson Parkway</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D458" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Wells</x:v>
       </x:c>
       <x:c r="E458" t="str">
-        <x:v/>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F458" t="str">
-        <x:v>B91 2PP</x:v>
+        <x:v>BA5 2DJ</x:v>
       </x:c>
       <x:c r="G458" t="str">
-        <x:v>info@hannahsolicitors.co.uk</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H458" t="str">
-        <x:v>01216 476 437</x:v>
+        <x:v>01749 390081</x:v>
       </x:c>
     </x:row>
     <x:row r="459">
       <x:c r="A459" t="str">
-        <x:v>Hannah Solicitors LLP</x:v>
+        <x:v>Grant Saw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B459" t="str">
-        <x:v>16 High Street</x:v>
+        <x:v>Ground floor</x:v>
       </x:c>
       <x:c r="C459" t="str">
         <x:v/>
       </x:c>
       <x:c r="D459" t="str">
-        <x:v>Rushden</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E459" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F459" t="str">
-        <x:v>NN10 0PR</x:v>
+        <x:v>SE10 9BB</x:v>
       </x:c>
       <x:c r="G459" t="str">
-        <x:v>i.shah@hannahsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H459" t="str">
-        <x:v>01933 423225</x:v>
+        <x:v>02088586971</x:v>
       </x:c>
     </x:row>
     <x:row r="460">
       <x:c r="A460" t="str">
-        <x:v>Hannah Solicitors LLP</x:v>
+        <x:v>Grant Saw Solicitors LLP</x:v>
       </x:c>
       <x:c r="B460" t="str">
-        <x:v>Hart House Business Centre</x:v>
+        <x:v>Grant Saw House, 8 Tranquil Passage</x:v>
       </x:c>
       <x:c r="C460" t="str">
         <x:v/>
       </x:c>
       <x:c r="D460" t="str">
-        <x:v>Kimpton Road </x:v>
+        <x:v>Blackheath Village</x:v>
       </x:c>
       <x:c r="E460" t="str">
-        <x:v>Luton</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F460" t="str">
-        <x:v>LU2 0LA</x:v>
+        <x:v>SE3 0BJ</x:v>
       </x:c>
       <x:c r="G460" t="str">
-        <x:v/>
+        <x:v>ml@grantsaw.co.uk</x:v>
       </x:c>
       <x:c r="H460" t="str">
-        <x:v/>
+        <x:v>020 8858 6971</x:v>
       </x:c>
     </x:row>
     <x:row r="461">
       <x:c r="A461" t="str">
-        <x:v>Harding Evans</x:v>
+        <x:v>Grey-Smith Legal Limited</x:v>
       </x:c>
       <x:c r="B461" t="str">
-        <x:v>13 Merthyr Road</x:v>
+        <x:v>67 Queensway</x:v>
       </x:c>
       <x:c r="C461" t="str">
-        <x:v>Whitchurch</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D461" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Billingham</x:v>
       </x:c>
       <x:c r="E461" t="str">
-        <x:v>Caerdydd</x:v>
+        <x:v>Stockton-on-Tees</x:v>
       </x:c>
       <x:c r="F461" t="str">
-        <x:v>CF14 1DA</x:v>
+        <x:v>TS23 2LU</x:v>
       </x:c>
       <x:c r="G461" t="str">
-        <x:v/>
+        <x:v>info@grey-smithlegal.com</x:v>
       </x:c>
       <x:c r="H461" t="str">
-        <x:v/>
+        <x:v>01287 653990</x:v>
       </x:c>
     </x:row>
     <x:row r="462">
       <x:c r="A462" t="str">
-        <x:v>Harding Evans LLP</x:v>
+        <x:v>Grey-Smith Legal Limited</x:v>
       </x:c>
       <x:c r="B462" t="str">
-        <x:v>Queens Chambers</x:v>
+        <x:v>14 High Street</x:v>
       </x:c>
       <x:c r="C462" t="str">
-        <x:v>2 North Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D462" t="str">
-        <x:v>Gwent</x:v>
+        <x:v>Spennymoor</x:v>
       </x:c>
       <x:c r="E462" t="str">
         <x:v/>
       </x:c>
       <x:c r="F462" t="str">
-        <x:v>NP20 1TE</x:v>
+        <x:v>DL16 6DB</x:v>
       </x:c>
       <x:c r="G462" t="str">
-        <x:v>enquire@hevans.com</x:v>
+        <x:v>info@grey-smithlegal.com</x:v>
       </x:c>
       <x:c r="H462" t="str">
-        <x:v>01633 244 233</x:v>
+        <x:v>01287 653990</x:v>
       </x:c>
     </x:row>
     <x:row r="463">
       <x:c r="A463" t="str">
-        <x:v>Harold Benjamin Solicitors Limited</x:v>
+        <x:v>Grey-Smith Legal Limited</x:v>
       </x:c>
       <x:c r="B463" t="str">
-        <x:v>Hygeia Building</x:v>
+        <x:v>63 High Street</x:v>
       </x:c>
       <x:c r="C463" t="str">
-        <x:v>66-68 College Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D463" t="str">
-        <x:v>Harrow</x:v>
+        <x:v>Yarm</x:v>
       </x:c>
       <x:c r="E463" t="str">
         <x:v/>
       </x:c>
       <x:c r="F463" t="str">
-        <x:v>HA1 1BE</x:v>
+        <x:v>TS15 9AH</x:v>
       </x:c>
       <x:c r="G463" t="str">
-        <x:v/>
+        <x:v>info@grey-smithlegal.com</x:v>
       </x:c>
       <x:c r="H463" t="str">
-        <x:v>0208 4225678</x:v>
+        <x:v>01287 653990</x:v>
       </x:c>
     </x:row>
     <x:row r="464">
       <x:c r="A464" t="str">
-        <x:v>Harold Benjamin Solicitors Limited</x:v>
+        <x:v>Grey-Smith Legal Limited</x:v>
       </x:c>
       <x:c r="B464" t="str">
-        <x:v>60 Queen Anne Street</x:v>
+        <x:v>97 High Street</x:v>
       </x:c>
       <x:c r="C464" t="str">
-        <x:v/>
+        <x:v>Skelton-in-Cleveland</x:v>
       </x:c>
       <x:c r="D464" t="str">
-        <x:v/>
+        <x:v>Saltburn-by-the-Sea</x:v>
       </x:c>
       <x:c r="E464" t="str">
-        <x:v>London</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F464" t="str">
-        <x:v>W1G 8HP</x:v>
+        <x:v>TS12 2DY</x:v>
       </x:c>
       <x:c r="G464" t="str">
-        <x:v>enquiries@haroldbenjamin.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H464" t="str">
-        <x:v>020 7224 0888</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="465">
       <x:c r="A465" t="str">
-        <x:v>Hart Reade LLP</x:v>
+        <x:v>Gullands</x:v>
       </x:c>
       <x:c r="B465" t="str">
-        <x:v>Old Manor House,</x:v>
+        <x:v>16 Mill Street</x:v>
       </x:c>
       <x:c r="C465" t="str">
-        <x:v>Market Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D465" t="str">
-        <x:v>Hailsham</x:v>
+        <x:v>Maidstone</x:v>
       </x:c>
       <x:c r="E465" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F465" t="str">
-        <x:v>BN27 2AE</x:v>
+        <x:v>ME15 6XT</x:v>
       </x:c>
       <x:c r="G465" t="str">
-        <x:v>apluck@hartreade.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H465" t="str">
-        <x:v>01323 841481</x:v>
+        <x:v>01622 689700</x:v>
       </x:c>
     </x:row>
     <x:row r="466">
       <x:c r="A466" t="str">
-        <x:v>Hart Reade LLP</x:v>
+        <x:v>Gullands LLP</x:v>
       </x:c>
       <x:c r="B466" t="str">
-        <x:v>55 High Street</x:v>
+        <x:v>Whitehall Place</x:v>
       </x:c>
       <x:c r="C466" t="str">
-        <x:v/>
+        <x:v>47 The Terrace</x:v>
       </x:c>
       <x:c r="D466" t="str">
-        <x:v>Polegate</x:v>
+        <x:v>Gravesend</x:v>
       </x:c>
       <x:c r="E466" t="str">
         <x:v/>
       </x:c>
       <x:c r="F466" t="str">
-        <x:v>BN26 6AL</x:v>
+        <x:v>DA12 2DL</x:v>
       </x:c>
       <x:c r="G466" t="str">
-        <x:v>info@hartreade.co.uk</x:v>
+        <x:v>n.skinner@gullands.com</x:v>
       </x:c>
       <x:c r="H466" t="str">
-        <x:v>01323487051</x:v>
+        <x:v>01474 887688</x:v>
       </x:c>
     </x:row>
     <x:row r="467">
       <x:c r="A467" t="str">
-        <x:v>Hart Reade LLP</x:v>
+        <x:v>Hadgkiss Hughes &amp; Beale</x:v>
       </x:c>
       <x:c r="B467" t="str">
-        <x:v>104 South Street</x:v>
+        <x:v>45-47 Yardley Road, Acocks Green</x:v>
       </x:c>
       <x:c r="C467" t="str">
         <x:v/>
       </x:c>
       <x:c r="D467" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E467" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F467" t="str">
-        <x:v>BN21 4LW</x:v>
+        <x:v>B27 6HQ</x:v>
       </x:c>
       <x:c r="G467" t="str">
-        <x:v>info@hartreade.co.uk</x:v>
+        <x:v>Carolparker@hhb-ago.co.uk</x:v>
       </x:c>
       <x:c r="H467" t="str">
-        <x:v>01323 727321</x:v>
+        <x:v>01217078484</x:v>
       </x:c>
     </x:row>
     <x:row r="468">
       <x:c r="A468" t="str">
-        <x:v>Harvey Baker Limited</x:v>
+        <x:v>Hadgkiss Hughes And Beale</x:v>
       </x:c>
       <x:c r="B468" t="str">
-        <x:v>Ty Antur, Navigation Park,</x:v>
+        <x:v>83-85 Alcester Road</x:v>
       </x:c>
       <x:c r="C468" t="str">
-        <x:v>Abercynon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D468" t="str">
-        <x:v>Mountain Ash</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E468" t="str">
-        <x:v>Rhondda Cynon Taff</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F468" t="str">
-        <x:v>CF45 4SN</x:v>
+        <x:v>B13 8EB</x:v>
       </x:c>
       <x:c r="G468" t="str">
-        <x:v/>
+        <x:v>gordonkeir@hhb-mo.co.uk show</x:v>
       </x:c>
       <x:c r="H468" t="str">
-        <x:v/>
+        <x:v>0121 449 5050</x:v>
       </x:c>
     </x:row>
     <x:row r="469">
       <x:c r="A469" t="str">
-        <x:v>Hawkins Law Limited</x:v>
+        <x:v>Hadgkiss Hughes And Beale</x:v>
       </x:c>
       <x:c r="B469" t="str">
-        <x:v>448 Romford Road</x:v>
+        <x:v>1041 Stratford Road</x:v>
       </x:c>
       <x:c r="C469" t="str">
-        <x:v/>
+        <x:v>Hall Green</x:v>
       </x:c>
       <x:c r="D469" t="str">
-        <x:v>London</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="E469" t="str">
         <x:v/>
       </x:c>
       <x:c r="F469" t="str">
-        <x:v>E7 8DF</x:v>
+        <x:v>B28 8AS</x:v>
       </x:c>
       <x:c r="G469" t="str">
         <x:v/>
       </x:c>
       <x:c r="H469" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="470">
       <x:c r="A470" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>HallmarkHulme LLP</x:v>
       </x:c>
       <x:c r="B470" t="str">
-        <x:v>297-299 Kenton Lane</x:v>
+        <x:v>3, 4 - 5 Sansome Place</x:v>
       </x:c>
       <x:c r="C470" t="str">
-        <x:v>Harrow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D470" t="str">
-        <x:v/>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E470" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F470" t="str">
-        <x:v>HA3 8RR</x:v>
+        <x:v>WR1 1UQ</x:v>
       </x:c>
       <x:c r="G470" t="str">
-        <x:v/>
+        <x:v>Julian.powell@hwhlaw.co.uk</x:v>
       </x:c>
       <x:c r="H470" t="str">
-        <x:v/>
+        <x:v>01905 743374</x:v>
       </x:c>
     </x:row>
     <x:row r="471">
       <x:c r="A471" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Hannah Solicitors LLP</x:v>
       </x:c>
       <x:c r="B471" t="str">
-        <x:v>Croft House</x:v>
+        <x:v>The Armco Arena, Damson Park</x:v>
       </x:c>
       <x:c r="C471" t="str">
-        <x:v>Moons Moat Drive</x:v>
+        <x:v>Damson Parkway</x:v>
       </x:c>
       <x:c r="D471" t="str">
-        <x:v/>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E471" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F471" t="str">
-        <x:v>B98 9HN</x:v>
+        <x:v>B91 2PP</x:v>
       </x:c>
       <x:c r="G471" t="str">
-        <x:v/>
+        <x:v>info@hannahsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H471" t="str">
-        <x:v>01527406363</x:v>
+        <x:v>01216 476 437</x:v>
       </x:c>
     </x:row>
     <x:row r="472">
       <x:c r="A472" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Hannah Solicitors LLP</x:v>
       </x:c>
       <x:c r="B472" t="str">
-        <x:v>114 Bury New Road</x:v>
+        <x:v>Hart House Business Centre</x:v>
       </x:c>
       <x:c r="C472" t="str">
-        <x:v>Whitefield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D472" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Kimpton Road </x:v>
       </x:c>
       <x:c r="E472" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Luton</x:v>
       </x:c>
       <x:c r="F472" t="str">
-        <x:v>M45 6AD</x:v>
+        <x:v>LU2 0LA</x:v>
       </x:c>
       <x:c r="G472" t="str">
         <x:v/>
       </x:c>
       <x:c r="H472" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="473">
       <x:c r="A473" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Hannah Solicitors LLP</x:v>
       </x:c>
       <x:c r="B473" t="str">
-        <x:v>2 Walter Street</x:v>
+        <x:v>16 High Street</x:v>
       </x:c>
       <x:c r="C473" t="str">
-        <x:v>Worsley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D473" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Rushden</x:v>
       </x:c>
       <x:c r="E473" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F473" t="str">
-        <x:v>M28 3ZG</x:v>
+        <x:v>NN10 0PR</x:v>
       </x:c>
       <x:c r="G473" t="str">
-        <x:v/>
+        <x:v>i.shah@hannahsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H473" t="str">
-        <x:v/>
+        <x:v>01933 423225</x:v>
       </x:c>
     </x:row>
     <x:row r="474">
       <x:c r="A474" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harding Evans</x:v>
       </x:c>
       <x:c r="B474" t="str">
-        <x:v>679 Warwick Road</x:v>
+        <x:v>13 Merthyr Road</x:v>
       </x:c>
       <x:c r="C474" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Whitchurch</x:v>
       </x:c>
       <x:c r="D474" t="str">
-        <x:v/>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E474" t="str">
-        <x:v/>
+        <x:v>Caerdydd</x:v>
       </x:c>
       <x:c r="F474" t="str">
-        <x:v>B91 3DA</x:v>
+        <x:v>CF14 1DA</x:v>
       </x:c>
       <x:c r="G474" t="str">
         <x:v/>
       </x:c>
       <x:c r="H474" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="475">
       <x:c r="A475" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harding Evans LLP</x:v>
       </x:c>
       <x:c r="B475" t="str">
-        <x:v>Graylaw House</x:v>
+        <x:v>Queens Chambers</x:v>
       </x:c>
       <x:c r="C475" t="str">
-        <x:v>21 Goldington Road</x:v>
+        <x:v>2 North Street</x:v>
       </x:c>
       <x:c r="D475" t="str">
-        <x:v>Bedford</x:v>
+        <x:v>Gwent</x:v>
       </x:c>
       <x:c r="E475" t="str">
-        <x:v>Bedfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F475" t="str">
-        <x:v>MK40 3JY</x:v>
+        <x:v>NP20 1TE</x:v>
       </x:c>
       <x:c r="G475" t="str">
-        <x:v/>
+        <x:v>enquire@hevans.com</x:v>
       </x:c>
       <x:c r="H475" t="str">
-        <x:v>01234400000</x:v>
+        <x:v>01633 244 233</x:v>
       </x:c>
     </x:row>
     <x:row r="476">
       <x:c r="A476" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harold Benjamin Solicitors Limited</x:v>
       </x:c>
       <x:c r="B476" t="str">
-        <x:v>71 Sankey Street</x:v>
+        <x:v>Hygeia Building</x:v>
       </x:c>
       <x:c r="C476" t="str">
-        <x:v>Warrington</x:v>
+        <x:v>66-68 College Road</x:v>
       </x:c>
       <x:c r="D476" t="str">
-        <x:v/>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="E476" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F476" t="str">
-        <x:v>WA1 1SL</x:v>
+        <x:v>HA1 1BE</x:v>
       </x:c>
       <x:c r="G476" t="str">
         <x:v/>
       </x:c>
       <x:c r="H476" t="str">
-        <x:v>01789 270 452</x:v>
+        <x:v>0208 4225678</x:v>
       </x:c>
     </x:row>
     <x:row r="477">
       <x:c r="A477" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harold Benjamin Solicitors Limited</x:v>
       </x:c>
       <x:c r="B477" t="str">
-        <x:v>20 Lichfield Street</x:v>
+        <x:v>60 Queen Anne Street</x:v>
       </x:c>
       <x:c r="C477" t="str">
         <x:v/>
       </x:c>
       <x:c r="D477" t="str">
-        <x:v>Walsall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E477" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F477" t="str">
-        <x:v>WS1 1TJ</x:v>
+        <x:v>W1G 8HP</x:v>
       </x:c>
       <x:c r="G477" t="str">
-        <x:v/>
+        <x:v>enquiries@haroldbenjamin.com</x:v>
       </x:c>
       <x:c r="H477" t="str">
-        <x:v/>
+        <x:v>020 7224 0888</x:v>
       </x:c>
     </x:row>
     <x:row r="478">
       <x:c r="A478" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harrowells Limited</x:v>
       </x:c>
       <x:c r="B478" t="str">
-        <x:v>13 Swan Street</x:v>
+        <x:v>1 St Saviourgate</x:v>
       </x:c>
       <x:c r="C478" t="str">
         <x:v/>
       </x:c>
       <x:c r="D478" t="str">
-        <x:v>Alcester</x:v>
+        <x:v>YORK</x:v>
       </x:c>
       <x:c r="E478" t="str">
         <x:v/>
       </x:c>
       <x:c r="F478" t="str">
-        <x:v>B49 5DP</x:v>
+        <x:v>YO1 8ZQ</x:v>
       </x:c>
       <x:c r="G478" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>Laura.best@harrowells.co.uk</x:v>
       </x:c>
       <x:c r="H478" t="str">
-        <x:v>01789 765522</x:v>
+        <x:v>01904558600</x:v>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harrowells Limited</x:v>
       </x:c>
       <x:c r="B479" t="str">
-        <x:v>Mill House, 38 Dam Street</x:v>
+        <x:v>Market Place</x:v>
       </x:c>
       <x:c r="C479" t="str">
-        <x:v/>
+        <x:v>Pocklington</x:v>
       </x:c>
       <x:c r="D479" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>YORK</x:v>
       </x:c>
       <x:c r="E479" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F479" t="str">
-        <x:v>WS13 6AA</x:v>
+        <x:v>YO42 2AQ</x:v>
       </x:c>
       <x:c r="G479" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>Laura.best@harrowells.co.uk</x:v>
       </x:c>
       <x:c r="H479" t="str">
-        <x:v>01543 414426</x:v>
+        <x:v>01759 302113</x:v>
       </x:c>
     </x:row>
     <x:row r="480">
       <x:c r="A480" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harrowells Limited</x:v>
       </x:c>
       <x:c r="B480" t="str">
-        <x:v>16 Wrens Court, Lower Queen Street</x:v>
+        <x:v>17 Finkle Street</x:v>
       </x:c>
       <x:c r="C480" t="str">
         <x:v/>
       </x:c>
       <x:c r="D480" t="str">
-        <x:v>Sutton Coldfield</x:v>
+        <x:v>Thirsk</x:v>
       </x:c>
       <x:c r="E480" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F480" t="str">
-        <x:v>B72 1RT</x:v>
+        <x:v>YO7 1DB</x:v>
       </x:c>
       <x:c r="G480" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>Laura.best@harrowells.co.uk</x:v>
       </x:c>
       <x:c r="H480" t="str">
-        <x:v>0121 3556118</x:v>
+        <x:v>01845 522278</x:v>
       </x:c>
     </x:row>
     <x:row r="481">
       <x:c r="A481" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harrowells Limited</x:v>
       </x:c>
       <x:c r="B481" t="str">
-        <x:v>Belvoir Chambers, 17 Bowling Green Street</x:v>
+        <x:v>Westow House, 11 The Village, Haxby</x:v>
       </x:c>
       <x:c r="C481" t="str">
         <x:v/>
       </x:c>
       <x:c r="D481" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E481" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F481" t="str">
-        <x:v>LE1 6AS</x:v>
+        <x:v>YO32 3HS</x:v>
       </x:c>
       <x:c r="G481" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H481" t="str">
-        <x:v>0116 2559911</x:v>
+        <x:v>01904760237</x:v>
       </x:c>
     </x:row>
     <x:row r="482">
       <x:c r="A482" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harrowells Limited</x:v>
       </x:c>
       <x:c r="B482" t="str">
-        <x:v>3-5 King Street</x:v>
+        <x:v>Moorgate House, </x:v>
       </x:c>
       <x:c r="C482" t="str">
-        <x:v/>
+        <x:v>Clifton Moor Gate</x:v>
       </x:c>
       <x:c r="D482" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E482" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F482" t="str">
-        <x:v>WN7 4LP</x:v>
+        <x:v>YO30 4WY</x:v>
       </x:c>
       <x:c r="G482" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H482" t="str">
-        <x:v>01942 673311 </x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="483">
       <x:c r="A483" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harrowells Limited</x:v>
       </x:c>
       <x:c r="B483" t="str">
-        <x:v>14 Library Street</x:v>
+        <x:v>Market Place</x:v>
       </x:c>
       <x:c r="C483" t="str">
-        <x:v/>
+        <x:v>Easingwold</x:v>
       </x:c>
       <x:c r="D483" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E483" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F483" t="str">
-        <x:v>WN1 1NZ</x:v>
+        <x:v>YO61 3AB</x:v>
       </x:c>
       <x:c r="G483" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H483" t="str">
-        <x:v>01942 244294 </x:v>
+        <x:v>01347 821234</x:v>
       </x:c>
     </x:row>
     <x:row r="484">
       <x:c r="A484" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Hart Reade LLP</x:v>
       </x:c>
       <x:c r="B484" t="str">
-        <x:v>35 Market Street</x:v>
+        <x:v>104 South Street</x:v>
       </x:c>
       <x:c r="C484" t="str">
         <x:v/>
       </x:c>
       <x:c r="D484" t="str">
-        <x:v>Westhoughton</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E484" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F484" t="str">
-        <x:v>BL5 3AG</x:v>
+        <x:v>BN21 4LW</x:v>
       </x:c>
       <x:c r="G484" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>info@hartreade.co.uk</x:v>
       </x:c>
       <x:c r="H484" t="str">
-        <x:v>01942 816515 </x:v>
+        <x:v>01323 727321</x:v>
       </x:c>
     </x:row>
     <x:row r="485">
       <x:c r="A485" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Hart Reade LLP</x:v>
       </x:c>
       <x:c r="B485" t="str">
-        <x:v>8 St Thomas' Road</x:v>
+        <x:v>Old Manor House,</x:v>
       </x:c>
       <x:c r="C485" t="str">
-        <x:v>Stopsley</x:v>
+        <x:v>Market Street</x:v>
       </x:c>
       <x:c r="D485" t="str">
-        <x:v>Luton</x:v>
+        <x:v>Hailsham</x:v>
       </x:c>
       <x:c r="E485" t="str">
-        <x:v>Bedfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F485" t="str">
-        <x:v>LU2 7UY</x:v>
+        <x:v>BN27 2AE</x:v>
       </x:c>
       <x:c r="G485" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>apluck@hartreade.co.uk</x:v>
       </x:c>
       <x:c r="H485" t="str">
-        <x:v>01582 453 366</x:v>
+        <x:v>01323 841481</x:v>
       </x:c>
     </x:row>
     <x:row r="486">
       <x:c r="A486" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Hart Reade LLP</x:v>
       </x:c>
       <x:c r="B486" t="str">
-        <x:v>16 Castilian Street</x:v>
+        <x:v>55 High Street</x:v>
       </x:c>
       <x:c r="C486" t="str">
         <x:v/>
       </x:c>
       <x:c r="D486" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Polegate</x:v>
       </x:c>
       <x:c r="E486" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F486" t="str">
-        <x:v>NN1 1JX</x:v>
+        <x:v>BN26 6AL</x:v>
       </x:c>
       <x:c r="G486" t="str">
-        <x:v>resiNMS@hcbgroup.com</x:v>
+        <x:v>info@hartreade.co.uk</x:v>
       </x:c>
       <x:c r="H486" t="str">
-        <x:v>01604 233 200</x:v>
+        <x:v>01323487051</x:v>
       </x:c>
     </x:row>
     <x:row r="487">
       <x:c r="A487" t="str">
-        <x:v>HCB Solicitors Ltd</x:v>
+        <x:v>Harvey Baker Limited</x:v>
       </x:c>
       <x:c r="B487" t="str">
-        <x:v>Bridge Court</x:v>
+        <x:v>Ty Antur, Navigation Park,</x:v>
       </x:c>
       <x:c r="C487" t="str">
-        <x:v>64 Bridge Street</x:v>
+        <x:v>Abercynon</x:v>
       </x:c>
       <x:c r="D487" t="str">
-        <x:v>Evesham</x:v>
+        <x:v>Mountain Ash</x:v>
       </x:c>
       <x:c r="E487" t="str">
-        <x:v/>
+        <x:v>Rhondda Cynon Taff</x:v>
       </x:c>
       <x:c r="F487" t="str">
-        <x:v>WR11 4RY</x:v>
+        <x:v>CF45 4SN</x:v>
       </x:c>
       <x:c r="G487" t="str">
-        <x:v>evesham@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H487" t="str">
-        <x:v>01386 425300</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="488">
       <x:c r="A488" t="str">
-        <x:v>HCB Widdows Mason Limited</x:v>
+        <x:v>Hawkins Law Limited</x:v>
       </x:c>
       <x:c r="B488" t="str">
-        <x:v>27A High Street</x:v>
+        <x:v>448 Romford Road</x:v>
       </x:c>
       <x:c r="C488" t="str">
         <x:v/>
       </x:c>
       <x:c r="D488" t="str">
-        <x:v>Aberdare</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E488" t="str">
         <x:v/>
       </x:c>
       <x:c r="F488" t="str">
-        <x:v>CF44 7AA</x:v>
+        <x:v>E7 8DF</x:v>
       </x:c>
       <x:c r="G488" t="str">
-        <x:v>aberdare@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H488" t="str">
-        <x:v>01685 888 730</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="489">
       <x:c r="A489" t="str">
-        <x:v>HCB Widdows Mason Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B489" t="str">
-        <x:v>Citibase, Aztec Centre, Aztec West</x:v>
+        <x:v>Croft House</x:v>
       </x:c>
       <x:c r="C489" t="str">
-        <x:v>Almondsbury</x:v>
+        <x:v>Moons Moat Drive</x:v>
       </x:c>
       <x:c r="D489" t="str">
-        <x:v>Bristol</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E489" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F489" t="str">
-        <x:v>BS32 4TD</x:v>
+        <x:v>B98 9HN</x:v>
       </x:c>
       <x:c r="G489" t="str">
-        <x:v>bristol@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H489" t="str">
-        <x:v>01454 275190</x:v>
+        <x:v>01527406363</x:v>
       </x:c>
     </x:row>
     <x:row r="490">
       <x:c r="A490" t="str">
-        <x:v>HCB Widdows Mason Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B490" t="str">
-        <x:v>Riverside House, Normandy Road</x:v>
+        <x:v>297-299 Kenton Lane</x:v>
       </x:c>
       <x:c r="C490" t="str">
-        <x:v/>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="D490" t="str">
-        <x:v>Swansea</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E490" t="str">
         <x:v/>
       </x:c>
       <x:c r="F490" t="str">
-        <x:v>SA1 2JA</x:v>
+        <x:v>HA3 8RR</x:v>
       </x:c>
       <x:c r="G490" t="str">
-        <x:v>lmscardiff@hcbgroup.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H490" t="str">
-        <x:v>01792 983 755</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="491">
       <x:c r="A491" t="str">
-        <x:v>Hcb Widdows Mason Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B491" t="str">
-        <x:v>Unit 4 Ashtree Court</x:v>
+        <x:v>114 Bury New Road</x:v>
       </x:c>
       <x:c r="C491" t="str">
-        <x:v>Gate Business Park</x:v>
+        <x:v>Whitefield</x:v>
       </x:c>
       <x:c r="D491" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E491" t="str">
-        <x:v> Wales</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F491" t="str">
-        <x:v>CF23 8RW</x:v>
+        <x:v>M45 6AD</x:v>
       </x:c>
       <x:c r="G491" t="str">
         <x:v/>
       </x:c>
       <x:c r="H491" t="str">
-        <x:v>02920291704</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="492">
       <x:c r="A492" t="str">
-        <x:v>Heald Nickinson</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B492" t="str">
-        <x:v>Lansdowne House</x:v>
+        <x:v>2 Walter Street</x:v>
       </x:c>
       <x:c r="C492" t="str">
-        <x:v>Knoll Road</x:v>
+        <x:v>Worsley</x:v>
       </x:c>
       <x:c r="D492" t="str">
-        <x:v>Camberley</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E492" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F492" t="str">
-        <x:v>GU15 3SY</x:v>
+        <x:v>M28 3ZG</x:v>
       </x:c>
       <x:c r="G492" t="str">
         <x:v/>
       </x:c>
       <x:c r="H492" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="493">
       <x:c r="A493" t="str">
-        <x:v>Heald Nickinson</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B493" t="str">
-        <x:v>Byworth House, Units 1-2 Romans Industrial Park,</x:v>
+        <x:v>Graylaw House</x:v>
       </x:c>
       <x:c r="C493" t="str">
-        <x:v>East Street</x:v>
+        <x:v>21 Goldington Road</x:v>
       </x:c>
       <x:c r="D493" t="str">
-        <x:v>Farnham</x:v>
+        <x:v>Bedford</x:v>
       </x:c>
       <x:c r="E493" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F493" t="str">
-        <x:v>GU9 7TH</x:v>
+        <x:v>MK40 3JY</x:v>
       </x:c>
       <x:c r="G493" t="str">
-        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H493" t="str">
-        <x:v>01252 716101</x:v>
+        <x:v>01234400000</x:v>
       </x:c>
     </x:row>
     <x:row r="494">
       <x:c r="A494" t="str">
-        <x:v>Heald Nickinson</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B494" t="str">
-        <x:v>12 North Bar</x:v>
+        <x:v>679 Warwick Road</x:v>
       </x:c>
       <x:c r="C494" t="str">
-        <x:v/>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="D494" t="str">
-        <x:v>Banbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E494" t="str">
         <x:v/>
       </x:c>
       <x:c r="F494" t="str">
-        <x:v>OX16 0TB</x:v>
+        <x:v>B91 3DA</x:v>
       </x:c>
       <x:c r="G494" t="str">
-        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H494" t="str">
-        <x:v>01295 278500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="495">
       <x:c r="A495" t="str">
-        <x:v>Healys LLP</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B495" t="str">
-        <x:v>Atrium Court 15-17 Jockey's Fields</x:v>
+        <x:v>71 Sankey Street</x:v>
       </x:c>
       <x:c r="C495" t="str">
-        <x:v/>
+        <x:v>Warrington</x:v>
       </x:c>
       <x:c r="D495" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E495" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F495" t="str">
-        <x:v>WC1R 4BW</x:v>
+        <x:v>WA1 1SL</x:v>
       </x:c>
       <x:c r="G495" t="str">
-        <x:v>claire.fisher@healys.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H495" t="str">
-        <x:v>02078224111</x:v>
+        <x:v>01789 270 452</x:v>
       </x:c>
     </x:row>
     <x:row r="496">
       <x:c r="A496" t="str">
-        <x:v>Healys LLP (Brighton)</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B496" t="str">
-        <x:v>8-9 Old Steine</x:v>
+        <x:v>20 Lichfield Street</x:v>
       </x:c>
       <x:c r="C496" t="str">
         <x:v/>
       </x:c>
       <x:c r="D496" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Walsall</x:v>
       </x:c>
       <x:c r="E496" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F496" t="str">
-        <x:v>BN1 1EJ</x:v>
+        <x:v>WS1 1TJ</x:v>
       </x:c>
       <x:c r="G496" t="str">
-        <x:v>brighton@healys.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H496" t="str">
-        <x:v>01273 685 888</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="497">
       <x:c r="A497" t="str">
-        <x:v>Hennah Haywood Law Ltd</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B497" t="str">
-        <x:v>13 Clytha Park Road</x:v>
+        <x:v>13 Swan Street</x:v>
       </x:c>
       <x:c r="C497" t="str">
-        <x:v>Newport</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D497" t="str">
-        <x:v/>
+        <x:v>Alcester</x:v>
       </x:c>
       <x:c r="E497" t="str">
         <x:v/>
       </x:c>
       <x:c r="F497" t="str">
-        <x:v>NP20 4PB</x:v>
+        <x:v>B49 5DP</x:v>
       </x:c>
       <x:c r="G497" t="str">
-        <x:v>**</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H497" t="str">
-        <x:v>01633 846557</x:v>
+        <x:v>01789 765522</x:v>
       </x:c>
     </x:row>
     <x:row r="498">
       <x:c r="A498" t="str">
-        <x:v>Heppenstalls Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B498" t="str">
-        <x:v>82 Station Road</x:v>
+        <x:v>Mill House, 38 Dam Street</x:v>
       </x:c>
       <x:c r="C498" t="str">
         <x:v/>
       </x:c>
       <x:c r="D498" t="str">
-        <x:v>New Milton</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E498" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F498" t="str">
-        <x:v>BH25 6LG</x:v>
+        <x:v>WS13 6AA</x:v>
       </x:c>
       <x:c r="G498" t="str">
-        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H498" t="str">
-        <x:v>01425 610078</x:v>
+        <x:v>01543 414426</x:v>
       </x:c>
     </x:row>
     <x:row r="499">
       <x:c r="A499" t="str">
-        <x:v>Heppenstalls Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B499" t="str">
-        <x:v>South Wing, Lymington Town Hall</x:v>
+        <x:v>16 Wrens Court, Lower Queen Street</x:v>
       </x:c>
       <x:c r="C499" t="str">
-        <x:v>Avenue Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D499" t="str">
-        <x:v>Lymington</x:v>
+        <x:v>Sutton Coldfield</x:v>
       </x:c>
       <x:c r="E499" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F499" t="str">
-        <x:v>SO41 9BF</x:v>
+        <x:v>B72 1RT</x:v>
       </x:c>
       <x:c r="G499" t="str">
-        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H499" t="str">
-        <x:v>01590 689500</x:v>
+        <x:v>0121 3556118</x:v>
       </x:c>
     </x:row>
     <x:row r="500">
       <x:c r="A500" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B500" t="str">
-        <x:v>51 Amersham Road</x:v>
+        <x:v>Belvoir Chambers, 17 Bowling Green Street</x:v>
       </x:c>
       <x:c r="C500" t="str">
-        <x:v>Beaconsfield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D500" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E500" t="str">
-        <x:v/>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F500" t="str">
-        <x:v>HP9 2HB</x:v>
+        <x:v>LE1 6AS</x:v>
       </x:c>
       <x:c r="G500" t="str">
-        <x:v/>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H500" t="str">
-        <x:v/>
+        <x:v>0116 2559911</x:v>
       </x:c>
     </x:row>
     <x:row r="501">
       <x:c r="A501" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B501" t="str">
-        <x:v>12 Temple Street</x:v>
+        <x:v>3-5 King Street</x:v>
       </x:c>
       <x:c r="C501" t="str">
         <x:v/>
       </x:c>
       <x:c r="D501" t="str">
-        <x:v>Aylesbury</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E501" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F501" t="str">
-        <x:v>HP20 2RQ</x:v>
+        <x:v>WN7 4LP</x:v>
       </x:c>
       <x:c r="G501" t="str">
-        <x:v/>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H501" t="str">
-        <x:v/>
+        <x:v>01942 673311 </x:v>
       </x:c>
     </x:row>
     <x:row r="502">
       <x:c r="A502" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B502" t="str">
-        <x:v>285 Banbury Road</x:v>
+        <x:v>14 Library Street</x:v>
       </x:c>
       <x:c r="C502" t="str">
         <x:v/>
       </x:c>
       <x:c r="D502" t="str">
-        <x:v>Oxford</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E502" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F502" t="str">
-        <x:v>OX2 7JF</x:v>
+        <x:v>WN1 1NZ</x:v>
       </x:c>
       <x:c r="G502" t="str">
-        <x:v>natalieberry@hinesolicitors.com</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H502" t="str">
-        <x:v>01865 514348</x:v>
+        <x:v>01942 244294 </x:v>
       </x:c>
     </x:row>
     <x:row r="503">
       <x:c r="A503" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B503" t="str">
-        <x:v>149-151 Fairview Road</x:v>
+        <x:v>35 Market Street</x:v>
       </x:c>
       <x:c r="C503" t="str">
         <x:v/>
       </x:c>
       <x:c r="D503" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Westhoughton</x:v>
       </x:c>
       <x:c r="E503" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="F503" t="str">
-        <x:v>GL52 2EX</x:v>
+        <x:v>BL5 3AG</x:v>
       </x:c>
       <x:c r="G503" t="str">
-        <x:v>natalieberry@hinesolicitors.com</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H503" t="str">
-        <x:v>01242 256686</x:v>
+        <x:v>01942 816515 </x:v>
       </x:c>
     </x:row>
     <x:row r="504">
       <x:c r="A504" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B504" t="str">
-        <x:v>Park House Business Centre</x:v>
+        <x:v>8 St Thomas' Road</x:v>
       </x:c>
       <x:c r="C504" t="str">
-        <x:v>Church Place</x:v>
+        <x:v>Stopsley</x:v>
       </x:c>
       <x:c r="D504" t="str">
-        <x:v>Swindon</x:v>
+        <x:v>Luton</x:v>
       </x:c>
       <x:c r="E504" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F504" t="str">
-        <x:v>SN1 5ED</x:v>
+        <x:v>LU2 7UY</x:v>
       </x:c>
       <x:c r="G504" t="str">
-        <x:v>enquiries@hinesolicitors.com</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H504" t="str">
-        <x:v>01793698027</x:v>
+        <x:v>01582 453 366</x:v>
       </x:c>
     </x:row>
     <x:row r="505">
       <x:c r="A505" t="str">
-        <x:v>Hine Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B505" t="str">
-        <x:v>17 East Common</x:v>
+        <x:v>16 Castilian Street</x:v>
       </x:c>
       <x:c r="C505" t="str">
-        <x:v>Gerrards Cross,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D505" t="str">
-        <x:v/>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E505" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F505" t="str">
-        <x:v>SL9 7AF</x:v>
+        <x:v>NN1 1JX</x:v>
       </x:c>
       <x:c r="G505" t="str">
-        <x:v>talwindermahal@hinesolicitors.com</x:v>
+        <x:v>resiNMS@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H505" t="str">
-        <x:v>01753 482400</x:v>
+        <x:v>01604 233 200</x:v>
       </x:c>
     </x:row>
     <x:row r="506">
       <x:c r="A506" t="str">
-        <x:v>HM Solicitors Limited</x:v>
+        <x:v>HCB Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B506" t="str">
-        <x:v>186 LOWER ROAD</x:v>
+        <x:v>Bridge Court</x:v>
       </x:c>
       <x:c r="C506" t="str">
-        <x:v>Surrey Quays</x:v>
+        <x:v>64 Bridge Street</x:v>
       </x:c>
       <x:c r="D506" t="str">
-        <x:v>London</x:v>
+        <x:v>Evesham</x:v>
       </x:c>
       <x:c r="E506" t="str">
         <x:v/>
       </x:c>
       <x:c r="F506" t="str">
-        <x:v>SE16 2UN</x:v>
+        <x:v>WR11 4RY</x:v>
       </x:c>
       <x:c r="G506" t="str">
-        <x:v>michael@hmsolicitorsltd.com</x:v>
+        <x:v>evesham@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H506" t="str">
-        <x:v>02071128180</x:v>
+        <x:v>01386 425300</x:v>
       </x:c>
     </x:row>
     <x:row r="507">
       <x:c r="A507" t="str">
-        <x:v>Hodge Halsall Solicitors Limited</x:v>
+        <x:v>Hcb Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B507" t="str">
-        <x:v>565 Liverpool Road</x:v>
+        <x:v>Unit 4 Ashtree Court</x:v>
       </x:c>
       <x:c r="C507" t="str">
-        <x:v>Ainsdale</x:v>
+        <x:v>Gate Business Park</x:v>
       </x:c>
       <x:c r="D507" t="str">
-        <x:v>Southport</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E507" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v> Wales</x:v>
       </x:c>
       <x:c r="F507" t="str">
-        <x:v>PR8 3LU</x:v>
+        <x:v>CF23 8RW</x:v>
       </x:c>
       <x:c r="G507" t="str">
-        <x:v>gordonhatton@hhlegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H507" t="str">
-        <x:v>01704 577171</x:v>
+        <x:v>02920291704</x:v>
       </x:c>
     </x:row>
     <x:row r="508">
       <x:c r="A508" t="str">
-        <x:v>Hodge Halsall Solicitors Limited</x:v>
+        <x:v>HCB Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B508" t="str">
-        <x:v>18 Hoghton Street,</x:v>
+        <x:v>27A High Street</x:v>
       </x:c>
       <x:c r="C508" t="str">
-        <x:v>Southport,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D508" t="str">
-        <x:v/>
+        <x:v>Aberdare</x:v>
       </x:c>
       <x:c r="E508" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F508" t="str">
-        <x:v>PR9 0PA</x:v>
+        <x:v>CF44 7AA</x:v>
       </x:c>
       <x:c r="G508" t="str">
-        <x:v>markglenville@hhlegal.co.uk</x:v>
+        <x:v>aberdare@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H508" t="str">
-        <x:v>01704 531991</x:v>
+        <x:v>01685 888 730</x:v>
       </x:c>
     </x:row>
     <x:row r="509">
       <x:c r="A509" t="str">
-        <x:v>Holden Smith Law Limited</x:v>
+        <x:v>HCB Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B509" t="str">
-        <x:v>Ashlar House, 230 Cumberworth Lane</x:v>
+        <x:v>Citibase, Aztec Centre, Aztec West</x:v>
       </x:c>
       <x:c r="C509" t="str">
-        <x:v>Lower Cumberworth</x:v>
+        <x:v>Almondsbury</x:v>
       </x:c>
       <x:c r="D509" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E509" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F509" t="str">
-        <x:v>HD8 8PR</x:v>
+        <x:v>BS32 4TD</x:v>
       </x:c>
       <x:c r="G509" t="str">
-        <x:v>james.smith@holdensmith.co.uk</x:v>
+        <x:v>bristol@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H509" t="str">
-        <x:v>01484 556677</x:v>
+        <x:v>01454 275190</x:v>
       </x:c>
     </x:row>
     <x:row r="510">
       <x:c r="A510" t="str">
-        <x:v>Holden Smith Law Limited</x:v>
+        <x:v>HCB Widdows Mason Limited</x:v>
       </x:c>
       <x:c r="B510" t="str">
-        <x:v>107-109 New Roadside</x:v>
+        <x:v>Riverside House, Normandy Road</x:v>
       </x:c>
       <x:c r="C510" t="str">
-        <x:v>Horsforth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D510" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E510" t="str">
         <x:v/>
       </x:c>
       <x:c r="F510" t="str">
-        <x:v>LS18 4QD</x:v>
+        <x:v>SA1 2JA</x:v>
       </x:c>
       <x:c r="G510" t="str">
-        <x:v>james.smith@holdensmith.co.uk</x:v>
+        <x:v>lmscardiff@hcbgroup.com</x:v>
       </x:c>
       <x:c r="H510" t="str">
-        <x:v>01135133232</x:v>
+        <x:v>01792 983 755</x:v>
       </x:c>
     </x:row>
     <x:row r="511">
       <x:c r="A511" t="str">
-        <x:v>Holden Smith Law Limited</x:v>
+        <x:v>Heald Nickinson</x:v>
       </x:c>
       <x:c r="B511" t="str">
-        <x:v>111 Piccadilly</x:v>
+        <x:v>Lansdowne House</x:v>
       </x:c>
       <x:c r="C511" t="str">
-        <x:v/>
+        <x:v>Knoll Road</x:v>
       </x:c>
       <x:c r="D511" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Camberley</x:v>
       </x:c>
       <x:c r="E511" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F511" t="str">
-        <x:v>M1 2HX</x:v>
+        <x:v>GU15 3SY</x:v>
       </x:c>
       <x:c r="G511" t="str">
-        <x:v>hello@holdensmith.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H511" t="str">
-        <x:v>0161 3994701</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="512">
       <x:c r="A512" t="str">
-        <x:v>Holden Smith Law Limited (Leeds)</x:v>
+        <x:v>Heald Nickinson</x:v>
       </x:c>
       <x:c r="B512" t="str">
-        <x:v>Suite 1</x:v>
+        <x:v>Byworth House, Units 1-2 Romans Industrial Park,</x:v>
       </x:c>
       <x:c r="C512" t="str">
-        <x:v>Crossgates House</x:v>
+        <x:v>East Street</x:v>
       </x:c>
       <x:c r="D512" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E512" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F512" t="str">
-        <x:v>LS15 8ET </x:v>
+        <x:v>GU9 7TH</x:v>
       </x:c>
       <x:c r="G512" t="str">
-        <x:v>abbey.pettit@holdensmith.co.uk</x:v>
+        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
       </x:c>
       <x:c r="H512" t="str">
-        <x:v>0113 513 0508</x:v>
+        <x:v>01252 716101</x:v>
       </x:c>
     </x:row>
     <x:row r="513">
       <x:c r="A513" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>Heald Nickinson</x:v>
       </x:c>
       <x:c r="B513" t="str">
-        <x:v>96 North Street</x:v>
+        <x:v>12 North Bar</x:v>
       </x:c>
       <x:c r="C513" t="str">
         <x:v/>
       </x:c>
       <x:c r="D513" t="str">
-        <x:v>Sudbury</x:v>
+        <x:v>Banbury</x:v>
       </x:c>
       <x:c r="E513" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F513" t="str">
-        <x:v>CO10 1RF</x:v>
+        <x:v>OX16 0TB</x:v>
       </x:c>
       <x:c r="G513" t="str">
-        <x:v>*</x:v>
+        <x:v>elaineparkinson@healdnickinson.co.uk</x:v>
       </x:c>
       <x:c r="H513" t="str">
-        <x:v>01787 275275 </x:v>
+        <x:v>01295 278500</x:v>
       </x:c>
     </x:row>
     <x:row r="514">
       <x:c r="A514" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>Healys LLP</x:v>
       </x:c>
       <x:c r="B514" t="str">
-        <x:v>Trinity Street</x:v>
+        <x:v>Atrium Court 15-17 Jockey's Fields</x:v>
       </x:c>
       <x:c r="C514" t="str">
         <x:v/>
       </x:c>
       <x:c r="D514" t="str">
-        <x:v>Halstead</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E514" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F514" t="str">
-        <x:v>CO9 1JE</x:v>
+        <x:v>WC1R 4BW</x:v>
       </x:c>
       <x:c r="G514" t="str">
-        <x:v/>
+        <x:v>claire.fisher@healys.com</x:v>
       </x:c>
       <x:c r="H514" t="str">
-        <x:v/>
+        <x:v>02078224111</x:v>
       </x:c>
     </x:row>
     <x:row r="515">
       <x:c r="A515" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>Healys LLP (Brighton)</x:v>
       </x:c>
       <x:c r="B515" t="str">
-        <x:v>Bocking End</x:v>
+        <x:v>8-9 Old Steine</x:v>
       </x:c>
       <x:c r="C515" t="str">
         <x:v/>
       </x:c>
       <x:c r="D515" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E515" t="str">
-        <x:v>Essex</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F515" t="str">
-        <x:v>CM7 9AJ</x:v>
+        <x:v>BN1 1EJ</x:v>
       </x:c>
       <x:c r="G515" t="str">
-        <x:v/>
+        <x:v>brighton@healys.com</x:v>
       </x:c>
       <x:c r="H515" t="str">
-        <x:v>01376 320456</x:v>
+        <x:v>01273 685 888</x:v>
       </x:c>
     </x:row>
     <x:row r="516">
       <x:c r="A516" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>Hennah Haywood Law Ltd</x:v>
       </x:c>
       <x:c r="B516" t="str">
-        <x:v>1 Market End</x:v>
+        <x:v>13 Clytha Park Road</x:v>
       </x:c>
       <x:c r="C516" t="str">
-        <x:v>Coggeshall</x:v>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="D516" t="str">
-        <x:v>Colchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E516" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F516" t="str">
-        <x:v>CO6 1TP</x:v>
+        <x:v>NP20 4PB</x:v>
       </x:c>
       <x:c r="G516" t="str">
-        <x:v>advice@holmes-hills.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H516" t="str">
-        <x:v>01376 557311</x:v>
+        <x:v>01633 846557</x:v>
       </x:c>
     </x:row>
     <x:row r="517">
       <x:c r="A517" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>Heppenstalls Solicitors Limited</x:v>
       </x:c>
       <x:c r="B517" t="str">
-        <x:v>A12 Commercial Hub, 86 London Road</x:v>
+        <x:v>82 Station Road</x:v>
       </x:c>
       <x:c r="C517" t="str">
-        <x:v>Marks Tey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D517" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>New Milton</x:v>
       </x:c>
       <x:c r="E517" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F517" t="str">
-        <x:v>CO6 1ED</x:v>
+        <x:v>BH25 6LG</x:v>
       </x:c>
       <x:c r="G517" t="str">
-        <x:v>complianceteam@holmes-hills.co.uk</x:v>
+        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
       </x:c>
       <x:c r="H517" t="str">
-        <x:v>01206 593933</x:v>
+        <x:v>01425 610078</x:v>
       </x:c>
     </x:row>
     <x:row r="518">
       <x:c r="A518" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>Heppenstalls Solicitors Limited</x:v>
       </x:c>
       <x:c r="B518" t="str">
-        <x:v>Unit 2, Ketleys Place, 84a Church Road</x:v>
+        <x:v>South Wing, Lymington Town Hall</x:v>
       </x:c>
       <x:c r="C518" t="str">
-        <x:v/>
+        <x:v>Avenue Road</x:v>
       </x:c>
       <x:c r="D518" t="str">
-        <x:v>Tiptree</x:v>
+        <x:v>Lymington</x:v>
       </x:c>
       <x:c r="E518" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F518" t="str">
-        <x:v>CO5 0HB</x:v>
+        <x:v>SO41 9BF</x:v>
       </x:c>
       <x:c r="G518" t="str">
-        <x:v>complianceteam@holmes-hills.co.uk</x:v>
+        <x:v>alex.jennings@heppenstalls.co.uk</x:v>
       </x:c>
       <x:c r="H518" t="str">
-        <x:v>01621 817522</x:v>
+        <x:v>01590 689500</x:v>
       </x:c>
     </x:row>
     <x:row r="519">
       <x:c r="A519" t="str">
-        <x:v>Holmes &amp; Hills LLP</x:v>
+        <x:v>Hewitts</x:v>
       </x:c>
       <x:c r="B519" t="str">
-        <x:v>8 The Grove Centre</x:v>
+        <x:v>121-122 High Street</x:v>
       </x:c>
       <x:c r="C519" t="str">
         <x:v/>
       </x:c>
       <x:c r="D519" t="str">
-        <x:v>Witham</x:v>
+        <x:v>Stockton-on-Tees</x:v>
       </x:c>
       <x:c r="E519" t="str">
-        <x:v/>
+        <x:v>Cleveland</x:v>
       </x:c>
       <x:c r="F519" t="str">
-        <x:v>CM8 2YT</x:v>
+        <x:v>TS18 1AY</x:v>
       </x:c>
       <x:c r="G519" t="str">
-        <x:v>advice@holmes-hills.co.uk</x:v>
+        <x:v>kellyhind@hewitts.co.uk</x:v>
       </x:c>
       <x:c r="H519" t="str">
-        <x:v>01376557333</x:v>
+        <x:v>01642 673701</x:v>
       </x:c>
     </x:row>
     <x:row r="520">
       <x:c r="A520" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>Hewitts</x:v>
       </x:c>
       <x:c r="B520" t="str">
-        <x:v>Fitzalan House, Fitzalan Court, Fitzalan Road</x:v>
+        <x:v>Freemans Place, Haughton Road</x:v>
       </x:c>
       <x:c r="C520" t="str">
         <x:v/>
       </x:c>
       <x:c r="D520" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>Darlington</x:v>
       </x:c>
       <x:c r="E520" t="str">
-        <x:v/>
+        <x:v>County Durham</x:v>
       </x:c>
       <x:c r="F520" t="str">
-        <x:v>CF24 0EL</x:v>
+        <x:v>DL1 1SZ</x:v>
       </x:c>
       <x:c r="G520" t="str">
-        <x:v>info@howellslegal.com</x:v>
+        <x:v>kellyhind@hewitts.co.uk</x:v>
       </x:c>
       <x:c r="H520" t="str">
-        <x:v>02920 404020</x:v>
+        <x:v>01325 468573</x:v>
       </x:c>
     </x:row>
     <x:row r="521">
       <x:c r="A521" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>Hewitts</x:v>
       </x:c>
       <x:c r="B521" t="str">
-        <x:v>29 Bridge Street</x:v>
+        <x:v>207 Newgate Street</x:v>
       </x:c>
       <x:c r="C521" t="str">
         <x:v/>
       </x:c>
       <x:c r="D521" t="str">
-        <x:v>Newport</x:v>
+        <x:v>Bishop Auckland</x:v>
       </x:c>
       <x:c r="E521" t="str">
-        <x:v>Gwent</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="F521" t="str">
-        <x:v>NP20 4BG</x:v>
+        <x:v>DL14 7EL</x:v>
       </x:c>
       <x:c r="G521" t="str">
-        <x:v>Joanna.Ingles@howellslegal.com</x:v>
+        <x:v>iangibson@hewitts.co.uk</x:v>
       </x:c>
       <x:c r="H521" t="str">
-        <x:v>01633227960</x:v>
+        <x:v>01388604691</x:v>
       </x:c>
     </x:row>
     <x:row r="522">
       <x:c r="A522" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B522" t="str">
-        <x:v>Unit 4</x:v>
+        <x:v>51 Amersham Road</x:v>
       </x:c>
       <x:c r="C522" t="str">
-        <x:v>Langdon House, Langdon Road</x:v>
+        <x:v>Beaconsfield</x:v>
       </x:c>
       <x:c r="D522" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="E522" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F522" t="str">
-        <x:v>SA1 8QY</x:v>
+        <x:v>HP9 2HB</x:v>
       </x:c>
       <x:c r="G522" t="str">
         <x:v/>
       </x:c>
       <x:c r="H522" t="str">
-        <x:v>01792 410016</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="523">
       <x:c r="A523" t="str">
-        <x:v>Howells Legal Limited</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B523" t="str">
-        <x:v>Elm Court</x:v>
+        <x:v>285 Banbury Road</x:v>
       </x:c>
       <x:c r="C523" t="str">
-        <x:v>Cowbridge Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D523" t="str">
-        <x:v>Bridgend</x:v>
+        <x:v>Oxford</x:v>
       </x:c>
       <x:c r="E523" t="str">
-        <x:v>Pen-y-bont ar Ogwr</x:v>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F523" t="str">
-        <x:v>CF31 3SR</x:v>
+        <x:v>OX2 7JF</x:v>
       </x:c>
       <x:c r="G523" t="str">
-        <x:v/>
+        <x:v>natalieberry@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H523" t="str">
-        <x:v>01656 477477</x:v>
+        <x:v>01865 514348</x:v>
       </x:c>
     </x:row>
     <x:row r="524">
       <x:c r="A524" t="str">
-        <x:v>Howes Percival</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B524" t="str">
-        <x:v>Flint Buildings</x:v>
+        <x:v>149-151 Fairview Road</x:v>
       </x:c>
       <x:c r="C524" t="str">
-        <x:v>1 Bedding Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D524" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E524" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F524" t="str">
-        <x:v>NR3 1RG</x:v>
+        <x:v>GL52 2EX</x:v>
       </x:c>
       <x:c r="G524" t="str">
-        <x:v>law@howespercival.com show</x:v>
+        <x:v>natalieberry@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H524" t="str">
-        <x:v>01603 762103</x:v>
+        <x:v>01242 256686</x:v>
       </x:c>
     </x:row>
     <x:row r="525">
       <x:c r="A525" t="str">
-        <x:v>Howes Percival LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B525" t="str">
-        <x:v>Nene House, 4 Rushmills</x:v>
+        <x:v>Park House Business Centre</x:v>
       </x:c>
       <x:c r="C525" t="str">
-        <x:v/>
+        <x:v>Church Place</x:v>
       </x:c>
       <x:c r="D525" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Swindon</x:v>
       </x:c>
       <x:c r="E525" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F525" t="str">
-        <x:v>NN4 7YB</x:v>
+        <x:v>SN1 5ED</x:v>
       </x:c>
       <x:c r="G525" t="str">
-        <x:v>sarah.dipane@howespercival.com</x:v>
+        <x:v>enquiries@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H525" t="str">
-        <x:v>01604 230400</x:v>
+        <x:v>01793698027</x:v>
       </x:c>
     </x:row>
     <x:row r="526">
       <x:c r="A526" t="str">
-        <x:v>Howes Percival LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B526" t="str">
-        <x:v>3 The Osiers Business Centre</x:v>
+        <x:v>12 Temple Street</x:v>
       </x:c>
       <x:c r="C526" t="str">
         <x:v/>
       </x:c>
       <x:c r="D526" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Aylesbury</x:v>
       </x:c>
       <x:c r="E526" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F526" t="str">
-        <x:v>LE19 1DX</x:v>
+        <x:v>HP20 2RQ</x:v>
       </x:c>
       <x:c r="G526" t="str">
-        <x:v>Stuart.Burns@howespercival.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H526" t="str">
-        <x:v>01162 473500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="527">
       <x:c r="A527" t="str">
-        <x:v>Howes Percival LLP</x:v>
+        <x:v>Hine Solicitors Limited</x:v>
       </x:c>
       <x:c r="B527" t="str">
-        <x:v>First Floor, Bell House, Seebeck Place</x:v>
+        <x:v>17 East Common</x:v>
       </x:c>
       <x:c r="C527" t="str">
-        <x:v>Knowlhill</x:v>
+        <x:v>Gerrards Cross,</x:v>
       </x:c>
       <x:c r="D527" t="str">
-        <x:v>Milton Keynes</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E527" t="str">
         <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F527" t="str">
-        <x:v>MK5 8FR</x:v>
+        <x:v>SL9 7AF</x:v>
       </x:c>
       <x:c r="G527" t="str">
-        <x:v>sarah.dipane@howespercival.com</x:v>
+        <x:v>talwindermahal@hinesolicitors.com</x:v>
       </x:c>
       <x:c r="H527" t="str">
-        <x:v>01908 672682</x:v>
+        <x:v>01753 482400</x:v>
       </x:c>
     </x:row>
     <x:row r="528">
       <x:c r="A528" t="str">
-        <x:v>Howes Percival LLP</x:v>
+        <x:v>HM Solicitors Limited</x:v>
       </x:c>
       <x:c r="B528" t="str">
-        <x:v>Ground Floor, Terrington House, 13-15 Hills Road</x:v>
+        <x:v>186 LOWER ROAD</x:v>
       </x:c>
       <x:c r="C528" t="str">
-        <x:v/>
+        <x:v>Surrey Quays</x:v>
       </x:c>
       <x:c r="D528" t="str">
-        <x:v>Cambridge</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E528" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F528" t="str">
-        <x:v>CB2 1NL</x:v>
+        <x:v>SE16 2UN</x:v>
       </x:c>
       <x:c r="G528" t="str">
-        <x:v>clare.best@howespercival.com</x:v>
+        <x:v>michael@hmsolicitorsltd.com</x:v>
       </x:c>
       <x:c r="H528" t="str">
-        <x:v>01223 356079</x:v>
+        <x:v>02071128180</x:v>
       </x:c>
     </x:row>
     <x:row r="529">
       <x:c r="A529" t="str">
-        <x:v>Huggins Lewis Foskett</x:v>
+        <x:v>Hodge Halsall Solicitors Limited</x:v>
       </x:c>
       <x:c r="B529" t="str">
-        <x:v>5/6 The Shrubberies,</x:v>
+        <x:v>565 Liverpool Road</x:v>
       </x:c>
       <x:c r="C529" t="str">
-        <x:v>George Lane,</x:v>
+        <x:v>Ainsdale</x:v>
       </x:c>
       <x:c r="D529" t="str">
-        <x:v>London,</x:v>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="E529" t="str">
-        <x:v>London,</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F529" t="str">
-        <x:v>E18 1BG</x:v>
+        <x:v>PR8 3LU</x:v>
       </x:c>
       <x:c r="G529" t="str">
-        <x:v>law@huggins-law.co.uk</x:v>
+        <x:v>gordonhatton@hhlegal.co.uk</x:v>
       </x:c>
       <x:c r="H529" t="str">
-        <x:v>02089893000</x:v>
+        <x:v>01704 577171</x:v>
       </x:c>
     </x:row>
     <x:row r="530">
       <x:c r="A530" t="str">
-        <x:v>Hughes Paddison Limited</x:v>
+        <x:v>Hodge Halsall Solicitors Limited</x:v>
       </x:c>
       <x:c r="B530" t="str">
-        <x:v>10 Royal Crescent</x:v>
+        <x:v>18 Hoghton Street,</x:v>
       </x:c>
       <x:c r="C530" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Southport,</x:v>
       </x:c>
       <x:c r="D530" t="str">
         <x:v/>
       </x:c>
       <x:c r="E530" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F530" t="str">
-        <x:v>GL50 3DA</x:v>
+        <x:v>PR9 0PA</x:v>
       </x:c>
       <x:c r="G530" t="str">
-        <x:v/>
+        <x:v>markglenville@hhlegal.co.uk</x:v>
       </x:c>
       <x:c r="H530" t="str">
-        <x:v/>
+        <x:v>01704 531991</x:v>
       </x:c>
     </x:row>
     <x:row r="531">
       <x:c r="A531" t="str">
-        <x:v>Hugh-Jones LLP</x:v>
+        <x:v>Holden Smith Law Limited</x:v>
       </x:c>
       <x:c r="B531" t="str">
-        <x:v>Aston House, Ground Floor</x:v>
+        <x:v>Ashlar House, 230 Cumberworth Lane</x:v>
       </x:c>
       <x:c r="C531" t="str">
-        <x:v>Cornwall Avenue</x:v>
+        <x:v>Lower Cumberworth</x:v>
       </x:c>
       <x:c r="D531" t="str">
-        <x:v>London</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E531" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F531" t="str">
-        <x:v>N3 1LF</x:v>
+        <x:v>HD8 8PR</x:v>
       </x:c>
       <x:c r="G531" t="str">
-        <x:v>e.dervish@hugh-jones.co.uk</x:v>
+        <x:v>james.smith@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H531" t="str">
-        <x:v>020 8346 2236</x:v>
+        <x:v>01484 556677</x:v>
       </x:c>
     </x:row>
     <x:row r="532">
       <x:c r="A532" t="str">
-        <x:v>Humfrys &amp; Symonds Ltd</x:v>
+        <x:v>Holden Smith Law Limited</x:v>
       </x:c>
       <x:c r="B532" t="str">
-        <x:v>1 St. John Street</x:v>
+        <x:v>107-109 New Roadside</x:v>
       </x:c>
       <x:c r="C532" t="str">
-        <x:v/>
+        <x:v>Horsforth</x:v>
       </x:c>
       <x:c r="D532" t="str">
-        <x:v>Hereford</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E532" t="str">
-        <x:v>Herefordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F532" t="str">
-        <x:v>HR1 2ND</x:v>
+        <x:v>LS18 4QD</x:v>
       </x:c>
       <x:c r="G532" t="str">
-        <x:v/>
+        <x:v>james.smith@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H532" t="str">
-        <x:v/>
+        <x:v>01135133232</x:v>
       </x:c>
     </x:row>
     <x:row r="533">
       <x:c r="A533" t="str">
-        <x:v>Humphreys &amp; Co.</x:v>
+        <x:v>Holden Smith Law Limited</x:v>
       </x:c>
       <x:c r="B533" t="str">
-        <x:v>14 King Street</x:v>
+        <x:v>111 Piccadilly</x:v>
       </x:c>
       <x:c r="C533" t="str">
         <x:v/>
       </x:c>
       <x:c r="D533" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E533" t="str">
-        <x:v>Avon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F533" t="str">
-        <x:v>BS1 4EF</x:v>
+        <x:v>M1 2HX</x:v>
       </x:c>
       <x:c r="G533" t="str">
-        <x:v>humphreys@humphreys.co.uk</x:v>
+        <x:v>hello@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H533" t="str">
-        <x:v>0117 929 2662</x:v>
+        <x:v>0161 3994701</x:v>
       </x:c>
     </x:row>
     <x:row r="534">
       <x:c r="A534" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Holden Smith Law Limited (Leeds)</x:v>
       </x:c>
       <x:c r="B534" t="str">
-        <x:v>Glebe House</x:v>
+        <x:v>Suite 1</x:v>
       </x:c>
       <x:c r="C534" t="str">
-        <x:v>North Street</x:v>
+        <x:v>Crossgates House</x:v>
       </x:c>
       <x:c r="D534" t="str">
-        <x:v>Wareham</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E534" t="str">
-        <x:v>Dorset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F534" t="str">
-        <x:v>BH20 4AN</x:v>
+        <x:v>LS15 8ET </x:v>
       </x:c>
       <x:c r="G534" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v>abbey.pettit@holdensmith.co.uk</x:v>
       </x:c>
       <x:c r="H534" t="str">
-        <x:v>01929 552141</x:v>
+        <x:v>0113 513 0508</x:v>
       </x:c>
     </x:row>
     <x:row r="535">
       <x:c r="A535" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B535" t="str">
-        <x:v>17 Market Street</x:v>
+        <x:v>96 North Street</x:v>
       </x:c>
       <x:c r="C535" t="str">
         <x:v/>
       </x:c>
       <x:c r="D535" t="str">
-        <x:v>Crewkerne</x:v>
+        <x:v>Sudbury</x:v>
       </x:c>
       <x:c r="E535" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F535" t="str">
-        <x:v>TA18 7JU</x:v>
+        <x:v>CO10 1RF</x:v>
       </x:c>
       <x:c r="G535" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H535" t="str">
-        <x:v>01460 279100</x:v>
+        <x:v>01787 275275 </x:v>
       </x:c>
     </x:row>
     <x:row r="536">
       <x:c r="A536" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B536" t="str">
-        <x:v>40 High West Street</x:v>
+        <x:v>Trinity Street</x:v>
       </x:c>
       <x:c r="C536" t="str">
         <x:v/>
       </x:c>
       <x:c r="D536" t="str">
-        <x:v>Dorchester</x:v>
+        <x:v>Halstead</x:v>
       </x:c>
       <x:c r="E536" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F536" t="str">
-        <x:v>DT1 1UR</x:v>
+        <x:v>CO9 1JE</x:v>
       </x:c>
       <x:c r="G536" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H536" t="str">
-        <x:v>01305 251007</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="537">
       <x:c r="A537" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B537" t="str">
-        <x:v>3 Acorn Business Park</x:v>
+        <x:v>Bocking End</x:v>
       </x:c>
       <x:c r="C537" t="str">
-        <x:v>Ling Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D537" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E537" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F537" t="str">
-        <x:v>BH12 4NZ</x:v>
+        <x:v>CM7 9AJ</x:v>
       </x:c>
       <x:c r="G537" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H537" t="str">
-        <x:v>01202 725400</x:v>
+        <x:v>01376 320456</x:v>
       </x:c>
     </x:row>
     <x:row r="538">
       <x:c r="A538" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B538" t="str">
-        <x:v>The Stables</x:v>
+        <x:v>1 Market End</x:v>
       </x:c>
       <x:c r="C538" t="str">
-        <x:v>The Brewery, Barley Place</x:v>
+        <x:v>Coggeshall</x:v>
       </x:c>
       <x:c r="D538" t="str">
-        <x:v>Blandford St Mary</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E538" t="str">
-        <x:v>Blandford Forum</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F538" t="str">
-        <x:v>DT11 9GB</x:v>
+        <x:v>CO6 1TP</x:v>
       </x:c>
       <x:c r="G538" t="str">
-        <x:v>d.blackmore@hklaw.uk</x:v>
+        <x:v>advice@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H538" t="str">
-        <x:v>01258 442 444 </x:v>
+        <x:v>01376 557311</x:v>
       </x:c>
     </x:row>
     <x:row r="539">
       <x:c r="A539" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B539" t="str">
-        <x:v>1 Southbourne Grove</x:v>
+        <x:v>A12 Commercial Hub, 86 London Road</x:v>
       </x:c>
       <x:c r="C539" t="str">
-        <x:v/>
+        <x:v>Marks Tey</x:v>
       </x:c>
       <x:c r="D539" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E539" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F539" t="str">
-        <x:v>BH6 3RD</x:v>
+        <x:v>CO6 1ED</x:v>
       </x:c>
       <x:c r="G539" t="str">
-        <x:v/>
+        <x:v>complianceteam@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H539" t="str">
-        <x:v>01202437157</x:v>
+        <x:v>01206 593933</x:v>
       </x:c>
     </x:row>
     <x:row r="540">
       <x:c r="A540" t="str">
-        <x:v>Humphries Kirk LLP</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B540" t="str">
-        <x:v>4 Rempstone Road</x:v>
+        <x:v>Unit 2, Ketleys Place, 84a Church Road</x:v>
       </x:c>
       <x:c r="C540" t="str">
         <x:v/>
       </x:c>
       <x:c r="D540" t="str">
-        <x:v>Swanage</x:v>
+        <x:v>Tiptree</x:v>
       </x:c>
       <x:c r="E540" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F540" t="str">
-        <x:v>BH19 1DP</x:v>
+        <x:v>CO5 0HB</x:v>
       </x:c>
       <x:c r="G540" t="str">
-        <x:v/>
+        <x:v>complianceteam@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H540" t="str">
-        <x:v/>
+        <x:v>01621 817522</x:v>
       </x:c>
     </x:row>
     <x:row r="541">
       <x:c r="A541" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Holmes &amp; Hills LLP</x:v>
       </x:c>
       <x:c r="B541" t="str">
-        <x:v>116 Hamlet Court Road</x:v>
+        <x:v>8 The Grove Centre</x:v>
       </x:c>
       <x:c r="C541" t="str">
         <x:v/>
       </x:c>
       <x:c r="D541" t="str">
-        <x:v>Westcliff-on-Sea</x:v>
+        <x:v>Witham</x:v>
       </x:c>
       <x:c r="E541" t="str">
         <x:v/>
       </x:c>
       <x:c r="F541" t="str">
-        <x:v>SS0 7LP</x:v>
+        <x:v>CM8 2YT</x:v>
       </x:c>
       <x:c r="G541" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>advice@holmes-hills.co.uk</x:v>
       </x:c>
       <x:c r="H541" t="str">
-        <x:v>01702353093</x:v>
+        <x:v>01376557333</x:v>
       </x:c>
     </x:row>
     <x:row r="542">
       <x:c r="A542" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B542" t="str">
-        <x:v>58 High Street</x:v>
+        <x:v>Fitzalan House, Fitzalan Court, Fitzalan Road</x:v>
       </x:c>
       <x:c r="C542" t="str">
-        <x:v>Bovingdon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D542" t="str">
-        <x:v>Hemel Hempstead</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E542" t="str">
         <x:v/>
       </x:c>
       <x:c r="F542" t="str">
-        <x:v>HP3 0HJ</x:v>
+        <x:v>CF24 0EL</x:v>
       </x:c>
       <x:c r="G542" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>info@howellslegal.com</x:v>
       </x:c>
       <x:c r="H542" t="str">
-        <x:v>01442 834 344</x:v>
+        <x:v>02920 404020</x:v>
       </x:c>
     </x:row>
     <x:row r="543">
       <x:c r="A543" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B543" t="str">
-        <x:v>Suffolk House, 54-55 The Green</x:v>
+        <x:v>29 Bridge Street</x:v>
       </x:c>
       <x:c r="C543" t="str">
-        <x:v>Wooburn Green</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D543" t="str">
-        <x:v>High Wycombe</x:v>
+        <x:v>Newport</x:v>
       </x:c>
       <x:c r="E543" t="str">
-        <x:v/>
+        <x:v>Gwent</x:v>
       </x:c>
       <x:c r="F543" t="str">
-        <x:v>HP10 0EU</x:v>
+        <x:v>NP20 4BG</x:v>
       </x:c>
       <x:c r="G543" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>Joanna.Ingles@howellslegal.com</x:v>
       </x:c>
       <x:c r="H543" t="str">
-        <x:v>01844 216995</x:v>
+        <x:v>01633227960</x:v>
       </x:c>
     </x:row>
     <x:row r="544">
       <x:c r="A544" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B544" t="str">
-        <x:v>Suite 202 The Hub, 14 Station Road</x:v>
+        <x:v>Unit 4</x:v>
       </x:c>
       <x:c r="C544" t="str">
-        <x:v/>
+        <x:v>Langdon House, Langdon Road</x:v>
       </x:c>
       <x:c r="D544" t="str">
-        <x:v>Henley-on-Thames</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E544" t="str">
-        <x:v/>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F544" t="str">
-        <x:v>RG9 1AY</x:v>
+        <x:v>SA1 8QY</x:v>
       </x:c>
       <x:c r="G544" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H544" t="str">
-        <x:v>01491 410393</x:v>
+        <x:v>01792 410016</x:v>
       </x:c>
     </x:row>
     <x:row r="545">
       <x:c r="A545" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Howells Legal Limited</x:v>
       </x:c>
       <x:c r="B545" t="str">
-        <x:v>29 Lincolns Inn Fields</x:v>
+        <x:v>Elm Court</x:v>
       </x:c>
       <x:c r="C545" t="str">
-        <x:v/>
+        <x:v>Cowbridge Road</x:v>
       </x:c>
       <x:c r="D545" t="str">
-        <x:v>London</x:v>
+        <x:v>Bridgend</x:v>
       </x:c>
       <x:c r="E545" t="str">
-        <x:v/>
+        <x:v>Pen-y-bont ar Ogwr</x:v>
       </x:c>
       <x:c r="F545" t="str">
-        <x:v>WC2A 3EG</x:v>
+        <x:v>CF31 3SR</x:v>
       </x:c>
       <x:c r="G545" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H545" t="str">
-        <x:v>02077233040</x:v>
+        <x:v>01656 477477</x:v>
       </x:c>
     </x:row>
     <x:row r="546">
       <x:c r="A546" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Howes Percival</x:v>
       </x:c>
       <x:c r="B546" t="str">
-        <x:v>15 Ock Street</x:v>
+        <x:v>Flint Buildings</x:v>
       </x:c>
       <x:c r="C546" t="str">
-        <x:v/>
+        <x:v>1 Bedding Lane</x:v>
       </x:c>
       <x:c r="D546" t="str">
-        <x:v>Abingdon</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E546" t="str">
-        <x:v/>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F546" t="str">
-        <x:v>OX14 5AN</x:v>
+        <x:v>NR3 1RG</x:v>
       </x:c>
       <x:c r="G546" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>law@howespercival.com show</x:v>
       </x:c>
       <x:c r="H546" t="str">
-        <x:v>01235 553222</x:v>
+        <x:v>01603 762103</x:v>
       </x:c>
     </x:row>
     <x:row r="547">
       <x:c r="A547" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B547" t="str">
-        <x:v>94 High Street</x:v>
+        <x:v>Nene House, 4 Rushmills</x:v>
       </x:c>
       <x:c r="C547" t="str">
         <x:v/>
       </x:c>
       <x:c r="D547" t="str">
-        <x:v>Bushey</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E547" t="str">
-        <x:v/>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F547" t="str">
-        <x:v>WD23 3HD</x:v>
+        <x:v>NN4 7YB</x:v>
       </x:c>
       <x:c r="G547" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>sarah.dipane@howespercival.com</x:v>
       </x:c>
       <x:c r="H547" t="str">
-        <x:v>0208 950 5304</x:v>
+        <x:v>01604 230400</x:v>
       </x:c>
     </x:row>
     <x:row r="548">
       <x:c r="A548" t="str">
-        <x:v>Hunter's Solicitors LLP</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B548" t="str">
-        <x:v>Unit 5.0 Switchback Office Park</x:v>
+        <x:v>3 The Osiers Business Centre</x:v>
       </x:c>
       <x:c r="C548" t="str">
-        <x:v>Gardner Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D548" t="str">
-        <x:v>Maidenhead</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E548" t="str">
-        <x:v/>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F548" t="str">
-        <x:v>SL6 7RJ</x:v>
+        <x:v>LE19 1DX</x:v>
       </x:c>
       <x:c r="G548" t="str">
-        <x:v>clara@hunterssolicitors.co.uk</x:v>
+        <x:v>Stuart.Burns@howespercival.com</x:v>
       </x:c>
       <x:c r="H548" t="str">
-        <x:v>01628 631051</x:v>
+        <x:v>01162 473500</x:v>
       </x:c>
     </x:row>
     <x:row r="549">
       <x:c r="A549" t="str">
-        <x:v>Inghams</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B549" t="str">
-        <x:v>32-38 North Albert Street</x:v>
+        <x:v>First Floor, Bell House, Seebeck Place</x:v>
       </x:c>
       <x:c r="C549" t="str">
-        <x:v/>
+        <x:v>Knowlhill</x:v>
       </x:c>
       <x:c r="D549" t="str">
-        <x:v>Fleetwood</x:v>
+        <x:v>Milton Keynes</x:v>
       </x:c>
       <x:c r="E549" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F549" t="str">
-        <x:v>FY7 6AW</x:v>
+        <x:v>MK5 8FR</x:v>
       </x:c>
       <x:c r="G549" t="str">
-        <x:v>es@inghams.law</x:v>
+        <x:v>sarah.dipane@howespercival.com</x:v>
       </x:c>
       <x:c r="H549" t="str">
-        <x:v>01253 873481</x:v>
+        <x:v>01908 672682</x:v>
       </x:c>
     </x:row>
     <x:row r="550">
       <x:c r="A550" t="str">
-        <x:v>Inghams</x:v>
+        <x:v>Howes Percival LLP</x:v>
       </x:c>
       <x:c r="B550" t="str">
-        <x:v>8 Crescent East</x:v>
+        <x:v>Ground Floor, Terrington House, 13-15 Hills Road</x:v>
       </x:c>
       <x:c r="C550" t="str">
-        <x:v>Thornton-cleveleys</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D550" t="str">
-        <x:v/>
+        <x:v>Cambridge</x:v>
       </x:c>
       <x:c r="E550" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F550" t="str">
-        <x:v>FY5 3LW</x:v>
+        <x:v>CB2 1NL</x:v>
       </x:c>
       <x:c r="G550" t="str">
-        <x:v/>
+        <x:v>clare.best@howespercival.com</x:v>
       </x:c>
       <x:c r="H550" t="str">
-        <x:v/>
+        <x:v>01223 356079</x:v>
       </x:c>
     </x:row>
     <x:row r="551">
       <x:c r="A551" t="str">
-        <x:v>Inghams</x:v>
+        <x:v>Huggins Lewis Foskett</x:v>
       </x:c>
       <x:c r="B551" t="str">
-        <x:v>37 Red Bank Road</x:v>
+        <x:v>5/6 The Shrubberies,</x:v>
       </x:c>
       <x:c r="C551" t="str">
-        <x:v/>
+        <x:v>George Lane,</x:v>
       </x:c>
       <x:c r="D551" t="str">
-        <x:v>Blackpool</x:v>
+        <x:v>London,</x:v>
       </x:c>
       <x:c r="E551" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>London,</x:v>
       </x:c>
       <x:c r="F551" t="str">
-        <x:v>FY2 9HX</x:v>
+        <x:v>E18 1BG</x:v>
       </x:c>
       <x:c r="G551" t="str">
-        <x:v>info@inghams-law.co.uk</x:v>
+        <x:v>law@huggins-law.co.uk</x:v>
       </x:c>
       <x:c r="H551" t="str">
-        <x:v>01253353308</x:v>
+        <x:v>02089893000</x:v>
       </x:c>
     </x:row>
     <x:row r="552">
       <x:c r="A552" t="str">
-        <x:v>Inghams Solicitors</x:v>
+        <x:v>Hughes Paddison Limited</x:v>
       </x:c>
       <x:c r="B552" t="str">
-        <x:v>12 Queens Square</x:v>
+        <x:v>10 Royal Crescent</x:v>
       </x:c>
       <x:c r="C552" t="str">
-        <x:v/>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="D552" t="str">
-        <x:v>Poulton-le-Fylde</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E552" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F552" t="str">
-        <x:v>FY6 7BN</x:v>
+        <x:v>GL50 3DA</x:v>
       </x:c>
       <x:c r="G552" t="str">
-        <x:v>info@inghams-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H552" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" t="str">
-        <x:v>Insight Legal Services Limited</x:v>
+        <x:v>Hugh-Jones LLP</x:v>
       </x:c>
       <x:c r="B553" t="str">
-        <x:v>2nd Floor, Copse Walk</x:v>
+        <x:v>Aston House, Ground Floor</x:v>
       </x:c>
       <x:c r="C553" t="str">
-        <x:v>Cardiff Gate Business Park, Pontprennau,</x:v>
+        <x:v>Cornwall Avenue</x:v>
       </x:c>
       <x:c r="D553" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E553" t="str">
-        <x:v>South Glamorgan</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F553" t="str">
-        <x:v>CF23 8RB</x:v>
+        <x:v>N3 1LF</x:v>
       </x:c>
       <x:c r="G553" t="str">
-        <x:v>lmason@insight-law.co.uk</x:v>
+        <x:v>e.dervish@hugh-jones.co.uk</x:v>
       </x:c>
       <x:c r="H553" t="str">
-        <x:v>02920 093600</x:v>
+        <x:v>020 8346 2236</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" t="str">
-        <x:v>Insight Legal Services Limited</x:v>
+        <x:v>Humfrys &amp; Symonds Ltd</x:v>
       </x:c>
       <x:c r="B554" t="str">
-        <x:v>2nd Floor, Langford Lodge, 109 Pembroke Road</x:v>
+        <x:v>1 St. John Street</x:v>
       </x:c>
       <x:c r="C554" t="str">
-        <x:v>Clifton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D554" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Hereford</x:v>
       </x:c>
       <x:c r="E554" t="str">
-        <x:v>South Gloucestershire</x:v>
+        <x:v>Herefordshire</x:v>
       </x:c>
       <x:c r="F554" t="str">
-        <x:v>BS8 3EU</x:v>
+        <x:v>HR1 2ND</x:v>
       </x:c>
       <x:c r="G554" t="str">
-        <x:v>lmason@insight-law.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H554" t="str">
-        <x:v>01179 256257</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphreys &amp; Co.</x:v>
       </x:c>
       <x:c r="B555" t="str">
-        <x:v>48 Austhorpe Road</x:v>
+        <x:v>14 King Street</x:v>
       </x:c>
       <x:c r="C555" t="str">
-        <x:v>Crossgates</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D555" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E555" t="str">
-        <x:v/>
+        <x:v>Avon</x:v>
       </x:c>
       <x:c r="F555" t="str">
-        <x:v>LS15 8DX</x:v>
+        <x:v>BS1 4EF</x:v>
       </x:c>
       <x:c r="G555" t="str">
-        <x:v>crossgates@isonharrison.co.uk</x:v>
+        <x:v>humphreys@humphreys.co.uk</x:v>
       </x:c>
       <x:c r="H555" t="str">
-        <x:v>0113 2326530</x:v>
+        <x:v>0117 929 2662</x:v>
       </x:c>
     </x:row>
     <x:row r="556">
       <x:c r="A556" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B556" t="str">
-        <x:v>29 Main Street</x:v>
+        <x:v>Glebe House</x:v>
       </x:c>
       <x:c r="C556" t="str">
-        <x:v>Garforth</x:v>
+        <x:v>North Street</x:v>
       </x:c>
       <x:c r="D556" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Wareham</x:v>
       </x:c>
       <x:c r="E556" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F556" t="str">
-        <x:v>LS25 1DS</x:v>
+        <x:v>BH20 4AN</x:v>
       </x:c>
       <x:c r="G556" t="str">
-        <x:v>garforth@isonharrison.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H556" t="str">
-        <x:v>0113 2861455</x:v>
+        <x:v>01929 552141</x:v>
       </x:c>
     </x:row>
     <x:row r="557">
       <x:c r="A557" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B557" t="str">
-        <x:v>65 Victoria Road</x:v>
+        <x:v>17 Market Street</x:v>
       </x:c>
       <x:c r="C557" t="str">
         <x:v/>
       </x:c>
       <x:c r="D557" t="str">
-        <x:v>Guiseley</x:v>
+        <x:v>Crewkerne</x:v>
       </x:c>
       <x:c r="E557" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F557" t="str">
-        <x:v>LS20 8DQ</x:v>
+        <x:v>TA18 7JU</x:v>
       </x:c>
       <x:c r="G557" t="str">
-        <x:v>guiseley@isonharrison.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H557" t="str">
-        <x:v>01943 889080</x:v>
+        <x:v>01460 279100</x:v>
       </x:c>
     </x:row>
     <x:row r="558">
       <x:c r="A558" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B558" t="str">
-        <x:v>46a The Grove</x:v>
+        <x:v>40 High West Street</x:v>
       </x:c>
       <x:c r="C558" t="str">
         <x:v/>
       </x:c>
       <x:c r="D558" t="str">
-        <x:v>Ilkley</x:v>
+        <x:v>Dorchester</x:v>
       </x:c>
       <x:c r="E558" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F558" t="str">
-        <x:v>LS29 9EE</x:v>
+        <x:v>DT1 1UR</x:v>
       </x:c>
       <x:c r="G558" t="str">
-        <x:v>ilkley@isonharrison.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H558" t="str">
-        <x:v>01943 889100</x:v>
+        <x:v>01305 251007</x:v>
       </x:c>
     </x:row>
     <x:row r="559">
       <x:c r="A559" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B559" t="str">
-        <x:v>70a Queen Street</x:v>
+        <x:v>3 Acorn Business Park</x:v>
       </x:c>
       <x:c r="C559" t="str">
-        <x:v>Morley</x:v>
+        <x:v>Ling Road</x:v>
       </x:c>
       <x:c r="D559" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E559" t="str">
-        <x:v/>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F559" t="str">
-        <x:v>LS27 9BP</x:v>
+        <x:v>BH12 4NZ</x:v>
       </x:c>
       <x:c r="G559" t="str">
-        <x:v>mail@isonharrison.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H559" t="str">
-        <x:v>0113 2520331</x:v>
+        <x:v>01202 725400</x:v>
       </x:c>
     </x:row>
     <x:row r="560">
       <x:c r="A560" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B560" t="str">
-        <x:v>Lexmith Chambers, Bradley Street</x:v>
+        <x:v>The Stables</x:v>
       </x:c>
       <x:c r="C560" t="str">
-        <x:v/>
+        <x:v>The Brewery, Barley Place</x:v>
       </x:c>
       <x:c r="D560" t="str">
-        <x:v>Castleford</x:v>
+        <x:v>Blandford St Mary</x:v>
       </x:c>
       <x:c r="E560" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Blandford Forum</x:v>
       </x:c>
       <x:c r="F560" t="str">
-        <x:v>WF10 1HP</x:v>
+        <x:v>DT11 9GB</x:v>
       </x:c>
       <x:c r="G560" t="str">
-        <x:v>property@ih.co.uk</x:v>
+        <x:v>d.blackmore@hklaw.uk</x:v>
       </x:c>
       <x:c r="H560" t="str">
-        <x:v>01977 557171</x:v>
+        <x:v>01258 442 444 </x:v>
       </x:c>
     </x:row>
     <x:row r="561">
       <x:c r="A561" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B561" t="str">
-        <x:v>Norwood House</x:v>
+        <x:v>4 Rempstone Road</x:v>
       </x:c>
       <x:c r="C561" t="str">
-        <x:v>Stuart Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D561" t="str">
-        <x:v>Pontefract</x:v>
+        <x:v>Swanage</x:v>
       </x:c>
       <x:c r="E561" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F561" t="str">
-        <x:v>WF8 1BT</x:v>
+        <x:v>BH19 1DP</x:v>
       </x:c>
       <x:c r="G561" t="str">
-        <x:v>pontefract@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H561" t="str">
-        <x:v>01977 600960</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="562">
       <x:c r="A562" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Humphries Kirk LLP</x:v>
       </x:c>
       <x:c r="B562" t="str">
-        <x:v>24 - 26 Lidget Hill</x:v>
+        <x:v>1 Southbourne Grove</x:v>
       </x:c>
       <x:c r="C562" t="str">
-        <x:v>Pudsey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D562" t="str">
-        <x:v/>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E562" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F562" t="str">
-        <x:v>LS28 7DR</x:v>
+        <x:v>BH6 3RD</x:v>
       </x:c>
       <x:c r="G562" t="str">
-        <x:v>pudsey@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H562" t="str">
-        <x:v>0113 4680930</x:v>
+        <x:v>01202437157</x:v>
       </x:c>
     </x:row>
     <x:row r="563">
       <x:c r="A563" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Inghams</x:v>
       </x:c>
       <x:c r="B563" t="str">
-        <x:v>60 John William Street</x:v>
+        <x:v>8 Crescent East</x:v>
       </x:c>
       <x:c r="C563" t="str">
-        <x:v/>
+        <x:v>Thornton-cleveleys</x:v>
       </x:c>
       <x:c r="D563" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E563" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F563" t="str">
-        <x:v>HD1 1ER</x:v>
+        <x:v>FY5 3LW</x:v>
       </x:c>
       <x:c r="G563" t="str">
-        <x:v>mail@isonharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H563" t="str">
-        <x:v>01484 508680</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="564">
       <x:c r="A564" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Inghams</x:v>
       </x:c>
       <x:c r="B564" t="str">
-        <x:v>17 Market Street</x:v>
+        <x:v>37 Red Bank Road</x:v>
       </x:c>
       <x:c r="C564" t="str">
         <x:v/>
       </x:c>
       <x:c r="D564" t="str">
-        <x:v>Otley</x:v>
+        <x:v>Blackpool</x:v>
       </x:c>
       <x:c r="E564" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F564" t="str">
-        <x:v>LS21 3AF</x:v>
+        <x:v>FY2 9HX</x:v>
       </x:c>
       <x:c r="G564" t="str">
-        <x:v>Nigel.cowley@isonharrison.co.uk</x:v>
+        <x:v>info@inghams-law.co.uk</x:v>
       </x:c>
       <x:c r="H564" t="str">
-        <x:v>01943 889100</x:v>
+        <x:v>01253353308</x:v>
       </x:c>
     </x:row>
     <x:row r="565">
       <x:c r="A565" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Inghams</x:v>
       </x:c>
       <x:c r="B565" t="str">
-        <x:v>Queens Court</x:v>
+        <x:v>32-38 North Albert Street</x:v>
       </x:c>
       <x:c r="C565" t="str">
-        <x:v>Regent Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D565" t="str">
-        <x:v>Barnsley</x:v>
+        <x:v>Fleetwood</x:v>
       </x:c>
       <x:c r="E565" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F565" t="str">
-        <x:v>S70 2EG</x:v>
+        <x:v>FY7 6AW</x:v>
       </x:c>
       <x:c r="G565" t="str">
-        <x:v>barnsley@isonharrison.co.uk</x:v>
+        <x:v>es@inghams.law</x:v>
       </x:c>
       <x:c r="H565" t="str">
-        <x:v>01226 337840</x:v>
+        <x:v>01253 873481</x:v>
       </x:c>
     </x:row>
     <x:row r="566">
       <x:c r="A566" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Inghams Solicitors</x:v>
       </x:c>
       <x:c r="B566" t="str">
-        <x:v>6A Albert Street</x:v>
+        <x:v>12 Queens Square</x:v>
       </x:c>
       <x:c r="C566" t="str">
         <x:v/>
       </x:c>
       <x:c r="D566" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Poulton-le-Fylde</x:v>
       </x:c>
       <x:c r="E566" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F566" t="str">
-        <x:v>HG1 1JG</x:v>
+        <x:v>FY6 7BN</x:v>
       </x:c>
       <x:c r="G566" t="str">
-        <x:v>harrogate@isonharrison.co.uk</x:v>
+        <x:v>info@inghams-law.co.uk</x:v>
       </x:c>
       <x:c r="H566" t="str">
-        <x:v>01423 228111</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="567">
       <x:c r="A567" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Insight Legal Services Limited</x:v>
       </x:c>
       <x:c r="B567" t="str">
-        <x:v>4-6 Cross Street</x:v>
+        <x:v>2nd Floor, Copse Walk</x:v>
       </x:c>
       <x:c r="C567" t="str">
-        <x:v/>
+        <x:v>Cardiff Gate Business Park, Pontprennau,</x:v>
       </x:c>
       <x:c r="D567" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E567" t="str">
-        <x:v/>
+        <x:v>South Glamorgan</x:v>
       </x:c>
       <x:c r="F567" t="str">
-        <x:v>WF1 3BW</x:v>
+        <x:v>CF23 8RB</x:v>
       </x:c>
       <x:c r="G567" t="str">
-        <x:v>Wakefield@isonharrison.co.uk</x:v>
+        <x:v>lmason@insight-law.co.uk</x:v>
       </x:c>
       <x:c r="H567" t="str">
-        <x:v>01924 942 230</x:v>
+        <x:v>02920 093600</x:v>
       </x:c>
     </x:row>
     <x:row r="568">
       <x:c r="A568" t="str">
-        <x:v>Ison Harrison Limited</x:v>
+        <x:v>Insight Legal Services Limited</x:v>
       </x:c>
       <x:c r="B568" t="str">
-        <x:v>9C Cavendish Court, South Parade</x:v>
+        <x:v>2nd Floor, Langford Lodge, 109 Pembroke Road</x:v>
       </x:c>
       <x:c r="C568" t="str">
-        <x:v/>
+        <x:v>Clifton</x:v>
       </x:c>
       <x:c r="D568" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E568" t="str">
-        <x:v/>
+        <x:v>South Gloucestershire</x:v>
       </x:c>
       <x:c r="F568" t="str">
-        <x:v>DN1 2DJ</x:v>
+        <x:v>BS8 3EU</x:v>
       </x:c>
       <x:c r="G568" t="str">
-        <x:v>doncaster@isonharrison.co.uk</x:v>
+        <x:v>lmason@insight-law.co.uk</x:v>
       </x:c>
       <x:c r="H568" t="str">
-        <x:v>01302 246777</x:v>
+        <x:v>01179 256257</x:v>
       </x:c>
     </x:row>
     <x:row r="569">
       <x:c r="A569" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B569" t="str">
-        <x:v>2 Queensbury Court, Brighouse Road</x:v>
+        <x:v>48 Austhorpe Road</x:v>
       </x:c>
       <x:c r="C569" t="str">
-        <x:v>Queensbury</x:v>
+        <x:v>Crossgates</x:v>
       </x:c>
       <x:c r="D569" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E569" t="str">
         <x:v/>
       </x:c>
       <x:c r="F569" t="str">
-        <x:v>BD13 1FF</x:v>
+        <x:v>LS15 8DX</x:v>
       </x:c>
       <x:c r="G569" t="str">
-        <x:v>queensbury@isonharrison.co.uk</x:v>
+        <x:v>crossgates@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H569" t="str">
-        <x:v>01274 940150</x:v>
+        <x:v>0113 2326530</x:v>
       </x:c>
     </x:row>
     <x:row r="570">
       <x:c r="A570" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B570" t="str">
-        <x:v>29-31 Brook Street</x:v>
+        <x:v>29 Main Street</x:v>
       </x:c>
       <x:c r="C570" t="str">
-        <x:v/>
+        <x:v>Garforth</x:v>
       </x:c>
       <x:c r="D570" t="str">
-        <x:v>Selby</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E570" t="str">
         <x:v/>
       </x:c>
       <x:c r="F570" t="str">
-        <x:v>YO8 4AL</x:v>
+        <x:v>LS25 1DS</x:v>
       </x:c>
       <x:c r="G570" t="str">
-        <x:v>selby@isonharrison.co.uk</x:v>
+        <x:v>garforth@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H570" t="str">
-        <x:v>01757 601 900</x:v>
+        <x:v>0113 2861455</x:v>
       </x:c>
     </x:row>
     <x:row r="571">
       <x:c r="A571" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B571" t="str">
-        <x:v>Clifton House, Clifton Road</x:v>
+        <x:v>65 Victoria Road</x:v>
       </x:c>
       <x:c r="C571" t="str">
         <x:v/>
       </x:c>
       <x:c r="D571" t="str">
-        <x:v>Brighouse</x:v>
+        <x:v>Guiseley</x:v>
       </x:c>
       <x:c r="E571" t="str">
-        <x:v/>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="F571" t="str">
-        <x:v>HD6 1SL</x:v>
+        <x:v>LS20 8DQ</x:v>
       </x:c>
       <x:c r="G571" t="str">
-        <x:v>brighouse@isonharrison.co.uk</x:v>
+        <x:v>guiseley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H571" t="str">
-        <x:v>01484 260000</x:v>
+        <x:v>01943 889080</x:v>
       </x:c>
     </x:row>
     <x:row r="572">
       <x:c r="A572" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B572" t="str">
-        <x:v>Kipling House</x:v>
+        <x:v>46a The Grove</x:v>
       </x:c>
       <x:c r="C572" t="str">
-        <x:v>24 Otley Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D572" t="str">
-        <x:v>Skipton</x:v>
+        <x:v>Ilkley</x:v>
       </x:c>
       <x:c r="E572" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F572" t="str">
-        <x:v>BD23 1EW</x:v>
+        <x:v>LS29 9EE</x:v>
       </x:c>
       <x:c r="G572" t="str">
-        <x:v>skipton@isonharrison.co.uk</x:v>
+        <x:v>ilkley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H572" t="str">
-        <x:v>01756 799977</x:v>
+        <x:v>01943 889100</x:v>
       </x:c>
     </x:row>
     <x:row r="573">
       <x:c r="A573" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B573" t="str">
-        <x:v>122-126 Main Street</x:v>
+        <x:v>70a Queen Street</x:v>
       </x:c>
       <x:c r="C573" t="str">
-        <x:v/>
+        <x:v>Morley</x:v>
       </x:c>
       <x:c r="D573" t="str">
-        <x:v>Bingley</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E573" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F573" t="str">
-        <x:v>BD16 2HL</x:v>
+        <x:v>LS27 9BP</x:v>
       </x:c>
       <x:c r="G573" t="str">
-        <x:v>preeya.bernard@isonharrison.co.uk</x:v>
+        <x:v>mail@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H573" t="str">
-        <x:v>01274 009145</x:v>
+        <x:v>0113 2520331</x:v>
       </x:c>
     </x:row>
     <x:row r="574">
       <x:c r="A574" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B574" t="str">
-        <x:v>120 Harrogate Road</x:v>
+        <x:v>Lexmith Chambers, Bradley Street</x:v>
       </x:c>
       <x:c r="C574" t="str">
         <x:v/>
       </x:c>
       <x:c r="D574" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Castleford</x:v>
       </x:c>
       <x:c r="E574" t="str">
         <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F574" t="str">
-        <x:v>LS7 4NY</x:v>
+        <x:v>WF10 1HP</x:v>
       </x:c>
       <x:c r="G574" t="str">
-        <x:v>geraldine.levison@isonharrison.co.uk</x:v>
+        <x:v>property@ih.co.uk</x:v>
       </x:c>
       <x:c r="H574" t="str">
-        <x:v>01132007444</x:v>
+        <x:v>01977 557171</x:v>
       </x:c>
     </x:row>
     <x:row r="575">
       <x:c r="A575" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B575" t="str">
-        <x:v>23 Micklegate</x:v>
+        <x:v>Norwood House</x:v>
       </x:c>
       <x:c r="C575" t="str">
-        <x:v/>
+        <x:v>Stuart Road</x:v>
       </x:c>
       <x:c r="D575" t="str">
-        <x:v>York</x:v>
+        <x:v>Pontefract</x:v>
       </x:c>
       <x:c r="E575" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F575" t="str">
-        <x:v>YO1 6JH</x:v>
+        <x:v>WF8 1BT</x:v>
       </x:c>
       <x:c r="G575" t="str">
-        <x:v/>
+        <x:v>pontefract@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H575" t="str">
-        <x:v/>
+        <x:v>01977 600960</x:v>
       </x:c>
     </x:row>
     <x:row r="576">
       <x:c r="A576" t="str">
         <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B576" t="str">
-        <x:v>Duke House, 54 Wellington Street</x:v>
+        <x:v>24 - 26 Lidget Hill</x:v>
       </x:c>
       <x:c r="C576" t="str">
-        <x:v/>
+        <x:v>Pudsey</x:v>
       </x:c>
       <x:c r="D576" t="str">
-        <x:v>Leeds</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E576" t="str">
         <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F576" t="str">
-        <x:v>LS1 2EE</x:v>
+        <x:v>LS28 7DR</x:v>
       </x:c>
       <x:c r="G576" t="str">
-        <x:v>andrew.marshall@isonharrison.co.uk</x:v>
+        <x:v>pudsey@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H576" t="str">
-        <x:v>0113 284 5000</x:v>
+        <x:v>0113 4680930</x:v>
       </x:c>
     </x:row>
     <x:row r="577">
       <x:c r="A577" t="str">
-        <x:v>Jacksons Commercial &amp; Private Law LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B577" t="str">
-        <x:v>Central Square</x:v>
+        <x:v>60 John William Street</x:v>
       </x:c>
       <x:c r="C577" t="str">
-        <x:v>Forth Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D577" t="str">
-        <x:v>Newcastle Upon Tyne</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E577" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F577" t="str">
-        <x:v>NE1 3PJ</x:v>
+        <x:v>HD1 1ER</x:v>
       </x:c>
       <x:c r="G577" t="str">
-        <x:v>info@jacksons-law.com</x:v>
+        <x:v>mail@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H577" t="str">
-        <x:v>01912322574</x:v>
+        <x:v>01484 508680</x:v>
       </x:c>
     </x:row>
     <x:row r="578">
       <x:c r="A578" t="str">
-        <x:v>Jacksons Commercial &amp; Private Law LLP.</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B578" t="str">
-        <x:v>17 Falcon Court</x:v>
+        <x:v>17 Market Street</x:v>
       </x:c>
       <x:c r="C578" t="str">
-        <x:v>Preston Farm Industrial Estate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D578" t="str">
-        <x:v>Stockton-on-Tees</x:v>
+        <x:v>Otley</x:v>
       </x:c>
       <x:c r="E578" t="str">
-        <x:v>Durham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F578" t="str">
-        <x:v>TS18 3TU</x:v>
+        <x:v>LS21 3AF</x:v>
       </x:c>
       <x:c r="G578" t="str">
-        <x:v/>
+        <x:v>Nigel.cowley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H578" t="str">
-        <x:v/>
+        <x:v>01943 889100</x:v>
       </x:c>
     </x:row>
     <x:row r="579">
       <x:c r="A579" t="str">
-        <x:v>Jamieson Alexander Legal</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B579" t="str">
-        <x:v>Suite 219-220</x:v>
+        <x:v>Queens Court</x:v>
       </x:c>
       <x:c r="C579" t="str">
-        <x:v>Temple Chambers, 3-7 Temple Avenue</x:v>
+        <x:v>Regent Street</x:v>
       </x:c>
       <x:c r="D579" t="str">
-        <x:v>London</x:v>
+        <x:v>Barnsley</x:v>
       </x:c>
       <x:c r="E579" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F579" t="str">
-        <x:v>EC4Y 0DB</x:v>
+        <x:v>S70 2EG</x:v>
       </x:c>
       <x:c r="G579" t="str">
-        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk </x:v>
+        <x:v>barnsley@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H579" t="str">
-        <x:v>03302000 017</x:v>
+        <x:v>01226 337840</x:v>
       </x:c>
     </x:row>
     <x:row r="580">
       <x:c r="A580" t="str">
-        <x:v>Jamieson Alexander Limited</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B580" t="str">
-        <x:v>The Old Dairy Manor Farm High Street</x:v>
+        <x:v>6A Albert Street</x:v>
       </x:c>
       <x:c r="C580" t="str">
-        <x:v>Tingrith</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D580" t="str">
-        <x:v>Milton Keynes</x:v>
+        <x:v>Harrogate</x:v>
       </x:c>
       <x:c r="E580" t="str">
         <x:v/>
       </x:c>
       <x:c r="F580" t="str">
-        <x:v>MK17 9EN</x:v>
+        <x:v>HG1 1JG</x:v>
       </x:c>
       <x:c r="G580" t="str">
-        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk</x:v>
+        <x:v>harrogate@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H580" t="str">
-        <x:v>01908108571</x:v>
+        <x:v>01423 228111</x:v>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" t="str">
-        <x:v>JMW Solicitors LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B581" t="str">
-        <x:v>Kings House</x:v>
+        <x:v>4-6 Cross Street</x:v>
       </x:c>
       <x:c r="C581" t="str">
-        <x:v>36-37 King Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D581" t="str">
-        <x:v/>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E581" t="str">
         <x:v/>
       </x:c>
       <x:c r="F581" t="str">
-        <x:v>EC2V 8BB</x:v>
+        <x:v>WF1 3BW</x:v>
       </x:c>
       <x:c r="G581" t="str">
-        <x:v>enquiries@jmw.co.uk</x:v>
+        <x:v>Wakefield@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H581" t="str">
-        <x:v>020 3675 7600</x:v>
+        <x:v>01924 942 230</x:v>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" t="str">
-        <x:v>JMW Solicitors LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B582" t="str">
-        <x:v>1 Byrom Place</x:v>
+        <x:v>9C Cavendish Court, South Parade</x:v>
       </x:c>
       <x:c r="C582" t="str">
         <x:v/>
       </x:c>
       <x:c r="D582" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E582" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F582" t="str">
-        <x:v>M3 3HG</x:v>
+        <x:v>DN1 2DJ</x:v>
       </x:c>
       <x:c r="G582" t="str">
-        <x:v>enquiries@jmw.co.uk</x:v>
+        <x:v>doncaster@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H582" t="str">
-        <x:v>0161 838 2749</x:v>
+        <x:v>01302 246777</x:v>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" t="str">
-        <x:v>Johal &amp; Co</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B583" t="str">
-        <x:v>7 Northolt Road</x:v>
+        <x:v>2 Queensbury Court, Brighouse Road</x:v>
       </x:c>
       <x:c r="C583" t="str">
-        <x:v>South Harrow</x:v>
+        <x:v>Queensbury</x:v>
       </x:c>
       <x:c r="D583" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E583" t="str">
         <x:v/>
       </x:c>
       <x:c r="F583" t="str">
-        <x:v>HA2 0LH</x:v>
+        <x:v>BD13 1FF</x:v>
       </x:c>
       <x:c r="G583" t="str">
-        <x:v>shamoon@johalsolicitors.com</x:v>
+        <x:v>queensbury@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H583" t="str">
-        <x:v>020 84221221</x:v>
+        <x:v>01274 940150</x:v>
       </x:c>
     </x:row>
     <x:row r="584">
       <x:c r="A584" t="str">
-        <x:v>John Fowlers LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B584" t="str">
-        <x:v>12 Victoria Place</x:v>
+        <x:v>29-31 Brook Street</x:v>
       </x:c>
       <x:c r="C584" t="str">
-        <x:v>Brightlingsea</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D584" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>Selby</x:v>
       </x:c>
       <x:c r="E584" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F584" t="str">
-        <x:v>CO7 0BX</x:v>
+        <x:v>YO8 4AL</x:v>
       </x:c>
       <x:c r="G584" t="str">
-        <x:v>brightlingsea@johnfowlers.co.uk</x:v>
+        <x:v>selby@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H584" t="str">
-        <x:v>01206 302694</x:v>
+        <x:v>01757 601 900</x:v>
       </x:c>
     </x:row>
     <x:row r="585">
       <x:c r="A585" t="str">
-        <x:v>John Fowlers LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B585" t="str">
-        <x:v>Town Hall Chambers</x:v>
+        <x:v>Clifton House, Clifton Road</x:v>
       </x:c>
       <x:c r="C585" t="str">
-        <x:v>St. Runwalds Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D585" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>Brighouse</x:v>
       </x:c>
       <x:c r="E585" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F585" t="str">
-        <x:v>CO1 1DS</x:v>
+        <x:v>HD6 1SL</x:v>
       </x:c>
       <x:c r="G585" t="str">
-        <x:v>info@johnfowlers.co.uk</x:v>
+        <x:v>brighouse@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H585" t="str">
-        <x:v>01206576151</x:v>
+        <x:v>01484 260000</x:v>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" t="str">
-        <x:v>Judge And Priestley LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B586" t="str">
-        <x:v>Justin House</x:v>
+        <x:v>Kipling House</x:v>
       </x:c>
       <x:c r="C586" t="str">
-        <x:v>6 West Street</x:v>
+        <x:v>24 Otley Street</x:v>
       </x:c>
       <x:c r="D586" t="str">
-        <x:v>Bromley</x:v>
+        <x:v>Skipton</x:v>
       </x:c>
       <x:c r="E586" t="str">
         <x:v/>
       </x:c>
       <x:c r="F586" t="str">
-        <x:v>BR1 1JN</x:v>
+        <x:v>BD23 1EW</x:v>
       </x:c>
       <x:c r="G586" t="str">
-        <x:v>krajah@judge-priestley.co.uk</x:v>
+        <x:v>skipton@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H586" t="str">
-        <x:v>020 8290 7788</x:v>
+        <x:v>01756 799977</x:v>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B587" t="str">
-        <x:v>108-110 High Street</x:v>
+        <x:v>23 Micklegate</x:v>
       </x:c>
       <x:c r="C587" t="str">
         <x:v/>
       </x:c>
       <x:c r="D587" t="str">
-        <x:v>Beckenham</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E587" t="str">
-        <x:v>Kent</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F587" t="str">
-        <x:v>BR3 1EB</x:v>
+        <x:v>YO1 6JH</x:v>
       </x:c>
       <x:c r="G587" t="str">
         <x:v/>
       </x:c>
       <x:c r="H587" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B588" t="str">
-        <x:v>100 Station Road</x:v>
+        <x:v>122-126 Main Street</x:v>
       </x:c>
       <x:c r="C588" t="str">
         <x:v/>
       </x:c>
       <x:c r="D588" t="str">
-        <x:v>Sidcup</x:v>
+        <x:v>Bingley</x:v>
       </x:c>
       <x:c r="E588" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F588" t="str">
-        <x:v>DA15 7DT</x:v>
+        <x:v>BD16 2HL</x:v>
       </x:c>
       <x:c r="G588" t="str">
-        <x:v/>
+        <x:v>preeya.bernard@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H588" t="str">
-        <x:v/>
+        <x:v>01274 009145</x:v>
       </x:c>
     </x:row>
     <x:row r="589">
       <x:c r="A589" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B589" t="str">
-        <x:v>6 Cavendish place</x:v>
+        <x:v>120 Harrogate Road</x:v>
       </x:c>
       <x:c r="C589" t="str">
         <x:v/>
       </x:c>
       <x:c r="D589" t="str">
-        <x:v/>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E589" t="str">
-        <x:v>London</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F589" t="str">
-        <x:v>W1G 9NB</x:v>
+        <x:v>LS7 4NY</x:v>
       </x:c>
       <x:c r="G589" t="str">
-        <x:v>london_office@judge-priestley.co.uk</x:v>
+        <x:v>geraldine.levison@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H589" t="str">
-        <x:v>020 8290 0333</x:v>
+        <x:v>01132007444</x:v>
       </x:c>
     </x:row>
     <x:row r="590">
       <x:c r="A590" t="str">
-        <x:v>Judge and Priestley LLP</x:v>
+        <x:v>Ison Harrison Limited</x:v>
       </x:c>
       <x:c r="B590" t="str">
-        <x:v>1 Spencer Yard</x:v>
+        <x:v>Duke House, 54 Wellington Street</x:v>
       </x:c>
       <x:c r="C590" t="str">
         <x:v/>
       </x:c>
       <x:c r="D590" t="str">
-        <x:v>London</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E590" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F590" t="str">
-        <x:v>SE3 0DE</x:v>
+        <x:v>LS1 2EE</x:v>
       </x:c>
       <x:c r="G590" t="str">
-        <x:v>info@judge-priestley.co.uk</x:v>
+        <x:v>andrew.marshall@isonharrison.co.uk</x:v>
       </x:c>
       <x:c r="H590" t="str">
-        <x:v>0208 297 5800</x:v>
+        <x:v>0113 284 5000</x:v>
       </x:c>
     </x:row>
     <x:row r="591">
       <x:c r="A591" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Jacksons Commercial &amp; Private Law LLP</x:v>
       </x:c>
       <x:c r="B591" t="str">
-        <x:v>The Dock Hub</x:v>
+        <x:v>Central Square</x:v>
       </x:c>
       <x:c r="C591" t="str">
-        <x:v>Wilbury Villas</x:v>
+        <x:v>Forth Street</x:v>
       </x:c>
       <x:c r="D591" t="str">
-        <x:v>Hove</x:v>
+        <x:v>Newcastle Upon Tyne</x:v>
       </x:c>
       <x:c r="E591" t="str">
-        <x:v/>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F591" t="str">
-        <x:v>BN3 6AH</x:v>
+        <x:v>NE1 3PJ</x:v>
       </x:c>
       <x:c r="G591" t="str">
-        <x:v>Info@juryoshea.com</x:v>
+        <x:v>info@jacksons-law.com</x:v>
       </x:c>
       <x:c r="H591" t="str">
-        <x:v>02031764255</x:v>
+        <x:v>01912322574</x:v>
       </x:c>
     </x:row>
     <x:row r="592">
       <x:c r="A592" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Jacksons Commercial &amp; Private Law LLP.</x:v>
       </x:c>
       <x:c r="B592" t="str">
-        <x:v>195 Whiteladies Road</x:v>
+        <x:v>17 Falcon Court</x:v>
       </x:c>
       <x:c r="C592" t="str">
-        <x:v/>
+        <x:v>Preston Farm Industrial Estate</x:v>
       </x:c>
       <x:c r="D592" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Stockton-on-Tees</x:v>
       </x:c>
       <x:c r="E592" t="str">
-        <x:v/>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="F592" t="str">
-        <x:v>BS8 2SB</x:v>
+        <x:v>TS18 3TU</x:v>
       </x:c>
       <x:c r="G592" t="str">
-        <x:v>info@juryoshea.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H592" t="str">
-        <x:v>02031764255</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="593">
       <x:c r="A593" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Jacobs Law Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B593" t="str">
-        <x:v>64 North Row</x:v>
+        <x:v>180 Soho Hill</x:v>
       </x:c>
       <x:c r="C593" t="str">
         <x:v/>
       </x:c>
       <x:c r="D593" t="str">
-        <x:v/>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E593" t="str">
-        <x:v>London</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F593" t="str">
-        <x:v>W1K 7DA</x:v>
+        <x:v>B19 1AG</x:v>
       </x:c>
       <x:c r="G593" t="str">
         <x:v/>
       </x:c>
       <x:c r="H593" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="594">
       <x:c r="A594" t="str">
-        <x:v>Jury O'Shea LLP</x:v>
+        <x:v>Jacobs Law Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B594" t="str">
-        <x:v>Hanging Sword House</x:v>
+        <x:v>933 Walsall Road</x:v>
       </x:c>
       <x:c r="C594" t="str">
-        <x:v>21 Whitefriars Street</x:v>
+        <x:v>Great Barr</x:v>
       </x:c>
       <x:c r="D594" t="str">
-        <x:v>London</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E594" t="str">
         <x:v/>
       </x:c>
       <x:c r="F594" t="str">
-        <x:v>EC4Y 8JJ</x:v>
+        <x:v>B42 1TN</x:v>
       </x:c>
       <x:c r="G594" t="str">
-        <x:v/>
+        <x:v>ajmal@jacobslaw.org</x:v>
       </x:c>
       <x:c r="H594" t="str">
-        <x:v>02031764255</x:v>
+        <x:v>0121 461 0155</x:v>
       </x:c>
     </x:row>
     <x:row r="595">
       <x:c r="A595" t="str">
-        <x:v>Kenneth Elliott And Rowe Ltd</x:v>
+        <x:v>Jamieson Alexander Legal</x:v>
       </x:c>
       <x:c r="B595" t="str">
-        <x:v>Enterprise House, 18 Eastern Road</x:v>
+        <x:v>Suite 219-220</x:v>
       </x:c>
       <x:c r="C595" t="str">
-        <x:v/>
+        <x:v>Temple Chambers, 3-7 Temple Avenue</x:v>
       </x:c>
       <x:c r="D595" t="str">
-        <x:v>Romford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E595" t="str">
         <x:v/>
       </x:c>
       <x:c r="F595" t="str">
-        <x:v>RM1 3PJ</x:v>
+        <x:v>EC4Y 0DB</x:v>
       </x:c>
       <x:c r="G595" t="str">
-        <x:v>david.farr@ker.co.uk</x:v>
+        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk </x:v>
       </x:c>
       <x:c r="H595" t="str">
-        <x:v>01708 757575</x:v>
+        <x:v>03302000 017</x:v>
       </x:c>
     </x:row>
     <x:row r="596">
       <x:c r="A596" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>Jamieson Alexander Limited</x:v>
       </x:c>
       <x:c r="B596" t="str">
-        <x:v>17 Clovelly Road</x:v>
+        <x:v>The Old Dairy Manor Farm High Street</x:v>
       </x:c>
       <x:c r="C596" t="str">
-        <x:v/>
+        <x:v>Tingrith</x:v>
       </x:c>
       <x:c r="D596" t="str">
-        <x:v>Emsworth</x:v>
+        <x:v>Milton Keynes</x:v>
       </x:c>
       <x:c r="E596" t="str">
         <x:v/>
       </x:c>
       <x:c r="F596" t="str">
-        <x:v>PO10 7HL</x:v>
+        <x:v>MK17 9EN</x:v>
       </x:c>
       <x:c r="G596" t="str">
-        <x:v/>
+        <x:v>mustafa.raniwalla@jamiesonalexander.co.uk</x:v>
       </x:c>
       <x:c r="H596" t="str">
-        <x:v/>
+        <x:v>01908108571</x:v>
       </x:c>
     </x:row>
     <x:row r="597">
       <x:c r="A597" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>JMW Solicitors LLP</x:v>
       </x:c>
       <x:c r="B597" t="str">
-        <x:v>The Old Rectory, Old Rectory Drive</x:v>
+        <x:v>1 Byrom Place</x:v>
       </x:c>
       <x:c r="C597" t="str">
-        <x:v>Eastergate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D597" t="str">
-        <x:v>Chichester</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E597" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F597" t="str">
-        <x:v>PO20 3XH</x:v>
+        <x:v>M3 3HG</x:v>
       </x:c>
       <x:c r="G597" t="str">
-        <x:v>louise@kennysolicitors.co.uk</x:v>
+        <x:v>enquiries@jmw.co.uk</x:v>
       </x:c>
       <x:c r="H597" t="str">
-        <x:v>01243 769016</x:v>
+        <x:v>0161 838 2749</x:v>
       </x:c>
     </x:row>
     <x:row r="598">
       <x:c r="A598" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>JMW Solicitors LLP</x:v>
       </x:c>
       <x:c r="B598" t="str">
-        <x:v>11 The Causeway</x:v>
+        <x:v>Kings House</x:v>
       </x:c>
       <x:c r="C598" t="str">
-        <x:v/>
+        <x:v>36-37 King Street</x:v>
       </x:c>
       <x:c r="D598" t="str">
-        <x:v>Arundel</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E598" t="str">
-        <x:v>West Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F598" t="str">
-        <x:v>BN18 9JJ</x:v>
+        <x:v>EC2V 8BB</x:v>
       </x:c>
       <x:c r="G598" t="str">
-        <x:v>susanne@kennysolicitors.co.uk</x:v>
+        <x:v>enquiries@jmw.co.uk</x:v>
       </x:c>
       <x:c r="H598" t="str">
-        <x:v>01903 331021</x:v>
+        <x:v>020 3675 7600</x:v>
       </x:c>
     </x:row>
     <x:row r="599">
       <x:c r="A599" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>Johal &amp; Co</x:v>
       </x:c>
       <x:c r="B599" t="str">
-        <x:v>195 The Crossway</x:v>
+        <x:v>7 Northolt Road</x:v>
       </x:c>
       <x:c r="C599" t="str">
-        <x:v/>
+        <x:v>South Harrow</x:v>
       </x:c>
       <x:c r="D599" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="E599" t="str">
         <x:v/>
       </x:c>
       <x:c r="F599" t="str">
-        <x:v>PO16 8NG</x:v>
+        <x:v>HA2 0LH</x:v>
       </x:c>
       <x:c r="G599" t="str">
-        <x:v>lorna@kennysolicitors.co.uk</x:v>
+        <x:v>shamoon@johalsolicitors.com</x:v>
       </x:c>
       <x:c r="H599" t="str">
-        <x:v>02392 002011 </x:v>
+        <x:v>020 84221221</x:v>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" t="str">
-        <x:v>Kenny Solicitors Ltd</x:v>
+        <x:v>John Fowlers LLP</x:v>
       </x:c>
       <x:c r="B600" t="str">
-        <x:v>Old Market House</x:v>
+        <x:v>12 Victoria Place</x:v>
       </x:c>
       <x:c r="C600" t="str">
-        <x:v>Market Avenue</x:v>
+        <x:v>Brightlingsea</x:v>
       </x:c>
       <x:c r="D600" t="str">
-        <x:v/>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E600" t="str">
-        <x:v>Chichester</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F600" t="str">
-        <x:v>PO19 1JR</x:v>
+        <x:v>CO7 0BX</x:v>
       </x:c>
       <x:c r="G600" t="str">
-        <x:v>info@kennysolicitors.co.uk</x:v>
+        <x:v>brightlingsea@johnfowlers.co.uk</x:v>
       </x:c>
       <x:c r="H600" t="str">
-        <x:v>01243 769072</x:v>
+        <x:v>01206 302694</x:v>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>John Fowlers LLP</x:v>
       </x:c>
       <x:c r="B601" t="str">
-        <x:v>88 Duke Street</x:v>
+        <x:v>Town Hall Chambers</x:v>
       </x:c>
       <x:c r="C601" t="str">
-        <x:v/>
+        <x:v>St. Runwalds Street</x:v>
       </x:c>
       <x:c r="D601" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E601" t="str">
         <x:v>Essex</x:v>
       </x:c>
       <x:c r="F601" t="str">
-        <x:v>CM1 1JP</x:v>
+        <x:v>CO1 1DS</x:v>
       </x:c>
       <x:c r="G601" t="str">
-        <x:v/>
+        <x:v>info@johnfowlers.co.uk</x:v>
       </x:c>
       <x:c r="H601" t="str">
-        <x:v/>
+        <x:v>01206576151</x:v>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Judge And Priestley LLP</x:v>
       </x:c>
       <x:c r="B602" t="str">
-        <x:v>1 Gate Street</x:v>
+        <x:v>Justin House</x:v>
       </x:c>
       <x:c r="C602" t="str">
-        <x:v/>
+        <x:v>6 West Street</x:v>
       </x:c>
       <x:c r="D602" t="str">
-        <x:v>Maldon</x:v>
+        <x:v>Bromley</x:v>
       </x:c>
       <x:c r="E602" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F602" t="str">
-        <x:v>CM9 5QW</x:v>
+        <x:v>BR1 1JN</x:v>
       </x:c>
       <x:c r="G602" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>krajah@judge-priestley.co.uk</x:v>
       </x:c>
       <x:c r="H602" t="str">
-        <x:v/>
+        <x:v>020 8290 7788</x:v>
       </x:c>
     </x:row>
     <x:row r="603">
       <x:c r="A603" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B603" t="str">
-        <x:v>Old Manor House</x:v>
+        <x:v>100 Station Road</x:v>
       </x:c>
       <x:c r="C603" t="str">
-        <x:v>Little Square</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D603" t="str">
-        <x:v>Braintree</x:v>
+        <x:v>Sidcup</x:v>
       </x:c>
       <x:c r="E603" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F603" t="str">
-        <x:v>CM7 1UT</x:v>
+        <x:v>DA15 7DT</x:v>
       </x:c>
       <x:c r="G603" t="str">
         <x:v/>
       </x:c>
       <x:c r="H603" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="604">
       <x:c r="A604" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B604" t="str">
-        <x:v>30 Rectory Road</x:v>
+        <x:v>108-110 High Street</x:v>
       </x:c>
       <x:c r="C604" t="str">
-        <x:v>Hadleigh</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D604" t="str">
-        <x:v>Benfleet</x:v>
+        <x:v>Beckenham</x:v>
       </x:c>
       <x:c r="E604" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F604" t="str">
-        <x:v>SS7 2ND</x:v>
+        <x:v>BR3 1EB</x:v>
       </x:c>
       <x:c r="G604" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H604" t="str">
-        <x:v>01702 558 211</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="605">
       <x:c r="A605" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B605" t="str">
-        <x:v>55 North Hill</x:v>
+        <x:v>6 Cavendish place</x:v>
       </x:c>
       <x:c r="C605" t="str">
-        <x:v>Colchester </x:v>
+        <x:v/>
       </x:c>
       <x:c r="D605" t="str">
         <x:v/>
       </x:c>
       <x:c r="E605" t="str">
-        <x:v>Essex </x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F605" t="str">
-        <x:v>CO1 1PX</x:v>
+        <x:v>W1G 9NB</x:v>
       </x:c>
       <x:c r="G605" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>london_office@judge-priestley.co.uk</x:v>
       </x:c>
       <x:c r="H605" t="str">
-        <x:v>01206 564546</x:v>
+        <x:v>020 8290 0333</x:v>
       </x:c>
     </x:row>
     <x:row r="606">
       <x:c r="A606" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Judge and Priestley LLP</x:v>
       </x:c>
       <x:c r="B606" t="str">
-        <x:v>121 Newland Street</x:v>
+        <x:v>1 Spencer Yard</x:v>
       </x:c>
       <x:c r="C606" t="str">
         <x:v/>
       </x:c>
       <x:c r="D606" t="str">
-        <x:v>Witham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E606" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F606" t="str">
-        <x:v>CM8 1BE</x:v>
+        <x:v>SE3 0DE</x:v>
       </x:c>
       <x:c r="G606" t="str">
-        <x:v>nigel.wood@kewlaw.co.uk</x:v>
+        <x:v>info@judge-priestley.co.uk</x:v>
       </x:c>
       <x:c r="H606" t="str">
-        <x:v>01376 500049</x:v>
+        <x:v>0208 297 5800</x:v>
       </x:c>
     </x:row>
     <x:row r="607">
       <x:c r="A607" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B607" t="str">
-        <x:v>11 London Road</x:v>
+        <x:v>64 North Row</x:v>
       </x:c>
       <x:c r="C607" t="str">
         <x:v/>
       </x:c>
       <x:c r="D607" t="str">
-        <x:v>Wickford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E607" t="str">
-        <x:v>Essex</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F607" t="str">
-        <x:v>SS12 0AW</x:v>
+        <x:v>W1K 7DA</x:v>
       </x:c>
       <x:c r="G607" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H607" t="str">
-        <x:v>01268 560176</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="608">
       <x:c r="A608" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B608" t="str">
-        <x:v>34 High Street</x:v>
+        <x:v>Hanging Sword House</x:v>
       </x:c>
       <x:c r="C608" t="str">
-        <x:v/>
+        <x:v>21 Whitefriars Street</x:v>
       </x:c>
       <x:c r="D608" t="str">
-        <x:v>Burnham-on-Crouch</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E608" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F608" t="str">
-        <x:v>CM0 8AA</x:v>
+        <x:v>EC4Y 8JJ</x:v>
       </x:c>
       <x:c r="G608" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H608" t="str">
-        <x:v>01621 784838</x:v>
+        <x:v>02031764255</x:v>
       </x:c>
     </x:row>
     <x:row r="609">
       <x:c r="A609" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B609" t="str">
-        <x:v>20 High Street</x:v>
+        <x:v>The Dock Hub</x:v>
       </x:c>
       <x:c r="C609" t="str">
-        <x:v/>
+        <x:v>Wilbury Villas</x:v>
       </x:c>
       <x:c r="D609" t="str">
-        <x:v>Halstead</x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E609" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F609" t="str">
-        <x:v>CO9 2AP</x:v>
+        <x:v>BN3 6AH</x:v>
       </x:c>
       <x:c r="G609" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>Info@juryoshea.com</x:v>
       </x:c>
       <x:c r="H609" t="str">
-        <x:v>01787 274210</x:v>
+        <x:v>02031764255</x:v>
       </x:c>
     </x:row>
     <x:row r="610">
       <x:c r="A610" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Jury O'Shea LLP</x:v>
       </x:c>
       <x:c r="B610" t="str">
-        <x:v>18 North Street</x:v>
+        <x:v>195 Whiteladies Road</x:v>
       </x:c>
       <x:c r="C610" t="str">
         <x:v/>
       </x:c>
       <x:c r="D610" t="str">
-        <x:v>Sudbury</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E610" t="str">
         <x:v/>
       </x:c>
       <x:c r="F610" t="str">
-        <x:v>CO10 1RB</x:v>
+        <x:v>BS8 2SB</x:v>
       </x:c>
       <x:c r="G610" t="str">
-        <x:v>sudbury@kewlaw.co.uk</x:v>
+        <x:v>info@juryoshea.com</x:v>
       </x:c>
       <x:c r="H610" t="str">
-        <x:v>01787 322500</x:v>
+        <x:v>02031764255</x:v>
       </x:c>
     </x:row>
     <x:row r="611">
       <x:c r="A611" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Kenneth Elliott And Rowe Ltd</x:v>
       </x:c>
       <x:c r="B611" t="str">
-        <x:v>8 Chandlers Way</x:v>
+        <x:v>Enterprise House, 18 Eastern Road</x:v>
       </x:c>
       <x:c r="C611" t="str">
         <x:v/>
       </x:c>
       <x:c r="D611" t="str">
-        <x:v>South Woodham Ferrers</x:v>
+        <x:v>Romford</x:v>
       </x:c>
       <x:c r="E611" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F611" t="str">
-        <x:v>CM3 5TB</x:v>
+        <x:v>RM1 3PJ</x:v>
       </x:c>
       <x:c r="G611" t="str">
-        <x:v>info@kewlaw.co.uk</x:v>
+        <x:v>david.farr@ker.co.uk</x:v>
       </x:c>
       <x:c r="H611" t="str">
-        <x:v>01245 201910</x:v>
+        <x:v>01708 757575</x:v>
       </x:c>
     </x:row>
     <x:row r="612">
       <x:c r="A612" t="str">
-        <x:v>Kew Law LLP</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B612" t="str">
-        <x:v>89 Rosemary Road West</x:v>
+        <x:v>The Old Rectory, Old Rectory Drive</x:v>
       </x:c>
       <x:c r="C612" t="str">
-        <x:v/>
+        <x:v>Eastergate</x:v>
       </x:c>
       <x:c r="D612" t="str">
-        <x:v>Clacton On Sea</x:v>
+        <x:v>Chichester</x:v>
       </x:c>
       <x:c r="E612" t="str">
         <x:v/>
       </x:c>
       <x:c r="F612" t="str">
-        <x:v>CO15 1EP</x:v>
+        <x:v>PO20 3XH</x:v>
       </x:c>
       <x:c r="G612" t="str">
-        <x:v>clacton@kewlaw.co.uk</x:v>
+        <x:v>louise@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H612" t="str">
-        <x:v>01255 440363</x:v>
+        <x:v>01243 769016</x:v>
       </x:c>
     </x:row>
     <x:row r="613">
       <x:c r="A613" t="str">
-        <x:v>Keystone Law Limited</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B613" t="str">
-        <x:v>48 Chancery Lane</x:v>
+        <x:v>11 The Causeway</x:v>
       </x:c>
       <x:c r="C613" t="str">
         <x:v/>
       </x:c>
       <x:c r="D613" t="str">
-        <x:v>London</x:v>
+        <x:v>Arundel</x:v>
       </x:c>
       <x:c r="E613" t="str">
-        <x:v/>
+        <x:v>West Sussex</x:v>
       </x:c>
       <x:c r="F613" t="str">
-        <x:v>WC2A 1JF</x:v>
+        <x:v>BN18 9JJ</x:v>
       </x:c>
       <x:c r="G613" t="str">
-        <x:v/>
+        <x:v>susanne@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H613" t="str">
-        <x:v>020 3319 3700</x:v>
+        <x:v>01903 331021</x:v>
       </x:c>
     </x:row>
     <x:row r="614">
       <x:c r="A614" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B614" t="str">
-        <x:v>Walker House</x:v>
+        <x:v>195 The Crossway</x:v>
       </x:c>
       <x:c r="C614" t="str">
-        <x:v>George Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D614" t="str">
-        <x:v>Aylesbury</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E614" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F614" t="str">
-        <x:v>HP20 2HU</x:v>
+        <x:v>PO16 8NG</x:v>
       </x:c>
       <x:c r="G614" t="str">
-        <x:v/>
+        <x:v>lorna@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H614" t="str">
-        <x:v>01296 432 541</x:v>
+        <x:v>02392 002011 </x:v>
       </x:c>
     </x:row>
     <x:row r="615">
       <x:c r="A615" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B615" t="str">
-        <x:v>392 Edinburgh Avenue</x:v>
+        <x:v>Old Market House</x:v>
       </x:c>
       <x:c r="C615" t="str">
-        <x:v/>
+        <x:v>Market Avenue</x:v>
       </x:c>
       <x:c r="D615" t="str">
-        <x:v>Slough</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E615" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>Chichester</x:v>
       </x:c>
       <x:c r="F615" t="str">
-        <x:v>SL1 4UF</x:v>
+        <x:v>PO19 1JR</x:v>
       </x:c>
       <x:c r="G615" t="str">
-        <x:v/>
+        <x:v>info@kennysolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H615" t="str">
-        <x:v/>
+        <x:v>01243 769072</x:v>
       </x:c>
     </x:row>
     <x:row r="616">
       <x:c r="A616" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Kenny Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B616" t="str">
-        <x:v>The Old Registry,</x:v>
+        <x:v>17 Clovelly Road</x:v>
       </x:c>
       <x:c r="C616" t="str">
-        <x:v>20 Amersham Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D616" t="str">
-        <x:v>High Wycombe</x:v>
+        <x:v>Emsworth</x:v>
       </x:c>
       <x:c r="E616" t="str">
-        <x:v>Buckinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F616" t="str">
-        <x:v>HP13 6NZ</x:v>
+        <x:v>PO10 7HL</x:v>
       </x:c>
       <x:c r="G616" t="str">
         <x:v/>
       </x:c>
       <x:c r="H616" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="617">
       <x:c r="A617" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B617" t="str">
-        <x:v>29 Harbour Exchange Square</x:v>
+        <x:v>88 Duke Street</x:v>
       </x:c>
       <x:c r="C617" t="str">
         <x:v/>
       </x:c>
       <x:c r="D617" t="str">
-        <x:v>London</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E617" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F617" t="str">
-        <x:v>E14 9GE</x:v>
+        <x:v>CM1 1JP</x:v>
       </x:c>
       <x:c r="G617" t="str">
-        <x:v>mzvarykina@kiddrapinet.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H617" t="str">
-        <x:v>02072655473</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="618">
       <x:c r="A618" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B618" t="str">
-        <x:v>33 Queen Street</x:v>
+        <x:v>1 Gate Street</x:v>
       </x:c>
       <x:c r="C618" t="str">
-        <x:v>Maidenhead</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D618" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v>Maldon</x:v>
       </x:c>
       <x:c r="E618" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F618" t="str">
-        <x:v>SL6 1ND</x:v>
+        <x:v>CM9 5QW</x:v>
       </x:c>
       <x:c r="G618" t="str">
-        <x:v/>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H618" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="619">
       <x:c r="A619" t="str">
-        <x:v>Kidd Rapinet LLP</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B619" t="str">
-        <x:v>Sovereign House</x:v>
+        <x:v>30 Rectory Road</x:v>
       </x:c>
       <x:c r="C619" t="str">
-        <x:v>17 South Street</x:v>
+        <x:v>Hadleigh</x:v>
       </x:c>
       <x:c r="D619" t="str">
-        <x:v>Farnham</x:v>
+        <x:v>Benfleet</x:v>
       </x:c>
       <x:c r="E619" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F619" t="str">
-        <x:v>GU9 7QU</x:v>
+        <x:v>SS7 2ND</x:v>
       </x:c>
       <x:c r="G619" t="str">
-        <x:v>khaycock@kiddrapinet.co.uk</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H619" t="str">
-        <x:v>01252713242</x:v>
+        <x:v>01702 558 211</x:v>
       </x:c>
     </x:row>
     <x:row r="620">
       <x:c r="A620" t="str">
-        <x:v>Kidwells Law Solicitors Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B620" t="str">
-        <x:v>Kidwells House </x:v>
+        <x:v>55 North Hill</x:v>
       </x:c>
       <x:c r="C620" t="str">
-        <x:v> 4 Coldnose Road,</x:v>
+        <x:v>Colchester </x:v>
       </x:c>
       <x:c r="D620" t="str">
         <x:v/>
       </x:c>
       <x:c r="E620" t="str">
-        <x:v/>
+        <x:v>Essex </x:v>
       </x:c>
       <x:c r="F620" t="str">
-        <x:v>HR2 6JL </x:v>
+        <x:v>CO1 1PX</x:v>
       </x:c>
       <x:c r="G620" t="str">
-        <x:v>Michael.Horne@kidwellssolicitors.co.uk</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H620" t="str">
-        <x:v>01432 278179</x:v>
+        <x:v>01206 564546</x:v>
       </x:c>
     </x:row>
     <x:row r="621">
       <x:c r="A621" t="str">
-        <x:v>Kidwells Law Solicitors Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B621" t="str">
-        <x:v>E Q, 111 Victoria Street</x:v>
+        <x:v>Old Manor House</x:v>
       </x:c>
       <x:c r="C621" t="str">
-        <x:v/>
+        <x:v>Little Square</x:v>
       </x:c>
       <x:c r="D621" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Braintree</x:v>
       </x:c>
       <x:c r="E621" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F621" t="str">
-        <x:v>BS1 6AX</x:v>
+        <x:v>CM7 1UT</x:v>
       </x:c>
       <x:c r="G621" t="str">
-        <x:v>info@kidwellssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H621" t="str">
-        <x:v>0117 435 0014</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="622">
       <x:c r="A622" t="str">
-        <x:v>Kilvington Solicitors</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B622" t="str">
-        <x:v>Westmorland House</x:v>
+        <x:v>121 Newland Street</x:v>
       </x:c>
       <x:c r="C622" t="str">
-        <x:v>Market Square</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D622" t="str">
-        <x:v>Kirkby Stephen</x:v>
+        <x:v>Witham</x:v>
       </x:c>
       <x:c r="E622" t="str">
-        <x:v>Cumbria</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F622" t="str">
-        <x:v>CA17 4QT</x:v>
+        <x:v>CM8 1BE</x:v>
       </x:c>
       <x:c r="G622" t="str">
-        <x:v/>
+        <x:v>nigel.wood@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H622" t="str">
-        <x:v>01768371495</x:v>
+        <x:v>01376 500049</x:v>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" t="str">
-        <x:v>Kinas Solicitors Ltd</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B623" t="str">
-        <x:v>393 Green Lanes</x:v>
+        <x:v>11 London Road</x:v>
       </x:c>
       <x:c r="C623" t="str">
         <x:v/>
       </x:c>
       <x:c r="D623" t="str">
-        <x:v>London</x:v>
+        <x:v>Wickford</x:v>
       </x:c>
       <x:c r="E623" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F623" t="str">
-        <x:v>N4 1EU</x:v>
+        <x:v>SS12 0AW</x:v>
       </x:c>
       <x:c r="G623" t="str">
-        <x:v>onder.akar@kinas.co.uk</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H623" t="str">
-        <x:v>02083472303</x:v>
+        <x:v>01268 560176</x:v>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" t="str">
-        <x:v>Kingsley Bond Solicitors</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B624" t="str">
-        <x:v>13A Market Street</x:v>
+        <x:v>34 High Street</x:v>
       </x:c>
       <x:c r="C624" t="str">
         <x:v/>
       </x:c>
       <x:c r="D624" t="str">
-        <x:v>Alton</x:v>
+        <x:v>Burnham-on-Crouch</x:v>
       </x:c>
       <x:c r="E624" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F624" t="str">
-        <x:v>GU34 1HA</x:v>
+        <x:v>CM0 8AA</x:v>
       </x:c>
       <x:c r="G624" t="str">
-        <x:v/>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H624" t="str">
-        <x:v/>
+        <x:v>01621 784838</x:v>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" t="str">
-        <x:v>Kingsley Bond Solicitors Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B625" t="str">
-        <x:v>34 Crowhurst Mead</x:v>
+        <x:v>20 High Street</x:v>
       </x:c>
       <x:c r="C625" t="str">
         <x:v/>
       </x:c>
       <x:c r="D625" t="str">
-        <x:v>Godstone</x:v>
+        <x:v>Halstead</x:v>
       </x:c>
       <x:c r="E625" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F625" t="str">
-        <x:v>RH9 8BF</x:v>
+        <x:v>CO9 2AP</x:v>
       </x:c>
       <x:c r="G625" t="str">
-        <x:v>Guy.Fernback@kingsleybond.co.uk</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H625" t="str">
-        <x:v>02080514222</x:v>
+        <x:v>01787 274210</x:v>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" t="str">
-        <x:v>Kingsley Bond Solicitors Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B626" t="str">
-        <x:v>30 Churchill Place</x:v>
+        <x:v>18 North Street</x:v>
       </x:c>
       <x:c r="C626" t="str">
         <x:v/>
       </x:c>
       <x:c r="D626" t="str">
-        <x:v>London</x:v>
+        <x:v>Sudbury</x:v>
       </x:c>
       <x:c r="E626" t="str">
         <x:v/>
       </x:c>
       <x:c r="F626" t="str">
-        <x:v>E14 5RE</x:v>
+        <x:v>CO10 1RB</x:v>
       </x:c>
       <x:c r="G626" t="str">
-        <x:v>ask@kingsleybond.co.uk</x:v>
+        <x:v>sudbury@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H626" t="str">
-        <x:v>020 8051 4222</x:v>
+        <x:v>01787 322500</x:v>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" t="str">
-        <x:v>Kingswell Watts Solicitors Limited</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B627" t="str">
-        <x:v>Church Street</x:v>
+        <x:v>8 Chandlers Way</x:v>
       </x:c>
       <x:c r="C627" t="str">
         <x:v/>
       </x:c>
       <x:c r="D627" t="str">
-        <x:v>Dewsbury</x:v>
+        <x:v>South Woodham Ferrers</x:v>
       </x:c>
       <x:c r="E627" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="F627" t="str">
-        <x:v>WF13 1JX</x:v>
+        <x:v>CM3 5TB</x:v>
       </x:c>
       <x:c r="G627" t="str">
-        <x:v>asif.abubaker@kingswellwatts.co.uk</x:v>
+        <x:v>info@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H627" t="str">
-        <x:v>01924461236</x:v>
+        <x:v>01245 201910</x:v>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>Kew Law LLP</x:v>
       </x:c>
       <x:c r="B628" t="str">
-        <x:v>Minerva House, Orchard Way</x:v>
+        <x:v>89 Rosemary Road West</x:v>
       </x:c>
       <x:c r="C628" t="str">
-        <x:v>Edginswell Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D628" t="str">
-        <x:v>Torquay</x:v>
+        <x:v>Clacton On Sea</x:v>
       </x:c>
       <x:c r="E628" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F628" t="str">
-        <x:v>TQ2 7FA</x:v>
+        <x:v>CO15 1EP</x:v>
       </x:c>
       <x:c r="G628" t="str">
-        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
+        <x:v>clacton@kewlaw.co.uk</x:v>
       </x:c>
       <x:c r="H628" t="str">
-        <x:v>01803202020</x:v>
+        <x:v>01255 440363</x:v>
       </x:c>
     </x:row>
     <x:row r="629">
       <x:c r="A629" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>Keystone Law Limited</x:v>
       </x:c>
       <x:c r="B629" t="str">
-        <x:v>Balliol House, Southernhay Gardens</x:v>
+        <x:v>48 Chancery Lane</x:v>
       </x:c>
       <x:c r="C629" t="str">
         <x:v/>
       </x:c>
       <x:c r="D629" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E629" t="str">
         <x:v/>
       </x:c>
       <x:c r="F629" t="str">
-        <x:v>EX1 1NP</x:v>
+        <x:v>WC2A 1JF</x:v>
       </x:c>
       <x:c r="G629" t="str">
-        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H629" t="str">
-        <x:v>01392 455 555</x:v>
+        <x:v>020 3319 3700</x:v>
       </x:c>
     </x:row>
     <x:row r="630">
       <x:c r="A630" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B630" t="str">
-        <x:v>Ashleigh Way</x:v>
+        <x:v>Walker House</x:v>
       </x:c>
       <x:c r="C630" t="str">
-        <x:v>Langage Business Park</x:v>
+        <x:v>George Street</x:v>
       </x:c>
       <x:c r="D630" t="str">
-        <x:v>Plympton, Plymouth</x:v>
+        <x:v>Aylesbury</x:v>
       </x:c>
       <x:c r="E630" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F630" t="str">
-        <x:v>PL7 5JX</x:v>
+        <x:v>HP20 2HU</x:v>
       </x:c>
       <x:c r="G630" t="str">
-        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H630" t="str">
-        <x:v>01752603040</x:v>
+        <x:v>01296 432 541</x:v>
       </x:c>
     </x:row>
     <x:row r="631">
       <x:c r="A631" t="str">
-        <x:v>Kitson Boyce LLP</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B631" t="str">
-        <x:v>Brunel House</x:v>
+        <x:v>The Old Registry,</x:v>
       </x:c>
       <x:c r="C631" t="str">
-        <x:v>Station Road</x:v>
+        <x:v>20 Amersham Hill</x:v>
       </x:c>
       <x:c r="D631" t="str">
-        <x:v>Totnes</x:v>
+        <x:v>High Wycombe</x:v>
       </x:c>
       <x:c r="E631" t="str">
-        <x:v/>
+        <x:v>Buckinghamshire</x:v>
       </x:c>
       <x:c r="F631" t="str">
-        <x:v>TQ9 5HW</x:v>
+        <x:v>HP13 6NZ</x:v>
       </x:c>
       <x:c r="G631" t="str">
-        <x:v>advice@kitsonboyce.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H631" t="str">
-        <x:v>01803 403403</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="632">
       <x:c r="A632" t="str">
-        <x:v>KLR Solicitors Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B632" t="str">
-        <x:v>63a Sidcup High Street</x:v>
+        <x:v>29 Harbour Exchange Square</x:v>
       </x:c>
       <x:c r="C632" t="str">
         <x:v/>
       </x:c>
       <x:c r="D632" t="str">
-        <x:v>Sidcup</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E632" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F632" t="str">
-        <x:v>DA14 6DW</x:v>
+        <x:v>E14 9GE</x:v>
       </x:c>
       <x:c r="G632" t="str">
-        <x:v>samanthi.perera@klrsolicitors.co.uk</x:v>
+        <x:v>mzvarykina@kiddrapinet.co.uk</x:v>
       </x:c>
       <x:c r="H632" t="str">
-        <x:v>02083006666</x:v>
+        <x:v>02072655473</x:v>
       </x:c>
     </x:row>
     <x:row r="633">
       <x:c r="A633" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B633" t="str">
-        <x:v>3rd Floor, HQ Offices</x:v>
+        <x:v>392 Edinburgh Avenue</x:v>
       </x:c>
       <x:c r="C633" t="str">
-        <x:v>58 Nicholas Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D633" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Slough</x:v>
       </x:c>
       <x:c r="E633" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F633" t="str">
-        <x:v>CH1 2NP</x:v>
+        <x:v>SL1 4UF</x:v>
       </x:c>
       <x:c r="G633" t="str">
-        <x:v>katrina.allen@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H633" t="str">
-        <x:v>0113 2452833</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="634">
       <x:c r="A634" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B634" t="str">
-        <x:v>The Brampton</x:v>
+        <x:v>33 Queen Street</x:v>
       </x:c>
       <x:c r="C634" t="str">
-        <x:v/>
+        <x:v>Maidenhead</x:v>
       </x:c>
       <x:c r="D634" t="str">
-        <x:v>Newcastle</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="E634" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F634" t="str">
-        <x:v>ST5 0QW</x:v>
+        <x:v>SL6 1ND</x:v>
       </x:c>
       <x:c r="G634" t="str">
         <x:v/>
       </x:c>
       <x:c r="H634" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="635">
       <x:c r="A635" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidd Rapinet LLP</x:v>
       </x:c>
       <x:c r="B635" t="str">
-        <x:v>Midland House</x:v>
+        <x:v>Sovereign House</x:v>
       </x:c>
       <x:c r="C635" t="str">
-        <x:v>West Way</x:v>
+        <x:v>17 South Street</x:v>
       </x:c>
       <x:c r="D635" t="str">
-        <x:v>Oxford</x:v>
+        <x:v>Farnham</x:v>
       </x:c>
       <x:c r="E635" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F635" t="str">
-        <x:v>OX2 0PH</x:v>
+        <x:v>GU9 7QU</x:v>
       </x:c>
       <x:c r="G635" t="str">
-        <x:v/>
+        <x:v>khaycock@kiddrapinet.co.uk</x:v>
       </x:c>
       <x:c r="H635" t="str">
-        <x:v>01865 811700</x:v>
+        <x:v>01252713242</x:v>
       </x:c>
     </x:row>
     <x:row r="636">
       <x:c r="A636" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidwells Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B636" t="str">
-        <x:v>Riverside Court</x:v>
+        <x:v>E Q, 111 Victoria Street</x:v>
       </x:c>
       <x:c r="C636" t="str">
-        <x:v>Bollin Walk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D636" t="str">
-        <x:v>Wilmslow</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E636" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F636" t="str">
-        <x:v>SK9 1DL</x:v>
+        <x:v>BS1 6AX</x:v>
       </x:c>
       <x:c r="G636" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>info@kidwellssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H636" t="str">
-        <x:v>01625 704090</x:v>
+        <x:v>0117 435 0014</x:v>
       </x:c>
     </x:row>
     <x:row r="637">
       <x:c r="A637" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kidwells Law Solicitors Limited</x:v>
       </x:c>
       <x:c r="B637" t="str">
-        <x:v>Festival House</x:v>
+        <x:v>Kidwells House </x:v>
       </x:c>
       <x:c r="C637" t="str">
-        <x:v>Jessop Avenue</x:v>
+        <x:v> 4 Coldnose Road,</x:v>
       </x:c>
       <x:c r="D637" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E637" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F637" t="str">
-        <x:v>GL50 3SH</x:v>
+        <x:v>HR2 6JL </x:v>
       </x:c>
       <x:c r="G637" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>Michael.Horne@kidwellssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H637" t="str">
-        <x:v>01242 524848 </x:v>
+        <x:v>01432 278179</x:v>
       </x:c>
     </x:row>
     <x:row r="638">
       <x:c r="A638" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kilvington Solicitors</x:v>
       </x:c>
       <x:c r="B638" t="str">
-        <x:v>2 Colton Square</x:v>
+        <x:v>Westmorland House</x:v>
       </x:c>
       <x:c r="C638" t="str">
-        <x:v/>
+        <x:v>Market Square</x:v>
       </x:c>
       <x:c r="D638" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Kirkby Stephen</x:v>
       </x:c>
       <x:c r="E638" t="str">
-        <x:v/>
+        <x:v>Cumbria</x:v>
       </x:c>
       <x:c r="F638" t="str">
-        <x:v>LE1 1QH</x:v>
+        <x:v>CA17 4QT</x:v>
       </x:c>
       <x:c r="G638" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H638" t="str">
-        <x:v>01162 624225 </x:v>
+        <x:v>01768371495</x:v>
       </x:c>
     </x:row>
     <x:row r="639">
       <x:c r="A639" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kinas Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B639" t="str">
-        <x:v>Victoria, Hudson Quarter</x:v>
+        <x:v>393 Green Lanes</x:v>
       </x:c>
       <x:c r="C639" t="str">
-        <x:v>Toft Green</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D639" t="str">
-        <x:v>York</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E639" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F639" t="str">
-        <x:v>YO1 6AB</x:v>
+        <x:v>N4 1EU</x:v>
       </x:c>
       <x:c r="G639" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>onder.akar@kinas.co.uk</x:v>
       </x:c>
       <x:c r="H639" t="str">
-        <x:v>01904 949200</x:v>
+        <x:v>02083472303</x:v>
       </x:c>
     </x:row>
     <x:row r="640">
       <x:c r="A640" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kingsfords Solicitors Limited</x:v>
       </x:c>
       <x:c r="B640" t="str">
-        <x:v>2 St Peter's Square</x:v>
+        <x:v>2 Elwick Road</x:v>
       </x:c>
       <x:c r="C640" t="str">
         <x:v/>
       </x:c>
       <x:c r="D640" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Ashford</x:v>
       </x:c>
       <x:c r="E640" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F640" t="str">
-        <x:v>M2 3AA</x:v>
+        <x:v>TN23 1PD</x:v>
       </x:c>
       <x:c r="G640" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H640" t="str">
-        <x:v>0161 833 1212</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="641">
       <x:c r="A641" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kingsfords Solicitors Limited</x:v>
       </x:c>
       <x:c r="B641" t="str">
-        <x:v>2 Chamberlain Square</x:v>
+        <x:v>5 High Street</x:v>
       </x:c>
       <x:c r="C641" t="str">
         <x:v/>
       </x:c>
       <x:c r="D641" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Cranbrook</x:v>
       </x:c>
       <x:c r="E641" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F641" t="str">
-        <x:v>B3 3AX</x:v>
+        <x:v>TN17 3EB</x:v>
       </x:c>
       <x:c r="G641" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H641" t="str">
-        <x:v>0121 314 0000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="642">
       <x:c r="A642" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kingsfords Solicitors Limited</x:v>
       </x:c>
       <x:c r="B642" t="str">
-        <x:v>Embankment House</x:v>
+        <x:v>158a High Street</x:v>
       </x:c>
       <x:c r="C642" t="str">
-        <x:v>Electric Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D642" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>HYTHE</x:v>
       </x:c>
       <x:c r="E642" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F642" t="str">
-        <x:v>NG2 1AS</x:v>
+        <x:v>CT21 5JR</x:v>
       </x:c>
       <x:c r="G642" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>clb@kingsfords.net</x:v>
       </x:c>
       <x:c r="H642" t="str">
-        <x:v>01159 888777</x:v>
+        <x:v>01303 268775</x:v>
       </x:c>
     </x:row>
     <x:row r="643">
       <x:c r="A643" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kingsley Bond Solicitors</x:v>
       </x:c>
       <x:c r="B643" t="str">
-        <x:v>42 Kings Hill Avenue</x:v>
+        <x:v>13A Market Street</x:v>
       </x:c>
       <x:c r="C643" t="str">
         <x:v/>
       </x:c>
       <x:c r="D643" t="str">
-        <x:v>West Malling</x:v>
+        <x:v>Alton</x:v>
       </x:c>
       <x:c r="E643" t="str">
-        <x:v>Kings Hill</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F643" t="str">
-        <x:v>ME19 4AJ</x:v>
+        <x:v>GU34 1HA</x:v>
       </x:c>
       <x:c r="G643" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H643" t="str">
-        <x:v>01622 656500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="644">
       <x:c r="A644" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kingsley Bond Solicitors Limited</x:v>
       </x:c>
       <x:c r="B644" t="str">
-        <x:v>Broadwalk House</x:v>
+        <x:v>34 Crowhurst Mead</x:v>
       </x:c>
       <x:c r="C644" t="str">
-        <x:v>Southernhay West</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D644" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Godstone</x:v>
       </x:c>
       <x:c r="E644" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F644" t="str">
-        <x:v>EX1 1TS</x:v>
+        <x:v>RH9 8BF</x:v>
       </x:c>
       <x:c r="G644" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>Guy.Fernback@kingsleybond.co.uk</x:v>
       </x:c>
       <x:c r="H644" t="str">
-        <x:v>01392 823811</x:v>
+        <x:v>02080514222</x:v>
       </x:c>
     </x:row>
     <x:row r="645">
       <x:c r="A645" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kingsley Bond Solicitors Limited</x:v>
       </x:c>
       <x:c r="B645" t="str">
-        <x:v>St. Pauls Place, 121 Norfolk Street</x:v>
+        <x:v>30 Churchill Place</x:v>
       </x:c>
       <x:c r="C645" t="str">
         <x:v/>
       </x:c>
       <x:c r="D645" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E645" t="str">
         <x:v/>
       </x:c>
       <x:c r="F645" t="str">
-        <x:v>S1 2JF</x:v>
+        <x:v>E14 5RE</x:v>
       </x:c>
       <x:c r="G645" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>ask@kingsleybond.co.uk</x:v>
       </x:c>
       <x:c r="H645" t="str">
-        <x:v>0114 276 555</x:v>
+        <x:v>020 8051 4222</x:v>
       </x:c>
     </x:row>
     <x:row r="646">
       <x:c r="A646" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kingswell Watts Solicitors Limited</x:v>
       </x:c>
       <x:c r="B646" t="str">
-        <x:v>Majestic, City Square</x:v>
+        <x:v>Church Street</x:v>
       </x:c>
       <x:c r="C646" t="str">
         <x:v/>
       </x:c>
       <x:c r="D646" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Dewsbury</x:v>
       </x:c>
       <x:c r="E646" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F646" t="str">
-        <x:v>LS1 2EF</x:v>
+        <x:v>WF13 1JX</x:v>
       </x:c>
       <x:c r="G646" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>asif.abubaker@kingswellwatts.co.uk</x:v>
       </x:c>
       <x:c r="H646" t="str">
-        <x:v>0113 245 2833</x:v>
+        <x:v>01924461236</x:v>
       </x:c>
     </x:row>
     <x:row r="647">
       <x:c r="A647" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B647" t="str">
-        <x:v>Lakeside House, Kingfisher Way</x:v>
+        <x:v>Minerva House, Orchard Way</x:v>
       </x:c>
       <x:c r="C647" t="str">
-        <x:v/>
+        <x:v>Edginswell Park</x:v>
       </x:c>
       <x:c r="D647" t="str">
-        <x:v>Stockton-On-Tees</x:v>
+        <x:v>Torquay</x:v>
       </x:c>
       <x:c r="E647" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F647" t="str">
-        <x:v>TS18 3NB</x:v>
+        <x:v>TQ2 7FA</x:v>
       </x:c>
       <x:c r="G647" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H647" t="str">
-        <x:v>01642 636500 </x:v>
+        <x:v>01803202020</x:v>
       </x:c>
     </x:row>
     <x:row r="648">
       <x:c r="A648" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B648" t="str">
-        <x:v>Olympic House, 995 Doddington Road</x:v>
+        <x:v>Balliol House, Southernhay Gardens</x:v>
       </x:c>
       <x:c r="C648" t="str">
         <x:v/>
       </x:c>
       <x:c r="D648" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E648" t="str">
         <x:v/>
       </x:c>
       <x:c r="F648" t="str">
-        <x:v>LN6 3SE</x:v>
+        <x:v>EX1 1NP</x:v>
       </x:c>
       <x:c r="G648" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H648" t="str">
-        <x:v>01522 888 555</x:v>
+        <x:v>01392 455 555</x:v>
       </x:c>
     </x:row>
     <x:row r="649">
       <x:c r="A649" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B649" t="str">
-        <x:v>Building 1000</x:v>
+        <x:v>Ashleigh Way</x:v>
       </x:c>
       <x:c r="C649" t="str">
-        <x:v>Lakeside North Harbour</x:v>
+        <x:v>Langage Business Park</x:v>
       </x:c>
       <x:c r="D649" t="str">
-        <x:v>Western Road</x:v>
+        <x:v>Plympton, Plymouth</x:v>
       </x:c>
       <x:c r="E649" t="str">
-        <x:v>Portsmouth</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F649" t="str">
-        <x:v>PO6 3EN</x:v>
+        <x:v>PL7 5JX</x:v>
       </x:c>
       <x:c r="G649" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>jenna.hp@kitsons-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H649" t="str">
-        <x:v>023 9238 8021</x:v>
+        <x:v>01752603040</x:v>
       </x:c>
     </x:row>
     <x:row r="650">
       <x:c r="A650" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>Kitson Boyce LLP</x:v>
       </x:c>
       <x:c r="B650" t="str">
-        <x:v>3 Neptune Square</x:v>
+        <x:v>Brunel House</x:v>
       </x:c>
       <x:c r="C650" t="str">
-        <x:v/>
+        <x:v>Station Road</x:v>
       </x:c>
       <x:c r="D650" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Totnes</x:v>
       </x:c>
       <x:c r="E650" t="str">
         <x:v/>
       </x:c>
       <x:c r="F650" t="str">
-        <x:v>BN2 0AT</x:v>
+        <x:v>TQ9 5HW</x:v>
       </x:c>
       <x:c r="G650" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>advice@kitsonboyce.co.uk</x:v>
       </x:c>
       <x:c r="H650" t="str">
-        <x:v>01273 069 999</x:v>
+        <x:v>01803 403403</x:v>
       </x:c>
     </x:row>
     <x:row r="651">
       <x:c r="A651" t="str">
-        <x:v>Knights Professional Services Limited</x:v>
+        <x:v>KLR Solicitors Limited</x:v>
       </x:c>
       <x:c r="B651" t="str">
-        <x:v>E Q, 111 Victoria St</x:v>
+        <x:v>63a Sidcup High Street</x:v>
       </x:c>
       <x:c r="C651" t="str">
         <x:v/>
       </x:c>
       <x:c r="D651" t="str">
-        <x:v>Redcliffe</x:v>
+        <x:v>Sidcup</x:v>
       </x:c>
       <x:c r="E651" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F651" t="str">
-        <x:v>BS1 6AX</x:v>
+        <x:v>DA14 6DW</x:v>
       </x:c>
       <x:c r="G651" t="str">
-        <x:v>Deborah.johnstone@knightsplc.com</x:v>
+        <x:v>samanthi.perera@klrsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H651" t="str">
-        <x:v>0117 926 4121</x:v>
+        <x:v>02083006666</x:v>
       </x:c>
     </x:row>
     <x:row r="652">
       <x:c r="A652" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B652" t="str">
-        <x:v>2 Merchants Drive</x:v>
+        <x:v>Riverside Court</x:v>
       </x:c>
       <x:c r="C652" t="str">
-        <x:v>Parkhouse</x:v>
+        <x:v>Bollin Walk</x:v>
       </x:c>
       <x:c r="D652" t="str">
-        <x:v>Carlisle</x:v>
+        <x:v>Wilmslow</x:v>
       </x:c>
       <x:c r="E652" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F652" t="str">
-        <x:v>CA3 0JW</x:v>
+        <x:v>SK9 1DL</x:v>
       </x:c>
       <x:c r="G652" t="str">
         <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H652" t="str">
-        <x:v>0122 855 2600</x:v>
+        <x:v>01625 704090</x:v>
       </x:c>
     </x:row>
     <x:row r="653">
       <x:c r="A653" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B653" t="str">
-        <x:v>Bank House, Pilgrim Street</x:v>
+        <x:v>Festival House</x:v>
       </x:c>
       <x:c r="C653" t="str">
-        <x:v/>
+        <x:v>Jessop Avenue</x:v>
       </x:c>
       <x:c r="D653" t="str">
-        <x:v>Newcastle Upon Tyne</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E653" t="str">
-        <x:v/>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F653" t="str">
-        <x:v>NE1 6QF</x:v>
+        <x:v>GL50 3SH</x:v>
       </x:c>
       <x:c r="G653" t="str">
         <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H653" t="str">
-        <x:v>0191 466 1000</x:v>
+        <x:v>01242 524848 </x:v>
       </x:c>
     </x:row>
     <x:row r="654">
       <x:c r="A654" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B654" t="str">
-        <x:v>9 The Courtyard, 707 Warwick Road</x:v>
+        <x:v>2 Colton Square</x:v>
       </x:c>
       <x:c r="C654" t="str">
         <x:v/>
       </x:c>
       <x:c r="D654" t="str">
-        <x:v>Solihull</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E654" t="str">
         <x:v/>
       </x:c>
       <x:c r="F654" t="str">
-        <x:v>B91 3DA</x:v>
+        <x:v>LE1 1QH</x:v>
       </x:c>
       <x:c r="G654" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H654" t="str">
-        <x:v>0121 624 4000</x:v>
+        <x:v>01162 624225 </x:v>
       </x:c>
     </x:row>
     <x:row r="655">
       <x:c r="A655" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B655" t="str">
-        <x:v>1 Kings Court Business Park</x:v>
+        <x:v>Victoria, Hudson Quarter</x:v>
       </x:c>
       <x:c r="C655" t="str">
-        <x:v/>
+        <x:v>Toft Green</x:v>
       </x:c>
       <x:c r="D655" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E655" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F655" t="str">
-        <x:v>WR5 1JR</x:v>
+        <x:v>YO1 6AB</x:v>
       </x:c>
       <x:c r="G655" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H655" t="str">
-        <x:v>01905 730 450</x:v>
+        <x:v>01904 949200</x:v>
       </x:c>
     </x:row>
     <x:row r="656">
       <x:c r="A656" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B656" t="str">
-        <x:v>59B High Street</x:v>
+        <x:v>2 St Peter's Square</x:v>
       </x:c>
       <x:c r="C656" t="str">
         <x:v/>
       </x:c>
       <x:c r="D656" t="str">
-        <x:v>Ascot</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E656" t="str">
         <x:v/>
       </x:c>
       <x:c r="F656" t="str">
-        <x:v>SL5 7HP</x:v>
+        <x:v>M2 3AA</x:v>
       </x:c>
       <x:c r="G656" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H656" t="str">
-        <x:v>01344 623400</x:v>
+        <x:v>0161 833 1212</x:v>
       </x:c>
     </x:row>
     <x:row r="657">
       <x:c r="A657" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B657" t="str">
-        <x:v>The Great Barn, Burnham Road</x:v>
+        <x:v>2 Chamberlain Square</x:v>
       </x:c>
       <x:c r="C657" t="str">
         <x:v/>
       </x:c>
       <x:c r="D657" t="str">
-        <x:v>Beaconsfield</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E657" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F657" t="str">
-        <x:v>HP9 2SF</x:v>
+        <x:v>B3 3AX</x:v>
       </x:c>
       <x:c r="G657" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H657" t="str">
-        <x:v>01344 623400</x:v>
+        <x:v>0121 314 0000</x:v>
       </x:c>
     </x:row>
     <x:row r="658">
       <x:c r="A658" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B658" t="str">
-        <x:v>Level 13, Abbey Square</x:v>
+        <x:v>Embankment House</x:v>
       </x:c>
       <x:c r="C658" t="str">
-        <x:v/>
+        <x:v>Electric Avenue</x:v>
       </x:c>
       <x:c r="D658" t="str">
-        <x:v>Reading</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E658" t="str">
         <x:v/>
       </x:c>
       <x:c r="F658" t="str">
-        <x:v>RG1 3BE</x:v>
+        <x:v>NG2 1AS</x:v>
       </x:c>
       <x:c r="G658" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H658" t="str">
-        <x:v>0330 175 7613</x:v>
+        <x:v>01159 888777</x:v>
       </x:c>
     </x:row>
     <x:row r="659">
       <x:c r="A659" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B659" t="str">
-        <x:v>Capital Court, 30 Windsor Street</x:v>
+        <x:v>42 Kings Hill Avenue</x:v>
       </x:c>
       <x:c r="C659" t="str">
         <x:v/>
       </x:c>
       <x:c r="D659" t="str">
-        <x:v>Uxbridge</x:v>
+        <x:v>West Malling</x:v>
       </x:c>
       <x:c r="E659" t="str">
-        <x:v/>
+        <x:v>Kings Hill</x:v>
       </x:c>
       <x:c r="F659" t="str">
-        <x:v>UB8 1AB</x:v>
+        <x:v>ME19 4AJ</x:v>
       </x:c>
       <x:c r="G659" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H659" t="str">
-        <x:v>03456 381381</x:v>
+        <x:v>01622 656500</x:v>
       </x:c>
     </x:row>
     <x:row r="660">
       <x:c r="A660" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B660" t="str">
-        <x:v>Hyatt Place, 50-60 Broomfield Road</x:v>
+        <x:v>Broadwalk House</x:v>
       </x:c>
       <x:c r="C660" t="str">
-        <x:v/>
+        <x:v>Southernhay West</x:v>
       </x:c>
       <x:c r="D660" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E660" t="str">
         <x:v/>
       </x:c>
       <x:c r="F660" t="str">
-        <x:v>CM1 1SW</x:v>
+        <x:v>EX1 1TS</x:v>
       </x:c>
       <x:c r="G660" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H660" t="str">
-        <x:v>01206 217300</x:v>
+        <x:v>01392 823811</x:v>
       </x:c>
     </x:row>
     <x:row r="661">
       <x:c r="A661" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B661" t="str">
-        <x:v>1 Amphora Place, Sheepen Road</x:v>
+        <x:v>St. Pauls Place, 121 Norfolk Street</x:v>
       </x:c>
       <x:c r="C661" t="str">
         <x:v/>
       </x:c>
       <x:c r="D661" t="str">
-        <x:v>Colchester</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E661" t="str">
         <x:v/>
       </x:c>
       <x:c r="F661" t="str">
-        <x:v>CO3 3WG</x:v>
+        <x:v>S1 2JF</x:v>
       </x:c>
       <x:c r="G661" t="str">
-        <x:v>residentialpropertyteam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H661" t="str">
-        <x:v>01245 453800</x:v>
+        <x:v>0114 276 555</x:v>
       </x:c>
     </x:row>
     <x:row r="662">
       <x:c r="A662" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B662" t="str">
-        <x:v>22 Plas Winsor</x:v>
+        <x:v>Majestic, City Square</x:v>
       </x:c>
       <x:c r="C662" t="str">
         <x:v/>
       </x:c>
       <x:c r="D662" t="str">
-        <x:v>Caerdydd</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E662" t="str">
         <x:v/>
       </x:c>
       <x:c r="F662" t="str">
-        <x:v>CF10 3BY</x:v>
+        <x:v>LS1 2EF</x:v>
       </x:c>
       <x:c r="G662" t="str">
-        <x:v>dentialPropertyTeam@knightsplc.com</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H662" t="str">
-        <x:v>029 2267 1301 </x:v>
+        <x:v>0113 245 2833</x:v>
       </x:c>
     </x:row>
     <x:row r="663">
       <x:c r="A663" t="str">
         <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B663" t="str">
-        <x:v>400 Dashwood Lang Road</x:v>
+        <x:v>Lakeside House, Kingfisher Way</x:v>
       </x:c>
       <x:c r="C663" t="str">
         <x:v/>
       </x:c>
       <x:c r="D663" t="str">
-        <x:v>Weybridge</x:v>
+        <x:v>Stockton-On-Tees</x:v>
       </x:c>
       <x:c r="E663" t="str">
         <x:v/>
       </x:c>
       <x:c r="F663" t="str">
-        <x:v>KT15 2HJ</x:v>
+        <x:v>TS18 3NB</x:v>
       </x:c>
       <x:c r="G663" t="str">
-        <x:v/>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H663" t="str">
-        <x:v/>
+        <x:v>01642 636500 </x:v>
       </x:c>
     </x:row>
     <x:row r="664">
       <x:c r="A664" t="str">
-        <x:v>KTS Legal Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B664" t="str">
-        <x:v>Equitis House</x:v>
+        <x:v>Olympic House, 995 Doddington Road</x:v>
       </x:c>
       <x:c r="C664" t="str">
-        <x:v>23-25 Aldermans Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D664" t="str">
-        <x:v>London</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E664" t="str">
         <x:v/>
       </x:c>
       <x:c r="F664" t="str">
-        <x:v>N13 4YD</x:v>
+        <x:v>LN6 3SE</x:v>
       </x:c>
       <x:c r="G664" t="str">
-        <x:v/>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H664" t="str">
-        <x:v>02083670505</x:v>
+        <x:v>01522 888 555</x:v>
       </x:c>
     </x:row>
     <x:row r="665">
       <x:c r="A665" t="str">
-        <x:v>KTS Legal Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B665" t="str">
-        <x:v>29 Lincoln’s Inn Fields</x:v>
+        <x:v>Building 1000</x:v>
       </x:c>
       <x:c r="C665" t="str">
-        <x:v/>
+        <x:v>Lakeside North Harbour</x:v>
       </x:c>
       <x:c r="D665" t="str">
-        <x:v>London</x:v>
+        <x:v>Western Road</x:v>
       </x:c>
       <x:c r="E665" t="str">
-        <x:v/>
+        <x:v>Portsmouth</x:v>
       </x:c>
       <x:c r="F665" t="str">
-        <x:v>WC2A 3EG</x:v>
+        <x:v>PO6 3EN</x:v>
       </x:c>
       <x:c r="G665" t="str">
-        <x:v>email@mgb.law</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H665" t="str">
-        <x:v>020 7499 0620</x:v>
+        <x:v>023 9238 8021</x:v>
       </x:c>
     </x:row>
     <x:row r="666">
       <x:c r="A666" t="str">
-        <x:v>Laker Legal Solicitors Ltd</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B666" t="str">
-        <x:v>2 Sir Thomas Storey House, Off West Road</x:v>
+        <x:v>3 Neptune Square</x:v>
       </x:c>
       <x:c r="C666" t="str">
         <x:v/>
       </x:c>
       <x:c r="D666" t="str">
-        <x:v>Lancaster</x:v>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E666" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F666" t="str">
-        <x:v>LA1 5PE</x:v>
+        <x:v>BN2 0AT</x:v>
       </x:c>
       <x:c r="G666" t="str">
-        <x:v>info@lakerlegal.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H666" t="str">
-        <x:v>01524 753040</x:v>
+        <x:v>01273 069 999</x:v>
       </x:c>
     </x:row>
     <x:row r="667">
       <x:c r="A667" t="str">
-        <x:v>Lamptons Law Solicitors Ltd</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B667" t="str">
-        <x:v>20 Central Avenue</x:v>
+        <x:v>E Q, 111 Victoria St</x:v>
       </x:c>
       <x:c r="C667" t="str">
         <x:v/>
       </x:c>
       <x:c r="D667" t="str">
-        <x:v>Hounslow</x:v>
+        <x:v>Redcliffe</x:v>
       </x:c>
       <x:c r="E667" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="F667" t="str">
-        <x:v>TW3 2QH</x:v>
+        <x:v>BS1 6AX</x:v>
       </x:c>
       <x:c r="G667" t="str">
-        <x:v>i.khan@lamptonssolicitors.co.uk</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H667" t="str">
-        <x:v>0203 745 7975 </x:v>
+        <x:v>0117 926 4121</x:v>
       </x:c>
     </x:row>
     <x:row r="668">
       <x:c r="A668" t="str">
-        <x:v>Lansdowne Law Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B668" t="str">
-        <x:v>Third Floor, 29 Waterloo Place</x:v>
+        <x:v>2 Merchants Drive</x:v>
       </x:c>
       <x:c r="C668" t="str">
-        <x:v>Warwick Street,</x:v>
+        <x:v>Parkhouse</x:v>
       </x:c>
       <x:c r="D668" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Carlisle</x:v>
       </x:c>
       <x:c r="E668" t="str">
-        <x:v>Warwickshire,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F668" t="str">
-        <x:v>CV32 5LA</x:v>
+        <x:v>CA3 0JW</x:v>
       </x:c>
       <x:c r="G668" t="str">
-        <x:v>n.hayer@lansdowne.law</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H668" t="str">
-        <x:v>01926258182</x:v>
+        <x:v>0122 855 2600</x:v>
       </x:c>
     </x:row>
     <x:row r="669">
       <x:c r="A669" t="str">
-        <x:v>Lansdowne Law Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B669" t="str">
-        <x:v>First Floor, 12a Birmingham Road</x:v>
+        <x:v>Bank House, Pilgrim Street</x:v>
       </x:c>
       <x:c r="C669" t="str">
-        <x:v>Great Barr</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D669" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Newcastle Upon Tyne</x:v>
       </x:c>
       <x:c r="E669" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F669" t="str">
-        <x:v>B43 6NR</x:v>
+        <x:v>NE1 6QF</x:v>
       </x:c>
       <x:c r="G669" t="str">
-        <x:v>n.hayer@lansdowne.law</x:v>
+        <x:v>Deborah.johnstone@knightsplc.com</x:v>
       </x:c>
       <x:c r="H669" t="str">
-        <x:v>01217280242</x:v>
+        <x:v>0191 466 1000</x:v>
       </x:c>
     </x:row>
     <x:row r="670">
       <x:c r="A670" t="str">
-        <x:v>Lansdowne Law Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B670" t="str">
-        <x:v>14 Hanover Square</x:v>
+        <x:v>9 The Courtyard, 707 Warwick Road</x:v>
       </x:c>
       <x:c r="C670" t="str">
         <x:v/>
       </x:c>
       <x:c r="D670" t="str">
-        <x:v>London</x:v>
+        <x:v>Solihull</x:v>
       </x:c>
       <x:c r="E670" t="str">
         <x:v/>
       </x:c>
       <x:c r="F670" t="str">
-        <x:v>W1S 1HN</x:v>
+        <x:v>B91 3DA</x:v>
       </x:c>
       <x:c r="G670" t="str">
-        <x:v>n.hayer@lansdowne.law</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H670" t="str">
-        <x:v>02073621620</x:v>
+        <x:v>0121 624 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="671">
       <x:c r="A671" t="str">
-        <x:v>Latimer Legal Solicitors Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B671" t="str">
-        <x:v>Sankey Street</x:v>
+        <x:v>1 Kings Court Business Park</x:v>
       </x:c>
       <x:c r="C671" t="str">
         <x:v/>
       </x:c>
       <x:c r="D671" t="str">
-        <x:v>Bury</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E671" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F671" t="str">
-        <x:v>BL9 0JE</x:v>
+        <x:v>WR5 1JR</x:v>
       </x:c>
       <x:c r="G671" t="str">
-        <x:v>notary@latimerlee.com</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H671" t="str">
-        <x:v>01617989000</x:v>
+        <x:v>01905 730 450</x:v>
       </x:c>
     </x:row>
     <x:row r="672">
       <x:c r="A672" t="str">
-        <x:v>Latimer Legal Solicitors Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B672" t="str">
-        <x:v>35 Bury New Road</x:v>
+        <x:v>59B High Street</x:v>
       </x:c>
       <x:c r="C672" t="str">
-        <x:v>Prestwich</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D672" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Ascot</x:v>
       </x:c>
       <x:c r="E672" t="str">
         <x:v/>
       </x:c>
       <x:c r="F672" t="str">
-        <x:v>M25 9JY</x:v>
+        <x:v>SL5 7HP</x:v>
       </x:c>
       <x:c r="G672" t="str">
-        <x:v>notary@latimerlee.com</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H672" t="str">
-        <x:v>0161 798 9000</x:v>
+        <x:v>01344 623400</x:v>
       </x:c>
     </x:row>
     <x:row r="673">
       <x:c r="A673" t="str">
-        <x:v>Latimer Legal Solicitors Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B673" t="str">
-        <x:v>13-15 Square Street,</x:v>
+        <x:v>The Great Barn, Burnham Road</x:v>
       </x:c>
       <x:c r="C673" t="str">
-        <x:v>Ramsbottom</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D673" t="str">
-        <x:v>Bury</x:v>
+        <x:v>Beaconsfield</x:v>
       </x:c>
       <x:c r="E673" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F673" t="str">
-        <x:v>BL0 9BL</x:v>
+        <x:v>HP9 2SF</x:v>
       </x:c>
       <x:c r="G673" t="str">
-        <x:v>notary@latimerlee.com</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H673" t="str">
-        <x:v>0161 798 9000</x:v>
+        <x:v>01344 623400</x:v>
       </x:c>
     </x:row>
     <x:row r="674">
       <x:c r="A674" t="str">
-        <x:v>Laurus Law Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B674" t="str">
-        <x:v>The Old Print House, 173 Northcote Road</x:v>
+        <x:v>Level 13, Abbey Square</x:v>
       </x:c>
       <x:c r="C674" t="str">
         <x:v/>
       </x:c>
       <x:c r="D674" t="str">
-        <x:v/>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E674" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F674" t="str">
-        <x:v>SW11 6QE</x:v>
+        <x:v>RG1 3BE</x:v>
       </x:c>
       <x:c r="G674" t="str">
-        <x:v>info@lauruslaw.co.uk</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H674" t="str">
-        <x:v>020 7924 3986</x:v>
+        <x:v>0330 175 7613</x:v>
       </x:c>
     </x:row>
     <x:row r="675">
       <x:c r="A675" t="str">
-        <x:v>Laurus Law Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B675" t="str">
-        <x:v>30 Dukes Place</x:v>
+        <x:v>Capital Court, 30 Windsor Street</x:v>
       </x:c>
       <x:c r="C675" t="str">
         <x:v/>
       </x:c>
       <x:c r="D675" t="str">
-        <x:v>London</x:v>
+        <x:v>Uxbridge</x:v>
       </x:c>
       <x:c r="E675" t="str">
         <x:v/>
       </x:c>
       <x:c r="F675" t="str">
-        <x:v>EC3A 7LP</x:v>
+        <x:v>UB8 1AB</x:v>
       </x:c>
       <x:c r="G675" t="str">
-        <x:v/>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H675" t="str">
-        <x:v/>
+        <x:v>03456 381381</x:v>
       </x:c>
     </x:row>
     <x:row r="676">
       <x:c r="A676" t="str">
-        <x:v>Law &amp; Lawyers</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B676" t="str">
-        <x:v>Ground Floor</x:v>
+        <x:v>Hyatt Place, 50-60 Broomfield Road</x:v>
       </x:c>
       <x:c r="C676" t="str">
-        <x:v>31-41 Worship Street </x:v>
+        <x:v/>
       </x:c>
       <x:c r="D676" t="str">
-        <x:v>London </x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E676" t="str">
         <x:v/>
       </x:c>
       <x:c r="F676" t="str">
-        <x:v>EC2A 2DX </x:v>
+        <x:v>CM1 1SW</x:v>
       </x:c>
       <x:c r="G676" t="str">
-        <x:v>ram@lawandlawyers.co.uk</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H676" t="str">
-        <x:v>07721989550</x:v>
+        <x:v>01206 217300</x:v>
       </x:c>
     </x:row>
     <x:row r="677">
       <x:c r="A677" t="str">
-        <x:v>Law And Lawyers Ltd</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B677" t="str">
-        <x:v>352 High Street North</x:v>
+        <x:v>1 Amphora Place, Sheepen Road</x:v>
       </x:c>
       <x:c r="C677" t="str">
         <x:v/>
       </x:c>
       <x:c r="D677" t="str">
-        <x:v>London</x:v>
+        <x:v>Colchester</x:v>
       </x:c>
       <x:c r="E677" t="str">
         <x:v/>
       </x:c>
       <x:c r="F677" t="str">
-        <x:v>E12 6PH</x:v>
+        <x:v>CO3 3WG</x:v>
       </x:c>
       <x:c r="G677" t="str">
-        <x:v>sreekumar@lawandlawyers.co.uk</x:v>
+        <x:v>residentialpropertyteam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H677" t="str">
-        <x:v>0208 586 5657</x:v>
+        <x:v>01245 453800</x:v>
       </x:c>
     </x:row>
     <x:row r="678">
       <x:c r="A678" t="str">
-        <x:v>Law and Lawyers Ltd</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B678" t="str">
-        <x:v>106 Irlam Road</x:v>
+        <x:v>22 Plas Winsor</x:v>
       </x:c>
       <x:c r="C678" t="str">
-        <x:v>Flixton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D678" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Caerdydd</x:v>
       </x:c>
       <x:c r="E678" t="str">
         <x:v/>
       </x:c>
       <x:c r="F678" t="str">
-        <x:v>M41 6JT</x:v>
+        <x:v>CF10 3BY</x:v>
       </x:c>
       <x:c r="G678" t="str">
-        <x:v>manchester@lawandlawyers.co.uk</x:v>
+        <x:v>dentialPropertyTeam@knightsplc.com</x:v>
       </x:c>
       <x:c r="H678" t="str">
-        <x:v>01617 483 335</x:v>
+        <x:v>029 2267 1301 </x:v>
       </x:c>
     </x:row>
     <x:row r="679">
       <x:c r="A679" t="str">
-        <x:v>Law Lane Solicitors Limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B679" t="str">
-        <x:v>Law Lane Chambers</x:v>
+        <x:v>3rd Floor, HQ Offices</x:v>
       </x:c>
       <x:c r="C679" t="str">
-        <x:v>43-45 Broadway</x:v>
+        <x:v>58 Nicholas Street</x:v>
       </x:c>
       <x:c r="D679" t="str">
-        <x:v>London</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E679" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F679" t="str">
-        <x:v>E15 4BL</x:v>
+        <x:v>CH1 2NP</x:v>
       </x:c>
       <x:c r="G679" t="str">
-        <x:v/>
+        <x:v>katrina.allen@knightsplc.com</x:v>
       </x:c>
       <x:c r="H679" t="str">
-        <x:v/>
+        <x:v>0113 2452833</x:v>
       </x:c>
     </x:row>
     <x:row r="680">
       <x:c r="A680" t="str">
-        <x:v>lawlight solicitors limited</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B680" t="str">
-        <x:v>Suite 3, Farleigh House</x:v>
+        <x:v>The Brampton</x:v>
       </x:c>
       <x:c r="C680" t="str">
-        <x:v>Farleigh Court</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D680" t="str">
-        <x:v>Flax Bourton</x:v>
+        <x:v>Newcastle</x:v>
       </x:c>
       <x:c r="E680" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F680" t="str">
-        <x:v>BS48 1UR</x:v>
+        <x:v>ST5 0QW</x:v>
       </x:c>
       <x:c r="G680" t="str">
-        <x:v>conveyancing@lawlight.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H680" t="str">
-        <x:v>01174038700</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="681">
       <x:c r="A681" t="str">
-        <x:v>Lawmatic Solicitors</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B681" t="str">
-        <x:v>18 Tapestry Way</x:v>
+        <x:v>Midland House</x:v>
       </x:c>
       <x:c r="C681" t="str">
-        <x:v/>
+        <x:v>West Way</x:v>
       </x:c>
       <x:c r="D681" t="str">
-        <x:v>London</x:v>
+        <x:v>Oxford</x:v>
       </x:c>
       <x:c r="E681" t="str">
         <x:v/>
       </x:c>
       <x:c r="F681" t="str">
-        <x:v>E1 2FJ</x:v>
+        <x:v>OX2 0PH</x:v>
       </x:c>
       <x:c r="G681" t="str">
-        <x:v>asaduzzaman@lawmaticsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H681" t="str">
-        <x:v>02080775079</x:v>
+        <x:v>01865 811700</x:v>
       </x:c>
     </x:row>
     <x:row r="682">
       <x:c r="A682" t="str">
-        <x:v>Lawrence Stephens</x:v>
+        <x:v>Knights Professional Services Limited</x:v>
       </x:c>
       <x:c r="B682" t="str">
-        <x:v>50 Farringdon Road</x:v>
+        <x:v>400 Dashwood Lang Road</x:v>
       </x:c>
       <x:c r="C682" t="str">
         <x:v/>
       </x:c>
       <x:c r="D682" t="str">
-        <x:v>London</x:v>
+        <x:v>Weybridge</x:v>
       </x:c>
       <x:c r="E682" t="str">
         <x:v/>
       </x:c>
       <x:c r="F682" t="str">
-        <x:v>EC1M 3HE</x:v>
+        <x:v>KT15 2HJ</x:v>
       </x:c>
       <x:c r="G682" t="str">
         <x:v/>
       </x:c>
       <x:c r="H682" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="683">
       <x:c r="A683" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>KTS Legal Limited</x:v>
       </x:c>
       <x:c r="B683" t="str">
-        <x:v>1 New Augustus Street</x:v>
+        <x:v>Equitis House</x:v>
       </x:c>
       <x:c r="C683" t="str">
-        <x:v/>
+        <x:v>23-25 Aldermans Hill</x:v>
       </x:c>
       <x:c r="D683" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E683" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F683" t="str">
-        <x:v>BD1 5LL</x:v>
+        <x:v>N13 4YD</x:v>
       </x:c>
       <x:c r="G683" t="str">
         <x:v/>
       </x:c>
       <x:c r="H683" t="str">
-        <x:v/>
+        <x:v>02083670505</x:v>
       </x:c>
     </x:row>
     <x:row r="684">
       <x:c r="A684" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>KTS Legal Limited</x:v>
       </x:c>
       <x:c r="B684" t="str">
-        <x:v>2 Wells Walk</x:v>
+        <x:v>29 Lincoln’s Inn Fields</x:v>
       </x:c>
       <x:c r="C684" t="str">
         <x:v/>
       </x:c>
       <x:c r="D684" t="str">
-        <x:v>Ilkley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E684" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F684" t="str">
-        <x:v>LS29 9LH</x:v>
+        <x:v>WC2A 3EG</x:v>
       </x:c>
       <x:c r="G684" t="str">
-        <x:v>resconadmin@lcf.co.uk</x:v>
+        <x:v>email@mgb.law</x:v>
       </x:c>
       <x:c r="H684" t="str">
-        <x:v>0345 680 0277</x:v>
+        <x:v>020 7499 0620</x:v>
       </x:c>
     </x:row>
     <x:row r="685">
       <x:c r="A685" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>Laker Legal Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B685" t="str">
-        <x:v>The Exchange, Station Parade</x:v>
+        <x:v>2 Sir Thomas Storey House, Off West Road</x:v>
       </x:c>
       <x:c r="C685" t="str">
         <x:v/>
       </x:c>
       <x:c r="D685" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Lancaster</x:v>
       </x:c>
       <x:c r="E685" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F685" t="str">
-        <x:v>HG1 1TS</x:v>
+        <x:v>LA1 5PE</x:v>
       </x:c>
       <x:c r="G685" t="str">
-        <x:v>resconadmin@lcf.co.uk</x:v>
+        <x:v>info@lakerlegal.co.uk</x:v>
       </x:c>
       <x:c r="H685" t="str">
-        <x:v>01423 502211</x:v>
+        <x:v>01524 753040</x:v>
       </x:c>
     </x:row>
     <x:row r="686">
       <x:c r="A686" t="str">
-        <x:v>LCF Residential Limited</x:v>
+        <x:v>Lamptons Law Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B686" t="str">
-        <x:v>33 Park Place</x:v>
+        <x:v>20 Central Avenue</x:v>
       </x:c>
       <x:c r="C686" t="str">
         <x:v/>
       </x:c>
       <x:c r="D686" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Hounslow</x:v>
       </x:c>
       <x:c r="E686" t="str">
-        <x:v/>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F686" t="str">
-        <x:v>LS1 2RY</x:v>
+        <x:v>TW3 2QH</x:v>
       </x:c>
       <x:c r="G686" t="str">
-        <x:v>resconadmin@lcf.co.uk</x:v>
+        <x:v>i.khan@lamptonssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H686" t="str">
-        <x:v>0113 2440876</x:v>
+        <x:v>0203 745 7975 </x:v>
       </x:c>
     </x:row>
     <x:row r="687">
       <x:c r="A687" t="str">
-        <x:v>Leathes Prior</x:v>
+        <x:v>Lansdowne Law Limited</x:v>
       </x:c>
       <x:c r="B687" t="str">
-        <x:v>74 The Close</x:v>
+        <x:v>Third Floor, 29 Waterloo Place</x:v>
       </x:c>
       <x:c r="C687" t="str">
-        <x:v/>
+        <x:v>Warwick Street,</x:v>
       </x:c>
       <x:c r="D687" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E687" t="str">
-        <x:v/>
+        <x:v>Warwickshire,</x:v>
       </x:c>
       <x:c r="F687" t="str">
-        <x:v>NR1 4DR</x:v>
+        <x:v>CV32 5LA</x:v>
       </x:c>
       <x:c r="G687" t="str">
-        <x:v>**</x:v>
+        <x:v>n.hayer@lansdowne.law</x:v>
       </x:c>
       <x:c r="H687" t="str">
-        <x:v>01603 610911</x:v>
+        <x:v>01926258182</x:v>
       </x:c>
     </x:row>
     <x:row r="688">
       <x:c r="A688" t="str">
-        <x:v>Leathes Prior</x:v>
+        <x:v>Lansdowne Law Limited</x:v>
       </x:c>
       <x:c r="B688" t="str">
-        <x:v>74 The Close</x:v>
+        <x:v>First Floor, 12a Birmingham Road</x:v>
       </x:c>
       <x:c r="C688" t="str">
-        <x:v/>
+        <x:v>Great Barr</x:v>
       </x:c>
       <x:c r="D688" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E688" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F688" t="str">
-        <x:v>NR1 4DR</x:v>
+        <x:v>B43 6NR</x:v>
       </x:c>
       <x:c r="G688" t="str">
-        <x:v/>
+        <x:v>n.hayer@lansdowne.law</x:v>
       </x:c>
       <x:c r="H688" t="str">
-        <x:v/>
+        <x:v>01217280242</x:v>
       </x:c>
     </x:row>
     <x:row r="689">
       <x:c r="A689" t="str">
-        <x:v>Lee Chadwick Solicitors LLP</x:v>
+        <x:v>Lansdowne Law Limited</x:v>
       </x:c>
       <x:c r="B689" t="str">
-        <x:v>14 Market Square</x:v>
+        <x:v>14 Hanover Square</x:v>
       </x:c>
       <x:c r="C689" t="str">
         <x:v/>
       </x:c>
       <x:c r="D689" t="str">
-        <x:v>Witney</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E689" t="str">
-        <x:v>Oxfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F689" t="str">
-        <x:v>OX28 6BE</x:v>
+        <x:v>W1S 1HN</x:v>
       </x:c>
       <x:c r="G689" t="str">
-        <x:v>kr@lee-chadwick.co.uk</x:v>
+        <x:v>n.hayer@lansdowne.law</x:v>
       </x:c>
       <x:c r="H689" t="str">
-        <x:v>01993 703272</x:v>
+        <x:v>02073621620</x:v>
       </x:c>
     </x:row>
     <x:row r="690">
       <x:c r="A690" t="str">
-        <x:v>Lee Chadwick Solicitors LLP</x:v>
+        <x:v>Latimer Legal Solicitors Limited</x:v>
       </x:c>
       <x:c r="B690" t="str">
-        <x:v>5 The Clock House, Brize Norton Road</x:v>
+        <x:v>Sankey Street</x:v>
       </x:c>
       <x:c r="C690" t="str">
         <x:v/>
       </x:c>
       <x:c r="D690" t="str">
-        <x:v>Carterton</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E690" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F690" t="str">
-        <x:v>OX18 3HN</x:v>
+        <x:v>BL9 0JE</x:v>
       </x:c>
       <x:c r="G690" t="str">
-        <x:v>reception@lee-chadwick.co.uk</x:v>
+        <x:v>notary@latimerlee.com</x:v>
       </x:c>
       <x:c r="H690" t="str">
-        <x:v>01993 840 200</x:v>
+        <x:v>01617989000</x:v>
       </x:c>
     </x:row>
     <x:row r="691">
       <x:c r="A691" t="str">
-        <x:v>Lee Chadwick Solicitors LLP</x:v>
+        <x:v>Latimer Legal Solicitors Limited</x:v>
       </x:c>
       <x:c r="B691" t="str">
-        <x:v>29A Market Square</x:v>
+        <x:v>35 Bury New Road</x:v>
       </x:c>
       <x:c r="C691" t="str">
-        <x:v/>
+        <x:v>Prestwich</x:v>
       </x:c>
       <x:c r="D691" t="str">
-        <x:v>Bicester</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E691" t="str">
         <x:v/>
       </x:c>
       <x:c r="F691" t="str">
-        <x:v>OX26 6AG</x:v>
+        <x:v>M25 9JY</x:v>
       </x:c>
       <x:c r="G691" t="str">
-        <x:v>Bicester@lee-chadwick.co.uk</x:v>
+        <x:v>notary@latimerlee.com</x:v>
       </x:c>
       <x:c r="H691" t="str">
-        <x:v>01869627555</x:v>
+        <x:v>0161 798 9000</x:v>
       </x:c>
     </x:row>
     <x:row r="692">
       <x:c r="A692" t="str">
-        <x:v>Legend Solicitors Limited</x:v>
+        <x:v>Latimer Legal Solicitors Limited</x:v>
       </x:c>
       <x:c r="B692" t="str">
-        <x:v>2 Heigham Road</x:v>
+        <x:v>13-15 Square Street,</x:v>
       </x:c>
       <x:c r="C692" t="str">
-        <x:v>East Ham</x:v>
+        <x:v>Ramsbottom</x:v>
       </x:c>
       <x:c r="D692" t="str">
-        <x:v>London </x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E692" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F692" t="str">
-        <x:v>E6 2JG</x:v>
+        <x:v>BL0 9BL</x:v>
       </x:c>
       <x:c r="G692" t="str">
-        <x:v>info@legendsolicitors.org</x:v>
+        <x:v>notary@latimerlee.com</x:v>
       </x:c>
       <x:c r="H692" t="str">
-        <x:v>02031301747</x:v>
+        <x:v>0161 798 9000</x:v>
       </x:c>
     </x:row>
     <x:row r="693">
       <x:c r="A693" t="str">
-        <x:v>Lester Aldridge LLP</x:v>
+        <x:v>Laurus Law Limited</x:v>
       </x:c>
       <x:c r="B693" t="str">
-        <x:v>31 Oxford Road</x:v>
+        <x:v>The Old Print House, 173 Northcote Road</x:v>
       </x:c>
       <x:c r="C693" t="str">
         <x:v/>
       </x:c>
       <x:c r="D693" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E693" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F693" t="str">
-        <x:v>BH8 8EX</x:v>
+        <x:v>SW11 6QE</x:v>
       </x:c>
       <x:c r="G693" t="str">
-        <x:v>info@LA-law.com</x:v>
+        <x:v>info@lauruslaw.co.uk</x:v>
       </x:c>
       <x:c r="H693" t="str">
-        <x:v>01202786161</x:v>
+        <x:v>020 7924 3986</x:v>
       </x:c>
     </x:row>
     <x:row r="694">
       <x:c r="A694" t="str">
-        <x:v>Lester Aldridge LLP</x:v>
+        <x:v>Laurus Law Limited</x:v>
       </x:c>
       <x:c r="B694" t="str">
-        <x:v>Mountbatten House, Grosvenor Square</x:v>
+        <x:v>30 Dukes Place</x:v>
       </x:c>
       <x:c r="C694" t="str">
         <x:v/>
       </x:c>
       <x:c r="D694" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E694" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F694" t="str">
-        <x:v>SO15 2JU</x:v>
+        <x:v>EC3A 7LP</x:v>
       </x:c>
       <x:c r="G694" t="str">
-        <x:v>Online.enquiries@la-law.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H694" t="str">
-        <x:v>023 8082 7492</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="695">
       <x:c r="A695" t="str">
-        <x:v>Lester Aldridge LLP</x:v>
+        <x:v>Law &amp; Lawyers</x:v>
       </x:c>
       <x:c r="B695" t="str">
-        <x:v>Savoy Hill House</x:v>
+        <x:v>Ground Floor</x:v>
       </x:c>
       <x:c r="C695" t="str">
-        <x:v>Savoy Hill</x:v>
+        <x:v>31-41 Worship Street </x:v>
       </x:c>
       <x:c r="D695" t="str">
-        <x:v>London</x:v>
+        <x:v>London </x:v>
       </x:c>
       <x:c r="E695" t="str">
         <x:v/>
       </x:c>
       <x:c r="F695" t="str">
-        <x:v>WC2R 0BU</x:v>
+        <x:v>EC2A 2DX </x:v>
       </x:c>
       <x:c r="G695" t="str">
-        <x:v>online.enquiries@la-law.com</x:v>
+        <x:v>ram@lawandlawyers.co.uk</x:v>
       </x:c>
       <x:c r="H695" t="str">
-        <x:v>020 7492 9800</x:v>
+        <x:v>07721989550</x:v>
       </x:c>
     </x:row>
     <x:row r="696">
       <x:c r="A696" t="str">
-        <x:v>Lewis Rodgers Limited</x:v>
+        <x:v>Law And Lawyers Ltd</x:v>
       </x:c>
       <x:c r="B696" t="str">
-        <x:v>372a High Street</x:v>
+        <x:v>352 High Street North</x:v>
       </x:c>
       <x:c r="C696" t="str">
         <x:v/>
       </x:c>
       <x:c r="D696" t="str">
-        <x:v>Winsford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E696" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F696" t="str">
-        <x:v>CW7 2DP</x:v>
+        <x:v>E12 6PH</x:v>
       </x:c>
       <x:c r="G696" t="str">
-        <x:v>stephen@lewisrodgers.co.uk</x:v>
+        <x:v>sreekumar@lawandlawyers.co.uk</x:v>
       </x:c>
       <x:c r="H696" t="str">
-        <x:v>01606 861858</x:v>
+        <x:v>0208 586 5657</x:v>
       </x:c>
     </x:row>
     <x:row r="697">
       <x:c r="A697" t="str">
-        <x:v>Lexnova Solicitors LLP</x:v>
+        <x:v>Law and Lawyers Ltd</x:v>
       </x:c>
       <x:c r="B697" t="str">
-        <x:v>Winston House, First Floor, 140A High Road</x:v>
+        <x:v>106 Irlam Road</x:v>
       </x:c>
       <x:c r="C697" t="str">
-        <x:v/>
+        <x:v>Flixton</x:v>
       </x:c>
       <x:c r="D697" t="str">
-        <x:v>London</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E697" t="str">
         <x:v/>
       </x:c>
       <x:c r="F697" t="str">
-        <x:v>E18 2QS</x:v>
+        <x:v>M41 6JT</x:v>
       </x:c>
       <x:c r="G697" t="str">
-        <x:v>sbaig@lexnova.co.uk</x:v>
+        <x:v>manchester@lawandlawyers.co.uk</x:v>
       </x:c>
       <x:c r="H697" t="str">
-        <x:v>02031 505152</x:v>
+        <x:v>01617 483 335</x:v>
       </x:c>
     </x:row>
     <x:row r="698">
       <x:c r="A698" t="str">
-        <x:v>Lifetime Wills And Trusts Limited</x:v>
+        <x:v>Law Lane Solicitors Limited</x:v>
       </x:c>
       <x:c r="B698" t="str">
-        <x:v>Unit 3 Southview Business Park</x:v>
+        <x:v>Law Lane Chambers</x:v>
       </x:c>
       <x:c r="C698" t="str">
-        <x:v>Tinwell Road</x:v>
+        <x:v>43-45 Broadway</x:v>
       </x:c>
       <x:c r="D698" t="str">
-        <x:v>Stamford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E698" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F698" t="str">
-        <x:v>PE9 2JL</x:v>
+        <x:v>E15 4BL</x:v>
       </x:c>
       <x:c r="G698" t="str">
-        <x:v>emily.kirk@lifetimesolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H698" t="str">
-        <x:v>03332417675</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="699">
       <x:c r="A699" t="str">
-        <x:v>Lilac Law Ltd</x:v>
+        <x:v>lawlight solicitors limited</x:v>
       </x:c>
       <x:c r="B699" t="str">
-        <x:v>Suite 2, 4Th Floor</x:v>
+        <x:v>Suite 3, Farleigh House</x:v>
       </x:c>
       <x:c r="C699" t="str">
-        <x:v>One Derby Square</x:v>
+        <x:v>Farleigh Court</x:v>
       </x:c>
       <x:c r="D699" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Flax Bourton</x:v>
       </x:c>
       <x:c r="E699" t="str">
-        <x:v/>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="F699" t="str">
-        <x:v>L2 9QR</x:v>
+        <x:v>BS48 1UR</x:v>
       </x:c>
       <x:c r="G699" t="str">
-        <x:v>Joanne.alty@lilac-law.co.uk</x:v>
+        <x:v>conveyancing@lawlight.co.uk</x:v>
       </x:c>
       <x:c r="H699" t="str">
-        <x:v>0151 433 7440</x:v>
+        <x:v>01174038700</x:v>
       </x:c>
     </x:row>
     <x:row r="700">
       <x:c r="A700" t="str">
-        <x:v>Links Legal Limited</x:v>
+        <x:v>Lawmatic Solicitors</x:v>
       </x:c>
       <x:c r="B700" t="str">
-        <x:v>99 Bishopsgate</x:v>
+        <x:v>18 Tapestry Way</x:v>
       </x:c>
       <x:c r="C700" t="str">
         <x:v/>
       </x:c>
       <x:c r="D700" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E700" t="str">
         <x:v/>
       </x:c>
       <x:c r="F700" t="str">
-        <x:v>EC2M 3XD</x:v>
+        <x:v>E1 2FJ</x:v>
       </x:c>
       <x:c r="G700" t="str">
-        <x:v/>
+        <x:v>asaduzzaman@lawmaticsolicitors.com</x:v>
       </x:c>
       <x:c r="H700" t="str">
-        <x:v/>
+        <x:v>02080775079</x:v>
       </x:c>
     </x:row>
     <x:row r="701">
       <x:c r="A701" t="str">
-        <x:v>Links Legal Limited</x:v>
+        <x:v>Lawrence Stephens</x:v>
       </x:c>
       <x:c r="B701" t="str">
-        <x:v>42 Redbridge Lane East</x:v>
+        <x:v>50 Farringdon Road</x:v>
       </x:c>
       <x:c r="C701" t="str">
         <x:v/>
       </x:c>
       <x:c r="D701" t="str">
-        <x:v>Ilford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E701" t="str">
         <x:v/>
       </x:c>
       <x:c r="F701" t="str">
-        <x:v>IG4 5EX</x:v>
+        <x:v>EC1M 3HE</x:v>
       </x:c>
       <x:c r="G701" t="str">
-        <x:v>info@linkslegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H701" t="str">
-        <x:v>02085510999</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="702">
       <x:c r="A702" t="str">
-        <x:v>Lockings Legal Services Limited</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B702" t="str">
-        <x:v>St. Marys Court, Lowgate</x:v>
+        <x:v>1 New Augustus Street</x:v>
       </x:c>
       <x:c r="C702" t="str">
         <x:v/>
       </x:c>
       <x:c r="D702" t="str">
-        <x:v>Hull</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E702" t="str">
-        <x:v>East Riding of Yorkshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F702" t="str">
-        <x:v>HU1 1YG</x:v>
+        <x:v>BD1 5LL</x:v>
       </x:c>
       <x:c r="G702" t="str">
-        <x:v>rachelle.laisnez@lockings.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H702" t="str">
-        <x:v>01482 300200</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="703">
       <x:c r="A703" t="str">
-        <x:v>Lockings Legal Services Limited</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B703" t="str">
-        <x:v>Suite 2b</x:v>
+        <x:v>2 Wells Walk</x:v>
       </x:c>
       <x:c r="C703" t="str">
-        <x:v>18 Back Swinegate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D703" t="str">
-        <x:v>York</x:v>
+        <x:v>Ilkley</x:v>
       </x:c>
       <x:c r="E703" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F703" t="str">
-        <x:v>YO1 8AD</x:v>
+        <x:v>LS29 9LH</x:v>
       </x:c>
       <x:c r="G703" t="str">
-        <x:v/>
+        <x:v>resconadmin@lcf.co.uk</x:v>
       </x:c>
       <x:c r="H703" t="str">
-        <x:v/>
+        <x:v>0345 680 0277</x:v>
       </x:c>
     </x:row>
     <x:row r="704">
       <x:c r="A704" t="str">
-        <x:v>Lockings Legal Services Limited</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B704" t="str">
-        <x:v>Highgate House</x:v>
+        <x:v>The Exchange, Station Parade</x:v>
       </x:c>
       <x:c r="C704" t="str">
-        <x:v>19 Wednesday Market</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D704" t="str">
-        <x:v>Beverley</x:v>
+        <x:v>Harrogate</x:v>
       </x:c>
       <x:c r="E704" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F704" t="str">
-        <x:v>HU17 0DJ </x:v>
+        <x:v>HG1 1TS</x:v>
       </x:c>
       <x:c r="G704" t="str">
-        <x:v>customerservices@lockings.co.uk</x:v>
+        <x:v>resconadmin@lcf.co.uk</x:v>
       </x:c>
       <x:c r="H704" t="str">
-        <x:v>01482300500</x:v>
+        <x:v>01423 502211</x:v>
       </x:c>
     </x:row>
     <x:row r="705">
       <x:c r="A705" t="str">
-        <x:v>Lodders Solicitors LLP</x:v>
+        <x:v>LCF Residential Limited</x:v>
       </x:c>
       <x:c r="B705" t="str">
-        <x:v>10 Elm Court</x:v>
+        <x:v>33 Park Place</x:v>
       </x:c>
       <x:c r="C705" t="str">
-        <x:v>Arden Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D705" t="str">
-        <x:v>Stratford-upon-Avon</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E705" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F705" t="str">
-        <x:v>CV37 6PA</x:v>
+        <x:v>LS1 2RY</x:v>
       </x:c>
       <x:c r="G705" t="str">
-        <x:v/>
+        <x:v>resconadmin@lcf.co.uk</x:v>
       </x:c>
       <x:c r="H705" t="str">
-        <x:v/>
+        <x:v>0113 2440876</x:v>
       </x:c>
     </x:row>
     <x:row r="706">
       <x:c r="A706" t="str">
-        <x:v>Lodders Solicitors LLP</x:v>
+        <x:v>Leathes Prior</x:v>
       </x:c>
       <x:c r="B706" t="str">
-        <x:v>16 High Street</x:v>
+        <x:v>74 The Close</x:v>
       </x:c>
       <x:c r="C706" t="str">
         <x:v/>
       </x:c>
       <x:c r="D706" t="str">
-        <x:v>Henley in Arden</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E706" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F706" t="str">
-        <x:v>B95 5BW</x:v>
+        <x:v>NR1 4DR</x:v>
       </x:c>
       <x:c r="G706" t="str">
-        <x:v>Paul.Harrison@lodders.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H706" t="str">
-        <x:v>01564 792261</x:v>
+        <x:v>01603 610911</x:v>
       </x:c>
     </x:row>
     <x:row r="707">
       <x:c r="A707" t="str">
-        <x:v>Lodders Solicitors LLP</x:v>
+        <x:v>Leathes Prior</x:v>
       </x:c>
       <x:c r="B707" t="str">
-        <x:v>Glensanda House, 1 Montpellier Parade</x:v>
+        <x:v>74 The Close</x:v>
       </x:c>
       <x:c r="C707" t="str">
         <x:v/>
       </x:c>
       <x:c r="D707" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E707" t="str">
-        <x:v>Gloucestershire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F707" t="str">
-        <x:v>GL50 1UA</x:v>
+        <x:v>NR1 4DR</x:v>
       </x:c>
       <x:c r="G707" t="str">
-        <x:v>Paul.Harrison@lodders.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H707" t="str">
-        <x:v>01242 228370</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="708">
       <x:c r="A708" t="str">
-        <x:v>London Sol Limited</x:v>
+        <x:v>Lee Chadwick Solicitors LLP</x:v>
       </x:c>
       <x:c r="B708" t="str">
-        <x:v>Unit 3</x:v>
+        <x:v>14 Market Square</x:v>
       </x:c>
       <x:c r="C708" t="str">
-        <x:v>Fountayne Business Centre</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D708" t="str">
-        <x:v>London</x:v>
+        <x:v>Witney</x:v>
       </x:c>
       <x:c r="E708" t="str">
-        <x:v>Tottenham</x:v>
+        <x:v>Oxfordshire</x:v>
       </x:c>
       <x:c r="F708" t="str">
-        <x:v>N15 4AG</x:v>
+        <x:v>OX28 6BE</x:v>
       </x:c>
       <x:c r="G708" t="str">
-        <x:v/>
+        <x:v>kr@lee-chadwick.co.uk</x:v>
       </x:c>
       <x:c r="H708" t="str">
-        <x:v/>
+        <x:v>01993 703272</x:v>
       </x:c>
     </x:row>
     <x:row r="709">
       <x:c r="A709" t="str">
-        <x:v>London Sol Limited</x:v>
+        <x:v>Lee Chadwick Solicitors LLP</x:v>
       </x:c>
       <x:c r="B709" t="str">
-        <x:v>Vision Building, 4 Footscray Road</x:v>
+        <x:v>5 The Clock House, Brize Norton Road</x:v>
       </x:c>
       <x:c r="C709" t="str">
         <x:v/>
       </x:c>
       <x:c r="D709" t="str">
-        <x:v>London</x:v>
+        <x:v>Carterton</x:v>
       </x:c>
       <x:c r="E709" t="str">
         <x:v/>
       </x:c>
       <x:c r="F709" t="str">
-        <x:v>SE9 2TW</x:v>
+        <x:v>OX18 3HN</x:v>
       </x:c>
       <x:c r="G709" t="str">
-        <x:v>cemal.turk@greymore.com</x:v>
+        <x:v>reception@lee-chadwick.co.uk</x:v>
       </x:c>
       <x:c r="H709" t="str">
-        <x:v>0208 808 1285</x:v>
+        <x:v>01993 840 200</x:v>
       </x:c>
     </x:row>
     <x:row r="710">
       <x:c r="A710" t="str">
-        <x:v>Lords Solicitors LLP</x:v>
+        <x:v>Lee Chadwick Solicitors LLP</x:v>
       </x:c>
       <x:c r="B710" t="str">
-        <x:v>466 CRANBROOK ROAD</x:v>
+        <x:v>29A Market Square</x:v>
       </x:c>
       <x:c r="C710" t="str">
         <x:v/>
       </x:c>
       <x:c r="D710" t="str">
-        <x:v>ILFORD</x:v>
+        <x:v>Bicester</x:v>
       </x:c>
       <x:c r="E710" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F710" t="str">
-        <x:v>IG2 6LE</x:v>
+        <x:v>OX26 6AG</x:v>
       </x:c>
       <x:c r="G710" t="str">
-        <x:v>info@lordssolicitorsllp.co.uk</x:v>
+        <x:v>Bicester@lee-chadwick.co.uk</x:v>
       </x:c>
       <x:c r="H710" t="str">
-        <x:v>02085182226</x:v>
+        <x:v>01869627555</x:v>
       </x:c>
     </x:row>
     <x:row r="711">
       <x:c r="A711" t="str">
-        <x:v>Lynn Murray &amp; Co.</x:v>
+        <x:v>Legend Solicitors Limited</x:v>
       </x:c>
       <x:c r="B711" t="str">
-        <x:v>Denning House, 84 High Street</x:v>
+        <x:v>2 Heigham Road</x:v>
       </x:c>
       <x:c r="C711" t="str">
-        <x:v/>
+        <x:v>East Ham</x:v>
       </x:c>
       <x:c r="D711" t="str">
-        <x:v>Cranleigh</x:v>
+        <x:v>London </x:v>
       </x:c>
       <x:c r="E711" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F711" t="str">
-        <x:v>GU6 8AH</x:v>
+        <x:v>E6 2JG</x:v>
       </x:c>
       <x:c r="G711" t="str">
-        <x:v>lynn@lynnmurray.co.uk</x:v>
+        <x:v>info@legendsolicitors.org</x:v>
       </x:c>
       <x:c r="H711" t="str">
-        <x:v>01483 268847</x:v>
+        <x:v>02031301747</x:v>
       </x:c>
     </x:row>
     <x:row r="712">
       <x:c r="A712" t="str">
-        <x:v>Machins Solicitors LLP</x:v>
+        <x:v>Lester Aldridge LLP</x:v>
       </x:c>
       <x:c r="B712" t="str">
-        <x:v>295-299 High Street</x:v>
+        <x:v>31 Oxford Road</x:v>
       </x:c>
       <x:c r="C712" t="str">
         <x:v/>
       </x:c>
       <x:c r="D712" t="str">
-        <x:v>Berkhamsted</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E712" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F712" t="str">
-        <x:v>HP4 1AJ</x:v>
+        <x:v>BH8 8EX</x:v>
       </x:c>
       <x:c r="G712" t="str">
-        <x:v/>
+        <x:v>info@LA-law.com</x:v>
       </x:c>
       <x:c r="H712" t="str">
-        <x:v/>
+        <x:v>01202786161</x:v>
       </x:c>
     </x:row>
     <x:row r="713">
       <x:c r="A713" t="str">
-        <x:v>Machins Solicitors LLP</x:v>
+        <x:v>Lester Aldridge LLP</x:v>
       </x:c>
       <x:c r="B713" t="str">
-        <x:v>28 Dunstable Road</x:v>
+        <x:v>Mountbatten House, Grosvenor Square</x:v>
       </x:c>
       <x:c r="C713" t="str">
         <x:v/>
       </x:c>
       <x:c r="D713" t="str">
-        <x:v>Luton</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E713" t="str">
-        <x:v>Bedfordshire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F713" t="str">
-        <x:v>LU1 1DY</x:v>
+        <x:v>SO15 2JU</x:v>
       </x:c>
       <x:c r="G713" t="str">
-        <x:v/>
+        <x:v>Online.enquiries@la-law.com</x:v>
       </x:c>
       <x:c r="H713" t="str">
-        <x:v>01582 514 000</x:v>
+        <x:v>023 8082 7492</x:v>
       </x:c>
     </x:row>
     <x:row r="714">
       <x:c r="A714" t="str">
-        <x:v>Markand &amp; Co Solicitors LLP</x:v>
+        <x:v>Lester Aldridge LLP</x:v>
       </x:c>
       <x:c r="B714" t="str">
-        <x:v>6-8 Woodford Road</x:v>
+        <x:v>Savoy Hill House</x:v>
       </x:c>
       <x:c r="C714" t="str">
-        <x:v/>
+        <x:v>Savoy Hill</x:v>
       </x:c>
       <x:c r="D714" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E714" t="str">
         <x:v/>
       </x:c>
       <x:c r="F714" t="str">
-        <x:v>E7 0HA</x:v>
+        <x:v>WC2R 0BU</x:v>
       </x:c>
       <x:c r="G714" t="str">
-        <x:v/>
+        <x:v>online.enquiries@la-law.com</x:v>
       </x:c>
       <x:c r="H714" t="str">
-        <x:v>02084701422</x:v>
+        <x:v>020 7492 9800</x:v>
       </x:c>
     </x:row>
     <x:row r="715">
       <x:c r="A715" t="str">
-        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
+        <x:v>Lewis Rodgers Limited</x:v>
       </x:c>
       <x:c r="B715" t="str">
-        <x:v>Office 21A, Strawberry Fields Digital Hub</x:v>
+        <x:v>372a High Street</x:v>
       </x:c>
       <x:c r="C715" t="str">
-        <x:v>Euxton Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D715" t="str">
-        <x:v>Chorley</x:v>
+        <x:v>Winsford</x:v>
       </x:c>
       <x:c r="E715" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F715" t="str">
-        <x:v>PR7 1PS</x:v>
+        <x:v>CW7 2DP</x:v>
       </x:c>
       <x:c r="G715" t="str">
-        <x:v>info@marsdenrawsthorn.com</x:v>
+        <x:v>stephen@lewisrodgers.co.uk</x:v>
       </x:c>
       <x:c r="H715" t="str">
-        <x:v>01257 279511</x:v>
+        <x:v>01606 861858</x:v>
       </x:c>
     </x:row>
     <x:row r="716">
       <x:c r="A716" t="str">
-        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
+        <x:v>Lexnova Solicitors LLP</x:v>
       </x:c>
       <x:c r="B716" t="str">
-        <x:v>3-4 Faraday Court</x:v>
+        <x:v>Winston House, First Floor, 140A High Road</x:v>
       </x:c>
       <x:c r="C716" t="str">
-        <x:v>Fulwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D716" t="str">
-        <x:v>Preston</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E716" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F716" t="str">
-        <x:v>PR2 9NB</x:v>
+        <x:v>E18 2QS</x:v>
       </x:c>
       <x:c r="G716" t="str">
-        <x:v>KDonlan@marsdenrawsthorn.com</x:v>
+        <x:v>sbaig@lexnova.co.uk</x:v>
       </x:c>
       <x:c r="H716" t="str">
-        <x:v>01772799600</x:v>
+        <x:v>02031 505152</x:v>
       </x:c>
     </x:row>
     <x:row r="717">
       <x:c r="A717" t="str">
-        <x:v>McCarthy Bennett Holland Solicitors LLP</x:v>
+        <x:v>Lifetime Wills And Trusts Limited</x:v>
       </x:c>
       <x:c r="B717" t="str">
-        <x:v>Wigan Investment Centre</x:v>
+        <x:v>Unit 3 Southview Business Park</x:v>
       </x:c>
       <x:c r="C717" t="str">
-        <x:v>Waterside Drive</x:v>
+        <x:v>Tinwell Road</x:v>
       </x:c>
       <x:c r="D717" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>Stamford</x:v>
       </x:c>
       <x:c r="E717" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F717" t="str">
-        <x:v>WN3 5BA</x:v>
+        <x:v>PE9 2JL</x:v>
       </x:c>
       <x:c r="G717" t="str">
-        <x:v>carolinerooks@wigansolicitors.com</x:v>
+        <x:v>emily.kirk@lifetimesolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H717" t="str">
-        <x:v>01942206060</x:v>
+        <x:v>03332417675</x:v>
       </x:c>
     </x:row>
     <x:row r="718">
       <x:c r="A718" t="str">
-        <x:v>Mchale Legal Limited</x:v>
+        <x:v>Lilac Law Ltd</x:v>
       </x:c>
       <x:c r="B718" t="str">
-        <x:v>19-21 High Street</x:v>
+        <x:v>Suite 2, 4Th Floor</x:v>
       </x:c>
       <x:c r="C718" t="str">
-        <x:v/>
+        <x:v>One Derby Square</x:v>
       </x:c>
       <x:c r="D718" t="str">
-        <x:v>Altrincham</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E718" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F718" t="str">
-        <x:v>WA14 1QP</x:v>
+        <x:v>L2 9QR</x:v>
       </x:c>
       <x:c r="G718" t="str">
-        <x:v/>
+        <x:v>Joanne.alty@lilac-law.co.uk</x:v>
       </x:c>
       <x:c r="H718" t="str">
-        <x:v/>
+        <x:v>0151 433 7440</x:v>
       </x:c>
     </x:row>
     <x:row r="719">
       <x:c r="A719" t="str">
-        <x:v>Mchale Legal Limited</x:v>
+        <x:v>Links Legal Limited</x:v>
       </x:c>
       <x:c r="B719" t="str">
-        <x:v>25 York Street</x:v>
+        <x:v>99 Bishopsgate</x:v>
       </x:c>
       <x:c r="C719" t="str">
         <x:v/>
       </x:c>
       <x:c r="D719" t="str">
-        <x:v>Heywood</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E719" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F719" t="str">
-        <x:v>OL10 4NN</x:v>
+        <x:v>EC2M 3XD</x:v>
       </x:c>
       <x:c r="G719" t="str">
         <x:v/>
       </x:c>
       <x:c r="H719" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="720">
       <x:c r="A720" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Links Legal Limited</x:v>
       </x:c>
       <x:c r="B720" t="str">
-        <x:v>116 High Road</x:v>
+        <x:v>42 Redbridge Lane East</x:v>
       </x:c>
       <x:c r="C720" t="str">
         <x:v/>
       </x:c>
       <x:c r="D720" t="str">
-        <x:v>Chigwell</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E720" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F720" t="str">
-        <x:v>IG7 5AR</x:v>
+        <x:v>IG4 5EX</x:v>
       </x:c>
       <x:c r="G720" t="str">
-        <x:v/>
+        <x:v>info@linkslegal.co.uk</x:v>
       </x:c>
       <x:c r="H720" t="str">
-        <x:v/>
+        <x:v>02085510999</x:v>
       </x:c>
     </x:row>
     <x:row r="721">
       <x:c r="A721" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lockings Legal Services Limited</x:v>
       </x:c>
       <x:c r="B721" t="str">
-        <x:v>2 Camberwell Church Street</x:v>
+        <x:v>St. Marys Court, Lowgate</x:v>
       </x:c>
       <x:c r="C721" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D721" t="str">
-        <x:v/>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E721" t="str">
-        <x:v/>
+        <x:v>East Riding of Yorkshire</x:v>
       </x:c>
       <x:c r="F721" t="str">
-        <x:v>SE5 8QY</x:v>
+        <x:v>HU1 1YG</x:v>
       </x:c>
       <x:c r="G721" t="str">
-        <x:v>**</x:v>
+        <x:v>rachelle.laisnez@lockings.co.uk</x:v>
       </x:c>
       <x:c r="H721" t="str">
-        <x:v>020 7703 5034</x:v>
+        <x:v>01482 300200</x:v>
       </x:c>
     </x:row>
     <x:row r="722">
       <x:c r="A722" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lockings Legal Services Limited</x:v>
       </x:c>
       <x:c r="B722" t="str">
-        <x:v>94-96 Wigmore Street</x:v>
+        <x:v>Suite 2b</x:v>
       </x:c>
       <x:c r="C722" t="str">
-        <x:v/>
+        <x:v>18 Back Swinegate</x:v>
       </x:c>
       <x:c r="D722" t="str">
-        <x:v>London</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E722" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F722" t="str">
-        <x:v>W1U 3RF</x:v>
+        <x:v>YO1 8AD</x:v>
       </x:c>
       <x:c r="G722" t="str">
-        <x:v>andy@meaby.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H722" t="str">
-        <x:v>02077035034</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="723">
       <x:c r="A723" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lockings Legal Services Limited</x:v>
       </x:c>
       <x:c r="B723" t="str">
-        <x:v>159 High Street,</x:v>
+        <x:v>Highgate House</x:v>
       </x:c>
       <x:c r="C723" t="str">
-        <x:v/>
+        <x:v>19 Wednesday Market</x:v>
       </x:c>
       <x:c r="D723" t="str">
-        <x:v>Dorking,</x:v>
+        <x:v>Beverley</x:v>
       </x:c>
       <x:c r="E723" t="str">
-        <x:v>Surrey,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F723" t="str">
-        <x:v>RH4 1AD</x:v>
+        <x:v>HU17 0DJ </x:v>
       </x:c>
       <x:c r="G723" t="str">
-        <x:v>andy@meaby.co.uk</x:v>
+        <x:v>customerservices@lockings.co.uk</x:v>
       </x:c>
       <x:c r="H723" t="str">
-        <x:v>01306 884432</x:v>
+        <x:v>01482300500</x:v>
       </x:c>
     </x:row>
     <x:row r="724">
       <x:c r="A724" t="str">
-        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
+        <x:v>Lodders Solicitors LLP</x:v>
       </x:c>
       <x:c r="B724" t="str">
-        <x:v>The Store, 9 White Street</x:v>
+        <x:v>10 Elm Court</x:v>
       </x:c>
       <x:c r="C724" t="str">
-        <x:v/>
+        <x:v>Arden Street</x:v>
       </x:c>
       <x:c r="D724" t="str">
-        <x:v>Dunmow</x:v>
+        <x:v>Stratford-upon-Avon</x:v>
       </x:c>
       <x:c r="E724" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F724" t="str">
-        <x:v>CM6 1BD</x:v>
+        <x:v>CV37 6PA</x:v>
       </x:c>
       <x:c r="G724" t="str">
-        <x:v>info@meaby.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H724" t="str">
-        <x:v>02077035034</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="725">
       <x:c r="A725" t="str">
-        <x:v>Metrolaw Solicitors Ltd</x:v>
+        <x:v>Lodders Solicitors LLP</x:v>
       </x:c>
       <x:c r="B725" t="str">
-        <x:v>92 Goodmayes Road</x:v>
+        <x:v>16 High Street</x:v>
       </x:c>
       <x:c r="C725" t="str">
         <x:v/>
       </x:c>
       <x:c r="D725" t="str">
-        <x:v>Ilford</x:v>
+        <x:v>Henley in Arden</x:v>
       </x:c>
       <x:c r="E725" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F725" t="str">
-        <x:v>IG3 9UU</x:v>
+        <x:v>B95 5BW</x:v>
       </x:c>
       <x:c r="G725" t="str">
-        <x:v/>
+        <x:v>Paul.Harrison@lodders.co.uk</x:v>
       </x:c>
       <x:c r="H725" t="str">
-        <x:v>02085901100</x:v>
+        <x:v>01564 792261</x:v>
       </x:c>
     </x:row>
     <x:row r="726">
       <x:c r="A726" t="str">
-        <x:v>Mewies Solicitors</x:v>
+        <x:v>Lodders Solicitors LLP</x:v>
       </x:c>
       <x:c r="B726" t="str">
-        <x:v>Clifford House</x:v>
+        <x:v>Glensanda House, 1 Montpellier Parade</x:v>
       </x:c>
       <x:c r="C726" t="str">
-        <x:v>Keighley Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D726" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E726" t="str">
-        <x:v/>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F726" t="str">
-        <x:v>BD23 2NB </x:v>
+        <x:v>GL50 1UA</x:v>
       </x:c>
       <x:c r="G726" t="str">
-        <x:v/>
+        <x:v>Paul.Harrison@lodders.co.uk</x:v>
       </x:c>
       <x:c r="H726" t="str">
-        <x:v>01756799000</x:v>
+        <x:v>01242 228370</x:v>
       </x:c>
     </x:row>
     <x:row r="727">
       <x:c r="A727" t="str">
-        <x:v>MFG Solicitors</x:v>
+        <x:v>London Sol Limited</x:v>
       </x:c>
       <x:c r="B727" t="str">
-        <x:v>Tythe House</x:v>
+        <x:v>Vision Building, 4 Footscray Road</x:v>
       </x:c>
       <x:c r="C727" t="str">
-        <x:v>20-21 The Tything</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D727" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E727" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F727" t="str">
-        <x:v>WR1 1HD</x:v>
+        <x:v>SE9 2TW</x:v>
       </x:c>
       <x:c r="G727" t="str">
-        <x:v>alan.morris@mfgsolicitors.com</x:v>
+        <x:v>cemal.turk@greymore.com</x:v>
       </x:c>
       <x:c r="H727" t="str">
-        <x:v>01527 831691</x:v>
+        <x:v>0208 808 1285</x:v>
       </x:c>
     </x:row>
     <x:row r="728">
       <x:c r="A728" t="str">
-        <x:v>MFG Solicitors</x:v>
+        <x:v>London Sol Limited</x:v>
       </x:c>
       <x:c r="B728" t="str">
-        <x:v>Adam House</x:v>
+        <x:v>Unit 3</x:v>
       </x:c>
       <x:c r="C728" t="str">
-        <x:v>Birmingham Road</x:v>
+        <x:v>Fountayne Business Centre</x:v>
       </x:c>
       <x:c r="D728" t="str">
-        <x:v>Kidderminster</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E728" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>Tottenham</x:v>
       </x:c>
       <x:c r="F728" t="str">
-        <x:v>DY10 2SH</x:v>
+        <x:v>N15 4AG</x:v>
       </x:c>
       <x:c r="G728" t="str">
-        <x:v>suzanne.lee@mfgsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H728" t="str">
-        <x:v>01562 745800</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="729">
       <x:c r="A729" t="str">
-        <x:v>MFG Solicitors</x:v>
+        <x:v>Lords Solicitors LLP</x:v>
       </x:c>
       <x:c r="B729" t="str">
-        <x:v>Padmore House, Hall Court, </x:v>
+        <x:v>466 CRANBROOK ROAD</x:v>
       </x:c>
       <x:c r="C729" t="str">
-        <x:v>Hall Park Way, Town Centre</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D729" t="str">
-        <x:v>Telford</x:v>
+        <x:v>ILFORD</x:v>
       </x:c>
       <x:c r="E729" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F729" t="str">
-        <x:v>TF3 4LX</x:v>
+        <x:v>IG2 6LE</x:v>
       </x:c>
       <x:c r="G729" t="str">
-        <x:v>post@mfgsolicitors.com</x:v>
+        <x:v>info@lordssolicitorsllp.co.uk</x:v>
       </x:c>
       <x:c r="H729" t="str">
-        <x:v/>
+        <x:v>02085182226</x:v>
       </x:c>
     </x:row>
     <x:row r="730">
       <x:c r="A730" t="str">
-        <x:v>MFG Solicitors LLP</x:v>
+        <x:v>Lynn Murray &amp; Co.</x:v>
       </x:c>
       <x:c r="B730" t="str">
-        <x:v>1 High Street</x:v>
+        <x:v>Denning House, 84 High Street</x:v>
       </x:c>
       <x:c r="C730" t="str">
         <x:v/>
       </x:c>
       <x:c r="D730" t="str">
-        <x:v>Bromsgrove</x:v>
+        <x:v>Cranleigh</x:v>
       </x:c>
       <x:c r="E730" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F730" t="str">
-        <x:v>B61 8AJ</x:v>
+        <x:v>GU6 8AH</x:v>
       </x:c>
       <x:c r="G730" t="str">
-        <x:v>lucie.couchman@mfgsolicitors.com</x:v>
+        <x:v>lynn@lynnmurray.co.uk</x:v>
       </x:c>
       <x:c r="H730" t="str">
-        <x:v>01527 831691</x:v>
+        <x:v>01483 268847</x:v>
       </x:c>
     </x:row>
     <x:row r="731">
       <x:c r="A731" t="str">
-        <x:v>MFG Solicitors LLP</x:v>
+        <x:v>Machins Solicitors LLP</x:v>
       </x:c>
       <x:c r="B731" t="str">
-        <x:v>9 Corve Street</x:v>
+        <x:v>295-299 High Street</x:v>
       </x:c>
       <x:c r="C731" t="str">
         <x:v/>
       </x:c>
       <x:c r="D731" t="str">
-        <x:v>Ludlow</x:v>
+        <x:v>Berkhamsted</x:v>
       </x:c>
       <x:c r="E731" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F731" t="str">
-        <x:v>SY8 1DE</x:v>
+        <x:v>HP4 1AJ</x:v>
       </x:c>
       <x:c r="G731" t="str">
-        <x:v>richard.connolly@mfgsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H731" t="str">
-        <x:v>01584873156</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="732">
       <x:c r="A732" t="str">
-        <x:v>MFG Solicitors LLP</x:v>
+        <x:v>Machins Solicitors LLP</x:v>
       </x:c>
       <x:c r="B732" t="str">
-        <x:v>3rd Floor, Waterloo House</x:v>
+        <x:v>28 Dunstable Road</x:v>
       </x:c>
       <x:c r="C732" t="str">
-        <x:v>20 Waterloo Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D732" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Luton</x:v>
       </x:c>
       <x:c r="E732" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F732" t="str">
-        <x:v>B2 5TB</x:v>
+        <x:v>LU1 1DY</x:v>
       </x:c>
       <x:c r="G732" t="str">
-        <x:v>mfgitsadmin@mfgsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H732" t="str">
-        <x:v>0121 236 7388</x:v>
+        <x:v>01582 514 000</x:v>
       </x:c>
     </x:row>
     <x:row r="733">
       <x:c r="A733" t="str">
-        <x:v>Mirza Law Limited</x:v>
+        <x:v>Markand &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B733" t="str">
-        <x:v>216A Hoe Street</x:v>
+        <x:v>6-8 Woodford Road</x:v>
       </x:c>
       <x:c r="C733" t="str">
         <x:v/>
       </x:c>
       <x:c r="D733" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E733" t="str">
-        <x:v>Walthamstow</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F733" t="str">
-        <x:v>E17 3AY</x:v>
+        <x:v>E7 0HA</x:v>
       </x:c>
       <x:c r="G733" t="str">
         <x:v/>
       </x:c>
       <x:c r="H733" t="str">
-        <x:v/>
+        <x:v>02084701422</x:v>
       </x:c>
     </x:row>
     <x:row r="734">
       <x:c r="A734" t="str">
-        <x:v>Mogers Drewett</x:v>
+        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
       </x:c>
       <x:c r="B734" t="str">
-        <x:v>St. James House</x:v>
+        <x:v>3-4 Faraday Court</x:v>
       </x:c>
       <x:c r="C734" t="str">
-        <x:v>The Square, Lower Bristol Road</x:v>
+        <x:v>Fulwood</x:v>
       </x:c>
       <x:c r="D734" t="str">
-        <x:v>Bath</x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E734" t="str">
-        <x:v>Somerset</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F734" t="str">
-        <x:v>BA2 3BH</x:v>
+        <x:v>PR2 9NB</x:v>
       </x:c>
       <x:c r="G734" t="str">
-        <x:v/>
+        <x:v>KDonlan@marsdenrawsthorn.com</x:v>
       </x:c>
       <x:c r="H734" t="str">
-        <x:v/>
+        <x:v>01772799600</x:v>
       </x:c>
     </x:row>
     <x:row r="735">
       <x:c r="A735" t="str">
-        <x:v>Mogers Drewett LLP</x:v>
+        <x:v>Marsden Rawsthorn Solicitors Limited</x:v>
       </x:c>
       <x:c r="B735" t="str">
-        <x:v>Spring House</x:v>
+        <x:v>Office 21A, Strawberry Fields Digital Hub</x:v>
       </x:c>
       <x:c r="C735" t="str">
-        <x:v>East Mill Lane</x:v>
+        <x:v>Euxton Lane</x:v>
       </x:c>
       <x:c r="D735" t="str">
-        <x:v>Sherborne</x:v>
+        <x:v>Chorley</x:v>
       </x:c>
       <x:c r="E735" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F735" t="str">
-        <x:v>DT9 3DP</x:v>
+        <x:v>PR7 1PS</x:v>
       </x:c>
       <x:c r="G735" t="str">
-        <x:v/>
+        <x:v>info@marsdenrawsthorn.com</x:v>
       </x:c>
       <x:c r="H735" t="str">
-        <x:v>01935 813691</x:v>
+        <x:v>01257 279511</x:v>
       </x:c>
     </x:row>
     <x:row r="736">
       <x:c r="A736" t="str">
-        <x:v>Mogers Drewett LLP</x:v>
+        <x:v>McCarthy Bennett Holland Solicitors LLP</x:v>
       </x:c>
       <x:c r="B736" t="str">
-        <x:v>Bishopbrook House</x:v>
+        <x:v>Wigan Investment Centre</x:v>
       </x:c>
       <x:c r="C736" t="str">
-        <x:v>Cathedral Avenue</x:v>
+        <x:v>Waterside Drive</x:v>
       </x:c>
       <x:c r="D736" t="str">
-        <x:v>Wells</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E736" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F736" t="str">
-        <x:v>BA5 1FD</x:v>
+        <x:v>WN3 5BA</x:v>
       </x:c>
       <x:c r="G736" t="str">
-        <x:v>Michelle.Kadshaw@mogersdrewett.com</x:v>
+        <x:v>carolinerooks@wigansolicitors.com</x:v>
       </x:c>
       <x:c r="H736" t="str">
-        <x:v>01749 342323</x:v>
+        <x:v>01942206060</x:v>
       </x:c>
     </x:row>
     <x:row r="737">
       <x:c r="A737" t="str">
-        <x:v>Monarch Solicitors Ltd</x:v>
+        <x:v>Mchale Legal Limited</x:v>
       </x:c>
       <x:c r="B737" t="str">
-        <x:v>City Point</x:v>
+        <x:v>19-21 High Street</x:v>
       </x:c>
       <x:c r="C737" t="str">
-        <x:v>156 Chapel Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D737" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E737" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F737" t="str">
-        <x:v>M3 6BF</x:v>
+        <x:v>WA14 1QP</x:v>
       </x:c>
       <x:c r="G737" t="str">
         <x:v/>
       </x:c>
       <x:c r="H737" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="738">
       <x:c r="A738" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>Mchale Legal Limited</x:v>
       </x:c>
       <x:c r="B738" t="str">
-        <x:v>Unit 13A, The Brewery Quarter, Henrietta Street</x:v>
+        <x:v>25 York Street</x:v>
       </x:c>
       <x:c r="C738" t="str">
         <x:v/>
       </x:c>
       <x:c r="D738" t="str">
-        <x:v>Cheltenham</x:v>
+        <x:v>Heywood</x:v>
       </x:c>
       <x:c r="E738" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F738" t="str">
-        <x:v>GL50 4FA</x:v>
+        <x:v>OL10 4NN</x:v>
       </x:c>
       <x:c r="G738" t="str">
-        <x:v>lmsmortgages@montpellier.legal</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H738" t="str">
-        <x:v>01242 472200</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="739">
       <x:c r="A739" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B739" t="str">
-        <x:v>Unit D33, Pure Offices, Kestrel Court,</x:v>
+        <x:v>116 High Road</x:v>
       </x:c>
       <x:c r="C739" t="str">
-        <x:v>Waterwells Drive, Quedgeley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D739" t="str">
-        <x:v>Gloucester</x:v>
+        <x:v>Chigwell</x:v>
       </x:c>
       <x:c r="E739" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F739" t="str">
-        <x:v>GL2 2AT</x:v>
+        <x:v>IG7 5AR</x:v>
       </x:c>
       <x:c r="G739" t="str">
-        <x:v>lmsmortgages@montpellier.legal</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H739" t="str">
-        <x:v>01452 442100</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="740">
       <x:c r="A740" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B740" t="str">
-        <x:v>Office A,</x:v>
+        <x:v>2 Camberwell Church Street</x:v>
       </x:c>
       <x:c r="C740" t="str">
-        <x:v>Five Valleys Shopping Centre,</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="D740" t="str">
-        <x:v>Stroud</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E740" t="str">
         <x:v/>
       </x:c>
       <x:c r="F740" t="str">
-        <x:v>GL5  1RR</x:v>
+        <x:v>SE5 8QY</x:v>
       </x:c>
       <x:c r="G740" t="str">
-        <x:v>lmsmortgages@montpellier.legal</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H740" t="str">
-        <x:v>01453 700650</x:v>
+        <x:v>020 7703 5034</x:v>
       </x:c>
     </x:row>
     <x:row r="741">
       <x:c r="A741" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B741" t="str">
-        <x:v>3A The Wool Market</x:v>
+        <x:v>94-96 Wigmore Street</x:v>
       </x:c>
       <x:c r="C741" t="str">
         <x:v/>
       </x:c>
       <x:c r="D741" t="str">
-        <x:v>Cirencester</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E741" t="str">
         <x:v/>
       </x:c>
       <x:c r="F741" t="str">
-        <x:v>GL7 2PR</x:v>
+        <x:v>W1U 3RF</x:v>
       </x:c>
       <x:c r="G741" t="str">
-        <x:v>lmsmortgages@montpellier.lega</x:v>
+        <x:v>andy@meaby.co.uk</x:v>
       </x:c>
       <x:c r="H741" t="str">
-        <x:v>01285 701750</x:v>
+        <x:v>02077035034</x:v>
       </x:c>
     </x:row>
     <x:row r="742">
       <x:c r="A742" t="str">
-        <x:v>Montpellier Legal Ltd</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B742" t="str">
-        <x:v>Vinegar House, 39 Foregate Street</x:v>
+        <x:v>159 High Street,</x:v>
       </x:c>
       <x:c r="C742" t="str">
         <x:v/>
       </x:c>
       <x:c r="D742" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Dorking,</x:v>
       </x:c>
       <x:c r="E742" t="str">
-        <x:v/>
+        <x:v>Surrey,</x:v>
       </x:c>
       <x:c r="F742" t="str">
-        <x:v>WR1 1DJ</x:v>
+        <x:v>RH4 1AD</x:v>
       </x:c>
       <x:c r="G742" t="str">
-        <x:v>info@montpellier.legal</x:v>
+        <x:v>andy@meaby.co.uk</x:v>
       </x:c>
       <x:c r="H742" t="str">
-        <x:v>01905 670997</x:v>
+        <x:v>01306 884432</x:v>
       </x:c>
     </x:row>
     <x:row r="743">
       <x:c r="A743" t="str">
-        <x:v>Morgan LaRoche Limited</x:v>
+        <x:v>Meaby &amp; Co Solicitors LLP</x:v>
       </x:c>
       <x:c r="B743" t="str">
-        <x:v>Bay House, Phoenix Way</x:v>
+        <x:v>The Store, 9 White Street</x:v>
       </x:c>
       <x:c r="C743" t="str">
         <x:v/>
       </x:c>
       <x:c r="D743" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Dunmow</x:v>
       </x:c>
       <x:c r="E743" t="str">
         <x:v/>
       </x:c>
       <x:c r="F743" t="str">
-        <x:v>SA7 9LA</x:v>
+        <x:v>CM6 1BD</x:v>
       </x:c>
       <x:c r="G743" t="str">
-        <x:v>athomas@morganlaroche.com</x:v>
+        <x:v>info@meaby.co.uk</x:v>
       </x:c>
       <x:c r="H743" t="str">
-        <x:v>01792776776</x:v>
+        <x:v>02077035034</x:v>
       </x:c>
     </x:row>
     <x:row r="744">
       <x:c r="A744" t="str">
-        <x:v>Morgan Laroche Limited</x:v>
+        <x:v>Merali Beedle Limited</x:v>
       </x:c>
       <x:c r="B744" t="str">
-        <x:v>Cabna Court</x:v>
+        <x:v>Vicarage House</x:v>
       </x:c>
       <x:c r="C744" t="str">
-        <x:v>Heol Glasdwr</x:v>
+        <x:v>58-60 Kensington Church Street</x:v>
       </x:c>
       <x:c r="D744" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E744" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F744" t="str">
-        <x:v>SA31 2NF</x:v>
+        <x:v>W8 4DB</x:v>
       </x:c>
       <x:c r="G744" t="str">
-        <x:v/>
+        <x:v>amerali@meralibeedle.com</x:v>
       </x:c>
       <x:c r="H744" t="str">
-        <x:v/>
+        <x:v>02073683325</x:v>
       </x:c>
     </x:row>
     <x:row r="745">
       <x:c r="A745" t="str">
-        <x:v>Mortons Law Limited</x:v>
+        <x:v>Metrolaw Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B745" t="str">
-        <x:v>Houghton House</x:v>
+        <x:v>92 Goodmayes Road</x:v>
       </x:c>
       <x:c r="C745" t="str">
-        <x:v>Belmont Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D745" t="str">
-        <x:v>Durham</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E745" t="str">
-        <x:v>County Durham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F745" t="str">
-        <x:v>DH1 1TW</x:v>
+        <x:v>IG3 9UU</x:v>
       </x:c>
       <x:c r="G745" t="str">
-        <x:v>*</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H745" t="str">
-        <x:v>0191 374 2555</x:v>
+        <x:v>02085901100</x:v>
       </x:c>
     </x:row>
     <x:row r="746">
       <x:c r="A746" t="str">
-        <x:v>Mortons Law Limited</x:v>
+        <x:v>Mewies Solicitors</x:v>
       </x:c>
       <x:c r="B746" t="str">
-        <x:v>The Yard</x:v>
+        <x:v>Clifford House</x:v>
       </x:c>
       <x:c r="C746" t="str">
-        <x:v>Gill Bridge Avenue</x:v>
+        <x:v>Keighley Road</x:v>
       </x:c>
       <x:c r="D746" t="str">
-        <x:v>Sunderland</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="E746" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F746" t="str">
-        <x:v>SR1 3AW</x:v>
+        <x:v>BD23 2NB </x:v>
       </x:c>
       <x:c r="G746" t="str">
         <x:v/>
       </x:c>
       <x:c r="H746" t="str">
-        <x:v/>
+        <x:v>01756799000</x:v>
       </x:c>
     </x:row>
     <x:row r="747">
       <x:c r="A747" t="str">
-        <x:v>Mortons Law Limited</x:v>
+        <x:v>MFG Solicitors</x:v>
       </x:c>
       <x:c r="B747" t="str">
-        <x:v>11 Marlborough</x:v>
+        <x:v>Tythe House</x:v>
       </x:c>
       <x:c r="C747" t="str">
-        <x:v/>
+        <x:v>20-21 The Tything</x:v>
       </x:c>
       <x:c r="D747" t="str">
-        <x:v>Seaham</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E747" t="str">
-        <x:v>County Durham</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F747" t="str">
-        <x:v>SR7 7SA</x:v>
+        <x:v>WR1 1HD</x:v>
       </x:c>
       <x:c r="G747" t="str">
-        <x:v>aashcroft@mortons-solicitors.com</x:v>
+        <x:v>alan.morris@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H747" t="str">
-        <x:v>01915118222</x:v>
+        <x:v>01527 831691</x:v>
       </x:c>
     </x:row>
     <x:row r="748">
       <x:c r="A748" t="str">
-        <x:v>Moseleys</x:v>
+        <x:v>MFG Solicitors</x:v>
       </x:c>
       <x:c r="B748" t="str">
-        <x:v>Compton House</x:v>
+        <x:v>Padmore House, Hall Court, </x:v>
       </x:c>
       <x:c r="C748" t="str">
-        <x:v>18 Bore Street</x:v>
+        <x:v>Hall Park Way, Town Centre</x:v>
       </x:c>
       <x:c r="D748" t="str">
-        <x:v>Lichfield</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E748" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F748" t="str">
-        <x:v>WS13 6LL</x:v>
+        <x:v>TF3 4LX</x:v>
       </x:c>
       <x:c r="G748" t="str">
-        <x:v>satack@moseleys.co.uk</x:v>
+        <x:v>post@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H748" t="str">
-        <x:v>01543414100</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="749">
       <x:c r="A749" t="str">
-        <x:v>Moss &amp; Coleman Solicitors Limited</x:v>
+        <x:v>MFG Solicitors</x:v>
       </x:c>
       <x:c r="B749" t="str">
-        <x:v>170-180 High Street</x:v>
+        <x:v>Adam House</x:v>
       </x:c>
       <x:c r="C749" t="str">
-        <x:v/>
+        <x:v>Birmingham Road</x:v>
       </x:c>
       <x:c r="D749" t="str">
-        <x:v>Hornchurch</x:v>
+        <x:v>Kidderminster</x:v>
       </x:c>
       <x:c r="E749" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F749" t="str">
-        <x:v>RM12 6JP</x:v>
+        <x:v>DY10 2SH</x:v>
       </x:c>
       <x:c r="G749" t="str">
-        <x:v>g.harrington@mosco.co.uk</x:v>
+        <x:v>suzanne.lee@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H749" t="str">
-        <x:v>01708 446781</x:v>
+        <x:v>01562 745800</x:v>
       </x:c>
     </x:row>
     <x:row r="750">
       <x:c r="A750" t="str">
-        <x:v>MSB Solicitors Limited</x:v>
+        <x:v>MFG Solicitors LLP</x:v>
       </x:c>
       <x:c r="B750" t="str">
-        <x:v>4 St Pauls Square</x:v>
+        <x:v>1 High Street</x:v>
       </x:c>
       <x:c r="C750" t="str">
         <x:v/>
       </x:c>
       <x:c r="D750" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Bromsgrove</x:v>
       </x:c>
       <x:c r="E750" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F750" t="str">
-        <x:v>L3 9SJ</x:v>
+        <x:v>B61 8AJ</x:v>
       </x:c>
       <x:c r="G750" t="str">
-        <x:v/>
+        <x:v>lucie.couchman@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H750" t="str">
-        <x:v/>
+        <x:v>01527 831691</x:v>
       </x:c>
     </x:row>
     <x:row r="751">
       <x:c r="A751" t="str">
-        <x:v>MTG Solicitors</x:v>
+        <x:v>MFG Solicitors LLP</x:v>
       </x:c>
       <x:c r="B751" t="str">
-        <x:v>10 Broadway</x:v>
+        <x:v>9 Corve Street</x:v>
       </x:c>
       <x:c r="C751" t="str">
         <x:v/>
       </x:c>
       <x:c r="D751" t="str">
-        <x:v>London</x:v>
+        <x:v>Ludlow</x:v>
       </x:c>
       <x:c r="E751" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F751" t="str">
-        <x:v>W13 0SR</x:v>
+        <x:v>SY8 1DE</x:v>
       </x:c>
       <x:c r="G751" t="str">
-        <x:v>info@mtgsolicitors.com</x:v>
+        <x:v>richard.connolly@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H751" t="str">
-        <x:v>02087545577</x:v>
+        <x:v>01584873156</x:v>
       </x:c>
     </x:row>
     <x:row r="752">
       <x:c r="A752" t="str">
-        <x:v>Murria Solicitors Limited</x:v>
+        <x:v>MFG Solicitors LLP</x:v>
       </x:c>
       <x:c r="B752" t="str">
-        <x:v>Court Chambers</x:v>
+        <x:v>3rd Floor, Waterloo House</x:v>
       </x:c>
       <x:c r="C752" t="str">
-        <x:v>180 Corporation Street</x:v>
+        <x:v>20 Waterloo Street</x:v>
       </x:c>
       <x:c r="D752" t="str">
         <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E752" t="str">
         <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F752" t="str">
-        <x:v>B4 6UD</x:v>
+        <x:v>B2 5TB</x:v>
       </x:c>
       <x:c r="G752" t="str">
-        <x:v/>
+        <x:v>mfgitsadmin@mfgsolicitors.com</x:v>
       </x:c>
       <x:c r="H752" t="str">
-        <x:v/>
+        <x:v>0121 236 7388</x:v>
       </x:c>
     </x:row>
     <x:row r="753">
       <x:c r="A753" t="str">
-        <x:v>Myers Solicitors Limited</x:v>
+        <x:v>Mirza Law Limited</x:v>
       </x:c>
       <x:c r="B753" t="str">
-        <x:v>33-43 Price Street</x:v>
+        <x:v>216A Hoe Street</x:v>
       </x:c>
       <x:c r="C753" t="str">
-        <x:v>Burslem</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D753" t="str">
-        <x:v>Stoke on Trent</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E753" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v>Walthamstow</x:v>
       </x:c>
       <x:c r="F753" t="str">
-        <x:v>ST6 4EN</x:v>
+        <x:v>E17 3AY</x:v>
       </x:c>
       <x:c r="G753" t="str">
-        <x:v>Rachel.silvester@myerssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H753" t="str">
-        <x:v>01782577000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="754">
       <x:c r="A754" t="str">
-        <x:v>Myers Solicitors Limited</x:v>
+        <x:v>Mogers Drewett</x:v>
       </x:c>
       <x:c r="B754" t="str">
-        <x:v>Goffs Oak House, 617 Goffs Lane</x:v>
+        <x:v>St. James House</x:v>
       </x:c>
       <x:c r="C754" t="str">
-        <x:v>Goffs Oak</x:v>
+        <x:v>The Square, Lower Bristol Road</x:v>
       </x:c>
       <x:c r="D754" t="str">
-        <x:v/>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E754" t="str">
-        <x:v>Waltham Cross</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F754" t="str">
-        <x:v>EN7 5HG</x:v>
+        <x:v>BA2 3BH</x:v>
       </x:c>
       <x:c r="G754" t="str">
-        <x:v>Postroom@gisbyharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H754" t="str">
-        <x:v>01707 878 300</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="755">
       <x:c r="A755" t="str">
-        <x:v>Myers Solicitors Limited</x:v>
+        <x:v>Mogers Drewett LLP</x:v>
       </x:c>
       <x:c r="B755" t="str">
-        <x:v>Sudbury Stables, Sudbury Road</x:v>
+        <x:v>Spring House</x:v>
       </x:c>
       <x:c r="C755" t="str">
-        <x:v/>
+        <x:v>East Mill Lane</x:v>
       </x:c>
       <x:c r="D755" t="str">
-        <x:v>Downham</x:v>
+        <x:v>Sherborne</x:v>
       </x:c>
       <x:c r="E755" t="str">
-        <x:v>Billericay</x:v>
+        <x:v>Dorset</x:v>
       </x:c>
       <x:c r="F755" t="str">
-        <x:v>CM11 1LB</x:v>
+        <x:v>DT9 3DP</x:v>
       </x:c>
       <x:c r="G755" t="str">
-        <x:v>Louise.Jackman@gisbyharrison.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H755" t="str">
-        <x:v>01707 878 300</x:v>
+        <x:v>01935 813691</x:v>
       </x:c>
     </x:row>
     <x:row r="756">
       <x:c r="A756" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Mogers Drewett LLP</x:v>
       </x:c>
       <x:c r="B756" t="str">
-        <x:v>11 Beachfield Avenue</x:v>
+        <x:v>Bishopbrook House</x:v>
       </x:c>
       <x:c r="C756" t="str">
-        <x:v/>
+        <x:v>Cathedral Avenue</x:v>
       </x:c>
       <x:c r="D756" t="str">
-        <x:v>Newquay</x:v>
+        <x:v>Wells</x:v>
       </x:c>
       <x:c r="E756" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F756" t="str">
-        <x:v>TR7 1DP</x:v>
+        <x:v>BA5 1FD</x:v>
       </x:c>
       <x:c r="G756" t="str">
-        <x:v>lmsref@nalders.co.uk</x:v>
+        <x:v>Michelle.Kadshaw@mogersdrewett.com</x:v>
       </x:c>
       <x:c r="H756" t="str">
-        <x:v>01637 871414</x:v>
+        <x:v>01749 342323</x:v>
       </x:c>
     </x:row>
     <x:row r="757">
       <x:c r="A757" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Monarch Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B757" t="str">
-        <x:v>32a Coinagehall Street</x:v>
+        <x:v>City Point</x:v>
       </x:c>
       <x:c r="C757" t="str">
-        <x:v/>
+        <x:v>156 Chapel Street</x:v>
       </x:c>
       <x:c r="D757" t="str">
-        <x:v>Helston</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E757" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F757" t="str">
-        <x:v>TR13 8EQ</x:v>
+        <x:v>M3 6BF</x:v>
       </x:c>
       <x:c r="G757" t="str">
-        <x:v>lmsref@nalders.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H757" t="str">
-        <x:v>01326 574001</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="758">
       <x:c r="A758" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B758" t="str">
-        <x:v>104 Market Jew Street</x:v>
+        <x:v>Unit 13A, The Brewery Quarter, Henrietta Street</x:v>
       </x:c>
       <x:c r="C758" t="str">
         <x:v/>
       </x:c>
       <x:c r="D758" t="str">
-        <x:v>Penzance</x:v>
+        <x:v>Cheltenham</x:v>
       </x:c>
       <x:c r="E758" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F758" t="str">
-        <x:v>TR18 2LE</x:v>
+        <x:v>GL50 4FA</x:v>
       </x:c>
       <x:c r="G758" t="str">
-        <x:v>lmsref@nalders.co.uk</x:v>
+        <x:v>lmsmortgages@montpellier.legal</x:v>
       </x:c>
       <x:c r="H758" t="str">
-        <x:v>01736 364014</x:v>
+        <x:v>01242 472200</x:v>
       </x:c>
     </x:row>
     <x:row r="759">
       <x:c r="A759" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B759" t="str">
-        <x:v>8-14 Berkeley Vale</x:v>
+        <x:v>Unit D33, Pure Offices, Kestrel Court,</x:v>
       </x:c>
       <x:c r="C759" t="str">
-        <x:v/>
+        <x:v>Waterwells Drive, Quedgeley</x:v>
       </x:c>
       <x:c r="D759" t="str">
-        <x:v>Falmouth</x:v>
+        <x:v>Gloucester</x:v>
       </x:c>
       <x:c r="E759" t="str">
         <x:v/>
       </x:c>
       <x:c r="F759" t="str">
-        <x:v>TR11 3PH</x:v>
+        <x:v>GL2 2AT</x:v>
       </x:c>
       <x:c r="G759" t="str">
-        <x:v>post@nalders.co.uk</x:v>
+        <x:v>lmsmortgages@montpellier.legal</x:v>
       </x:c>
       <x:c r="H759" t="str">
-        <x:v>01326 316655</x:v>
+        <x:v>01452 442100</x:v>
       </x:c>
     </x:row>
     <x:row r="760">
       <x:c r="A760" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B760" t="str">
-        <x:v>Farley House</x:v>
+        <x:v>Office A,</x:v>
       </x:c>
       <x:c r="C760" t="str">
-        <x:v>Falmouth Road</x:v>
+        <x:v>Five Valleys Shopping Centre,</x:v>
       </x:c>
       <x:c r="D760" t="str">
-        <x:v>Truro</x:v>
+        <x:v>Stroud</x:v>
       </x:c>
       <x:c r="E760" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F760" t="str">
-        <x:v>TR1 2HX</x:v>
+        <x:v>GL5  1RR</x:v>
       </x:c>
       <x:c r="G760" t="str">
-        <x:v>saf@nalders.co.uk</x:v>
+        <x:v>lmsmortgages@montpellier.legal</x:v>
       </x:c>
       <x:c r="H760" t="str">
-        <x:v>01872 241414 </x:v>
+        <x:v>01453 700650</x:v>
       </x:c>
     </x:row>
     <x:row r="761">
       <x:c r="A761" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B761" t="str">
-        <x:v>Cannis House</x:v>
+        <x:v>3A The Wool Market</x:v>
       </x:c>
       <x:c r="C761" t="str">
-        <x:v>Chapmans Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D761" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Cirencester</x:v>
       </x:c>
       <x:c r="E761" t="str">
         <x:v/>
       </x:c>
       <x:c r="F761" t="str">
-        <x:v>PL25 4QU</x:v>
+        <x:v>GL7 2PR</x:v>
       </x:c>
       <x:c r="G761" t="str">
-        <x:v>cah@nalders.co.uk</x:v>
+        <x:v>lmsmortgages@montpellier.lega</x:v>
       </x:c>
       <x:c r="H761" t="str">
-        <x:v>01726879333</x:v>
+        <x:v>01285 701750</x:v>
       </x:c>
     </x:row>
     <x:row r="762">
       <x:c r="A762" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Montpellier Legal Ltd</x:v>
       </x:c>
       <x:c r="B762" t="str">
-        <x:v>North Wing</x:v>
+        <x:v>Vinegar House, 39 Foregate Street</x:v>
       </x:c>
       <x:c r="C762" t="str">
-        <x:v>Bickland House</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D762" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E762" t="str">
-        <x:v>Falmouth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F762" t="str">
-        <x:v>TR11 4SB</x:v>
+        <x:v>WR1 1DJ</x:v>
       </x:c>
       <x:c r="G762" t="str">
-        <x:v/>
+        <x:v>info@montpellier.legal</x:v>
       </x:c>
       <x:c r="H762" t="str">
-        <x:v/>
+        <x:v>01905 670997</x:v>
       </x:c>
     </x:row>
     <x:row r="763">
       <x:c r="A763" t="str">
-        <x:v>Nalders LLP</x:v>
+        <x:v>Morgan LaRoche Limited</x:v>
       </x:c>
       <x:c r="B763" t="str">
-        <x:v>6 Chapel Street</x:v>
+        <x:v>Bay House, Phoenix Way</x:v>
       </x:c>
       <x:c r="C763" t="str">
         <x:v/>
       </x:c>
       <x:c r="D763" t="str">
-        <x:v>Camborne</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E763" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F763" t="str">
-        <x:v>TR14 8EG</x:v>
+        <x:v>SA7 9LA</x:v>
       </x:c>
       <x:c r="G763" t="str">
-        <x:v>kos@nalders.co.uk</x:v>
+        <x:v>athomas@morganlaroche.com</x:v>
       </x:c>
       <x:c r="H763" t="str">
-        <x:v>01209713278</x:v>
+        <x:v>01792776776</x:v>
       </x:c>
     </x:row>
     <x:row r="764">
       <x:c r="A764" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Morgan Laroche Limited</x:v>
       </x:c>
       <x:c r="B764" t="str">
-        <x:v>7 Winckley Square</x:v>
+        <x:v>Cabna Court</x:v>
       </x:c>
       <x:c r="C764" t="str">
-        <x:v/>
+        <x:v>Heol Glasdwr</x:v>
       </x:c>
       <x:c r="D764" t="str">
-        <x:v>Preston</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E764" t="str">
-        <x:v/>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F764" t="str">
-        <x:v>PR1 3JD</x:v>
+        <x:v>SA31 2NF</x:v>
       </x:c>
       <x:c r="G764" t="str">
-        <x:v>**</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H764" t="str">
-        <x:v>01772904333</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="765">
       <x:c r="A765" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Mortons Law Limited</x:v>
       </x:c>
       <x:c r="B765" t="str">
-        <x:v>The Plaza, </x:v>
+        <x:v>Houghton House</x:v>
       </x:c>
       <x:c r="C765" t="str">
-        <x:v>100 Old Hall Street</x:v>
+        <x:v>Belmont Business Park</x:v>
       </x:c>
       <x:c r="D765" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="E765" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>County Durham</x:v>
       </x:c>
       <x:c r="F765" t="str">
-        <x:v>L3 9QJ</x:v>
+        <x:v>DH1 1TW</x:v>
       </x:c>
       <x:c r="G765" t="str">
-        <x:v/>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H765" t="str">
-        <x:v>01513173355</x:v>
+        <x:v>0191 374 2555</x:v>
       </x:c>
     </x:row>
     <x:row r="766">
       <x:c r="A766" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Mortons Law Limited</x:v>
       </x:c>
       <x:c r="B766" t="str">
-        <x:v>Room 37, Jubilee House</x:v>
+        <x:v>The Yard</x:v>
       </x:c>
       <x:c r="C766" t="str">
-        <x:v>East Beach</x:v>
+        <x:v>Gill Bridge Avenue</x:v>
       </x:c>
       <x:c r="D766" t="str">
-        <x:v>Lytham St Annes</x:v>
+        <x:v>Sunderland</x:v>
       </x:c>
       <x:c r="E766" t="str">
-        <x:v/>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F766" t="str">
-        <x:v>FY8 5FT</x:v>
+        <x:v>SR1 3AW</x:v>
       </x:c>
       <x:c r="G766" t="str">
-        <x:v>lytham@napthens.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H766" t="str">
-        <x:v>01253 622305</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="767">
       <x:c r="A767" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Mortons Law Limited</x:v>
       </x:c>
       <x:c r="B767" t="str">
-        <x:v>Darwen House, Walker Office Park</x:v>
+        <x:v>11 Marlborough</x:v>
       </x:c>
       <x:c r="C767" t="str">
         <x:v/>
       </x:c>
       <x:c r="D767" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Seaham</x:v>
       </x:c>
       <x:c r="E767" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>County Durham</x:v>
       </x:c>
       <x:c r="F767" t="str">
-        <x:v>BB1 2QE</x:v>
+        <x:v>SR7 7SA</x:v>
       </x:c>
       <x:c r="G767" t="str">
-        <x:v>Blackburn@napthens.co.uk</x:v>
+        <x:v>aashcroft@mortons-solicitors.com</x:v>
       </x:c>
       <x:c r="H767" t="str">
-        <x:v>01254 667733</x:v>
+        <x:v>01915118222</x:v>
       </x:c>
     </x:row>
     <x:row r="768">
       <x:c r="A768" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Moseleys</x:v>
       </x:c>
       <x:c r="B768" t="str">
-        <x:v>Bridge Mills</x:v>
+        <x:v>Compton House</x:v>
       </x:c>
       <x:c r="C768" t="str">
-        <x:v>Stramongate</x:v>
+        <x:v>18 Bore Street</x:v>
       </x:c>
       <x:c r="D768" t="str">
-        <x:v>Kendal</x:v>
+        <x:v>Lichfield</x:v>
       </x:c>
       <x:c r="E768" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F768" t="str">
-        <x:v>LA9 4BD</x:v>
+        <x:v>WS13 6LL</x:v>
       </x:c>
       <x:c r="G768" t="str">
-        <x:v>Kendal@napthens.co.uk</x:v>
+        <x:v>satack@moseleys.co.uk</x:v>
       </x:c>
       <x:c r="H768" t="str">
-        <x:v>01539760560</x:v>
+        <x:v>01543414100</x:v>
       </x:c>
     </x:row>
     <x:row r="769">
       <x:c r="A769" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>Moss &amp; Coleman Solicitors Limited</x:v>
       </x:c>
       <x:c r="B769" t="str">
-        <x:v>42 Hoghton Street</x:v>
+        <x:v>170-180 High Street</x:v>
       </x:c>
       <x:c r="C769" t="str">
         <x:v/>
       </x:c>
       <x:c r="D769" t="str">
-        <x:v>Southport</x:v>
+        <x:v>Hornchurch</x:v>
       </x:c>
       <x:c r="E769" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F769" t="str">
-        <x:v>PR9 0PQ</x:v>
+        <x:v>RM12 6JP</x:v>
       </x:c>
       <x:c r="G769" t="str">
-        <x:v>southport@napthens.co.uk</x:v>
+        <x:v>g.harrington@mosco.co.uk</x:v>
       </x:c>
       <x:c r="H769" t="str">
-        <x:v>01704 333088</x:v>
+        <x:v>01708 446781</x:v>
       </x:c>
     </x:row>
     <x:row r="770">
       <x:c r="A770" t="str">
-        <x:v>Napthens LLP</x:v>
+        <x:v>MSB Solicitors Limited</x:v>
       </x:c>
       <x:c r="B770" t="str">
-        <x:v>1 Pollen Square, 59 King Street</x:v>
+        <x:v>4 St Pauls Square</x:v>
       </x:c>
       <x:c r="C770" t="str">
         <x:v/>
       </x:c>
       <x:c r="D770" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E770" t="str">
         <x:v/>
       </x:c>
       <x:c r="F770" t="str">
-        <x:v>M2 4PD</x:v>
+        <x:v>L3 9SJ</x:v>
       </x:c>
       <x:c r="G770" t="str">
-        <x:v>manchester@napthens.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H770" t="str">
-        <x:v>0161 564 2700</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="771">
       <x:c r="A771" t="str">
-        <x:v>National Law Partners Limited</x:v>
+        <x:v>MTG Solicitors</x:v>
       </x:c>
       <x:c r="B771" t="str">
-        <x:v>746 Finchley Road</x:v>
+        <x:v>10 Broadway</x:v>
       </x:c>
       <x:c r="C771" t="str">
         <x:v/>
       </x:c>
       <x:c r="D771" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E771" t="str">
-        <x:v/>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F771" t="str">
-        <x:v>NW11 7TH</x:v>
+        <x:v>W13 0SR</x:v>
       </x:c>
       <x:c r="G771" t="str">
-        <x:v>hfriend@gadlegal.co.uk</x:v>
+        <x:v>info@mtgsolicitors.com</x:v>
       </x:c>
       <x:c r="H771" t="str">
-        <x:v>020 8209 0166</x:v>
+        <x:v>02087545577</x:v>
       </x:c>
     </x:row>
     <x:row r="772">
       <x:c r="A772" t="str">
-        <x:v>National Law Partners Limited</x:v>
+        <x:v>Murria Solicitors Limited</x:v>
       </x:c>
       <x:c r="B772" t="str">
-        <x:v>123 Penny Lane</x:v>
+        <x:v>Court Chambers</x:v>
       </x:c>
       <x:c r="C772" t="str">
-        <x:v>Allerton</x:v>
+        <x:v>180 Corporation Street</x:v>
       </x:c>
       <x:c r="D772" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E772" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F772" t="str">
-        <x:v>L18 1DF</x:v>
+        <x:v>B4 6UD</x:v>
       </x:c>
       <x:c r="G772" t="str">
-        <x:v>hfriend@gadlegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H772" t="str">
-        <x:v>0151 733 3353</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="773">
       <x:c r="A773" t="str">
-        <x:v>National Law Partners Limited</x:v>
+        <x:v>Myers Solicitors Limited</x:v>
       </x:c>
       <x:c r="B773" t="str">
-        <x:v>19-25 The Crescent</x:v>
+        <x:v>33-43 Price Street</x:v>
       </x:c>
       <x:c r="C773" t="str">
-        <x:v>West Kirby</x:v>
+        <x:v>Burslem</x:v>
       </x:c>
       <x:c r="D773" t="str">
-        <x:v>Wirral</x:v>
+        <x:v>Stoke on Trent</x:v>
       </x:c>
       <x:c r="E773" t="str">
-        <x:v/>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F773" t="str">
-        <x:v>CH48 4HL</x:v>
+        <x:v>ST6 4EN</x:v>
       </x:c>
       <x:c r="G773" t="str">
-        <x:v>hfriend@gadlegal.co.uk</x:v>
+        <x:v>Rachel.silvester@myerssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H773" t="str">
-        <x:v>01516250000</x:v>
+        <x:v>01782577000</x:v>
       </x:c>
     </x:row>
     <x:row r="774">
       <x:c r="A774" t="str">
-        <x:v>National Law Partners Limited</x:v>
+        <x:v>Myers Solicitors Limited</x:v>
       </x:c>
       <x:c r="B774" t="str">
-        <x:v>Gregory Abrams Davidson LLP</x:v>
+        <x:v>Goffs Oak House, 617 Goffs Lane</x:v>
       </x:c>
       <x:c r="C774" t="str">
-        <x:v>20-24 Mathew Street</x:v>
+        <x:v>Goffs Oak</x:v>
       </x:c>
       <x:c r="D774" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E774" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Waltham Cross</x:v>
       </x:c>
       <x:c r="F774" t="str">
-        <x:v>L2 6RE</x:v>
+        <x:v>EN7 5HG</x:v>
       </x:c>
       <x:c r="G774" t="str">
-        <x:v/>
+        <x:v>Postroom@gisbyharrison.co.uk</x:v>
       </x:c>
       <x:c r="H774" t="str">
-        <x:v>0151 236 5000</x:v>
+        <x:v>01707 878 300</x:v>
       </x:c>
     </x:row>
     <x:row r="775">
       <x:c r="A775" t="str">
-        <x:v>Nelsons Solicitors Limited</x:v>
+        <x:v>Myers Solicitors Limited</x:v>
       </x:c>
       <x:c r="B775" t="str">
-        <x:v>Pennine House</x:v>
+        <x:v>Sudbury Stables, Sudbury Road</x:v>
       </x:c>
       <x:c r="C775" t="str">
-        <x:v>8 Stanford Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D775" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>Downham</x:v>
       </x:c>
       <x:c r="E775" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Billericay</x:v>
       </x:c>
       <x:c r="F775" t="str">
-        <x:v>NG1 7BQ</x:v>
+        <x:v>CM11 1LB</x:v>
       </x:c>
       <x:c r="G775" t="str">
-        <x:v/>
+        <x:v>Louise.Jackman@gisbyharrison.co.uk</x:v>
       </x:c>
       <x:c r="H775" t="str">
-        <x:v>0115 958 6262</x:v>
+        <x:v>01707 878 300</x:v>
       </x:c>
     </x:row>
     <x:row r="776">
       <x:c r="A776" t="str">
-        <x:v>Nelsons Solicitors Limited</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B776" t="str">
-        <x:v>Stern house </x:v>
+        <x:v>11 Beachfield Avenue</x:v>
       </x:c>
       <x:c r="C776" t="str">
-        <x:v>Lodge Lane </x:v>
+        <x:v/>
       </x:c>
       <x:c r="D776" t="str">
-        <x:v>Derby </x:v>
+        <x:v>Newquay</x:v>
       </x:c>
       <x:c r="E776" t="str">
-        <x:v/>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F776" t="str">
-        <x:v>DE1 3WD</x:v>
+        <x:v>TR7 1DP</x:v>
       </x:c>
       <x:c r="G776" t="str">
-        <x:v>**</x:v>
+        <x:v>lmsref@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H776" t="str">
-        <x:v>013322632378</x:v>
+        <x:v>01637 871414</x:v>
       </x:c>
     </x:row>
     <x:row r="777">
       <x:c r="A777" t="str">
-        <x:v>Nelsons Solicitors Limited</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B777" t="str">
-        <x:v>Provincial House</x:v>
+        <x:v>32a Coinagehall Street</x:v>
       </x:c>
       <x:c r="C777" t="str">
-        <x:v>37 New Walk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D777" t="str">
-        <x:v>Leicester</x:v>
+        <x:v>Helston</x:v>
       </x:c>
       <x:c r="E777" t="str">
-        <x:v>Leicestershire</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F777" t="str">
-        <x:v>LE1 6TU</x:v>
+        <x:v>TR13 8EQ</x:v>
       </x:c>
       <x:c r="G777" t="str">
-        <x:v/>
+        <x:v>lmsref@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H777" t="str">
-        <x:v/>
+        <x:v>01326 574001</x:v>
       </x:c>
     </x:row>
     <x:row r="778">
       <x:c r="A778" t="str">
-        <x:v>Newman Law LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B778" t="str">
-        <x:v>10 Hendon Lane</x:v>
+        <x:v>104 Market Jew Street</x:v>
       </x:c>
       <x:c r="C778" t="str">
         <x:v/>
       </x:c>
       <x:c r="D778" t="str">
-        <x:v>London</x:v>
+        <x:v>Penzance</x:v>
       </x:c>
       <x:c r="E778" t="str">
-        <x:v/>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F778" t="str">
-        <x:v>N3 1TR</x:v>
+        <x:v>TR18 2LE</x:v>
       </x:c>
       <x:c r="G778" t="str">
-        <x:v>osman@newmanlaw.co.uk</x:v>
+        <x:v>lmsref@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H778" t="str">
-        <x:v>0208 349 2655</x:v>
+        <x:v>01736 364014</x:v>
       </x:c>
     </x:row>
     <x:row r="779">
       <x:c r="A779" t="str">
-        <x:v>Newman Law LLP</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B779" t="str">
-        <x:v>Unit G2, St. Hildas Business Centre</x:v>
+        <x:v>8-14 Berkeley Vale</x:v>
       </x:c>
       <x:c r="C779" t="str">
-        <x:v>The Ropery</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D779" t="str">
-        <x:v/>
+        <x:v>Falmouth</x:v>
       </x:c>
       <x:c r="E779" t="str">
-        <x:v>Whitby</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F779" t="str">
-        <x:v>YO22 4ET</x:v>
+        <x:v>TR11 3PH</x:v>
       </x:c>
       <x:c r="G779" t="str">
-        <x:v>hannah@hmd-legal.com</x:v>
+        <x:v>post@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H779" t="str">
-        <x:v>01947604082</x:v>
+        <x:v>01326 316655</x:v>
       </x:c>
     </x:row>
     <x:row r="780">
       <x:c r="A780" t="str">
-        <x:v>Newport Land and Law Limited</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B780" t="str">
-        <x:v>Office 18</x:v>
+        <x:v>Farley House</x:v>
       </x:c>
       <x:c r="C780" t="str">
-        <x:v>Rear Walled Garden</x:v>
+        <x:v>Falmouth Road</x:v>
       </x:c>
       <x:c r="D780" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Truro</x:v>
       </x:c>
       <x:c r="E780" t="str">
-        <x:v>Nostell,</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F780" t="str">
-        <x:v>WF4 1AB</x:v>
+        <x:v>TR1 2HX</x:v>
       </x:c>
       <x:c r="G780" t="str">
-        <x:v>leah.gore@landandlaw.co.uk</x:v>
+        <x:v>saf@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H780" t="str">
-        <x:v>01937326006</x:v>
+        <x:v>01872 241414 </x:v>
       </x:c>
     </x:row>
     <x:row r="781">
       <x:c r="A781" t="str">
-        <x:v>Newport Land and Law Limited</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B781" t="str">
-        <x:v>5 High Green Road</x:v>
+        <x:v>Cannis House</x:v>
       </x:c>
       <x:c r="C781" t="str">
-        <x:v/>
+        <x:v>Chapmans Way</x:v>
       </x:c>
       <x:c r="D781" t="str">
-        <x:v>Normanton</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="E781" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F781" t="str">
-        <x:v>WF6 2LF</x:v>
+        <x:v>PL25 4QU</x:v>
       </x:c>
       <x:c r="G781" t="str">
-        <x:v/>
+        <x:v>cah@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H781" t="str">
-        <x:v/>
+        <x:v>01726879333</x:v>
       </x:c>
     </x:row>
     <x:row r="782">
       <x:c r="A782" t="str">
-        <x:v>Newtons Solicitors Limited</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B782" t="str">
-        <x:v>The Old Baptist Chapel</x:v>
+        <x:v>North Wing</x:v>
       </x:c>
       <x:c r="C782" t="str">
-        <x:v>Salop Road</x:v>
+        <x:v>Bickland House</x:v>
       </x:c>
       <x:c r="D782" t="str">
-        <x:v>Oswestry</x:v>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="E782" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Falmouth</x:v>
       </x:c>
       <x:c r="F782" t="str">
-        <x:v>SY11 2NR</x:v>
+        <x:v>TR11 4SB</x:v>
       </x:c>
       <x:c r="G782" t="str">
         <x:v/>
       </x:c>
       <x:c r="H782" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="783">
       <x:c r="A783" t="str">
-        <x:v>Nexus Solicitors Limited</x:v>
+        <x:v>Nalders LLP</x:v>
       </x:c>
       <x:c r="B783" t="str">
-        <x:v>16-18 Albert Square</x:v>
+        <x:v>6 Chapel Street</x:v>
       </x:c>
       <x:c r="C783" t="str">
-        <x:v>Manchester </x:v>
+        <x:v/>
       </x:c>
       <x:c r="D783" t="str">
-        <x:v/>
+        <x:v>Camborne</x:v>
       </x:c>
       <x:c r="E783" t="str">
-        <x:v/>
+        <x:v>Cornwall</x:v>
       </x:c>
       <x:c r="F783" t="str">
-        <x:v>M2 5PE</x:v>
+        <x:v>TR14 8EG</x:v>
       </x:c>
       <x:c r="G783" t="str">
-        <x:v>ccp@nexussolicitors.co.uk</x:v>
+        <x:v>kos@nalders.co.uk</x:v>
       </x:c>
       <x:c r="H783" t="str">
-        <x:v>0161 819 4900</x:v>
+        <x:v>01209713278</x:v>
       </x:c>
     </x:row>
     <x:row r="784">
       <x:c r="A784" t="str">
-        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B784" t="str">
-        <x:v>10-12 Bourlet Close</x:v>
+        <x:v>7 Winckley Square</x:v>
       </x:c>
       <x:c r="C784" t="str">
         <x:v/>
       </x:c>
       <x:c r="D784" t="str">
-        <x:v>London</x:v>
+        <x:v>Preston</x:v>
       </x:c>
       <x:c r="E784" t="str">
         <x:v/>
       </x:c>
       <x:c r="F784" t="str">
-        <x:v>W1W 7BR</x:v>
+        <x:v>PR1 3JD</x:v>
       </x:c>
       <x:c r="G784" t="str">
-        <x:v>david.conway@nicholassolicitors.com</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H784" t="str">
-        <x:v>02073234450</x:v>
+        <x:v>01772904333</x:v>
       </x:c>
     </x:row>
     <x:row r="785">
       <x:c r="A785" t="str">
-        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B785" t="str">
-        <x:v>Central House</x:v>
+        <x:v>The Plaza, </x:v>
       </x:c>
       <x:c r="C785" t="str">
-        <x:v>1 Ballards Lane</x:v>
+        <x:v>100 Old Hall Street</x:v>
       </x:c>
       <x:c r="D785" t="str">
-        <x:v/>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E785" t="str">
-        <x:v>London</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F785" t="str">
-        <x:v>N3 1LQ</x:v>
+        <x:v>L3 9QJ</x:v>
       </x:c>
       <x:c r="G785" t="str">
-        <x:v>info-finchley@nicholassolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H785" t="str">
-        <x:v>020 8349 7680</x:v>
+        <x:v>01513173355</x:v>
       </x:c>
     </x:row>
     <x:row r="786">
       <x:c r="A786" t="str">
-        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B786" t="str">
-        <x:v>9-12 East Parade</x:v>
+        <x:v>Room 37, Jubilee House</x:v>
       </x:c>
       <x:c r="C786" t="str">
-        <x:v/>
+        <x:v>East Beach</x:v>
       </x:c>
       <x:c r="D786" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Lytham St Annes</x:v>
       </x:c>
       <x:c r="E786" t="str">
         <x:v/>
       </x:c>
       <x:c r="F786" t="str">
-        <x:v>S1 2ET</x:v>
+        <x:v>FY8 5FT</x:v>
       </x:c>
       <x:c r="G786" t="str">
-        <x:v>Nicholas@Norrie-Waite.com</x:v>
+        <x:v>lytham@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H786" t="str">
-        <x:v>01142766166</x:v>
+        <x:v>01253 622305</x:v>
       </x:c>
     </x:row>
     <x:row r="787">
       <x:c r="A787" t="str">
-        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B787" t="str">
-        <x:v>21-23 Bridge Street</x:v>
+        <x:v>Darwen House, Walker Office Park</x:v>
       </x:c>
       <x:c r="C787" t="str">
-        <x:v>Killamarsh</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D787" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Blackburn</x:v>
       </x:c>
       <x:c r="E787" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F787" t="str">
-        <x:v>S21 1AH</x:v>
+        <x:v>BB1 2QE</x:v>
       </x:c>
       <x:c r="G787" t="str">
-        <x:v>richardm@norrie-waite.co.uk</x:v>
+        <x:v>Blackburn@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H787" t="str">
-        <x:v>01142484890</x:v>
+        <x:v>01254 667733</x:v>
       </x:c>
     </x:row>
     <x:row r="788">
       <x:c r="A788" t="str">
-        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B788" t="str">
-        <x:v>69 Broad Street</x:v>
+        <x:v>Bridge Mills</x:v>
       </x:c>
       <x:c r="C788" t="str">
-        <x:v>Parkgate</x:v>
+        <x:v>Stramongate</x:v>
       </x:c>
       <x:c r="D788" t="str">
-        <x:v>Rotherham</x:v>
+        <x:v>Kendal</x:v>
       </x:c>
       <x:c r="E788" t="str">
         <x:v/>
       </x:c>
       <x:c r="F788" t="str">
-        <x:v>S62 6DU</x:v>
+        <x:v>LA9 4BD</x:v>
       </x:c>
       <x:c r="G788" t="str">
-        <x:v>richardm@norrie-waite.co.uk</x:v>
+        <x:v>Kendal@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H788" t="str">
-        <x:v>01709523983</x:v>
+        <x:v>01539760560</x:v>
       </x:c>
     </x:row>
     <x:row r="789">
       <x:c r="A789" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B789" t="str">
-        <x:v>Exchange Square</x:v>
+        <x:v>42 Hoghton Street</x:v>
       </x:c>
       <x:c r="C789" t="str">
         <x:v/>
       </x:c>
       <x:c r="D789" t="str">
-        <x:v>Beccles</x:v>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="E789" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F789" t="str">
-        <x:v>NR34 9HP</x:v>
+        <x:v>PR9 0PQ</x:v>
       </x:c>
       <x:c r="G789" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v>southport@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H789" t="str">
-        <x:v>01502 718700</x:v>
+        <x:v>01704 333088</x:v>
       </x:c>
     </x:row>
     <x:row r="790">
       <x:c r="A790" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>Napthens LLP</x:v>
       </x:c>
       <x:c r="B790" t="str">
-        <x:v>Old Bank House, 66a Bells Road</x:v>
+        <x:v>1 Pollen Square, 59 King Street</x:v>
       </x:c>
       <x:c r="C790" t="str">
-        <x:v>Gorleston</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D790" t="str">
-        <x:v>Great Yarmouth</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E790" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F790" t="str">
-        <x:v>NR31 6AF</x:v>
+        <x:v>M2 4PD</x:v>
       </x:c>
       <x:c r="G790" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v>manchester@napthens.co.uk</x:v>
       </x:c>
       <x:c r="H790" t="str">
-        <x:v>01493 652204</x:v>
+        <x:v>0161 564 2700</x:v>
       </x:c>
     </x:row>
     <x:row r="791">
       <x:c r="A791" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B791" t="str">
-        <x:v>52 Thoroughfare</x:v>
+        <x:v>746 Finchley Road</x:v>
       </x:c>
       <x:c r="C791" t="str">
         <x:v/>
       </x:c>
       <x:c r="D791" t="str">
-        <x:v>Halesworth</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E791" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F791" t="str">
-        <x:v>IP19 8AR</x:v>
+        <x:v>NW11 7TH</x:v>
       </x:c>
       <x:c r="G791" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v>hfriend@gadlegal.co.uk</x:v>
       </x:c>
       <x:c r="H791" t="str">
-        <x:v>01986 872513</x:v>
+        <x:v>020 8209 0166</x:v>
       </x:c>
     </x:row>
     <x:row r="792">
       <x:c r="A792" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B792" t="str">
-        <x:v>18 Church Plain</x:v>
+        <x:v>123 Penny Lane</x:v>
       </x:c>
       <x:c r="C792" t="str">
-        <x:v/>
+        <x:v>Allerton</x:v>
       </x:c>
       <x:c r="D792" t="str">
-        <x:v>Great Yarmouth</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E792" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F792" t="str">
-        <x:v>NR30 1NF</x:v>
+        <x:v>L18 1DF</x:v>
       </x:c>
       <x:c r="G792" t="str">
-        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
+        <x:v>hfriend@gadlegal.co.uk</x:v>
       </x:c>
       <x:c r="H792" t="str">
-        <x:v>01493 849200</x:v>
+        <x:v>0151 733 3353</x:v>
       </x:c>
     </x:row>
     <x:row r="793">
       <x:c r="A793" t="str">
-        <x:v>Norton Peskett</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B793" t="str">
-        <x:v>148 London Road North</x:v>
+        <x:v>19-25 The Crescent</x:v>
       </x:c>
       <x:c r="C793" t="str">
-        <x:v/>
+        <x:v>West Kirby</x:v>
       </x:c>
       <x:c r="D793" t="str">
-        <x:v>Lowestoft</x:v>
+        <x:v>Wirral</x:v>
       </x:c>
       <x:c r="E793" t="str">
-        <x:v>Suffolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F793" t="str">
-        <x:v>NR32 1HF</x:v>
+        <x:v>CH48 4HL</x:v>
       </x:c>
       <x:c r="G793" t="str">
-        <x:v/>
+        <x:v>hfriend@gadlegal.co.uk</x:v>
       </x:c>
       <x:c r="H793" t="str">
-        <x:v/>
+        <x:v>01516250000</x:v>
       </x:c>
     </x:row>
     <x:row r="794">
       <x:c r="A794" t="str">
-        <x:v>NWL Solicitors</x:v>
+        <x:v>National Law Partners Limited</x:v>
       </x:c>
       <x:c r="B794" t="str">
-        <x:v>7 Hampstead West</x:v>
+        <x:v>Gregory Abrams Davidson LLP</x:v>
       </x:c>
       <x:c r="C794" t="str">
-        <x:v>224 Iverson Road</x:v>
+        <x:v>20-24 Mathew Street</x:v>
       </x:c>
       <x:c r="D794" t="str">
-        <x:v>London</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E794" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F794" t="str">
-        <x:v>NW6 2HL</x:v>
+        <x:v>L2 6RE</x:v>
       </x:c>
       <x:c r="G794" t="str">
         <x:v/>
       </x:c>
       <x:c r="H794" t="str">
-        <x:v>020 7328 2929</x:v>
+        <x:v>0151 236 5000</x:v>
       </x:c>
     </x:row>
     <x:row r="795">
       <x:c r="A795" t="str">
-        <x:v>O'Donnell Solicitors Limited</x:v>
+        <x:v>Nelsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B795" t="str">
-        <x:v>1-3 Mossley Road</x:v>
+        <x:v>Pennine House</x:v>
       </x:c>
       <x:c r="C795" t="str">
-        <x:v>Grasscroft</x:v>
+        <x:v>8 Stanford Street</x:v>
       </x:c>
       <x:c r="D795" t="str">
-        <x:v>Oldham</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E795" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F795" t="str">
-        <x:v>OL4 4HH</x:v>
+        <x:v>NG1 7BQ</x:v>
       </x:c>
       <x:c r="G795" t="str">
         <x:v/>
       </x:c>
       <x:c r="H795" t="str">
-        <x:v/>
+        <x:v>0115 958 6262</x:v>
       </x:c>
     </x:row>
     <x:row r="796">
       <x:c r="A796" t="str">
-        <x:v>O'Donnell Solicitors Limited</x:v>
+        <x:v>Nelsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B796" t="str">
-        <x:v>First Floor, 91-93 High Street, Uppermill</x:v>
+        <x:v>Stern house </x:v>
       </x:c>
       <x:c r="C796" t="str">
-        <x:v>Saddleworth</x:v>
+        <x:v>Lodge Lane </x:v>
       </x:c>
       <x:c r="D796" t="str">
-        <x:v>Oldham</x:v>
+        <x:v>Derby </x:v>
       </x:c>
       <x:c r="E796" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F796" t="str">
-        <x:v>OL3 6BD</x:v>
+        <x:v>DE1 3WD</x:v>
       </x:c>
       <x:c r="G796" t="str">
-        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H796" t="str">
-        <x:v>01457761320</x:v>
+        <x:v>013322632378</x:v>
       </x:c>
     </x:row>
     <x:row r="797">
       <x:c r="A797" t="str">
-        <x:v>O'Donnell Solicitors Limited</x:v>
+        <x:v>Nelsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B797" t="str">
-        <x:v>44 High Street</x:v>
+        <x:v>Provincial House</x:v>
       </x:c>
       <x:c r="C797" t="str">
-        <x:v>Uppermill</x:v>
+        <x:v>37 New Walk</x:v>
       </x:c>
       <x:c r="D797" t="str">
-        <x:v>Saddleworth</x:v>
+        <x:v>Leicester</x:v>
       </x:c>
       <x:c r="E797" t="str">
-        <x:v>Oldham</x:v>
+        <x:v>Leicestershire</x:v>
       </x:c>
       <x:c r="F797" t="str">
-        <x:v>OL3 6HA</x:v>
+        <x:v>LE1 6TU</x:v>
       </x:c>
       <x:c r="G797" t="str">
-        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H797" t="str">
-        <x:v>01457761320</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="798">
       <x:c r="A798" t="str">
-        <x:v>Ola Leslie Solicitors LLP</x:v>
+        <x:v>Newman Law LLP</x:v>
       </x:c>
       <x:c r="B798" t="str">
-        <x:v>60 Borough High Street</x:v>
+        <x:v>10 Hendon Lane</x:v>
       </x:c>
       <x:c r="C798" t="str">
         <x:v/>
       </x:c>
       <x:c r="D798" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E798" t="str">
         <x:v/>
       </x:c>
       <x:c r="F798" t="str">
-        <x:v>SE1 1XF</x:v>
+        <x:v>N3 1TR</x:v>
       </x:c>
       <x:c r="G798" t="str">
-        <x:v/>
+        <x:v>osman@newmanlaw.co.uk</x:v>
       </x:c>
       <x:c r="H798" t="str">
-        <x:v>020 71830 084</x:v>
+        <x:v>0208 349 2655</x:v>
       </x:c>
     </x:row>
     <x:row r="799">
       <x:c r="A799" t="str">
-        <x:v>Oliver &amp; Co Solicitors Ltd</x:v>
+        <x:v>Newman Law LLP</x:v>
       </x:c>
       <x:c r="B799" t="str">
-        <x:v>Douglas House, </x:v>
+        <x:v>Unit G2, St. Hildas Business Centre</x:v>
       </x:c>
       <x:c r="C799" t="str">
-        <x:v>117 Foregate Street</x:v>
+        <x:v>The Ropery</x:v>
       </x:c>
       <x:c r="D799" t="str">
-        <x:v>Chester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E799" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Whitby</x:v>
       </x:c>
       <x:c r="F799" t="str">
-        <x:v>CH1 1HE</x:v>
+        <x:v>YO22 4ET</x:v>
       </x:c>
       <x:c r="G799" t="str">
-        <x:v/>
+        <x:v>hannah@hmd-legal.com</x:v>
       </x:c>
       <x:c r="H799" t="str">
-        <x:v>01244 312306</x:v>
+        <x:v>01947604082</x:v>
       </x:c>
     </x:row>
     <x:row r="800">
       <x:c r="A800" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Newport Land and Law Limited</x:v>
       </x:c>
       <x:c r="B800" t="str">
-        <x:v>Gavel House</x:v>
+        <x:v>Office 18</x:v>
       </x:c>
       <x:c r="C800" t="str">
-        <x:v>90-92 High Street</x:v>
+        <x:v>Rear Walled Garden</x:v>
       </x:c>
       <x:c r="D800" t="str">
-        <x:v>Feltham</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E800" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Nostell,</x:v>
       </x:c>
       <x:c r="F800" t="str">
-        <x:v>TW13 4ES</x:v>
+        <x:v>WF4 1AB</x:v>
       </x:c>
       <x:c r="G800" t="str">
-        <x:v>edward.steele@owc.co.uk</x:v>
+        <x:v>leah.gore@landandlaw.co.uk</x:v>
       </x:c>
       <x:c r="H800" t="str">
-        <x:v>020 88902836</x:v>
+        <x:v>01937326006</x:v>
       </x:c>
     </x:row>
     <x:row r="801">
       <x:c r="A801" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Newport Land and Law Limited</x:v>
       </x:c>
       <x:c r="B801" t="str">
-        <x:v>Barley Mow Centre, 10 Barley Mow Passage</x:v>
+        <x:v>5 High Green Road</x:v>
       </x:c>
       <x:c r="C801" t="str">
-        <x:v>Chiswick</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D801" t="str">
-        <x:v>London</x:v>
+        <x:v>Normanton</x:v>
       </x:c>
       <x:c r="E801" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F801" t="str">
-        <x:v>W4 4PH</x:v>
+        <x:v>WF6 2LF</x:v>
       </x:c>
       <x:c r="G801" t="str">
-        <x:v>Richard.land@owc.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H801" t="str">
-        <x:v>02089871400</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="802">
       <x:c r="A802" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B802" t="str">
-        <x:v>56 High Street</x:v>
+        <x:v>The Old Baptist Chapel</x:v>
       </x:c>
       <x:c r="C802" t="str">
-        <x:v/>
+        <x:v>Salop Road</x:v>
       </x:c>
       <x:c r="D802" t="str">
-        <x:v>Shepperton</x:v>
+        <x:v>Oswestry</x:v>
       </x:c>
       <x:c r="E802" t="str">
-        <x:v>Middlesex</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F802" t="str">
-        <x:v>TW17 9AY</x:v>
+        <x:v>SY11 2NR</x:v>
       </x:c>
       <x:c r="G802" t="str">
-        <x:v>shepperton@owc.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H802" t="str">
-        <x:v>01932 220 451</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="803">
       <x:c r="A803" t="str">
-        <x:v>Owen White &amp; Catlin LLP</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B803" t="str">
-        <x:v>North Lodge, Esher Park Avenue</x:v>
+        <x:v>Unit 8</x:v>
       </x:c>
       <x:c r="C803" t="str">
-        <x:v/>
+        <x:v>Calder Close</x:v>
       </x:c>
       <x:c r="D803" t="str">
-        <x:v>Esher</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E803" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F803" t="str">
-        <x:v>KT10 9NP</x:v>
+        <x:v>WF4 3BA</x:v>
       </x:c>
       <x:c r="G803" t="str">
-        <x:v>esher@owc.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H803" t="str">
-        <x:v>01372469100</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="804">
       <x:c r="A804" t="str">
-        <x:v>Paris Smith LLP.</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B804" t="str">
-        <x:v>9 Parchment Street</x:v>
+        <x:v>49 Coniscliffe Road</x:v>
       </x:c>
       <x:c r="C804" t="str">
         <x:v/>
       </x:c>
       <x:c r="D804" t="str">
-        <x:v>Winchester</x:v>
+        <x:v>Darlington</x:v>
       </x:c>
       <x:c r="E804" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Durham</x:v>
       </x:c>
       <x:c r="F804" t="str">
-        <x:v>SO23 8AT</x:v>
+        <x:v>DL3 7EH</x:v>
       </x:c>
       <x:c r="G804" t="str">
-        <x:v>*</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H804" t="str">
-        <x:v>01962 679705</x:v>
+        <x:v>01325 250111</x:v>
       </x:c>
     </x:row>
     <x:row r="805">
       <x:c r="A805" t="str">
-        <x:v>Paris Smith LLP.</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B805" t="str">
-        <x:v>1 London Road</x:v>
+        <x:v>St James Business Park</x:v>
       </x:c>
       <x:c r="C805" t="str">
-        <x:v/>
+        <x:v>5 Grimbald Crag Court</x:v>
       </x:c>
       <x:c r="D805" t="str">
-        <x:v>Southampton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E805" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F805" t="str">
-        <x:v>SO15 2AE</x:v>
+        <x:v>HG5 8QB</x:v>
       </x:c>
       <x:c r="G805" t="str">
-        <x:v> jade.watkins@parissmith.co.uk</x:v>
+        <x:v>chris@newtons.co.uk</x:v>
       </x:c>
       <x:c r="H805" t="str">
-        <x:v>07425 434 634</x:v>
+        <x:v>01423 789050</x:v>
       </x:c>
     </x:row>
     <x:row r="806">
       <x:c r="A806" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B806" t="str">
-        <x:v>Haswell House</x:v>
+        <x:v>Chestnut House</x:v>
       </x:c>
       <x:c r="C806" t="str">
-        <x:v>St. Nicholas Street</x:v>
+        <x:v>Hackness Road, North Minster Business Park</x:v>
       </x:c>
       <x:c r="D806" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Upper Poppleton, York</x:v>
       </x:c>
       <x:c r="E806" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F806" t="str">
-        <x:v>WR1 1UN</x:v>
+        <x:v>YO26 6QR</x:v>
       </x:c>
       <x:c r="G806" t="str">
-        <x:v/>
+        <x:v>Info@newtons.co.uk</x:v>
       </x:c>
       <x:c r="H806" t="str">
-        <x:v/>
+        <x:v>01904 409071</x:v>
       </x:c>
     </x:row>
     <x:row r="807">
       <x:c r="A807" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B807" t="str">
-        <x:v>64 Friar Street</x:v>
+        <x:v>36 Market Place South</x:v>
       </x:c>
       <x:c r="C807" t="str">
         <x:v/>
       </x:c>
       <x:c r="D807" t="str">
-        <x:v>Droitwich</x:v>
+        <x:v>Ripon</x:v>
       </x:c>
       <x:c r="E807" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F807" t="str">
-        <x:v>WR9 8EF</x:v>
+        <x:v>HG4 1BZ</x:v>
       </x:c>
       <x:c r="G807" t="str">
-        <x:v>sjp@parkinsonwright.co.uk</x:v>
+        <x:v>charlotte.bailes@newtons.co.uk</x:v>
       </x:c>
       <x:c r="H807" t="str">
-        <x:v>01905775533</x:v>
+        <x:v>01765 607200</x:v>
       </x:c>
     </x:row>
     <x:row r="808">
       <x:c r="A808" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B808" t="str">
-        <x:v>4 Abbey Lane Court, Abbey Lane</x:v>
+        <x:v>Rosemary House</x:v>
       </x:c>
       <x:c r="C808" t="str">
-        <x:v/>
+        <x:v>Rosemary Lane</x:v>
       </x:c>
       <x:c r="D808" t="str">
-        <x:v>Evesham</x:v>
+        <x:v>Richmond</x:v>
       </x:c>
       <x:c r="E808" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F808" t="str">
-        <x:v>WR11 4BY</x:v>
+        <x:v>DL10 4DP</x:v>
       </x:c>
       <x:c r="G808" t="str">
-        <x:v>evesham@parkinsonwright.co.uk</x:v>
+        <x:v>charlotte.bailes@newtons.co.uk</x:v>
       </x:c>
       <x:c r="H808" t="str">
-        <x:v>01386761176</x:v>
+        <x:v>01748 850950</x:v>
       </x:c>
     </x:row>
     <x:row r="809">
       <x:c r="A809" t="str">
-        <x:v>Parkinson Wright LLP</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B809" t="str">
-        <x:v>2-6 Bromyard Road</x:v>
+        <x:v>Martin House</x:v>
       </x:c>
       <x:c r="C809" t="str">
-        <x:v>St Johns</x:v>
+        <x:v>13 High Street</x:v>
       </x:c>
       <x:c r="D809" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Stokesley</x:v>
       </x:c>
       <x:c r="E809" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F809" t="str">
-        <x:v>WR2 5BP</x:v>
+        <x:v>TS9 5AD</x:v>
       </x:c>
       <x:c r="G809" t="str">
-        <x:v>jn@parkinsonwright.co.uk</x:v>
+        <x:v>charlotte.bailes@newtons.co.uk</x:v>
       </x:c>
       <x:c r="H809" t="str">
-        <x:v>01905 425167</x:v>
+        <x:v>01642 711 354</x:v>
       </x:c>
     </x:row>
     <x:row r="810">
       <x:c r="A810" t="str">
-        <x:v>Patron Law Ltd</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B810" t="str">
-        <x:v>Unit 720</x:v>
+        <x:v>The Old Post Office, Market Place</x:v>
       </x:c>
       <x:c r="C810" t="str">
-        <x:v>Catalyst House, Centennial Park, Centennial Avenue, Elstree</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D810" t="str">
-        <x:v>Borehamwood</x:v>
+        <x:v>Thirsk</x:v>
       </x:c>
       <x:c r="E810" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F810" t="str">
-        <x:v>WD6 3SY</x:v>
+        <x:v>YO7 1TF</x:v>
       </x:c>
       <x:c r="G810" t="str">
-        <x:v/>
+        <x:v>charlotte.bailes@newtons.co.uk</x:v>
       </x:c>
       <x:c r="H810" t="str">
-        <x:v/>
+        <x:v>01845 522891</x:v>
       </x:c>
     </x:row>
     <x:row r="811">
       <x:c r="A811" t="str">
-        <x:v>Patron Law Ltd (W11 4qg)</x:v>
+        <x:v>Newtons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B811" t="str">
-        <x:v>2A Norland Place</x:v>
+        <x:v>Enterprise House</x:v>
       </x:c>
       <x:c r="C811" t="str">
-        <x:v>Holland Park</x:v>
+        <x:v>Penrith 40 Business Park, Gillan Way</x:v>
       </x:c>
       <x:c r="D811" t="str">
-        <x:v>London</x:v>
+        <x:v>Penrith</x:v>
       </x:c>
       <x:c r="E811" t="str">
         <x:v/>
       </x:c>
       <x:c r="F811" t="str">
-        <x:v>W11 4QG</x:v>
+        <x:v>CA11 9BP</x:v>
       </x:c>
       <x:c r="G811" t="str">
-        <x:v>enquiries@patronlaw.co.uk</x:v>
+        <x:v>charlotte.bailes@newtons.co.uk</x:v>
       </x:c>
       <x:c r="H811" t="str">
-        <x:v>+44 (0) 20 3841 7470</x:v>
+        <x:v>01768 639530</x:v>
       </x:c>
     </x:row>
     <x:row r="812">
       <x:c r="A812" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nexus Solicitors Limited</x:v>
       </x:c>
       <x:c r="B812" t="str">
-        <x:v>Stratford Town Hall Annexe,</x:v>
+        <x:v>16-18 Albert Square</x:v>
       </x:c>
       <x:c r="C812" t="str">
-        <x:v>29 Broadway</x:v>
+        <x:v>Manchester </x:v>
       </x:c>
       <x:c r="D812" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E812" t="str">
         <x:v/>
       </x:c>
       <x:c r="F812" t="str">
-        <x:v>E15 4BQ</x:v>
+        <x:v>M2 5PE</x:v>
       </x:c>
       <x:c r="G812" t="str">
-        <x:v>*</x:v>
+        <x:v>ccp@nexussolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H812" t="str">
-        <x:v>02080495888</x:v>
+        <x:v>0161 819 4900</x:v>
       </x:c>
     </x:row>
     <x:row r="813">
       <x:c r="A813" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B813" t="str">
-        <x:v>98 High Street</x:v>
+        <x:v>10-12 Bourlet Close</x:v>
       </x:c>
       <x:c r="C813" t="str">
         <x:v/>
       </x:c>
       <x:c r="D813" t="str">
-        <x:v>Billericay</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E813" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F813" t="str">
-        <x:v>CM12 9BT</x:v>
+        <x:v>W1W 7BR</x:v>
       </x:c>
       <x:c r="G813" t="str">
-        <x:v>cbradley@paulrobinson.co.uk</x:v>
+        <x:v>david.conway@nicholassolicitors.com</x:v>
       </x:c>
       <x:c r="H813" t="str">
-        <x:v>01277500123</x:v>
+        <x:v>02073234450</x:v>
       </x:c>
     </x:row>
     <x:row r="814">
       <x:c r="A814" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nicholas &amp; Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B814" t="str">
-        <x:v>470-474 London Road</x:v>
+        <x:v>Central House</x:v>
       </x:c>
       <x:c r="C814" t="str">
-        <x:v/>
+        <x:v>1 Ballards Lane</x:v>
       </x:c>
       <x:c r="D814" t="str">
-        <x:v>Westcliff-on-Sea</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E814" t="str">
-        <x:v>Essex</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F814" t="str">
-        <x:v>SS0 9LD</x:v>
+        <x:v>N3 1LQ</x:v>
       </x:c>
       <x:c r="G814" t="str">
-        <x:v>cbramwell@paulrobinson.co.uk </x:v>
+        <x:v>info-finchley@nicholassolicitors.com</x:v>
       </x:c>
       <x:c r="H814" t="str">
-        <x:v>01702 338 338</x:v>
+        <x:v>020 8349 7680</x:v>
       </x:c>
     </x:row>
     <x:row r="815">
       <x:c r="A815" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nicholsons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B815" t="str">
-        <x:v>150 London Road</x:v>
+        <x:v>2 Quay View Business Park,</x:v>
       </x:c>
       <x:c r="C815" t="str">
-        <x:v/>
+        <x:v>Barnards Way</x:v>
       </x:c>
       <x:c r="D815" t="str">
-        <x:v>Benfleet</x:v>
+        <x:v>Lowestoft</x:v>
       </x:c>
       <x:c r="E815" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F815" t="str">
-        <x:v>SS7 5SQ</x:v>
+        <x:v>NR32 2HD</x:v>
       </x:c>
       <x:c r="G815" t="str">
-        <x:v>athomas@paulrobinson.co.uk</x:v>
+        <x:v>abushell@nicholsonslaw.com</x:v>
       </x:c>
       <x:c r="H815" t="str">
-        <x:v>01702338338</x:v>
+        <x:v>01502 532300</x:v>
       </x:c>
     </x:row>
     <x:row r="816">
       <x:c r="A816" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nicholsons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B816" t="str">
-        <x:v>13-14 Market Place</x:v>
+        <x:v>Prospect House</x:v>
       </x:c>
       <x:c r="C816" t="str">
-        <x:v/>
+        <x:v>Rouen Road</x:v>
       </x:c>
       <x:c r="D816" t="str">
-        <x:v>Penzance</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E816" t="str">
         <x:v/>
       </x:c>
       <x:c r="F816" t="str">
-        <x:v>TR18 2JB</x:v>
+        <x:v>NR1 1RE</x:v>
       </x:c>
       <x:c r="G816" t="str">
-        <x:v>info@paulrobinson.co.uk</x:v>
+        <x:v>abushell@nicholsonslaw.com</x:v>
       </x:c>
       <x:c r="H816" t="str">
-        <x:v>01736808939</x:v>
+        <x:v>01603 558700</x:v>
       </x:c>
     </x:row>
     <x:row r="817">
       <x:c r="A817" t="str">
-        <x:v>Paul Robinson Solicitors LLP</x:v>
+        <x:v>Nockolds Solicitors Limited</x:v>
       </x:c>
       <x:c r="B817" t="str">
-        <x:v>125 Old Broad Street</x:v>
+        <x:v>35 Great St. Helen's</x:v>
       </x:c>
       <x:c r="C817" t="str">
         <x:v/>
       </x:c>
       <x:c r="D817" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E817" t="str">
         <x:v/>
       </x:c>
       <x:c r="F817" t="str">
-        <x:v>EC2N 1AR</x:v>
+        <x:v>EC3A 6AP</x:v>
       </x:c>
       <x:c r="G817" t="str">
-        <x:v>info@paulrobinson.co.uk</x:v>
+        <x:v>enquiries@nockolds.co.uk</x:v>
       </x:c>
       <x:c r="H817" t="str">
-        <x:v>020 8049 5888</x:v>
+        <x:v>0203 892 6800</x:v>
       </x:c>
     </x:row>
     <x:row r="818">
       <x:c r="A818" t="str">
-        <x:v>PCB Lawyers LLP</x:v>
+        <x:v>Nockolds Solicitors Limited</x:v>
       </x:c>
       <x:c r="B818" t="str">
-        <x:v>Cavendish Court, 11-15 Wigmore Street</x:v>
+        <x:v>6 Market Square</x:v>
       </x:c>
       <x:c r="C818" t="str">
-        <x:v/>
+        <x:v>Bishop'S Stortford</x:v>
       </x:c>
       <x:c r="D818" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E818" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F818" t="str">
-        <x:v>W1U 1PF</x:v>
+        <x:v>CM23 3UZ</x:v>
       </x:c>
       <x:c r="G818" t="str">
-        <x:v>nchandhar@pcblawyers.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H818" t="str">
-        <x:v>020 7486 2566</x:v>
+        <x:v>01279755777</x:v>
       </x:c>
     </x:row>
     <x:row r="819">
       <x:c r="A819" t="str">
-        <x:v>PCB Lawyers LLP</x:v>
+        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B819" t="str">
-        <x:v>Rodwell Tower 111 Piccadilly</x:v>
+        <x:v>9-12 East Parade</x:v>
       </x:c>
       <x:c r="C819" t="str">
         <x:v/>
       </x:c>
       <x:c r="D819" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E819" t="str">
         <x:v/>
       </x:c>
       <x:c r="F819" t="str">
-        <x:v>M1 2HY</x:v>
+        <x:v>S1 2ET</x:v>
       </x:c>
       <x:c r="G819" t="str">
-        <x:v>sanderton@pcblawyers.com</x:v>
+        <x:v>Nicholas@Norrie-Waite.com</x:v>
       </x:c>
       <x:c r="H819" t="str">
-        <x:v>020 7486 2566</x:v>
+        <x:v>01142766166</x:v>
       </x:c>
     </x:row>
     <x:row r="820">
       <x:c r="A820" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B820" t="str">
-        <x:v>Office Suite 8, 54 Broad Street</x:v>
+        <x:v>21-23 Bridge Street</x:v>
       </x:c>
       <x:c r="C820" t="str">
-        <x:v/>
+        <x:v>Killamarsh</x:v>
       </x:c>
       <x:c r="D820" t="str">
-        <x:v>Ludlow</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E820" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F820" t="str">
-        <x:v>SY8 1GP</x:v>
+        <x:v>S21 1AH</x:v>
       </x:c>
       <x:c r="G820" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v>richardm@norrie-waite.co.uk</x:v>
       </x:c>
       <x:c r="H820" t="str">
-        <x:v>01584 878456</x:v>
+        <x:v>01142484890</x:v>
       </x:c>
     </x:row>
     <x:row r="821">
       <x:c r="A821" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Norrie Waite &amp; Slater Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B821" t="str">
-        <x:v>Old Bank Chambers</x:v>
+        <x:v>69 Broad Street</x:v>
       </x:c>
       <x:c r="C821" t="str">
-        <x:v>2 High Street</x:v>
+        <x:v>Parkgate</x:v>
       </x:c>
       <x:c r="D821" t="str">
-        <x:v>Church Stretton</x:v>
+        <x:v>Rotherham</x:v>
       </x:c>
       <x:c r="E821" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F821" t="str">
-        <x:v>SY6 6BU</x:v>
+        <x:v>S62 6DU</x:v>
       </x:c>
       <x:c r="G821" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v>richardm@norrie-waite.co.uk</x:v>
       </x:c>
       <x:c r="H821" t="str">
-        <x:v>01694 723818</x:v>
+        <x:v>01709523983</x:v>
       </x:c>
     </x:row>
     <x:row r="822">
       <x:c r="A822" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B822" t="str">
-        <x:v>7 Wylcwm Place</x:v>
+        <x:v>Exchange Square</x:v>
       </x:c>
       <x:c r="C822" t="str">
         <x:v/>
       </x:c>
       <x:c r="D822" t="str">
-        <x:v>Knighton</x:v>
+        <x:v>Beccles</x:v>
       </x:c>
       <x:c r="E822" t="str">
-        <x:v>Powys</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F822" t="str">
-        <x:v>LD7 1AE</x:v>
+        <x:v>NR34 9HP</x:v>
       </x:c>
       <x:c r="G822" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H822" t="str">
-        <x:v>01547 528800</x:v>
+        <x:v>01502 718700</x:v>
       </x:c>
     </x:row>
     <x:row r="823">
       <x:c r="A823" t="str">
-        <x:v>PCB Solicitors LLP</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B823" t="str">
-        <x:v>Trevithick House, Stafford Park 4</x:v>
+        <x:v>Old Bank House, 66a Bells Road</x:v>
       </x:c>
       <x:c r="C823" t="str">
-        <x:v/>
+        <x:v>Gorleston</x:v>
       </x:c>
       <x:c r="D823" t="str">
-        <x:v>Telford</x:v>
+        <x:v>Great Yarmouth</x:v>
       </x:c>
       <x:c r="E823" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F823" t="str">
-        <x:v>TF3 3BA</x:v>
+        <x:v>NR31 6AF</x:v>
       </x:c>
       <x:c r="G823" t="str">
-        <x:v>lenderpanels@pcblaw.co.uk</x:v>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H823" t="str">
-        <x:v>01952 403000</x:v>
+        <x:v>01493 652204</x:v>
       </x:c>
     </x:row>
     <x:row r="824">
       <x:c r="A824" t="str">
-        <x:v>Pcb Solicitors LLP</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B824" t="str">
-        <x:v>Cypress Centre</x:v>
+        <x:v>52 Thoroughfare</x:v>
       </x:c>
       <x:c r="C824" t="str">
-        <x:v>Sitka Drive, Shrewsbury Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D824" t="str">
-        <x:v>Shrewsbury</x:v>
+        <x:v>Halesworth</x:v>
       </x:c>
       <x:c r="E824" t="str">
-        <x:v>Shropshire</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F824" t="str">
-        <x:v>SY2 6LG</x:v>
+        <x:v>IP19 8AR</x:v>
       </x:c>
       <x:c r="G824" t="str">
-        <x:v/>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H824" t="str">
-        <x:v/>
+        <x:v>01986 872513</x:v>
       </x:c>
     </x:row>
     <x:row r="825">
       <x:c r="A825" t="str">
-        <x:v>Penman Sedgwick LLP</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B825" t="str">
-        <x:v>5 George Street</x:v>
+        <x:v>18 Church Plain</x:v>
       </x:c>
       <x:c r="C825" t="str">
         <x:v/>
       </x:c>
       <x:c r="D825" t="str">
-        <x:v>Watford</x:v>
+        <x:v>Great Yarmouth</x:v>
       </x:c>
       <x:c r="E825" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F825" t="str">
-        <x:v>WD18 0SQ</x:v>
+        <x:v>NR30 1NF</x:v>
       </x:c>
       <x:c r="G825" t="str">
-        <x:v/>
+        <x:v>p-gregory@nortonpeskett.co.uk</x:v>
       </x:c>
       <x:c r="H825" t="str">
-        <x:v/>
+        <x:v>01493 849200</x:v>
       </x:c>
     </x:row>
     <x:row r="826">
       <x:c r="A826" t="str">
-        <x:v>Penmans Solicitors LLP</x:v>
+        <x:v>Norton Peskett</x:v>
       </x:c>
       <x:c r="B826" t="str">
-        <x:v>The Precinct,</x:v>
+        <x:v>148 London Road North</x:v>
       </x:c>
       <x:c r="C826" t="str">
-        <x:v>School Road,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D826" t="str">
-        <x:v>Warwick,</x:v>
+        <x:v>Lowestoft</x:v>
       </x:c>
       <x:c r="E826" t="str">
-        <x:v>Warwickshire,</x:v>
+        <x:v>Suffolk</x:v>
       </x:c>
       <x:c r="F826" t="str">
-        <x:v>CV35 9NL,</x:v>
+        <x:v>NR32 1HF</x:v>
       </x:c>
       <x:c r="G826" t="str">
-        <x:v>naomi.ohalloran@penmanssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H826" t="str">
-        <x:v>01789 470022</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="827">
       <x:c r="A827" t="str">
-        <x:v>Penmans Solicitors LLP</x:v>
+        <x:v>NWL Solicitors</x:v>
       </x:c>
       <x:c r="B827" t="str">
-        <x:v>17A Queens Road</x:v>
+        <x:v>7 Hampstead West</x:v>
       </x:c>
       <x:c r="C827" t="str">
-        <x:v/>
+        <x:v>224 Iverson Road</x:v>
       </x:c>
       <x:c r="D827" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E827" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F827" t="str">
-        <x:v>CV1 3DH</x:v>
+        <x:v>NW6 2HL</x:v>
       </x:c>
       <x:c r="G827" t="str">
-        <x:v>julie.bunyan@penmanssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H827" t="str">
-        <x:v>02476 226 575</x:v>
+        <x:v>020 7328 2929</x:v>
       </x:c>
     </x:row>
     <x:row r="828">
       <x:c r="A828" t="str">
-        <x:v>Penmans Solicitors LLP</x:v>
+        <x:v>O'Donnell Solicitors Limited</x:v>
       </x:c>
       <x:c r="B828" t="str">
-        <x:v>17A Queens Road</x:v>
+        <x:v>1-3 Mossley Road</x:v>
       </x:c>
       <x:c r="C828" t="str">
-        <x:v/>
+        <x:v>Grasscroft</x:v>
       </x:c>
       <x:c r="D828" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="E828" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F828" t="str">
-        <x:v>CV1 3DH</x:v>
+        <x:v>OL4 4HH</x:v>
       </x:c>
       <x:c r="G828" t="str">
         <x:v/>
       </x:c>
       <x:c r="H828" t="str">
-        <x:v>01926 858222</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="829">
       <x:c r="A829" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>O'Donnell Solicitors Limited</x:v>
       </x:c>
       <x:c r="B829" t="str">
-        <x:v>109 Clase Road</x:v>
+        <x:v>First Floor, 91-93 High Street, Uppermill</x:v>
       </x:c>
       <x:c r="C829" t="str">
-        <x:v>Morriston</x:v>
+        <x:v>Saddleworth</x:v>
       </x:c>
       <x:c r="D829" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="E829" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F829" t="str">
-        <x:v>SA6 8DY</x:v>
+        <x:v>OL3 6BD</x:v>
       </x:c>
       <x:c r="G829" t="str">
-        <x:v>**</x:v>
+        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H829" t="str">
-        <x:v>01792 310731</x:v>
+        <x:v>01457761320</x:v>
       </x:c>
     </x:row>
     <x:row r="830">
       <x:c r="A830" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>O'Donnell Solicitors Limited</x:v>
       </x:c>
       <x:c r="B830" t="str">
-        <x:v>Unit 11, Langdon House,</x:v>
+        <x:v>44 High Street</x:v>
       </x:c>
       <x:c r="C830" t="str">
-        <x:v>Langdon Road</x:v>
+        <x:v>Uppermill</x:v>
       </x:c>
       <x:c r="D830" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Saddleworth</x:v>
       </x:c>
       <x:c r="E830" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="F830" t="str">
-        <x:v>SA1 8QY</x:v>
+        <x:v>OL3 6HA</x:v>
       </x:c>
       <x:c r="G830" t="str">
-        <x:v>peter.lynn@peterlynnandpartners.co.uk</x:v>
+        <x:v>rebecca@odonnellsolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H830" t="str">
-        <x:v>01792 450010</x:v>
+        <x:v>01457761320</x:v>
       </x:c>
     </x:row>
     <x:row r="831">
       <x:c r="A831" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>Oglethorpe Sturton &amp; Gillibrand LLP</x:v>
       </x:c>
       <x:c r="B831" t="str">
-        <x:v>5 Murray Street</x:v>
+        <x:v>16 Castle Park</x:v>
       </x:c>
       <x:c r="C831" t="str">
         <x:v/>
       </x:c>
       <x:c r="D831" t="str">
-        <x:v>Llanelli</x:v>
+        <x:v>Lancaster</x:v>
       </x:c>
       <x:c r="E831" t="str">
-        <x:v>Sir Gaerfyrddin</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F831" t="str">
-        <x:v>SA15 1AQ</x:v>
+        <x:v>LA1 1YG</x:v>
       </x:c>
       <x:c r="G831" t="str">
-        <x:v/>
+        <x:v>Charlotte.Russell@osg.co.uk</x:v>
       </x:c>
       <x:c r="H831" t="str">
-        <x:v/>
+        <x:v>01524 846846</x:v>
       </x:c>
     </x:row>
     <x:row r="832">
       <x:c r="A832" t="str">
-        <x:v>Peter Lynn &amp; Partners</x:v>
+        <x:v>Oglethorpe Sturton &amp; Gillibrand LLP</x:v>
       </x:c>
       <x:c r="B832" t="str">
-        <x:v>143 Walter Road</x:v>
+        <x:v>17 Main Street</x:v>
       </x:c>
       <x:c r="C832" t="str">
-        <x:v/>
+        <x:v>Kirkby Lonsdale</x:v>
       </x:c>
       <x:c r="D832" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Carnforth</x:v>
       </x:c>
       <x:c r="E832" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F832" t="str">
-        <x:v>SA1 5RT</x:v>
+        <x:v>LA6 2AQ</x:v>
       </x:c>
       <x:c r="G832" t="str">
-        <x:v/>
+        <x:v>Charlotte.Russell@osg.co.uk</x:v>
       </x:c>
       <x:c r="H832" t="str">
-        <x:v/>
+        <x:v>01524 271388</x:v>
       </x:c>
     </x:row>
     <x:row r="833">
       <x:c r="A833" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Ola Leslie Solicitors LLP</x:v>
       </x:c>
       <x:c r="B833" t="str">
-        <x:v>87 Newton Road</x:v>
+        <x:v>60 Borough High Street</x:v>
       </x:c>
       <x:c r="C833" t="str">
-        <x:v>Mumbles</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D833" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E833" t="str">
         <x:v/>
       </x:c>
       <x:c r="F833" t="str">
-        <x:v>SA3 4BN</x:v>
+        <x:v>SE1 1XF</x:v>
       </x:c>
       <x:c r="G833" t="str">
-        <x:v>Caesar.adere@plandp.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H833" t="str">
-        <x:v>01792 310731</x:v>
+        <x:v>020 71830 084</x:v>
       </x:c>
     </x:row>
     <x:row r="834">
       <x:c r="A834" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Oliver &amp; Co Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B834" t="str">
-        <x:v>21 Holly Street</x:v>
+        <x:v>Douglas House, </x:v>
       </x:c>
       <x:c r="C834" t="str">
-        <x:v>Pontardawe</x:v>
+        <x:v>117 Foregate Street</x:v>
       </x:c>
       <x:c r="D834" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E834" t="str">
-        <x:v>West Glamorgan</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F834" t="str">
-        <x:v>SA8 4ET</x:v>
+        <x:v>CH1 1HE</x:v>
       </x:c>
       <x:c r="G834" t="str">
-        <x:v>Caesar.adere@plandp.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H834" t="str">
-        <x:v>01792 863633</x:v>
+        <x:v>01244 312306</x:v>
       </x:c>
     </x:row>
     <x:row r="835">
       <x:c r="A835" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B835" t="str">
-        <x:v>41 Heol Eglwys</x:v>
+        <x:v>Gavel House</x:v>
       </x:c>
       <x:c r="C835" t="str">
-        <x:v>Ystradgynlais</x:v>
+        <x:v>90-92 High Street</x:v>
       </x:c>
       <x:c r="D835" t="str">
-        <x:v/>
+        <x:v>Feltham</x:v>
       </x:c>
       <x:c r="E835" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F835" t="str">
-        <x:v>SA9 1EY</x:v>
+        <x:v>TW13 4ES</x:v>
       </x:c>
       <x:c r="G835" t="str">
-        <x:v>Caesar.adere@plandp.co.uk</x:v>
+        <x:v>edward.steele@owc.co.uk</x:v>
       </x:c>
       <x:c r="H835" t="str">
-        <x:v>01639 842709</x:v>
+        <x:v>020 88902836</x:v>
       </x:c>
     </x:row>
     <x:row r="836">
       <x:c r="A836" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B836" t="str">
-        <x:v>40/42 College Street</x:v>
+        <x:v>Barley Mow Centre, 10 Barley Mow Passage</x:v>
       </x:c>
       <x:c r="C836" t="str">
-        <x:v/>
+        <x:v>Chiswick</x:v>
       </x:c>
       <x:c r="D836" t="str">
-        <x:v>Ammanford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E836" t="str">
-        <x:v>Carmarthenshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F836" t="str">
-        <x:v>SA18 3AF</x:v>
+        <x:v>W4 4PH</x:v>
       </x:c>
       <x:c r="G836" t="str">
-        <x:v>caesar.adere@plandp.co.uk</x:v>
+        <x:v>Richard.land@owc.co.uk</x:v>
       </x:c>
       <x:c r="H836" t="str">
-        <x:v>01269 597978</x:v>
+        <x:v>02089871400</x:v>
       </x:c>
     </x:row>
     <x:row r="837">
       <x:c r="A837" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B837" t="str">
-        <x:v>4-14 Pontarddulais Road</x:v>
+        <x:v>56 High Street</x:v>
       </x:c>
       <x:c r="C837" t="str">
-        <x:v>Gorseinon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D837" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>Shepperton</x:v>
       </x:c>
       <x:c r="E837" t="str">
-        <x:v/>
+        <x:v>Middlesex</x:v>
       </x:c>
       <x:c r="F837" t="str">
-        <x:v>SA4 4FE</x:v>
+        <x:v>TW17 9AY</x:v>
       </x:c>
       <x:c r="G837" t="str">
-        <x:v>info@plandp.co.uk</x:v>
+        <x:v>shepperton@owc.co.uk</x:v>
       </x:c>
       <x:c r="H837" t="str">
-        <x:v>01792310731</x:v>
+        <x:v>01932 220 451</x:v>
       </x:c>
     </x:row>
     <x:row r="838">
       <x:c r="A838" t="str">
-        <x:v>Peter Lynn and Partners</x:v>
+        <x:v>Owen White &amp; Catlin LLP</x:v>
       </x:c>
       <x:c r="B838" t="str">
-        <x:v>Unit 3, 2-4 Station Road</x:v>
+        <x:v>North Lodge, Esher Park Avenue</x:v>
       </x:c>
       <x:c r="C838" t="str">
         <x:v/>
       </x:c>
       <x:c r="D838" t="str">
-        <x:v>Llanelli</x:v>
+        <x:v>Esher</x:v>
       </x:c>
       <x:c r="E838" t="str">
-        <x:v>Carmarthenshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F838" t="str">
-        <x:v>SA15 1AB</x:v>
+        <x:v>KT10 9NP</x:v>
       </x:c>
       <x:c r="G838" t="str">
-        <x:v>info@plandp.co.uk</x:v>
+        <x:v>esher@owc.co.uk</x:v>
       </x:c>
       <x:c r="H838" t="str">
-        <x:v>01554 788281</x:v>
+        <x:v>01372469100</x:v>
       </x:c>
     </x:row>
     <x:row r="839">
       <x:c r="A839" t="str">
-        <x:v>Petherbridge Bassra Solicitors Limited</x:v>
+        <x:v>Paris Smith LLP.</x:v>
       </x:c>
       <x:c r="B839" t="str">
-        <x:v>Vintry House, 18-24 Piccadilly</x:v>
+        <x:v>9 Parchment Street</x:v>
       </x:c>
       <x:c r="C839" t="str">
         <x:v/>
       </x:c>
       <x:c r="D839" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="E839" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F839" t="str">
-        <x:v>BD1 3LS</x:v>
+        <x:v>SO23 8AT</x:v>
       </x:c>
       <x:c r="G839" t="str">
-        <x:v>lisa.julian@petherbridgebassra.com</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H839" t="str">
-        <x:v>01274 724 114</x:v>
+        <x:v>01962 679705</x:v>
       </x:c>
     </x:row>
     <x:row r="840">
       <x:c r="A840" t="str">
-        <x:v>Premier Solicitors (Bedford) Limited</x:v>
+        <x:v>Paris Smith LLP.</x:v>
       </x:c>
       <x:c r="B840" t="str">
-        <x:v>189 Bedford Road</x:v>
+        <x:v>1 London Road</x:v>
       </x:c>
       <x:c r="C840" t="str">
         <x:v/>
       </x:c>
       <x:c r="D840" t="str">
-        <x:v>Kempston</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E840" t="str">
-        <x:v>Bedford</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F840" t="str">
-        <x:v>MK42 8DD</x:v>
+        <x:v>SO15 2AE</x:v>
       </x:c>
       <x:c r="G840" t="str">
-        <x:v>info@adamsonlaw.co.uk</x:v>
+        <x:v> jade.watkins@parissmith.co.uk</x:v>
       </x:c>
       <x:c r="H840" t="str">
-        <x:v>01234 481071</x:v>
+        <x:v>07425 434 634</x:v>
       </x:c>
     </x:row>
     <x:row r="841">
       <x:c r="A841" t="str">
-        <x:v>Premier Solicitors Limited</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B841" t="str">
-        <x:v>Premier House</x:v>
+        <x:v>Haswell House</x:v>
       </x:c>
       <x:c r="C841" t="str">
-        <x:v>Lurke Street</x:v>
+        <x:v>St. Nicholas Street</x:v>
       </x:c>
       <x:c r="D841" t="str">
-        <x:v>Bedford</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E841" t="str">
-        <x:v>Bedfordshire</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F841" t="str">
-        <x:v>MK40 3HU</x:v>
+        <x:v>WR1 1UN</x:v>
       </x:c>
       <x:c r="G841" t="str">
-        <x:v>info@premiersolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H841" t="str">
-        <x:v>01234 358080</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="842">
       <x:c r="A842" t="str">
-        <x:v>Primarc Solicitors Ltd</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B842" t="str">
-        <x:v>168A High Street North</x:v>
+        <x:v>64 Friar Street</x:v>
       </x:c>
       <x:c r="C842" t="str">
         <x:v/>
       </x:c>
       <x:c r="D842" t="str">
-        <x:v>London</x:v>
+        <x:v>Droitwich</x:v>
       </x:c>
       <x:c r="E842" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F842" t="str">
-        <x:v>E6 2JA</x:v>
+        <x:v>WR9 8EF</x:v>
       </x:c>
       <x:c r="G842" t="str">
-        <x:v>jmiah@primarcsolicitors.com </x:v>
+        <x:v>sjp@parkinsonwright.co.uk</x:v>
       </x:c>
       <x:c r="H842" t="str">
-        <x:v>020 8912 2280</x:v>
+        <x:v>01905775533</x:v>
       </x:c>
     </x:row>
     <x:row r="843">
       <x:c r="A843" t="str">
-        <x:v>Prince Evans Solicitors LLP</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B843" t="str">
-        <x:v>Ground Floor (East), Ealing Gateway</x:v>
+        <x:v>4 Abbey Lane Court, Abbey Lane</x:v>
       </x:c>
       <x:c r="C843" t="str">
-        <x:v>Uxbridge Road, Ealing</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D843" t="str">
-        <x:v>London</x:v>
+        <x:v>Evesham</x:v>
       </x:c>
       <x:c r="E843" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F843" t="str">
-        <x:v>W5 2AU</x:v>
+        <x:v>WR11 4BY</x:v>
       </x:c>
       <x:c r="G843" t="str">
-        <x:v>anthony.best@prince-evans.co.uk</x:v>
+        <x:v>evesham@parkinsonwright.co.uk</x:v>
       </x:c>
       <x:c r="H843" t="str">
-        <x:v>02085673477</x:v>
+        <x:v>01386761176</x:v>
       </x:c>
     </x:row>
     <x:row r="844">
       <x:c r="A844" t="str">
-        <x:v>Property Legal (Manchester) Limited</x:v>
+        <x:v>Parkinson Wright LLP</x:v>
       </x:c>
       <x:c r="B844" t="str">
-        <x:v>P L S House, 2 Aegean Road</x:v>
+        <x:v>2-6 Bromyard Road</x:v>
       </x:c>
       <x:c r="C844" t="str">
-        <x:v>Atlantic Street</x:v>
+        <x:v>St Johns</x:v>
       </x:c>
       <x:c r="D844" t="str">
-        <x:v>Altrincham</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E844" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F844" t="str">
-        <x:v>WA14 5UW</x:v>
+        <x:v>WR2 5BP</x:v>
       </x:c>
       <x:c r="G844" t="str">
-        <x:v>RemortgageTeam1@pls-solicitors.co.uk</x:v>
+        <x:v>jn@parkinsonwright.co.uk</x:v>
       </x:c>
       <x:c r="H844" t="str">
-        <x:v>0330 024 4536</x:v>
+        <x:v>01905 425167</x:v>
       </x:c>
     </x:row>
     <x:row r="845">
       <x:c r="A845" t="str">
-        <x:v>Quinta Law LLP</x:v>
+        <x:v>Patron Law Ltd</x:v>
       </x:c>
       <x:c r="B845" t="str">
-        <x:v>1 Giltspur Street</x:v>
+        <x:v>Unit 720</x:v>
       </x:c>
       <x:c r="C845" t="str">
-        <x:v/>
+        <x:v>Catalyst House, Centennial Park, Centennial Avenue, Elstree</x:v>
       </x:c>
       <x:c r="D845" t="str">
-        <x:v>London</x:v>
+        <x:v>Borehamwood</x:v>
       </x:c>
       <x:c r="E845" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F845" t="str">
-        <x:v>EC1A 9DD</x:v>
+        <x:v>WD6 3SY</x:v>
       </x:c>
       <x:c r="G845" t="str">
         <x:v/>
       </x:c>
       <x:c r="H845" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="846">
       <x:c r="A846" t="str">
-        <x:v>R &amp; B Legal Limited</x:v>
+        <x:v>Patron Law Ltd (W11 4qg)</x:v>
       </x:c>
       <x:c r="B846" t="str">
-        <x:v>Vanity Chambers</x:v>
+        <x:v>2A Norland Place</x:v>
       </x:c>
       <x:c r="C846" t="str">
-        <x:v>20-22 Victoria Street</x:v>
+        <x:v>Holland Park</x:v>
       </x:c>
       <x:c r="D846" t="str">
-        <x:v>Morecambe</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E846" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F846" t="str">
-        <x:v>LA4 4AH</x:v>
+        <x:v>W11 4QG</x:v>
       </x:c>
       <x:c r="G846" t="str">
-        <x:v>daniel.coll@rblegal.co.uk</x:v>
+        <x:v>enquiries@patronlaw.co.uk</x:v>
       </x:c>
       <x:c r="H846" t="str">
-        <x:v>01524834222</x:v>
+        <x:v>+44 (0) 20 3841 7470</x:v>
       </x:c>
     </x:row>
     <x:row r="847">
       <x:c r="A847" t="str">
-        <x:v>R &amp; B Legal Limited</x:v>
+        <x:v>Paul Crowley And Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B847" t="str">
-        <x:v>The Bank</x:v>
+        <x:v>232 Breck Road</x:v>
       </x:c>
       <x:c r="C847" t="str">
-        <x:v>44 Market Street</x:v>
+        <x:v>Everton</x:v>
       </x:c>
       <x:c r="D847" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E847" t="str">
-        <x:v/>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F847" t="str">
-        <x:v>LA5 9JX</x:v>
+        <x:v>L5 6PX</x:v>
       </x:c>
       <x:c r="G847" t="str">
         <x:v/>
       </x:c>
       <x:c r="H847" t="str">
-        <x:v/>
+        <x:v>0151 264 7363</x:v>
       </x:c>
     </x:row>
     <x:row r="848">
       <x:c r="A848" t="str">
-        <x:v>Raims Mahmood Zaeem Limited</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B848" t="str">
-        <x:v>Suit 5, 2nd Floor</x:v>
+        <x:v>470-474 London Road</x:v>
       </x:c>
       <x:c r="C848" t="str">
-        <x:v>12 Bridewell Place</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D848" t="str">
-        <x:v>London</x:v>
+        <x:v>Westcliff-on-Sea</x:v>
       </x:c>
       <x:c r="E848" t="str">
-        <x:v/>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F848" t="str">
-        <x:v>EC4V 6AP</x:v>
+        <x:v>SS0 9LD</x:v>
       </x:c>
       <x:c r="G848" t="str">
-        <x:v>Syed.mehdi@rmzlaw.co.uk</x:v>
+        <x:v>cbramwell@paulrobinson.co.uk </x:v>
       </x:c>
       <x:c r="H848" t="str">
-        <x:v>0208 138 3898</x:v>
+        <x:v>01702 338 338</x:v>
       </x:c>
     </x:row>
     <x:row r="849">
       <x:c r="A849" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B849" t="str">
-        <x:v>94-96 Southgate</x:v>
+        <x:v>98 High Street</x:v>
       </x:c>
       <x:c r="C849" t="str">
         <x:v/>
       </x:c>
       <x:c r="D849" t="str">
-        <x:v>Elland</x:v>
+        <x:v>Billericay</x:v>
       </x:c>
       <x:c r="E849" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F849" t="str">
-        <x:v>HX5 0ET</x:v>
+        <x:v>CM12 9BT</x:v>
       </x:c>
       <x:c r="G849" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>cbradley@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H849" t="str">
-        <x:v>01422 372478</x:v>
+        <x:v>01277500123</x:v>
       </x:c>
     </x:row>
     <x:row r="850">
       <x:c r="A850" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B850" t="str">
-        <x:v>Second Floor East</x:v>
+        <x:v>Stratford Town Hall Annexe,</x:v>
       </x:c>
       <x:c r="C850" t="str">
-        <x:v>Bowling Mill, Dean Clough Mills</x:v>
+        <x:v>29 Broadway</x:v>
       </x:c>
       <x:c r="D850" t="str">
-        <x:v>Halifax</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E850" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F850" t="str">
-        <x:v>HX3 5FD</x:v>
+        <x:v>E15 4BQ</x:v>
       </x:c>
       <x:c r="G850" t="str">
-        <x:v>GetMoving@ramsdens.co.uk</x:v>
+        <x:v>*</x:v>
       </x:c>
       <x:c r="H850" t="str">
-        <x:v>01422 330700</x:v>
+        <x:v>02080495888</x:v>
       </x:c>
     </x:row>
     <x:row r="851">
       <x:c r="A851" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B851" t="str">
-        <x:v>7 King Street</x:v>
+        <x:v>150 London Road</x:v>
       </x:c>
       <x:c r="C851" t="str">
         <x:v/>
       </x:c>
       <x:c r="D851" t="str">
-        <x:v>Mirfield</x:v>
+        <x:v>Benfleet</x:v>
       </x:c>
       <x:c r="E851" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F851" t="str">
-        <x:v>WF14 8AW</x:v>
+        <x:v>SS7 5SQ</x:v>
       </x:c>
       <x:c r="G851" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>athomas@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H851" t="str">
-        <x:v>01924 499251</x:v>
+        <x:v>01702338338</x:v>
       </x:c>
     </x:row>
     <x:row r="852">
       <x:c r="A852" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B852" t="str">
-        <x:v>15-17 Cheapside</x:v>
+        <x:v>125 Old Broad Street</x:v>
       </x:c>
       <x:c r="C852" t="str">
         <x:v/>
       </x:c>
       <x:c r="D852" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E852" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F852" t="str">
-        <x:v>WF1 2SD</x:v>
+        <x:v>EC2N 1AR</x:v>
       </x:c>
       <x:c r="G852" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>info@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H852" t="str">
-        <x:v>01924 669510</x:v>
+        <x:v>020 8049 5888</x:v>
       </x:c>
     </x:row>
     <x:row r="853">
       <x:c r="A853" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>Paul Robinson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B853" t="str">
-        <x:v>33 Park Place</x:v>
+        <x:v>13-14 Market Place</x:v>
       </x:c>
       <x:c r="C853" t="str">
         <x:v/>
       </x:c>
       <x:c r="D853" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Penzance</x:v>
       </x:c>
       <x:c r="E853" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F853" t="str">
-        <x:v>LS1 2RY</x:v>
+        <x:v>TR18 2JB</x:v>
       </x:c>
       <x:c r="G853" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>info@paulrobinson.co.uk</x:v>
       </x:c>
       <x:c r="H853" t="str">
-        <x:v>01138871830</x:v>
+        <x:v>01736808939</x:v>
       </x:c>
     </x:row>
     <x:row r="854">
       <x:c r="A854" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Lawyers LLP</x:v>
       </x:c>
       <x:c r="B854" t="str">
-        <x:v>Ground Floor, Unit 6 Arabesque House</x:v>
+        <x:v>Cavendish Court, 11-15 Wigmore Street</x:v>
       </x:c>
       <x:c r="C854" t="str">
-        <x:v>Monks Cross</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D854" t="str">
-        <x:v>York</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E854" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F854" t="str">
-        <x:v>YO32 9GZ</x:v>
+        <x:v>W1U 1PF</x:v>
       </x:c>
       <x:c r="G854" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>nchandhar@pcblawyers.com</x:v>
       </x:c>
       <x:c r="H854" t="str">
-        <x:v>01904 655442</x:v>
+        <x:v>020 7486 2566</x:v>
       </x:c>
     </x:row>
     <x:row r="855">
       <x:c r="A855" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Lawyers LLP</x:v>
       </x:c>
       <x:c r="B855" t="str">
-        <x:v>34-36 Market Street</x:v>
+        <x:v>Rodwell Tower 111 Piccadilly</x:v>
       </x:c>
       <x:c r="C855" t="str">
-        <x:v>Milnsbridge</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D855" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E855" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F855" t="str">
-        <x:v>HD3 4NG</x:v>
+        <x:v>M1 2HY</x:v>
       </x:c>
       <x:c r="G855" t="str">
-        <x:v>GetMoving@Ramsdens.co.uk</x:v>
+        <x:v>sanderton@pcblawyers.com</x:v>
       </x:c>
       <x:c r="H855" t="str">
-        <x:v>01484 507100</x:v>
+        <x:v>020 7486 2566</x:v>
       </x:c>
     </x:row>
     <x:row r="856">
       <x:c r="A856" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B856" t="str">
-        <x:v>18 Lewisham Road</x:v>
+        <x:v>Office Suite 8, 54 Broad Street</x:v>
       </x:c>
       <x:c r="C856" t="str">
         <x:v/>
       </x:c>
       <x:c r="D856" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Ludlow</x:v>
       </x:c>
       <x:c r="E856" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F856" t="str">
-        <x:v>HD7 5AL</x:v>
+        <x:v>SY8 1GP</x:v>
       </x:c>
       <x:c r="G856" t="str">
-        <x:v/>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H856" t="str">
-        <x:v/>
+        <x:v>01584 878456</x:v>
       </x:c>
     </x:row>
     <x:row r="857">
       <x:c r="A857" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B857" t="str">
-        <x:v>Ramsden Street</x:v>
+        <x:v>Old Bank Chambers</x:v>
       </x:c>
       <x:c r="C857" t="str">
-        <x:v/>
+        <x:v>2 High Street</x:v>
       </x:c>
       <x:c r="D857" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Church Stretton</x:v>
       </x:c>
       <x:c r="E857" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F857" t="str">
-        <x:v>HD1 2TH</x:v>
+        <x:v>SY6 6BU</x:v>
       </x:c>
       <x:c r="G857" t="str">
-        <x:v>info@ramsdens.co.uk</x:v>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H857" t="str">
-        <x:v>01484 821500</x:v>
+        <x:v>01694 723818</x:v>
       </x:c>
     </x:row>
     <x:row r="858">
       <x:c r="A858" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B858" t="str">
-        <x:v>Oakley House</x:v>
+        <x:v>7 Wylcwm Place</x:v>
       </x:c>
       <x:c r="C858" t="str">
-        <x:v>1 Hungerford Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D858" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Knighton</x:v>
       </x:c>
       <x:c r="E858" t="str">
-        <x:v/>
+        <x:v>Powys</x:v>
       </x:c>
       <x:c r="F858" t="str">
-        <x:v>HD3 3AL</x:v>
+        <x:v>LD7 1AE</x:v>
       </x:c>
       <x:c r="G858" t="str">
-        <x:v>info@ramsdens.co.ukshow</x:v>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H858" t="str">
-        <x:v>01484 558066</x:v>
+        <x:v>01547 528800</x:v>
       </x:c>
     </x:row>
     <x:row r="859">
       <x:c r="A859" t="str">
-        <x:v>Ramsdens Solicitors LLP</x:v>
+        <x:v>PCB Solicitors LLP</x:v>
       </x:c>
       <x:c r="B859" t="str">
-        <x:v>102 Huddersfield Road</x:v>
+        <x:v>Trevithick House, Stafford Park 4</x:v>
       </x:c>
       <x:c r="C859" t="str">
         <x:v/>
       </x:c>
       <x:c r="D859" t="str">
-        <x:v>Holmfirth</x:v>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="E859" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F859" t="str">
-        <x:v>HD9 3AX</x:v>
+        <x:v>TF3 3BA</x:v>
       </x:c>
       <x:c r="G859" t="str">
-        <x:v>stacy.carr@ramsdens.co.uk </x:v>
+        <x:v>lenderpanels@pcblaw.co.uk</x:v>
       </x:c>
       <x:c r="H859" t="str">
-        <x:v>0808 1685643</x:v>
+        <x:v>01952 403000</x:v>
       </x:c>
     </x:row>
     <x:row r="860">
       <x:c r="A860" t="str">
-        <x:v>Raworths</x:v>
+        <x:v>Pcb Solicitors LLP</x:v>
       </x:c>
       <x:c r="B860" t="str">
-        <x:v>Eton House</x:v>
+        <x:v>Cypress Centre</x:v>
       </x:c>
       <x:c r="C860" t="str">
-        <x:v>89 Station Parade</x:v>
+        <x:v>Sitka Drive, Shrewsbury Business Park</x:v>
       </x:c>
       <x:c r="D860" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Shrewsbury</x:v>
       </x:c>
       <x:c r="E860" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Shropshire</x:v>
       </x:c>
       <x:c r="F860" t="str">
-        <x:v>HG1 1HF</x:v>
+        <x:v>SY2 6LG</x:v>
       </x:c>
       <x:c r="G860" t="str">
         <x:v/>
       </x:c>
       <x:c r="H860" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="861">
       <x:c r="A861" t="str">
-        <x:v>Read Roper &amp; Read Solicitors Limited</x:v>
+        <x:v>Pearson Solicitors And Financial Advisers LLP</x:v>
       </x:c>
       <x:c r="B861" t="str">
-        <x:v>Riverside, 5th Floor</x:v>
+        <x:v>Albion House</x:v>
       </x:c>
       <x:c r="C861" t="str">
-        <x:v>New Bailey Street</x:v>
+        <x:v>31 Queen Street</x:v>
       </x:c>
       <x:c r="D861" t="str">
-        <x:v/>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="E861" t="str">
-        <x:v> Manchester</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F861" t="str">
-        <x:v>M3 5FS</x:v>
+        <x:v>OL1 1RD</x:v>
       </x:c>
       <x:c r="G861" t="str">
-        <x:v>SBurrell@lpropertylawyers.co.uk </x:v>
+        <x:v>enquiries@pearsonlegal.co.uk</x:v>
       </x:c>
       <x:c r="H861" t="str">
-        <x:v>0161 832 6905 </x:v>
+        <x:v>0161 785 3500</x:v>
       </x:c>
     </x:row>
     <x:row r="862">
       <x:c r="A862" t="str">
-        <x:v>Redferns Limited</x:v>
+        <x:v>Pearson Solicitors and Financial Advisers Ltd</x:v>
       </x:c>
       <x:c r="B862" t="str">
-        <x:v>21 College Parade</x:v>
+        <x:v>Hollinwood Business Centre, Albert Street</x:v>
       </x:c>
       <x:c r="C862" t="str">
-        <x:v>Salusbury Road</x:v>
+        <x:v>Hollinwood</x:v>
       </x:c>
       <x:c r="D862" t="str">
-        <x:v/>
+        <x:v>Oldham</x:v>
       </x:c>
       <x:c r="E862" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F862" t="str">
-        <x:v>NW6 6RN</x:v>
+        <x:v>OL8 3QL</x:v>
       </x:c>
       <x:c r="G862" t="str">
-        <x:v>khirani@redferns.co.uk</x:v>
+        <x:v>conveyancing@pearsonlegal.co.uk</x:v>
       </x:c>
       <x:c r="H862" t="str">
-        <x:v>0208 424 7070</x:v>
+        <x:v>0161 785 3500</x:v>
       </x:c>
     </x:row>
     <x:row r="863">
       <x:c r="A863" t="str">
-        <x:v>Ridley &amp; Hall Legal Limited</x:v>
+        <x:v>Penman Sedgwick LLP</x:v>
       </x:c>
       <x:c r="B863" t="str">
-        <x:v>Suite 1b, Low Gate</x:v>
+        <x:v>5 George Street</x:v>
       </x:c>
       <x:c r="C863" t="str">
-        <x:v>South Elmsall</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D863" t="str">
-        <x:v>Pontefract</x:v>
+        <x:v>Watford</x:v>
       </x:c>
       <x:c r="E863" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F863" t="str">
-        <x:v>WF9 2SG</x:v>
+        <x:v>WD18 0SQ</x:v>
       </x:c>
       <x:c r="G863" t="str">
-        <x:v>pontefractpropertypod@ridleyandhall.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H863" t="str">
-        <x:v>01977 649922</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="864">
       <x:c r="A864" t="str">
-        <x:v>Ridley &amp; Hall Legal Limited</x:v>
+        <x:v>Penmans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B864" t="str">
-        <x:v>35 Church Street</x:v>
+        <x:v>The Precinct,</x:v>
       </x:c>
       <x:c r="C864" t="str">
-        <x:v/>
+        <x:v>School Road,</x:v>
       </x:c>
       <x:c r="D864" t="str">
-        <x:v>Barnsley</x:v>
+        <x:v>Warwick,</x:v>
       </x:c>
       <x:c r="E864" t="str">
-        <x:v/>
+        <x:v>Warwickshire,</x:v>
       </x:c>
       <x:c r="F864" t="str">
-        <x:v>S70 2AP</x:v>
+        <x:v>CV35 9NL,</x:v>
       </x:c>
       <x:c r="G864" t="str">
-        <x:v>adam.leece@ridleyandhall.co.uk</x:v>
+        <x:v>naomi.ohalloran@penmanssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H864" t="str">
-        <x:v>01226 213 434</x:v>
+        <x:v>01789 470022</x:v>
       </x:c>
     </x:row>
     <x:row r="865">
       <x:c r="A865" t="str">
-        <x:v>Ridley And Hall Legal Limited</x:v>
+        <x:v>Penmans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B865" t="str">
-        <x:v>Queens House</x:v>
+        <x:v>17A Queens Road</x:v>
       </x:c>
       <x:c r="C865" t="str">
-        <x:v>35 Market Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D865" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E865" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F865" t="str">
-        <x:v>HD1 2HL</x:v>
+        <x:v>CV1 3DH</x:v>
       </x:c>
       <x:c r="G865" t="str">
-        <x:v/>
+        <x:v>julie.bunyan@penmanssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H865" t="str">
-        <x:v>01484 538 421</x:v>
+        <x:v>02476 226 575</x:v>
       </x:c>
     </x:row>
     <x:row r="866">
       <x:c r="A866" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Penmans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B866" t="str">
-        <x:v>Bank Chambers, 10 Bank Square</x:v>
+        <x:v>17A Queens Road</x:v>
       </x:c>
       <x:c r="C866" t="str">
         <x:v/>
       </x:c>
       <x:c r="D866" t="str">
-        <x:v>Dulverton</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E866" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F866" t="str">
-        <x:v>TA22 9BU</x:v>
+        <x:v>CV1 3DH</x:v>
       </x:c>
       <x:c r="G866" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H866" t="str">
-        <x:v>01398 322100</x:v>
+        <x:v>01926 858222</x:v>
       </x:c>
     </x:row>
     <x:row r="867">
       <x:c r="A867" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Pennine Kennedy Limited</x:v>
       </x:c>
       <x:c r="B867" t="str">
-        <x:v>18 Fore Street</x:v>
+        <x:v>Trinity Offices, 114 Northenden Road</x:v>
       </x:c>
       <x:c r="C867" t="str">
-        <x:v>Williton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D867" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>Sale</x:v>
       </x:c>
       <x:c r="E867" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F867" t="str">
-        <x:v>TA4 4QD</x:v>
+        <x:v>M33 3HD</x:v>
       </x:c>
       <x:c r="G867" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>reception@penninekennedy.co.uk</x:v>
       </x:c>
       <x:c r="H867" t="str">
-        <x:v>01984 632277</x:v>
+        <x:v>0161 881 3133</x:v>
       </x:c>
     </x:row>
     <x:row r="868">
       <x:c r="A868" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B868" t="str">
-        <x:v>1 Mendip House, High Street</x:v>
+        <x:v>40 Doncaster Road</x:v>
       </x:c>
       <x:c r="C868" t="str">
         <x:v/>
       </x:c>
       <x:c r="D868" t="str">
-        <x:v>Taunton</x:v>
+        <x:v>Scunthorpe</x:v>
       </x:c>
       <x:c r="E868" t="str">
-        <x:v/>
+        <x:v>North Lincolnshire</x:v>
       </x:c>
       <x:c r="F868" t="str">
-        <x:v>TA1 3SX</x:v>
+        <x:v>DN15 7RQ</x:v>
       </x:c>
       <x:c r="G868" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H868" t="str">
-        <x:v>01823 251571</x:v>
+        <x:v>01724871999</x:v>
       </x:c>
     </x:row>
     <x:row r="869">
       <x:c r="A869" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B869" t="str">
-        <x:v>6 Bancks Street</x:v>
+        <x:v>10 Dudley Street</x:v>
       </x:c>
       <x:c r="C869" t="str">
         <x:v/>
       </x:c>
       <x:c r="D869" t="str">
-        <x:v>Minehead</x:v>
+        <x:v>Grimsby</x:v>
       </x:c>
       <x:c r="E869" t="str">
-        <x:v/>
+        <x:v>North East Lincolnshire</x:v>
       </x:c>
       <x:c r="F869" t="str">
-        <x:v>TA24 5DF</x:v>
+        <x:v>DN31 2AB</x:v>
       </x:c>
       <x:c r="G869" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H869" t="str">
-        <x:v>01643 703123</x:v>
+        <x:v>01472 245555</x:v>
       </x:c>
     </x:row>
     <x:row r="870">
       <x:c r="A870" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B870" t="str">
-        <x:v>12 Fore Street</x:v>
+        <x:v>17-23 West Parade</x:v>
       </x:c>
       <x:c r="C870" t="str">
         <x:v/>
       </x:c>
       <x:c r="D870" t="str">
-        <x:v>Wellington</x:v>
+        <x:v>LINCOLN</x:v>
       </x:c>
       <x:c r="E870" t="str">
         <x:v/>
       </x:c>
       <x:c r="F870" t="str">
-        <x:v>TA21 8AQ</x:v>
+        <x:v>LN1 1NW</x:v>
       </x:c>
       <x:c r="G870" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H870" t="str">
-        <x:v>01823 804430</x:v>
+        <x:v>01522 717410</x:v>
       </x:c>
     </x:row>
     <x:row r="871">
       <x:c r="A871" t="str">
-        <x:v>Risdons Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B871" t="str">
-        <x:v>18-22 Angel Crescent</x:v>
+        <x:v>15a Wednesday Market</x:v>
       </x:c>
       <x:c r="C871" t="str">
         <x:v/>
       </x:c>
       <x:c r="D871" t="str">
-        <x:v>Bridgwater</x:v>
+        <x:v>Beverley</x:v>
       </x:c>
       <x:c r="E871" t="str">
-        <x:v/>
+        <x:v>East Yorkshire</x:v>
       </x:c>
       <x:c r="F871" t="str">
-        <x:v>TA6 3AL</x:v>
+        <x:v>HU17 0DH</x:v>
       </x:c>
       <x:c r="G871" t="str">
-        <x:v>hayley.white@risdons.co.uk</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H871" t="str">
-        <x:v>01278 550760</x:v>
+        <x:v>01482 326511</x:v>
       </x:c>
     </x:row>
     <x:row r="872">
       <x:c r="A872" t="str">
-        <x:v>Riseam Sharples</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B872" t="str">
-        <x:v>2 Tower Street</x:v>
+        <x:v>25-26 St Marys Place</x:v>
       </x:c>
       <x:c r="C872" t="str">
         <x:v/>
       </x:c>
       <x:c r="D872" t="str">
-        <x:v>London</x:v>
+        <x:v>Newcastle Upon Tyne</x:v>
       </x:c>
       <x:c r="E872" t="str">
         <x:v/>
       </x:c>
       <x:c r="F872" t="str">
-        <x:v>WC2H 9NP</x:v>
+        <x:v>NE1 7PQ</x:v>
       </x:c>
       <x:c r="G872" t="str">
-        <x:v>rsinfo@rs-law.co.uk</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H872" t="str">
-        <x:v>020 7836 9555</x:v>
+        <x:v>0191 3036462</x:v>
       </x:c>
     </x:row>
     <x:row r="873">
       <x:c r="A873" t="str">
-        <x:v>RJM Solicitors</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B873" t="str">
-        <x:v>34 Victoria Street</x:v>
+        <x:v>1A Kingston Road</x:v>
       </x:c>
       <x:c r="C873" t="str">
         <x:v/>
       </x:c>
       <x:c r="D873" t="str">
-        <x:v>Merthyr Tydfil</x:v>
+        <x:v>Willerby</x:v>
       </x:c>
       <x:c r="E873" t="str">
-        <x:v>Merthyr Tydfil</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="F873" t="str">
-        <x:v>CF47 8BW</x:v>
+        <x:v>HU10 6AD</x:v>
       </x:c>
       <x:c r="G873" t="str">
-        <x:v/>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H873" t="str">
-        <x:v>01685 721703</x:v>
+        <x:v>01482 326446</x:v>
       </x:c>
     </x:row>
     <x:row r="874">
       <x:c r="A874" t="str">
-        <x:v>RM Legal Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B874" t="str">
-        <x:v>Avenue House,</x:v>
+        <x:v>1 King Street</x:v>
       </x:c>
       <x:c r="C874" t="str">
-        <x:v>36-38 The Avenue</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D874" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>BARTON UPON HUMBER</x:v>
       </x:c>
       <x:c r="E874" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F874" t="str">
-        <x:v>SO17 1XN</x:v>
+        <x:v>DN18 5ER</x:v>
       </x:c>
       <x:c r="G874" t="str">
-        <x:v>info@rm-legal.co.uk</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H874" t="str">
-        <x:v>023 8092 6060</x:v>
+        <x:v>01652 226677</x:v>
       </x:c>
     </x:row>
     <x:row r="875">
       <x:c r="A875" t="str">
-        <x:v>Rollasons Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B875" t="str">
-        <x:v>Scully House</x:v>
+        <x:v>25 Wilton Road</x:v>
       </x:c>
       <x:c r="C875" t="str">
-        <x:v>9 New Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D875" t="str">
-        <x:v>Daventry</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E875" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F875" t="str">
-        <x:v>NN11 4BT</x:v>
+        <x:v>SW1V 1LW</x:v>
       </x:c>
       <x:c r="G875" t="str">
-        <x:v>kvara@rollasons.com</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H875" t="str">
-        <x:v>01327 301771</x:v>
+        <x:v>0207 099 0700</x:v>
       </x:c>
     </x:row>
     <x:row r="876">
       <x:c r="A876" t="str">
-        <x:v>Rollasons Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B876" t="str">
-        <x:v>7 Clarendon Place</x:v>
+        <x:v>14 Coppergate</x:v>
       </x:c>
       <x:c r="C876" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D876" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v>YORK</x:v>
       </x:c>
       <x:c r="E876" t="str">
         <x:v/>
       </x:c>
       <x:c r="F876" t="str">
-        <x:v>CV32 5QL</x:v>
+        <x:v>YO1 9NT</x:v>
       </x:c>
       <x:c r="G876" t="str">
-        <x:v>KVara@rollasons.com</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H876" t="str">
-        <x:v>01926 883431</x:v>
+        <x:v>01904 898877</x:v>
       </x:c>
     </x:row>
     <x:row r="877">
       <x:c r="A877" t="str">
-        <x:v>Rollasons Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B877" t="str">
-        <x:v>2b Station Road</x:v>
+        <x:v>Gresley House, Ten Pound Walk</x:v>
       </x:c>
       <x:c r="C877" t="str">
         <x:v/>
       </x:c>
       <x:c r="D877" t="str">
-        <x:v>Lutterworth</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E877" t="str">
         <x:v/>
       </x:c>
       <x:c r="F877" t="str">
-        <x:v>LE17 4AP</x:v>
+        <x:v>DN4 5HX</x:v>
       </x:c>
       <x:c r="G877" t="str">
-        <x:v>KVara@rollasons.com</x:v>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H877" t="str">
-        <x:v>01455 552378</x:v>
+        <x:v>01302 630630</x:v>
       </x:c>
     </x:row>
     <x:row r="878">
       <x:c r="A878" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B878" t="str">
-        <x:v>5 The Green</x:v>
+        <x:v>Stuart House</x:v>
       </x:c>
       <x:c r="C878" t="str">
-        <x:v/>
+        <x:v>St John’s Street</x:v>
       </x:c>
       <x:c r="D878" t="str">
-        <x:v>Richmond</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E878" t="str">
-        <x:v/>
+        <x:v>Peterborough</x:v>
       </x:c>
       <x:c r="F878" t="str">
-        <x:v>TW9  1PL</x:v>
+        <x:v>PE1 5DD</x:v>
       </x:c>
       <x:c r="G878" t="str">
-        <x:v/>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H878" t="str">
-        <x:v>0207 871 8248 </x:v>
+        <x:v>01733 808888</x:v>
       </x:c>
     </x:row>
     <x:row r="879">
       <x:c r="A879" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B879" t="str">
-        <x:v>111 Piccadilly</x:v>
+        <x:v>17/19 Regent Street</x:v>
       </x:c>
       <x:c r="C879" t="str">
         <x:v/>
       </x:c>
       <x:c r="D879" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Barnsley</x:v>
       </x:c>
       <x:c r="E879" t="str">
         <x:v/>
       </x:c>
       <x:c r="F879" t="str">
-        <x:v>M1 2HY</x:v>
+        <x:v>S70 2HP</x:v>
       </x:c>
       <x:c r="G879" t="str">
-        <x:v/>
+        <x:v>barnsley@pepperells.com</x:v>
       </x:c>
       <x:c r="H879" t="str">
-        <x:v/>
+        <x:v>01226 690541</x:v>
       </x:c>
     </x:row>
     <x:row r="880">
       <x:c r="A880" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B880" t="str">
-        <x:v>The Senate</x:v>
+        <x:v>7 Station Road</x:v>
       </x:c>
       <x:c r="C880" t="str">
-        <x:v>Southernhay Gardens</x:v>
+        <x:v>Royston</x:v>
       </x:c>
       <x:c r="D880" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Barnsley</x:v>
       </x:c>
       <x:c r="E880" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F880" t="str">
-        <x:v>EX1 1UG</x:v>
+        <x:v>S71 4EW</x:v>
       </x:c>
       <x:c r="G880" t="str">
-        <x:v/>
+        <x:v>royston@pepperells.com</x:v>
       </x:c>
       <x:c r="H880" t="str">
-        <x:v/>
+        <x:v>01226 709100</x:v>
       </x:c>
     </x:row>
     <x:row r="881">
       <x:c r="A881" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B881" t="str">
-        <x:v>77 Baker Street</x:v>
+        <x:v>The Abbey Yard</x:v>
       </x:c>
       <x:c r="C881" t="str">
         <x:v/>
       </x:c>
       <x:c r="D881" t="str">
-        <x:v>London</x:v>
+        <x:v>Selby</x:v>
       </x:c>
       <x:c r="E881" t="str">
         <x:v/>
       </x:c>
       <x:c r="F881" t="str">
-        <x:v>W1U 6RF</x:v>
+        <x:v>YO8 4PX</x:v>
       </x:c>
       <x:c r="G881" t="str">
-        <x:v>keystone@rfblegal.co.uk</x:v>
+        <x:v>selby@pepperells.com</x:v>
       </x:c>
       <x:c r="H881" t="str">
-        <x:v>020 7467 5757</x:v>
+        <x:v>01757 667106</x:v>
       </x:c>
     </x:row>
     <x:row r="882">
       <x:c r="A882" t="str">
-        <x:v>Ronald Fletcher Baker LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B882" t="str">
-        <x:v>326 Old Street</x:v>
+        <x:v>13 Finkle Street</x:v>
       </x:c>
       <x:c r="C882" t="str">
         <x:v/>
       </x:c>
       <x:c r="D882" t="str">
-        <x:v>London</x:v>
+        <x:v>Selby</x:v>
       </x:c>
       <x:c r="E882" t="str">
         <x:v/>
       </x:c>
       <x:c r="F882" t="str">
-        <x:v>EC1V 9DR</x:v>
+        <x:v>YO8 4DT</x:v>
       </x:c>
       <x:c r="G882" t="str">
-        <x:v>a.nasr@rfblegal.co.uk</x:v>
+        <x:v>selby@pepperells.com</x:v>
       </x:c>
       <x:c r="H882" t="str">
-        <x:v>020 7613 1402</x:v>
+        <x:v>01757 667106</x:v>
       </x:c>
     </x:row>
     <x:row r="883">
       <x:c r="A883" t="str">
-        <x:v>Rooks Rider Solicitors LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B883" t="str">
-        <x:v>14-16 Dowgate Hill</x:v>
+        <x:v>The Cross</x:v>
       </x:c>
       <x:c r="C883" t="str">
         <x:v/>
       </x:c>
       <x:c r="D883" t="str">
-        <x:v>London</x:v>
+        <x:v>Sherburn-in-Elmet</x:v>
       </x:c>
       <x:c r="E883" t="str">
         <x:v/>
       </x:c>
       <x:c r="F883" t="str">
-        <x:v>EC4R 2SU</x:v>
+        <x:v>LS25 6BH</x:v>
       </x:c>
       <x:c r="G883" t="str">
-        <x:v>ashalet@rooksrider.co.uk</x:v>
+        <x:v>sherburn@pepperells.com</x:v>
       </x:c>
       <x:c r="H883" t="str">
-        <x:v>0207 689 7000</x:v>
+        <x:v>01977 682219</x:v>
       </x:c>
     </x:row>
     <x:row r="884">
       <x:c r="A884" t="str">
-        <x:v>Rowberry Morris Thames Valley</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B884" t="str">
-        <x:v>15-18 Clarence Street</x:v>
+        <x:v>3 Hardman Street, 10th Floor</x:v>
       </x:c>
       <x:c r="C884" t="str">
-        <x:v/>
+        <x:v>Spinningfields</x:v>
       </x:c>
       <x:c r="D884" t="str">
-        <x:v>Staines-upon-Thames</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E884" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F884" t="str">
-        <x:v>TW18 4SU</x:v>
+        <x:v>M3 3HF</x:v>
       </x:c>
       <x:c r="G884" t="str">
-        <x:v/>
+        <x:v>propertydepartment@pepperells.com</x:v>
       </x:c>
       <x:c r="H884" t="str">
-        <x:v>0118 958 5611</x:v>
+        <x:v>0161 510 0100</x:v>
       </x:c>
     </x:row>
     <x:row r="885">
       <x:c r="A885" t="str">
-        <x:v>Rowberry Morris Thames Valley LLP</x:v>
+        <x:v>Pepperells Limited</x:v>
       </x:c>
       <x:c r="B885" t="str">
-        <x:v>17 Castle Street</x:v>
+        <x:v>12 Blandford Place</x:v>
       </x:c>
       <x:c r="C885" t="str">
         <x:v/>
       </x:c>
       <x:c r="D885" t="str">
-        <x:v>Reading</x:v>
+        <x:v>Seaham</x:v>
       </x:c>
       <x:c r="E885" t="str">
-        <x:v>Berkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F885" t="str">
-        <x:v>RG1 7SB</x:v>
+        <x:v>SR7 7EL</x:v>
       </x:c>
       <x:c r="G885" t="str">
-        <x:v>zoe.baxter@rowberrymorris.co.uk</x:v>
+        <x:v>seaham@pepperells.com</x:v>
       </x:c>
       <x:c r="H885" t="str">
-        <x:v>0118 9585611</x:v>
+        <x:v>01919332959</x:v>
       </x:c>
     </x:row>
     <x:row r="886">
       <x:c r="A886" t="str">
-        <x:v>Rowberry Morris Thames Valley LLP</x:v>
+        <x:v>Pepperells Ltd</x:v>
       </x:c>
       <x:c r="B886" t="str">
-        <x:v>Sherfield House</x:v>
+        <x:v>100 Alfred Gelder Street</x:v>
       </x:c>
       <x:c r="C886" t="str">
-        <x:v>Mulfords Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D886" t="str">
-        <x:v>Tadley</x:v>
+        <x:v>Hull</x:v>
       </x:c>
       <x:c r="E886" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>East Riding of Yorkshire</x:v>
       </x:c>
       <x:c r="F886" t="str">
-        <x:v>RG26 3XJ</x:v>
+        <x:v>HU1 2AE</x:v>
       </x:c>
       <x:c r="G886" t="str">
-        <x:v>Zoe.baxter@rowberrymorris.co.uk</x:v>
+        <x:v>sheena@pepperells.com</x:v>
       </x:c>
       <x:c r="H886" t="str">
-        <x:v>0118 9812992</x:v>
+        <x:v>01482326511</x:v>
       </x:c>
     </x:row>
     <x:row r="887">
       <x:c r="A887" t="str">
-        <x:v>Rowlinsons Solicitors Limited</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B887" t="str">
-        <x:v>9 Church Street</x:v>
+        <x:v>109 Clase Road</x:v>
       </x:c>
       <x:c r="C887" t="str">
-        <x:v>Frodsham </x:v>
+        <x:v>Morriston</x:v>
       </x:c>
       <x:c r="D887" t="str">
-        <x:v/>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E887" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F887" t="str">
-        <x:v>WA6 7DN</x:v>
+        <x:v>SA6 8DY</x:v>
       </x:c>
       <x:c r="G887" t="str">
-        <x:v>info@rowlinsons.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H887" t="str">
-        <x:v>01928 735333</x:v>
+        <x:v>01792 310731</x:v>
       </x:c>
     </x:row>
     <x:row r="888">
       <x:c r="A888" t="str">
-        <x:v>Rowlinsons Solicitors Limited</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B888" t="str">
-        <x:v>Rowlinson House</x:v>
+        <x:v>5 Murray Street</x:v>
       </x:c>
       <x:c r="C888" t="str">
-        <x:v>Clifton Road, Sutton Weaver</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D888" t="str">
-        <x:v>Runcorn</x:v>
+        <x:v>Llanelli</x:v>
       </x:c>
       <x:c r="E888" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Sir Gaerfyrddin</x:v>
       </x:c>
       <x:c r="F888" t="str">
-        <x:v>WA7 3LF</x:v>
+        <x:v>SA15 1AQ</x:v>
       </x:c>
       <x:c r="G888" t="str">
         <x:v/>
       </x:c>
       <x:c r="H888" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="889">
       <x:c r="A889" t="str">
-        <x:v>Roythornes Limited</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B889" t="str">
-        <x:v>Stuart House</x:v>
+        <x:v>Unit 11, Langdon House,</x:v>
       </x:c>
       <x:c r="C889" t="str">
-        <x:v>St John'S Street</x:v>
+        <x:v>Langdon Road</x:v>
       </x:c>
       <x:c r="D889" t="str">
-        <x:v>Peterborough</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E889" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F889" t="str">
-        <x:v>PE1 5DD</x:v>
+        <x:v>SA1 8QY</x:v>
       </x:c>
       <x:c r="G889" t="str">
-        <x:v/>
+        <x:v>peter.lynn@peterlynnandpartners.co.uk</x:v>
       </x:c>
       <x:c r="H889" t="str">
-        <x:v/>
+        <x:v>01792 450010</x:v>
       </x:c>
     </x:row>
     <x:row r="890">
       <x:c r="A890" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>Peter Lynn &amp; Partners</x:v>
       </x:c>
       <x:c r="B890" t="str">
-        <x:v>Enterprise Way</x:v>
+        <x:v>143 Walter Road</x:v>
       </x:c>
       <x:c r="C890" t="str">
-        <x:v>Pinchbeck</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D890" t="str">
-        <x:v>Spalding</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E890" t="str">
-        <x:v/>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F890" t="str">
-        <x:v>PE11 3YR</x:v>
+        <x:v>SA1 5RT</x:v>
       </x:c>
       <x:c r="G890" t="str">
-        <x:v>clairelangford@roythornes.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H890" t="str">
-        <x:v>01775842500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="891">
       <x:c r="A891" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B891" t="str">
-        <x:v>Incubator 2, The Boulevard</x:v>
+        <x:v>87 Newton Road</x:v>
       </x:c>
       <x:c r="C891" t="str">
-        <x:v>Enterprise Campus, Alconbury Weald</x:v>
+        <x:v>Mumbles</x:v>
       </x:c>
       <x:c r="D891" t="str">
-        <x:v>Huntingdon</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E891" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F891" t="str">
-        <x:v>PE28 4XA</x:v>
+        <x:v>SA3 4BN</x:v>
       </x:c>
       <x:c r="G891" t="str">
-        <x:v>clairelangford@roythornes.co.uk</x:v>
+        <x:v>Caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H891" t="str">
-        <x:v>01480 587099</x:v>
+        <x:v>01792 310731</x:v>
       </x:c>
     </x:row>
     <x:row r="892">
       <x:c r="A892" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B892" t="str">
-        <x:v>1 Newhall Street</x:v>
+        <x:v>21 Holly Street</x:v>
       </x:c>
       <x:c r="C892" t="str">
-        <x:v/>
+        <x:v>Pontardawe</x:v>
       </x:c>
       <x:c r="D892" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E892" t="str">
-        <x:v/>
+        <x:v>West Glamorgan</x:v>
       </x:c>
       <x:c r="F892" t="str">
-        <x:v>B3 3NH</x:v>
+        <x:v>SA8 4ET</x:v>
       </x:c>
       <x:c r="G892" t="str">
-        <x:v>clairelangford@roythornes.co.uk</x:v>
+        <x:v>Caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H892" t="str">
-        <x:v>01215921040</x:v>
+        <x:v>01792 863633</x:v>
       </x:c>
     </x:row>
     <x:row r="893">
       <x:c r="A893" t="str">
-        <x:v>Roythornes LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B893" t="str">
-        <x:v>East West, Tollhouse Hill</x:v>
+        <x:v>41 Heol Eglwys</x:v>
       </x:c>
       <x:c r="C893" t="str">
-        <x:v/>
+        <x:v>Ystradgynlais</x:v>
       </x:c>
       <x:c r="D893" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E893" t="str">
-        <x:v/>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="F893" t="str">
-        <x:v>NG1 5FS</x:v>
+        <x:v>SA9 1EY</x:v>
       </x:c>
       <x:c r="G893" t="str">
-        <x:v>victoriastevenson@roythornes.co.uk</x:v>
+        <x:v>Caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H893" t="str">
-        <x:v>0115 948 4555</x:v>
+        <x:v>01639 842709</x:v>
       </x:c>
     </x:row>
     <x:row r="894">
       <x:c r="A894" t="str">
-        <x:v>RSL Law Limited</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B894" t="str">
-        <x:v>78 Pall Mall</x:v>
+        <x:v>40/42 College Street</x:v>
       </x:c>
       <x:c r="C894" t="str">
         <x:v/>
       </x:c>
       <x:c r="D894" t="str">
-        <x:v>London</x:v>
+        <x:v>Ammanford</x:v>
       </x:c>
       <x:c r="E894" t="str">
-        <x:v/>
+        <x:v>Carmarthenshire</x:v>
       </x:c>
       <x:c r="F894" t="str">
-        <x:v>SW1Y 5ES</x:v>
+        <x:v>SA18 3AF</x:v>
       </x:c>
       <x:c r="G894" t="str">
-        <x:v/>
+        <x:v>caesar.adere@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H894" t="str">
-        <x:v/>
+        <x:v>01269 597978</x:v>
       </x:c>
     </x:row>
     <x:row r="895">
       <x:c r="A895" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B895" t="str">
-        <x:v>Belgrave Terrace, 10 Manchester Road</x:v>
+        <x:v>4-14 Pontarddulais Road</x:v>
       </x:c>
       <x:c r="C895" t="str">
-        <x:v/>
+        <x:v>Gorseinon</x:v>
       </x:c>
       <x:c r="D895" t="str">
-        <x:v>Bury</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="E895" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F895" t="str">
-        <x:v>BL9 0EB</x:v>
+        <x:v>SA4 4FE</x:v>
       </x:c>
       <x:c r="G895" t="str">
-        <x:v>infobury@russellrussell.co.uk</x:v>
+        <x:v>info@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H895" t="str">
-        <x:v>0161 7622888</x:v>
+        <x:v>01792310731</x:v>
       </x:c>
     </x:row>
     <x:row r="896">
       <x:c r="A896" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Peter Lynn and Partners</x:v>
       </x:c>
       <x:c r="B896" t="str">
-        <x:v>86 Market Street</x:v>
+        <x:v>Unit 3, 2-4 Station Road</x:v>
       </x:c>
       <x:c r="C896" t="str">
-        <x:v>Farnworth</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D896" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Llanelli</x:v>
       </x:c>
       <x:c r="E896" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Carmarthenshire</x:v>
       </x:c>
       <x:c r="F896" t="str">
-        <x:v>BL4 7NY</x:v>
+        <x:v>SA15 1AB</x:v>
       </x:c>
       <x:c r="G896" t="str">
-        <x:v>infofarnworth@russellrussell.co.uk</x:v>
+        <x:v>info@plandp.co.uk</x:v>
       </x:c>
       <x:c r="H896" t="str">
-        <x:v>01204 707926</x:v>
+        <x:v>01554 788281</x:v>
       </x:c>
     </x:row>
     <x:row r="897">
       <x:c r="A897" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Petherbridge Bassra Solicitors Limited</x:v>
       </x:c>
       <x:c r="B897" t="str">
-        <x:v>21 Lee Lane</x:v>
+        <x:v>Vintry House, 18-24 Piccadilly</x:v>
       </x:c>
       <x:c r="C897" t="str">
-        <x:v>Horwich</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D897" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E897" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F897" t="str">
-        <x:v>BL6 7BP</x:v>
+        <x:v>BD1 3LS</x:v>
       </x:c>
       <x:c r="G897" t="str">
-        <x:v>infohorwich@russellrussell.co.uk</x:v>
+        <x:v>lisa.julian@petherbridgebassra.com</x:v>
       </x:c>
       <x:c r="H897" t="str">
-        <x:v>01204 699432</x:v>
+        <x:v>01274 724 114</x:v>
       </x:c>
     </x:row>
     <x:row r="898">
       <x:c r="A898" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Phillips</x:v>
       </x:c>
       <x:c r="B898" t="str">
-        <x:v>Colmar House, Middleton Gardens</x:v>
+        <x:v>6 Wood Street</x:v>
       </x:c>
       <x:c r="C898" t="str">
-        <x:v>Middleton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D898" t="str">
-        <x:v/>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="E898" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F898" t="str">
-        <x:v>M24 4DB</x:v>
+        <x:v>NG18 1QA</x:v>
       </x:c>
       <x:c r="G898" t="str">
-        <x:v>infomiddleton@russellrussell.co.uk</x:v>
+        <x:v>gsudnik@phillips-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H898" t="str">
-        <x:v>0161 6536200</x:v>
+        <x:v>01623 658556</x:v>
       </x:c>
     </x:row>
     <x:row r="899">
       <x:c r="A899" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Phillips</x:v>
       </x:c>
       <x:c r="B899" t="str">
-        <x:v>39 Newport Street</x:v>
+        <x:v>First Floor, 9-11 Patchwork Row</x:v>
       </x:c>
       <x:c r="C899" t="str">
-        <x:v/>
+        <x:v>Shirebrook</x:v>
       </x:c>
       <x:c r="D899" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="E899" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F899" t="str">
-        <x:v>BL1 1NE</x:v>
+        <x:v>NG20 8AL</x:v>
       </x:c>
       <x:c r="G899" t="str">
-        <x:v>advicecentre@russellrussell.co.uk</x:v>
+        <x:v>gsudnik@phillips-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H899" t="str">
-        <x:v>01204 546622</x:v>
+        <x:v>01623 740685</x:v>
       </x:c>
     </x:row>
     <x:row r="900">
       <x:c r="A900" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Premier Solicitors (Bedford) Limited</x:v>
       </x:c>
       <x:c r="B900" t="str">
-        <x:v>Atria</x:v>
+        <x:v>189 Bedford Road</x:v>
       </x:c>
       <x:c r="C900" t="str">
-        <x:v>Spa Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D900" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Kempston</x:v>
       </x:c>
       <x:c r="E900" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Bedford</x:v>
       </x:c>
       <x:c r="F900" t="str">
-        <x:v>BL1 4AG</x:v>
+        <x:v>MK42 8DD</x:v>
       </x:c>
       <x:c r="G900" t="str">
-        <x:v>Ih@russellrussell.co.uk</x:v>
+        <x:v>info@adamsonlaw.co.uk</x:v>
       </x:c>
       <x:c r="H900" t="str">
-        <x:v>01204 399299</x:v>
+        <x:v>01234 481071</x:v>
       </x:c>
     </x:row>
     <x:row r="901">
       <x:c r="A901" t="str">
-        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
+        <x:v>Premier Solicitors Limited</x:v>
       </x:c>
       <x:c r="B901" t="str">
-        <x:v>9 White Friars</x:v>
+        <x:v>Premier House</x:v>
       </x:c>
       <x:c r="C901" t="str">
-        <x:v/>
+        <x:v>Lurke Street</x:v>
       </x:c>
       <x:c r="D901" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Bedford</x:v>
       </x:c>
       <x:c r="E901" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>Bedfordshire</x:v>
       </x:c>
       <x:c r="F901" t="str">
-        <x:v>CH1 1NZ</x:v>
+        <x:v>MK40 3HU</x:v>
       </x:c>
       <x:c r="G901" t="str">
-        <x:v/>
+        <x:v>info@premiersolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H901" t="str">
-        <x:v/>
+        <x:v>01234 358080</x:v>
       </x:c>
     </x:row>
     <x:row r="902">
       <x:c r="A902" t="str">
-        <x:v>Russell-Cooke LLP</x:v>
+        <x:v>Primarc Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B902" t="str">
-        <x:v>2 Putney Hill</x:v>
+        <x:v>168A High Street North</x:v>
       </x:c>
       <x:c r="C902" t="str">
         <x:v/>
       </x:c>
       <x:c r="D902" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E902" t="str">
         <x:v/>
       </x:c>
       <x:c r="F902" t="str">
-        <x:v>SW15 6AB</x:v>
+        <x:v>E6 2JA</x:v>
       </x:c>
       <x:c r="G902" t="str">
-        <x:v>Morris.John@russell-cooke.co.uk</x:v>
+        <x:v>jmiah@primarcsolicitors.com </x:v>
       </x:c>
       <x:c r="H902" t="str">
-        <x:v>02087899111</x:v>
+        <x:v>020 8912 2280</x:v>
       </x:c>
     </x:row>
     <x:row r="903">
       <x:c r="A903" t="str">
-        <x:v>Russell-Cooke LLP</x:v>
+        <x:v>Prince Evans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B903" t="str">
-        <x:v>8 Bedford Row</x:v>
+        <x:v>Ground Floor (East), Ealing Gateway</x:v>
       </x:c>
       <x:c r="C903" t="str">
-        <x:v/>
+        <x:v>Uxbridge Road, Ealing</x:v>
       </x:c>
       <x:c r="D903" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E903" t="str">
         <x:v/>
       </x:c>
       <x:c r="F903" t="str">
-        <x:v>WC1R 4BX</x:v>
+        <x:v>W5 2AU</x:v>
       </x:c>
       <x:c r="G903" t="str">
-        <x:v>Morris.John@russell-cooke.co.uk</x:v>
+        <x:v>anthony.best@prince-evans.co.uk</x:v>
       </x:c>
       <x:c r="H903" t="str">
-        <x:v>02074056566</x:v>
+        <x:v>02085673477</x:v>
       </x:c>
     </x:row>
     <x:row r="904">
       <x:c r="A904" t="str">
-        <x:v>Russell-Cooke LLP</x:v>
+        <x:v>Property Legal (Manchester) Limited</x:v>
       </x:c>
       <x:c r="B904" t="str">
-        <x:v>Riverview House, 20 Old Bridge Street</x:v>
+        <x:v>P L S House, 2 Aegean Road</x:v>
       </x:c>
       <x:c r="C904" t="str">
-        <x:v/>
+        <x:v>Atlantic Street</x:v>
       </x:c>
       <x:c r="D904" t="str">
-        <x:v>Kingston upon Thames</x:v>
+        <x:v>Altrincham</x:v>
       </x:c>
       <x:c r="E904" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F904" t="str">
-        <x:v>KT1 4BU</x:v>
+        <x:v>WA14 5UW</x:v>
       </x:c>
       <x:c r="G904" t="str">
-        <x:v>enquiries@russell-cooke.co.uk</x:v>
+        <x:v>RemortgageTeam1@pls-solicitors.co.uk</x:v>
       </x:c>
       <x:c r="H904" t="str">
-        <x:v>02085466111 </x:v>
+        <x:v>0330 024 4536</x:v>
       </x:c>
     </x:row>
     <x:row r="905">
       <x:c r="A905" t="str">
-        <x:v>RWK Goodman</x:v>
+        <x:v>Quinta Law LLP</x:v>
       </x:c>
       <x:c r="B905" t="str">
-        <x:v>Godstow Court</x:v>
+        <x:v>1 Giltspur Street</x:v>
       </x:c>
       <x:c r="C905" t="str">
-        <x:v>Minns Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D905" t="str">
-        <x:v>OXFORD</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E905" t="str">
         <x:v/>
       </x:c>
       <x:c r="F905" t="str">
-        <x:v>OX2 0JB </x:v>
+        <x:v>EC1A 9DD</x:v>
       </x:c>
       <x:c r="G905" t="str">
         <x:v/>
       </x:c>
       <x:c r="H905" t="str">
-        <x:v>08009232073</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="906">
       <x:c r="A906" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>R &amp; B Legal Limited</x:v>
       </x:c>
       <x:c r="B906" t="str">
-        <x:v>Midland Bridge House</x:v>
+        <x:v>The Bank</x:v>
       </x:c>
       <x:c r="C906" t="str">
-        <x:v>Midland Bridge Road</x:v>
+        <x:v>44 Market Street</x:v>
       </x:c>
       <x:c r="D906" t="str">
-        <x:v>Bath</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="E906" t="str">
-        <x:v>Somerset</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F906" t="str">
-        <x:v>BA2 3FP</x:v>
+        <x:v>LA5 9JX</x:v>
       </x:c>
       <x:c r="G906" t="str">
         <x:v/>
       </x:c>
       <x:c r="H906" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="907">
       <x:c r="A907" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>R &amp; B Legal Limited</x:v>
       </x:c>
       <x:c r="B907" t="str">
-        <x:v>Cross Keys House, 27 The Parade</x:v>
+        <x:v>Vanity Chambers</x:v>
       </x:c>
       <x:c r="C907" t="str">
-        <x:v/>
+        <x:v>20-22 Victoria Street</x:v>
       </x:c>
       <x:c r="D907" t="str">
-        <x:v>Marlborough</x:v>
+        <x:v>Morecambe</x:v>
       </x:c>
       <x:c r="E907" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F907" t="str">
-        <x:v>SN8 1NE</x:v>
+        <x:v>LA4 4AH</x:v>
       </x:c>
       <x:c r="G907" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v>daniel.coll@rblegal.co.uk</x:v>
       </x:c>
       <x:c r="H907" t="str">
-        <x:v>01672 514781</x:v>
+        <x:v>01524834222</x:v>
       </x:c>
     </x:row>
     <x:row r="908">
       <x:c r="A908" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Raims Mahmood Zaeem Limited</x:v>
       </x:c>
       <x:c r="B908" t="str">
-        <x:v>3 Newbridge Square</x:v>
+        <x:v>Suit 5, 2nd Floor</x:v>
       </x:c>
       <x:c r="C908" t="str">
-        <x:v/>
+        <x:v>12 Bridewell Place</x:v>
       </x:c>
       <x:c r="D908" t="str">
-        <x:v>Swindon</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E908" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F908" t="str">
-        <x:v>SN1 1BY</x:v>
+        <x:v>EC4V 6AP</x:v>
       </x:c>
       <x:c r="G908" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v>Syed.mehdi@rmzlaw.co.uk</x:v>
       </x:c>
       <x:c r="H908" t="str">
-        <x:v>01793 847777</x:v>
+        <x:v>0208 138 3898</x:v>
       </x:c>
     </x:row>
     <x:row r="909">
       <x:c r="A909" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B909" t="str">
-        <x:v>69 Carter Lane</x:v>
+        <x:v>94-96 Southgate</x:v>
       </x:c>
       <x:c r="C909" t="str">
         <x:v/>
       </x:c>
       <x:c r="D909" t="str">
-        <x:v>London</x:v>
+        <x:v>Elland</x:v>
       </x:c>
       <x:c r="E909" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F909" t="str">
-        <x:v>EC4V 5EQ</x:v>
+        <x:v>HX5 0ET</x:v>
       </x:c>
       <x:c r="G909" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H909" t="str">
-        <x:v>020 2583 2222</x:v>
+        <x:v>01422 372478</x:v>
       </x:c>
     </x:row>
     <x:row r="910">
       <x:c r="A910" t="str">
-        <x:v>RWK Goodman LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B910" t="str">
-        <x:v>One castle Park</x:v>
+        <x:v>Second Floor East</x:v>
       </x:c>
       <x:c r="C910" t="str">
-        <x:v>Tower Hill</x:v>
+        <x:v>Bowling Mill, Dean Clough Mills</x:v>
       </x:c>
       <x:c r="D910" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Halifax</x:v>
       </x:c>
       <x:c r="E910" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F910" t="str">
-        <x:v>BS2 0JA</x:v>
+        <x:v>HX3 5FD</x:v>
       </x:c>
       <x:c r="G910" t="str">
-        <x:v>panels@rwkgoodman.com</x:v>
+        <x:v>GetMoving@ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H910" t="str">
-        <x:v>01174 540 540</x:v>
+        <x:v>01422 330700</x:v>
       </x:c>
     </x:row>
     <x:row r="911">
       <x:c r="A911" t="str">
-        <x:v>Sabz Solicitors LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B911" t="str">
-        <x:v>615-617 Stretford Road</x:v>
+        <x:v>7 King Street</x:v>
       </x:c>
       <x:c r="C911" t="str">
         <x:v/>
       </x:c>
       <x:c r="D911" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Mirfield</x:v>
       </x:c>
       <x:c r="E911" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F911" t="str">
-        <x:v>M16 0QA</x:v>
+        <x:v>WF14 8AW</x:v>
       </x:c>
       <x:c r="G911" t="str">
-        <x:v>S.ROY@SABZSOLICITORS.CO.UK</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H911" t="str">
-        <x:v>0161 681 3754</x:v>
+        <x:v>01924 499251</x:v>
       </x:c>
     </x:row>
     <x:row r="912">
       <x:c r="A912" t="str">
-        <x:v>Sal &amp; Co Solicitors Limited</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B912" t="str">
-        <x:v>191 Angel Place</x:v>
+        <x:v>15-17 Cheapside</x:v>
       </x:c>
       <x:c r="C912" t="str">
-        <x:v>Fore Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D912" t="str">
-        <x:v>London</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E912" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F912" t="str">
-        <x:v>N18 2UD</x:v>
+        <x:v>WF1 2SD</x:v>
       </x:c>
       <x:c r="G912" t="str">
-        <x:v/>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H912" t="str">
-        <x:v/>
+        <x:v>01924 669510</x:v>
       </x:c>
     </x:row>
     <x:row r="913">
       <x:c r="A913" t="str">
-        <x:v>Salehs LLP Solicitors</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B913" t="str">
-        <x:v>Didsbury House</x:v>
+        <x:v>33 Park Place</x:v>
       </x:c>
       <x:c r="C913" t="str">
-        <x:v>748-754 Wilmslow Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D913" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E913" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F913" t="str">
-        <x:v>M20 2DW</x:v>
+        <x:v>LS1 2RY</x:v>
       </x:c>
       <x:c r="G913" t="str">
-        <x:v/>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H913" t="str">
-        <x:v/>
+        <x:v>01138871830</x:v>
       </x:c>
     </x:row>
     <x:row r="914">
       <x:c r="A914" t="str">
-        <x:v>Saracens Solicitors Ltd</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B914" t="str">
-        <x:v>Thanet House</x:v>
+        <x:v>Ground Floor, Unit 6 Arabesque House</x:v>
       </x:c>
       <x:c r="C914" t="str">
-        <x:v>231-232 Strand</x:v>
+        <x:v>Monks Cross</x:v>
       </x:c>
       <x:c r="D914" t="str">
-        <x:v>London</x:v>
+        <x:v>York</x:v>
       </x:c>
       <x:c r="E914" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F914" t="str">
-        <x:v>WC2R 1DA</x:v>
+        <x:v>YO32 9GZ</x:v>
       </x:c>
       <x:c r="G914" t="str">
-        <x:v>asathwara@saracenssolicitors.co.uk</x:v>
+        <x:v>GetMoving@Ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H914" t="str">
-        <x:v>02035883502</x:v>
+        <x:v>01904 655442</x:v>
       </x:c>
     </x:row>
     <x:row r="915">
       <x:c r="A915" t="str">
-        <x:v>Saracens Solicitors Ltd</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B915" t="str">
-        <x:v>Unit 2, Spring Villa Park, Spring Villa Road</x:v>
+        <x:v>18 Lewisham Road</x:v>
       </x:c>
       <x:c r="C915" t="str">
         <x:v/>
       </x:c>
       <x:c r="D915" t="str">
-        <x:v>Edgware</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E915" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F915" t="str">
-        <x:v>HA8 7EB</x:v>
+        <x:v>HD7 5AL</x:v>
       </x:c>
       <x:c r="G915" t="str">
-        <x:v>residential@saracenssolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H915" t="str">
-        <x:v>0203 588 3500</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="916">
       <x:c r="A916" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B916" t="str">
-        <x:v>30 Greek Street</x:v>
+        <x:v>Ramsden Street</x:v>
       </x:c>
       <x:c r="C916" t="str">
         <x:v/>
       </x:c>
       <x:c r="D916" t="str">
-        <x:v>Stockport</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E916" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F916" t="str">
-        <x:v>SK3 8AD</x:v>
+        <x:v>HD1 2TH</x:v>
       </x:c>
       <x:c r="G916" t="str">
-        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
+        <x:v>info@ramsdens.co.uk</x:v>
       </x:c>
       <x:c r="H916" t="str">
-        <x:v>0161 475 7603</x:v>
+        <x:v>01484 821500</x:v>
       </x:c>
     </x:row>
     <x:row r="917">
       <x:c r="A917" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B917" t="str">
-        <x:v>Riverside</x:v>
+        <x:v>Oakley House</x:v>
       </x:c>
       <x:c r="C917" t="str">
-        <x:v>Mountbatten Way</x:v>
+        <x:v>1 Hungerford Road</x:v>
       </x:c>
       <x:c r="D917" t="str">
-        <x:v>Congleton</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="E917" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F917" t="str">
-        <x:v>CW12 1DY</x:v>
+        <x:v>HD3 3AL</x:v>
       </x:c>
       <x:c r="G917" t="str">
-        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
+        <x:v>info@ramsdens.co.ukshow</x:v>
       </x:c>
       <x:c r="H917" t="str">
-        <x:v>01260 282300</x:v>
+        <x:v>01484 558066</x:v>
       </x:c>
     </x:row>
     <x:row r="918">
       <x:c r="A918" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>Ramsdens Solicitors LLP</x:v>
       </x:c>
       <x:c r="B918" t="str">
-        <x:v>Churchill Chambers</x:v>
+        <x:v>102 Huddersfield Road</x:v>
       </x:c>
       <x:c r="C918" t="str">
-        <x:v>Churchill Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D918" t="str">
-        <x:v>Macclesfield</x:v>
+        <x:v>Holmfirth</x:v>
       </x:c>
       <x:c r="E918" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F918" t="str">
-        <x:v>SK11 6AY</x:v>
+        <x:v>HD9 3AX</x:v>
       </x:c>
       <x:c r="G918" t="str">
-        <x:v>**</x:v>
+        <x:v>stacy.carr@ramsdens.co.uk </x:v>
       </x:c>
       <x:c r="H918" t="str">
-        <x:v>01625 442 100</x:v>
+        <x:v>0808 1685643</x:v>
       </x:c>
     </x:row>
     <x:row r="919">
       <x:c r="A919" t="str">
-        <x:v>SAS Daniels LLP</x:v>
+        <x:v>Raworths</x:v>
       </x:c>
       <x:c r="B919" t="str">
-        <x:v>3 Vicars Lane</x:v>
+        <x:v>Eton House</x:v>
       </x:c>
       <x:c r="C919" t="str">
-        <x:v/>
+        <x:v>89 Station Parade</x:v>
       </x:c>
       <x:c r="D919" t="str">
-        <x:v>Chester</x:v>
+        <x:v>Harrogate</x:v>
       </x:c>
       <x:c r="E919" t="str">
-        <x:v>Cheshire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F919" t="str">
-        <x:v>CH1 1QX</x:v>
+        <x:v>HG1 1HF</x:v>
       </x:c>
       <x:c r="G919" t="str">
         <x:v/>
       </x:c>
       <x:c r="H919" t="str">
-        <x:v>01244 305 900</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="920">
       <x:c r="A920" t="str">
-        <x:v>Sayer Moore &amp; Co</x:v>
+        <x:v>Read Roper &amp; Read Solicitors Limited</x:v>
       </x:c>
       <x:c r="B920" t="str">
-        <x:v>190 Horn Lane</x:v>
+        <x:v>Riverside, 5th Floor</x:v>
       </x:c>
       <x:c r="C920" t="str">
-        <x:v/>
+        <x:v>New Bailey Street</x:v>
       </x:c>
       <x:c r="D920" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E920" t="str">
-        <x:v/>
+        <x:v> Manchester</x:v>
       </x:c>
       <x:c r="F920" t="str">
-        <x:v>W3 6PL</x:v>
+        <x:v>M3 5FS</x:v>
       </x:c>
       <x:c r="G920" t="str">
-        <x:v/>
+        <x:v>SBurrell@lpropertylawyers.co.uk </x:v>
       </x:c>
       <x:c r="H920" t="str">
-        <x:v/>
+        <x:v>0161 832 6905 </x:v>
       </x:c>
     </x:row>
     <x:row r="921">
       <x:c r="A921" t="str">
-        <x:v>SB Lawyers Limited</x:v>
+        <x:v>Redferns Limited</x:v>
       </x:c>
       <x:c r="B921" t="str">
-        <x:v>126 Clifton Street</x:v>
+        <x:v>21 College Parade</x:v>
       </x:c>
       <x:c r="C921" t="str">
-        <x:v/>
+        <x:v>Salusbury Road</x:v>
       </x:c>
       <x:c r="D921" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E921" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F921" t="str">
-        <x:v>CF24 1LX</x:v>
+        <x:v>NW6 6RN</x:v>
       </x:c>
       <x:c r="G921" t="str">
-        <x:v>michael@sbwales.com</x:v>
+        <x:v>khirani@redferns.co.uk</x:v>
       </x:c>
       <x:c r="H921" t="str">
-        <x:v>029 2046 1480</x:v>
+        <x:v>0208 424 7070</x:v>
       </x:c>
     </x:row>
     <x:row r="922">
       <x:c r="A922" t="str">
-        <x:v>SB Lawyers Limited</x:v>
+        <x:v>Ridley &amp; Hall Legal Limited</x:v>
       </x:c>
       <x:c r="B922" t="str">
-        <x:v>3/4 Gelliwastad Road</x:v>
+        <x:v>Suite 1b, Low Gate</x:v>
       </x:c>
       <x:c r="C922" t="str">
-        <x:v/>
+        <x:v>South Elmsall</x:v>
       </x:c>
       <x:c r="D922" t="str">
-        <x:v>Pontypridd</x:v>
+        <x:v>Pontefract</x:v>
       </x:c>
       <x:c r="E922" t="str">
-        <x:v>Mid Glamorgan</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F922" t="str">
-        <x:v>CF37 2AU</x:v>
+        <x:v>WF9 2SG</x:v>
       </x:c>
       <x:c r="G922" t="str">
-        <x:v>michael@sbwales.com</x:v>
+        <x:v>pontefractpropertypod@ridleyandhall.co.uk</x:v>
       </x:c>
       <x:c r="H922" t="str">
-        <x:v>01443407221</x:v>
+        <x:v>01977 649922</x:v>
       </x:c>
     </x:row>
     <x:row r="923">
       <x:c r="A923" t="str">
-        <x:v>SB Lawyers Limited</x:v>
+        <x:v>Ridley &amp; Hall Legal Limited</x:v>
       </x:c>
       <x:c r="B923" t="str">
-        <x:v>54 Albany Road</x:v>
+        <x:v>35 Church Street</x:v>
       </x:c>
       <x:c r="C923" t="str">
         <x:v/>
       </x:c>
       <x:c r="D923" t="str">
-        <x:v/>
+        <x:v>Barnsley</x:v>
       </x:c>
       <x:c r="E923" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F923" t="str">
-        <x:v>CF24 3RR</x:v>
+        <x:v>S70 2AP</x:v>
       </x:c>
       <x:c r="G923" t="str">
-        <x:v>michael@sbwales.com</x:v>
+        <x:v>adam.leece@ridleyandhall.co.uk</x:v>
       </x:c>
       <x:c r="H923" t="str">
-        <x:v>029 2046 7150</x:v>
+        <x:v>01226 213 434</x:v>
       </x:c>
     </x:row>
     <x:row r="924">
       <x:c r="A924" t="str">
-        <x:v>SBP Law</x:v>
+        <x:v>Ridley And Hall Legal Limited</x:v>
       </x:c>
       <x:c r="B924" t="str">
-        <x:v>Glade House</x:v>
+        <x:v>Queens House</x:v>
       </x:c>
       <x:c r="C924" t="str">
-        <x:v>52-54 Carter Lane</x:v>
+        <x:v>35 Market Street</x:v>
       </x:c>
       <x:c r="D924" t="str">
-        <x:v>London</x:v>
+        <x:v>Huddersfield</x:v>
       </x:c>
       <x:c r="E924" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F924" t="str">
-        <x:v>EC4V 5EF</x:v>
+        <x:v>HD1 2HL</x:v>
       </x:c>
       <x:c r="G924" t="str">
-        <x:v>info@sbplaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H924" t="str">
-        <x:v>0207 332 2222</x:v>
+        <x:v>01484 538 421</x:v>
       </x:c>
     </x:row>
     <x:row r="925">
       <x:c r="A925" t="str">
-        <x:v>Scott Richards</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B925" t="str">
-        <x:v>Albany Street</x:v>
+        <x:v>Bank Chambers, 10 Bank Square</x:v>
       </x:c>
       <x:c r="C925" t="str">
-        <x:v>Newton Abbot</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D925" t="str">
-        <x:v/>
+        <x:v>Dulverton</x:v>
       </x:c>
       <x:c r="E925" t="str">
         <x:v/>
       </x:c>
       <x:c r="F925" t="str">
-        <x:v>TQ12 2AN</x:v>
+        <x:v>TA22 9BU</x:v>
       </x:c>
       <x:c r="G925" t="str">
-        <x:v/>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H925" t="str">
-        <x:v/>
+        <x:v>01398 322100</x:v>
       </x:c>
     </x:row>
     <x:row r="926">
       <x:c r="A926" t="str">
-        <x:v>Scott Richards</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B926" t="str">
-        <x:v>Newfoundland House, 4 Regent Street</x:v>
+        <x:v>18 Fore Street</x:v>
       </x:c>
       <x:c r="C926" t="str">
-        <x:v/>
+        <x:v>Williton</x:v>
       </x:c>
       <x:c r="D926" t="str">
-        <x:v>Teignmouth</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E926" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F926" t="str">
-        <x:v>TQ14 8SL</x:v>
+        <x:v>TA4 4QD</x:v>
       </x:c>
       <x:c r="G926" t="str">
-        <x:v>law@scottrichards.co.uk</x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H926" t="str">
-        <x:v>01626 772441</x:v>
+        <x:v>01984 632277</x:v>
       </x:c>
     </x:row>
     <x:row r="927">
       <x:c r="A927" t="str">
-        <x:v>Setfords Law Ltd</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B927" t="str">
-        <x:v>74 North Street</x:v>
+        <x:v>1 Mendip House, High Street</x:v>
       </x:c>
       <x:c r="C927" t="str">
         <x:v/>
       </x:c>
       <x:c r="D927" t="str">
-        <x:v>Guildford</x:v>
+        <x:v>Taunton</x:v>
       </x:c>
       <x:c r="E927" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F927" t="str">
-        <x:v>GU1 4AW</x:v>
+        <x:v>TA1 3SX</x:v>
       </x:c>
       <x:c r="G927" t="str">
-        <x:v>SHopewell@setfords.co.uk </x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H927" t="str">
-        <x:v>08454506135</x:v>
+        <x:v>01823 251571</x:v>
       </x:c>
     </x:row>
     <x:row r="928">
       <x:c r="A928" t="str">
-        <x:v>Setfords Law Ltd</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B928" t="str">
-        <x:v>46 Chancery Lane</x:v>
+        <x:v>6 Bancks Street</x:v>
       </x:c>
       <x:c r="C928" t="str">
         <x:v/>
       </x:c>
       <x:c r="D928" t="str">
-        <x:v>London</x:v>
+        <x:v>Minehead</x:v>
       </x:c>
       <x:c r="E928" t="str">
         <x:v/>
       </x:c>
       <x:c r="F928" t="str">
-        <x:v>WC2A 1JE</x:v>
+        <x:v>TA24 5DF</x:v>
       </x:c>
       <x:c r="G928" t="str">
-        <x:v/>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H928" t="str">
-        <x:v>020 3829 5557</x:v>
+        <x:v>01643 703123</x:v>
       </x:c>
     </x:row>
     <x:row r="929">
       <x:c r="A929" t="str">
-        <x:v>Seymours Solicitors Limited</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B929" t="str">
-        <x:v>1 Russell Street</x:v>
+        <x:v>12 Fore Street</x:v>
       </x:c>
       <x:c r="C929" t="str">
         <x:v/>
       </x:c>
       <x:c r="D929" t="str">
-        <x:v>Leamington Spa</x:v>
+        <x:v>Wellington</x:v>
       </x:c>
       <x:c r="E929" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F929" t="str">
-        <x:v>CV32 5QA</x:v>
+        <x:v>TA21 8AQ</x:v>
       </x:c>
       <x:c r="G929" t="str">
-        <x:v>preetilekhi@seymours.co.uk</x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H929" t="str">
-        <x:v>01926 350031</x:v>
+        <x:v>01823 804430</x:v>
       </x:c>
     </x:row>
     <x:row r="930">
       <x:c r="A930" t="str">
-        <x:v>Seymours Solicitors Limited</x:v>
+        <x:v>Risdons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B930" t="str">
-        <x:v>45 Blondvil Street</x:v>
+        <x:v>18-22 Angel Crescent</x:v>
       </x:c>
       <x:c r="C930" t="str">
-        <x:v>Cheylesmore</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D930" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Bridgwater</x:v>
       </x:c>
       <x:c r="E930" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F930" t="str">
-        <x:v>CV3 5EQ</x:v>
+        <x:v>TA6 3AL</x:v>
       </x:c>
       <x:c r="G930" t="str">
-        <x:v>PreetiLekhi@Seymours.co.uk</x:v>
+        <x:v>hayley.white@risdons.co.uk</x:v>
       </x:c>
       <x:c r="H930" t="str">
-        <x:v>02476 553961</x:v>
+        <x:v>01278 550760</x:v>
       </x:c>
     </x:row>
     <x:row r="931">
       <x:c r="A931" t="str">
-        <x:v>Shared Direction Conveyancing Limited</x:v>
+        <x:v>Riseam Sharples</x:v>
       </x:c>
       <x:c r="B931" t="str">
-        <x:v>Suite 3 Orchard House, Orchard Street</x:v>
+        <x:v>2 Tower Street</x:v>
       </x:c>
       <x:c r="C931" t="str">
         <x:v/>
       </x:c>
       <x:c r="D931" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E931" t="str">
         <x:v/>
       </x:c>
       <x:c r="F931" t="str">
-        <x:v>CT2 8AJ</x:v>
+        <x:v>WC2H 9NP</x:v>
       </x:c>
       <x:c r="G931" t="str">
-        <x:v>Andrew.Theoff@sdc-legal.co.uk</x:v>
+        <x:v>rsinfo@rs-law.co.uk</x:v>
       </x:c>
       <x:c r="H931" t="str">
-        <x:v>01227 812722</x:v>
+        <x:v>020 7836 9555</x:v>
       </x:c>
     </x:row>
     <x:row r="932">
       <x:c r="A932" t="str">
-        <x:v>Shared Direction Conveyancing Limited</x:v>
+        <x:v>RJM Solicitors</x:v>
       </x:c>
       <x:c r="B932" t="str">
-        <x:v>32 Chamberlain Street</x:v>
+        <x:v>34 Victoria Street</x:v>
       </x:c>
       <x:c r="C932" t="str">
         <x:v/>
       </x:c>
       <x:c r="D932" t="str">
-        <x:v>Wells</x:v>
+        <x:v>Merthyr Tydfil</x:v>
       </x:c>
       <x:c r="E932" t="str">
-        <x:v/>
+        <x:v>Merthyr Tydfil</x:v>
       </x:c>
       <x:c r="F932" t="str">
-        <x:v>BA5 2PJ</x:v>
+        <x:v>CF47 8BW</x:v>
       </x:c>
       <x:c r="G932" t="str">
-        <x:v>wayne.mr@directionlaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H932" t="str">
-        <x:v>01749594000</x:v>
+        <x:v>01685 721703</x:v>
       </x:c>
     </x:row>
     <x:row r="933">
       <x:c r="A933" t="str">
-        <x:v>Shared Direction Conveyancing Limited</x:v>
+        <x:v>RM Legal Solicitors LLP</x:v>
       </x:c>
       <x:c r="B933" t="str">
-        <x:v>6th Floor, Lombard House,</x:v>
+        <x:v>Avenue House,</x:v>
       </x:c>
       <x:c r="C933" t="str">
-        <x:v>145 Great Charles Street,</x:v>
+        <x:v>36-38 The Avenue</x:v>
       </x:c>
       <x:c r="D933" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E933" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F933" t="str">
-        <x:v>B3 3LP</x:v>
+        <x:v>SO17 1XN</x:v>
       </x:c>
       <x:c r="G933" t="str">
-        <x:v>Prakash.Sookun@sdc-legal.co.uk</x:v>
+        <x:v>info@rm-legal.co.uk</x:v>
       </x:c>
       <x:c r="H933" t="str">
-        <x:v>0121 8092900</x:v>
+        <x:v>023 8092 6060</x:v>
       </x:c>
     </x:row>
     <x:row r="934">
       <x:c r="A934" t="str">
-        <x:v>Sheridans Solicitors LLP</x:v>
+        <x:v>Rollasons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B934" t="str">
-        <x:v>76 Wardour Street</x:v>
+        <x:v>Scully House</x:v>
       </x:c>
       <x:c r="C934" t="str">
-        <x:v/>
+        <x:v>9 New Street</x:v>
       </x:c>
       <x:c r="D934" t="str">
-        <x:v>London</x:v>
+        <x:v>Daventry</x:v>
       </x:c>
       <x:c r="E934" t="str">
-        <x:v/>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F934" t="str">
-        <x:v>W1F 0UR</x:v>
+        <x:v>NN11 4BT</x:v>
       </x:c>
       <x:c r="G934" t="str">
-        <x:v>jay.soneji@sheridans.co.uk</x:v>
+        <x:v>kvara@rollasons.com</x:v>
       </x:c>
       <x:c r="H934" t="str">
-        <x:v>020 7079 0100</x:v>
+        <x:v>01327 301771</x:v>
       </x:c>
     </x:row>
     <x:row r="935">
       <x:c r="A935" t="str">
-        <x:v>Sherrards Solicitors LLP</x:v>
+        <x:v>Rollasons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B935" t="str">
-        <x:v>First Floor</x:v>
+        <x:v>7 Clarendon Place</x:v>
       </x:c>
       <x:c r="C935" t="str">
-        <x:v>4 Beaconsfield Road</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="D935" t="str">
-        <x:v>St. Albans</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="E935" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F935" t="str">
-        <x:v>AL1 3RD</x:v>
+        <x:v>CV32 5QL</x:v>
       </x:c>
       <x:c r="G935" t="str">
-        <x:v>gpl@sherrards.com</x:v>
+        <x:v>KVara@rollasons.com</x:v>
       </x:c>
       <x:c r="H935" t="str">
-        <x:v>01727832830</x:v>
+        <x:v>01926 883431</x:v>
       </x:c>
     </x:row>
     <x:row r="936">
       <x:c r="A936" t="str">
-        <x:v>Sherrards Solicitors LLP</x:v>
+        <x:v>Rollasons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B936" t="str">
-        <x:v>1-3 Pemberton Row</x:v>
+        <x:v>2b Station Road</x:v>
       </x:c>
       <x:c r="C936" t="str">
         <x:v/>
       </x:c>
       <x:c r="D936" t="str">
-        <x:v>London</x:v>
+        <x:v>Lutterworth</x:v>
       </x:c>
       <x:c r="E936" t="str">
         <x:v/>
       </x:c>
       <x:c r="F936" t="str">
-        <x:v>EC4A 3BG</x:v>
+        <x:v>LE17 4AP</x:v>
       </x:c>
       <x:c r="G936" t="str">
-        <x:v/>
+        <x:v>KVara@rollasons.com</x:v>
       </x:c>
       <x:c r="H936" t="str">
-        <x:v/>
+        <x:v>01455 552378</x:v>
       </x:c>
     </x:row>
     <x:row r="937">
       <x:c r="A937" t="str">
-        <x:v>Shoosmiths LLP</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B937" t="str">
-        <x:v>The Lakes</x:v>
+        <x:v>5 The Green</x:v>
       </x:c>
       <x:c r="C937" t="str">
         <x:v/>
       </x:c>
       <x:c r="D937" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Richmond</x:v>
       </x:c>
       <x:c r="E937" t="str">
-        <x:v>Northamptonshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F937" t="str">
-        <x:v>NN4 7SH</x:v>
+        <x:v>TW9  1PL</x:v>
       </x:c>
       <x:c r="G937" t="str">
-        <x:v>cst@shoosmiths.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H937" t="str">
-        <x:v>03700 863000</x:v>
+        <x:v>0207 871 8248 </x:v>
       </x:c>
     </x:row>
     <x:row r="938">
       <x:c r="A938" t="str">
-        <x:v>Shoosmiths LLP</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B938" t="str">
-        <x:v>Forum 5, The Forum</x:v>
+        <x:v>111 Piccadilly</x:v>
       </x:c>
       <x:c r="C938" t="str">
-        <x:v>Whiteley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D938" t="str">
-        <x:v>Fareham</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E938" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F938" t="str">
-        <x:v>PO15 7PA</x:v>
+        <x:v>M1 2HY</x:v>
       </x:c>
       <x:c r="G938" t="str">
-        <x:v>solent@shoosmiths.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H938" t="str">
-        <x:v>03700 866800</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="939">
       <x:c r="A939" t="str">
-        <x:v>Shoosmiths LLP</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B939" t="str">
-        <x:v>9th Floor</x:v>
+        <x:v>The Senate</x:v>
       </x:c>
       <x:c r="C939" t="str">
-        <x:v>Platform, New Station Street</x:v>
+        <x:v>Southernhay Gardens</x:v>
       </x:c>
       <x:c r="D939" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E939" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F939" t="str">
-        <x:v>LS1 4JB</x:v>
+        <x:v>EX1 1UG</x:v>
       </x:c>
       <x:c r="G939" t="str">
-        <x:v>Amy.Fretwell@shoosmiths.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H939" t="str">
-        <x:v>03700 86 3000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="940">
       <x:c r="A940" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B940" t="str">
-        <x:v>Aquis House</x:v>
+        <x:v>77 Baker Street</x:v>
       </x:c>
       <x:c r="C940" t="str">
-        <x:v>18-28 Clasketgate</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D940" t="str">
-        <x:v>Lincoln</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E940" t="str">
-        <x:v>LINCOLNSHIRE</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F940" t="str">
-        <x:v>LN2 1JN</x:v>
+        <x:v>W1U 6RF</x:v>
       </x:c>
       <x:c r="G940" t="str">
-        <x:v>SRoss@sillslegal.co.uk</x:v>
+        <x:v>keystone@rfblegal.co.uk</x:v>
       </x:c>
       <x:c r="H940" t="str">
-        <x:v>01522542211</x:v>
+        <x:v>020 7467 5757</x:v>
       </x:c>
     </x:row>
     <x:row r="941">
       <x:c r="A941" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Ronald Fletcher Baker LLP</x:v>
       </x:c>
       <x:c r="B941" t="str">
-        <x:v>5 Main Ridge West</x:v>
+        <x:v>326 Old Street</x:v>
       </x:c>
       <x:c r="C941" t="str">
         <x:v/>
       </x:c>
       <x:c r="D941" t="str">
-        <x:v>Boston</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E941" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F941" t="str">
-        <x:v>PE21 6QQ</x:v>
+        <x:v>EC1V 9DR</x:v>
       </x:c>
       <x:c r="G941" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>a.nasr@rfblegal.co.uk</x:v>
       </x:c>
       <x:c r="H941" t="str">
-        <x:v>01205 364615</x:v>
+        <x:v>020 7613 1402</x:v>
       </x:c>
     </x:row>
     <x:row r="942">
       <x:c r="A942" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Rooks Rider Solicitors LLP</x:v>
       </x:c>
       <x:c r="B942" t="str">
-        <x:v>4 George Street</x:v>
+        <x:v>14-16 Dowgate Hill</x:v>
       </x:c>
       <x:c r="C942" t="str">
         <x:v/>
       </x:c>
       <x:c r="D942" t="str">
-        <x:v>Nottingham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E942" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F942" t="str">
-        <x:v>NG1 3BE</x:v>
+        <x:v>EC4R 2SU</x:v>
       </x:c>
       <x:c r="G942" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v>ashalet@rooksrider.co.uk</x:v>
       </x:c>
       <x:c r="H942" t="str">
-        <x:v>0115 941 1469</x:v>
+        <x:v>0207 689 7000</x:v>
       </x:c>
     </x:row>
     <x:row r="943">
       <x:c r="A943" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Rowberry Morris Thames Valley</x:v>
       </x:c>
       <x:c r="B943" t="str">
-        <x:v>Britannia House</x:v>
+        <x:v>15-18 Clarence Street</x:v>
       </x:c>
       <x:c r="C943" t="str">
-        <x:v>Marshall's Yard</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D943" t="str">
-        <x:v>Gainsborough</x:v>
+        <x:v>Staines-upon-Thames</x:v>
       </x:c>
       <x:c r="E943" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F943" t="str">
-        <x:v>DN21 2NA</x:v>
+        <x:v>TW18 4SU</x:v>
       </x:c>
       <x:c r="G943" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H943" t="str">
-        <x:v>01427 616816</x:v>
+        <x:v>0118 958 5611</x:v>
       </x:c>
     </x:row>
     <x:row r="944">
       <x:c r="A944" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Rowberry Morris Thames Valley LLP</x:v>
       </x:c>
       <x:c r="B944" t="str">
-        <x:v>1 Ashby Road</x:v>
+        <x:v>17 Castle Street</x:v>
       </x:c>
       <x:c r="C944" t="str">
         <x:v/>
       </x:c>
       <x:c r="D944" t="str">
-        <x:v>Spilsby</x:v>
+        <x:v>Reading</x:v>
       </x:c>
       <x:c r="E944" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Berkshire</x:v>
       </x:c>
       <x:c r="F944" t="str">
-        <x:v>PE23 5DT</x:v>
+        <x:v>RG1 7SB</x:v>
       </x:c>
       <x:c r="G944" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>zoe.baxter@rowberrymorris.co.uk</x:v>
       </x:c>
       <x:c r="H944" t="str">
-        <x:v>01790 752277</x:v>
+        <x:v>0118 9585611</x:v>
       </x:c>
     </x:row>
     <x:row r="945">
       <x:c r="A945" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Rowberry Morris Thames Valley LLP</x:v>
       </x:c>
       <x:c r="B945" t="str">
-        <x:v>27-31 Northgate</x:v>
+        <x:v>Sherfield House</x:v>
       </x:c>
       <x:c r="C945" t="str">
-        <x:v/>
+        <x:v>Mulfords Hill</x:v>
       </x:c>
       <x:c r="D945" t="str">
-        <x:v>Sleaford</x:v>
+        <x:v>Tadley</x:v>
       </x:c>
       <x:c r="E945" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F945" t="str">
-        <x:v>NG34 7BW</x:v>
+        <x:v>RG26 3XJ</x:v>
       </x:c>
       <x:c r="G945" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>Zoe.baxter@rowberrymorris.co.uk</x:v>
       </x:c>
       <x:c r="H945" t="str">
-        <x:v>01529 302800</x:v>
+        <x:v>0118 9812992</x:v>
       </x:c>
     </x:row>
     <x:row r="946">
       <x:c r="A946" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Rowlinsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B946" t="str">
-        <x:v>76 Oswald Road</x:v>
+        <x:v>9 Church Street</x:v>
       </x:c>
       <x:c r="C946" t="str">
-        <x:v/>
+        <x:v>Frodsham </x:v>
       </x:c>
       <x:c r="D946" t="str">
-        <x:v>Scunthorpe</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E946" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F946" t="str">
-        <x:v>DN15 7PG</x:v>
+        <x:v>WA6 7DN</x:v>
       </x:c>
       <x:c r="G946" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>info@rowlinsons.co.uk</x:v>
       </x:c>
       <x:c r="H946" t="str">
-        <x:v>01724 702222</x:v>
+        <x:v>01928 735333</x:v>
       </x:c>
     </x:row>
     <x:row r="947">
       <x:c r="A947" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Rowlinsons Solicitors Limited</x:v>
       </x:c>
       <x:c r="B947" t="str">
-        <x:v>55 Hall Gate</x:v>
+        <x:v>Rowlinson House</x:v>
       </x:c>
       <x:c r="C947" t="str">
-        <x:v/>
+        <x:v>Clifton Road, Sutton Weaver</x:v>
       </x:c>
       <x:c r="D947" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v>Runcorn</x:v>
       </x:c>
       <x:c r="E947" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F947" t="str">
-        <x:v>DN1 3PD</x:v>
+        <x:v>WA7 3LF</x:v>
       </x:c>
       <x:c r="G947" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H947" t="str">
-        <x:v>01302 321 621</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="948">
       <x:c r="A948" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Roythornes Limited</x:v>
       </x:c>
       <x:c r="B948" t="str">
-        <x:v>94 Hailgate</x:v>
+        <x:v>Stuart House</x:v>
       </x:c>
       <x:c r="C948" t="str">
-        <x:v/>
+        <x:v>St John'S Street</x:v>
       </x:c>
       <x:c r="D948" t="str">
-        <x:v>HOWDEN</x:v>
+        <x:v>Peterborough</x:v>
       </x:c>
       <x:c r="E948" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F948" t="str">
-        <x:v>DN14 7SZ</x:v>
+        <x:v>PE1 5DD</x:v>
       </x:c>
       <x:c r="G948" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H948" t="str">
-        <x:v>01430 660017</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="949">
       <x:c r="A949" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B949" t="str">
-        <x:v>18a Dudley Street</x:v>
+        <x:v>Enterprise Way</x:v>
       </x:c>
       <x:c r="C949" t="str">
-        <x:v/>
+        <x:v>Pinchbeck</x:v>
       </x:c>
       <x:c r="D949" t="str">
-        <x:v>Grimsby</x:v>
+        <x:v>Spalding</x:v>
       </x:c>
       <x:c r="E949" t="str">
-        <x:v>South Humberside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F949" t="str">
-        <x:v>DN31 2AB</x:v>
+        <x:v>PE11 3YR</x:v>
       </x:c>
       <x:c r="G949" t="str">
-        <x:v>conveyancingLMS@sillslegal.co.uk</x:v>
+        <x:v>clairelangford@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H949" t="str">
-        <x:v>01472 660025</x:v>
+        <x:v>01775842500</x:v>
       </x:c>
     </x:row>
     <x:row r="950">
       <x:c r="A950" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B950" t="str">
-        <x:v>Aquila House, 14 Giles Terrace</x:v>
+        <x:v>Incubator 2, The Boulevard</x:v>
       </x:c>
       <x:c r="C950" t="str">
-        <x:v/>
+        <x:v>Enterprise Campus, Alconbury Weald</x:v>
       </x:c>
       <x:c r="D950" t="str">
-        <x:v>Northampton</x:v>
+        <x:v>Huntingdon</x:v>
       </x:c>
       <x:c r="E950" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F950" t="str">
-        <x:v>NN1 2BN</x:v>
+        <x:v>PE28 4XA</x:v>
       </x:c>
       <x:c r="G950" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v>clairelangford@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H950" t="str">
-        <x:v>01604330710</x:v>
+        <x:v>01480 587099</x:v>
       </x:c>
     </x:row>
     <x:row r="951">
       <x:c r="A951" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B951" t="str">
-        <x:v>21 Brunel Parkway</x:v>
+        <x:v>1 Newhall Street</x:v>
       </x:c>
       <x:c r="C951" t="str">
-        <x:v>Pride Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D951" t="str">
-        <x:v>Derby</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E951" t="str">
         <x:v/>
       </x:c>
       <x:c r="F951" t="str">
-        <x:v>DE24 8HR</x:v>
+        <x:v>B3 3NH</x:v>
       </x:c>
       <x:c r="G951" t="str">
-        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
+        <x:v>clairelangford@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H951" t="str">
-        <x:v>01332224570</x:v>
+        <x:v>01215921040</x:v>
       </x:c>
     </x:row>
     <x:row r="952">
       <x:c r="A952" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Roythornes LLP</x:v>
       </x:c>
       <x:c r="B952" t="str">
-        <x:v>14-16 Fieldside</x:v>
+        <x:v>East West, Tollhouse Hill</x:v>
       </x:c>
       <x:c r="C952" t="str">
-        <x:v>Thorne</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D952" t="str">
-        <x:v>Doncaster</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E952" t="str">
         <x:v/>
       </x:c>
       <x:c r="F952" t="str">
-        <x:v>DN8 4BQ</x:v>
+        <x:v>NG1 5FS</x:v>
       </x:c>
       <x:c r="G952" t="str">
-        <x:v>info@sillslegal.co.uk</x:v>
+        <x:v>victoriastevenson@roythornes.co.uk</x:v>
       </x:c>
       <x:c r="H952" t="str">
-        <x:v>01405 497663</x:v>
+        <x:v>0115 948 4555</x:v>
       </x:c>
     </x:row>
     <x:row r="953">
       <x:c r="A953" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>RSL Law Limited</x:v>
       </x:c>
       <x:c r="B953" t="str">
-        <x:v>50 Algitha Road,</x:v>
+        <x:v>78 Pall Mall</x:v>
       </x:c>
       <x:c r="C953" t="str">
-        <x:v>Skegness</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D953" t="str">
-        <x:v>Skegness</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E953" t="str">
-        <x:v>Lincolnshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F953" t="str">
-        <x:v>PE25 2AW</x:v>
+        <x:v>SW1Y 5ES</x:v>
       </x:c>
       <x:c r="G953" t="str">
         <x:v/>
       </x:c>
       <x:c r="H953" t="str">
-        <x:v>01754610101</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="954">
       <x:c r="A954" t="str">
-        <x:v>Sills &amp; Betteridge LLP</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B954" t="str">
-        <x:v>Telegraph House</x:v>
+        <x:v>Belgrave Terrace, 10 Manchester Road</x:v>
       </x:c>
       <x:c r="C954" t="str">
-        <x:v>High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D954" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="E954" t="str">
-        <x:v>Yorkshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F954" t="str">
-        <x:v>S1 2GA</x:v>
+        <x:v>BL9 0EB</x:v>
       </x:c>
       <x:c r="G954" t="str">
-        <x:v>ConveyancingLMS@sillslegal.co.uk</x:v>
+        <x:v>infobury@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H954" t="str">
-        <x:v>0114 249 5969</x:v>
+        <x:v>0161 7622888</x:v>
       </x:c>
     </x:row>
     <x:row r="955">
       <x:c r="A955" t="str">
-        <x:v>Silverdale Solicitors Limited</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B955" t="str">
-        <x:v>Silverdale House</x:v>
+        <x:v>86 Market Street</x:v>
       </x:c>
       <x:c r="C955" t="str">
-        <x:v>Silverdale House, 404 Cheetham Hill Road</x:v>
+        <x:v>Farnworth</x:v>
       </x:c>
       <x:c r="D955" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E955" t="str">
         <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F955" t="str">
-        <x:v>M8 9LE</x:v>
+        <x:v>BL4 7NY</x:v>
       </x:c>
       <x:c r="G955" t="str">
-        <x:v>enquiries@silverdalelaw.co.uk</x:v>
+        <x:v>infofarnworth@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H955" t="str">
-        <x:v>0161 740 0333</x:v>
+        <x:v>01204 707926</x:v>
       </x:c>
     </x:row>
     <x:row r="956">
       <x:c r="A956" t="str">
-        <x:v>Silverdale Solicitors Limited</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B956" t="str">
-        <x:v>The Old Blue Bell</x:v>
+        <x:v>21 Lee Lane</x:v>
       </x:c>
       <x:c r="C956" t="str">
-        <x:v/>
+        <x:v>Horwich</x:v>
       </x:c>
       <x:c r="D956" t="str">
+        <x:v>Bolton</x:v>
+      </x:c>
+      <x:c r="E956" t="str">
         <x:v>Greater Manchester</x:v>
       </x:c>
-      <x:c r="E956" t="str">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F956" t="str">
-        <x:v>BL9 6AR</x:v>
+        <x:v>BL6 7BP</x:v>
       </x:c>
       <x:c r="G956" t="str">
-        <x:v/>
+        <x:v>infohorwich@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H956" t="str">
-        <x:v/>
+        <x:v>01204 699432</x:v>
       </x:c>
     </x:row>
     <x:row r="957">
       <x:c r="A957" t="str">
-        <x:v>Sinclairslaw Limited</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B957" t="str">
-        <x:v>Charles House, Churchill Way</x:v>
+        <x:v>Colmar House, Middleton Gardens</x:v>
       </x:c>
       <x:c r="C957" t="str">
-        <x:v/>
+        <x:v>Middleton</x:v>
       </x:c>
       <x:c r="D957" t="str">
-        <x:v>Cardiff</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E957" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F957" t="str">
-        <x:v>CF10 2HE</x:v>
+        <x:v>M24 4DB</x:v>
       </x:c>
       <x:c r="G957" t="str">
-        <x:v>r.rees-gralton@sinclairslaw.co.uk</x:v>
+        <x:v>infomiddleton@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H957" t="str">
-        <x:v>0292 038 8398</x:v>
+        <x:v>0161 6536200</x:v>
       </x:c>
     </x:row>
     <x:row r="958">
       <x:c r="A958" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B958" t="str">
-        <x:v>11 Prince Albert Street</x:v>
+        <x:v>39 Newport Street</x:v>
       </x:c>
       <x:c r="C958" t="str">
         <x:v/>
       </x:c>
       <x:c r="D958" t="str">
-        <x:v>Brighton</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E958" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F958" t="str">
-        <x:v>BN1 1HE</x:v>
+        <x:v>BL1 1NE</x:v>
       </x:c>
       <x:c r="G958" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v>advicecentre@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H958" t="str">
-        <x:v>01273 069920</x:v>
+        <x:v>01204 546622</x:v>
       </x:c>
     </x:row>
     <x:row r="959">
       <x:c r="A959" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B959" t="str">
-        <x:v>8-10 Trinity Street</x:v>
+        <x:v>Atria</x:v>
       </x:c>
       <x:c r="C959" t="str">
-        <x:v/>
+        <x:v>Spa Road</x:v>
       </x:c>
       <x:c r="D959" t="str">
-        <x:v>Hastings</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E959" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F959" t="str">
-        <x:v>TN34 1HG</x:v>
+        <x:v>BL1 4AG</x:v>
       </x:c>
       <x:c r="G959" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v>Ih@russellrussell.co.uk</x:v>
       </x:c>
       <x:c r="H959" t="str">
-        <x:v>01424 709050</x:v>
+        <x:v>01204 399299</x:v>
       </x:c>
     </x:row>
     <x:row r="960">
       <x:c r="A960" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Russell &amp; Russell Solicitors LLP</x:v>
       </x:c>
       <x:c r="B960" t="str">
-        <x:v>Suite 1, Marl Business Park</x:v>
+        <x:v>9 White Friars</x:v>
       </x:c>
       <x:c r="C960" t="str">
-        <x:v>Morecambe Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D960" t="str">
-        <x:v>Ulverston</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E960" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F960" t="str">
-        <x:v>LA12 9BN</x:v>
+        <x:v>CH1 1NZ</x:v>
       </x:c>
       <x:c r="G960" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H960" t="str">
-        <x:v>01229 389044 </x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="961">
       <x:c r="A961" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Russell-Cooke LLP</x:v>
       </x:c>
       <x:c r="B961" t="str">
-        <x:v>29 Lincoln's Inn Fields</x:v>
+        <x:v>2 Putney Hill</x:v>
       </x:c>
       <x:c r="C961" t="str">
         <x:v/>
       </x:c>
       <x:c r="D961" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E961" t="str">
         <x:v/>
       </x:c>
       <x:c r="F961" t="str">
-        <x:v>WC2A 3EG</x:v>
+        <x:v>SW15 6AB</x:v>
       </x:c>
       <x:c r="G961" t="str">
-        <x:v>dmercer@solegal.co.uk</x:v>
+        <x:v>Morris.John@russell-cooke.co.uk</x:v>
       </x:c>
       <x:c r="H961" t="str">
-        <x:v>0203 967 7700</x:v>
+        <x:v>02087899111</x:v>
       </x:c>
     </x:row>
     <x:row r="962">
       <x:c r="A962" t="str">
-        <x:v>SO Legal Limited</x:v>
+        <x:v>Russell-Cooke LLP</x:v>
       </x:c>
       <x:c r="B962" t="str">
-        <x:v>15 Gildredge Road</x:v>
+        <x:v>8 Bedford Row</x:v>
       </x:c>
       <x:c r="C962" t="str">
         <x:v/>
       </x:c>
       <x:c r="D962" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E962" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F962" t="str">
-        <x:v>BN21 4RB</x:v>
+        <x:v>WC1R 4BX</x:v>
       </x:c>
       <x:c r="G962" t="str">
-        <x:v/>
+        <x:v>Morris.John@russell-cooke.co.uk</x:v>
       </x:c>
       <x:c r="H962" t="str">
-        <x:v>01825 729840</x:v>
+        <x:v>02074056566</x:v>
       </x:c>
     </x:row>
     <x:row r="963">
       <x:c r="A963" t="str">
-        <x:v>Solicitors' Inn Ltd</x:v>
+        <x:v>Russell-Cooke LLP</x:v>
       </x:c>
       <x:c r="B963" t="str">
-        <x:v>188 The Grove</x:v>
+        <x:v>Riverview House, 20 Old Bridge Street</x:v>
       </x:c>
       <x:c r="C963" t="str">
-        <x:v>Stratford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D963" t="str">
-        <x:v>London</x:v>
+        <x:v>Kingston upon Thames</x:v>
       </x:c>
       <x:c r="E963" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F963" t="str">
-        <x:v>E15 1NS</x:v>
+        <x:v>KT1 4BU</x:v>
       </x:c>
       <x:c r="G963" t="str">
-        <x:v>saffi@solicitorsinn.co.uk</x:v>
+        <x:v>enquiries@russell-cooke.co.uk</x:v>
       </x:c>
       <x:c r="H963" t="str">
-        <x:v>02035008000</x:v>
+        <x:v>02085466111 </x:v>
       </x:c>
     </x:row>
     <x:row r="964">
       <x:c r="A964" t="str">
-        <x:v>Solicitors' Inn Ltd</x:v>
+        <x:v>RWK Goodman</x:v>
       </x:c>
       <x:c r="B964" t="str">
-        <x:v>325-331 High Road</x:v>
+        <x:v>Godstow Court</x:v>
       </x:c>
       <x:c r="C964" t="str">
-        <x:v/>
+        <x:v>Minns Business Park</x:v>
       </x:c>
       <x:c r="D964" t="str">
-        <x:v>Ilford</x:v>
+        <x:v>OXFORD</x:v>
       </x:c>
       <x:c r="E964" t="str">
         <x:v/>
       </x:c>
       <x:c r="F964" t="str">
-        <x:v>IG1 1NR</x:v>
+        <x:v>OX2 0JB </x:v>
       </x:c>
       <x:c r="G964" t="str">
-        <x:v>saffi@solicitorsinn.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H964" t="str">
-        <x:v>02039210000</x:v>
+        <x:v>08009232073</x:v>
       </x:c>
     </x:row>
     <x:row r="965">
       <x:c r="A965" t="str">
-        <x:v>Spector Constant &amp; Williams Limited</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B965" t="str">
-        <x:v>4th Floor</x:v>
+        <x:v>Midland Bridge House</x:v>
       </x:c>
       <x:c r="C965" t="str">
-        <x:v>75 Wells Street</x:v>
+        <x:v>Midland Bridge Road</x:v>
       </x:c>
       <x:c r="D965" t="str">
-        <x:v>London</x:v>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E965" t="str">
-        <x:v/>
+        <x:v>Somerset</x:v>
       </x:c>
       <x:c r="F965" t="str">
-        <x:v>W1T 3QH </x:v>
+        <x:v>BA2 3FP</x:v>
       </x:c>
       <x:c r="G965" t="str">
         <x:v/>
       </x:c>
       <x:c r="H965" t="str">
-        <x:v>0207 2695120</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="966">
       <x:c r="A966" t="str">
-        <x:v>Spire Solicitors</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B966" t="str">
-        <x:v>5-7 Church Street</x:v>
+        <x:v>Cross Keys House, 27 The Parade</x:v>
       </x:c>
       <x:c r="C966" t="str">
         <x:v/>
       </x:c>
       <x:c r="D966" t="str">
-        <x:v>Wymondham</x:v>
+        <x:v>Marlborough</x:v>
       </x:c>
       <x:c r="E966" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F966" t="str">
-        <x:v>NR18 0PP</x:v>
+        <x:v>SN8 1NE</x:v>
       </x:c>
       <x:c r="G966" t="str">
-        <x:v/>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H966" t="str">
-        <x:v/>
+        <x:v>01672 514781</x:v>
       </x:c>
     </x:row>
     <x:row r="967">
       <x:c r="A967" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B967" t="str">
-        <x:v>2 Victoria Road</x:v>
+        <x:v>3 Newbridge Square</x:v>
       </x:c>
       <x:c r="C967" t="str">
         <x:v/>
       </x:c>
       <x:c r="D967" t="str">
-        <x:v>Diss</x:v>
+        <x:v>Swindon</x:v>
       </x:c>
       <x:c r="E967" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F967" t="str">
-        <x:v>IP22 4EY</x:v>
+        <x:v>SN1 1BY</x:v>
       </x:c>
       <x:c r="G967" t="str">
-        <x:v>reception@spiresolicitors.co.uk</x:v>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H967" t="str">
-        <x:v>01379 641221</x:v>
+        <x:v>01793 847777</x:v>
       </x:c>
     </x:row>
     <x:row r="968">
       <x:c r="A968" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B968" t="str">
-        <x:v>Holland Court, The Close</x:v>
+        <x:v>69 Carter Lane</x:v>
       </x:c>
       <x:c r="C968" t="str">
         <x:v/>
       </x:c>
       <x:c r="D968" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E968" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F968" t="str">
-        <x:v>NR1 4DY</x:v>
+        <x:v>EC4V 5EQ</x:v>
       </x:c>
       <x:c r="G968" t="str">
-        <x:v>reception@spiresolicitors.co.uk</x:v>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H968" t="str">
-        <x:v>01603 677077</x:v>
+        <x:v>020 2583 2222</x:v>
       </x:c>
     </x:row>
     <x:row r="969">
       <x:c r="A969" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>RWK Goodman LLP</x:v>
       </x:c>
       <x:c r="B969" t="str">
-        <x:v>3 Burgh Road</x:v>
+        <x:v>One castle Park</x:v>
       </x:c>
       <x:c r="C969" t="str">
-        <x:v>Aylsham</x:v>
+        <x:v>Tower Hill</x:v>
       </x:c>
       <x:c r="D969" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Bristol</x:v>
       </x:c>
       <x:c r="E969" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F969" t="str">
-        <x:v>NR11 6AH</x:v>
+        <x:v>BS2 0JA</x:v>
       </x:c>
       <x:c r="G969" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v>panels@rwkgoodman.com</x:v>
       </x:c>
       <x:c r="H969" t="str">
-        <x:v>01263 732123</x:v>
+        <x:v>01174 540 540</x:v>
       </x:c>
     </x:row>
     <x:row r="970">
       <x:c r="A970" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>Sabz Solicitors LLP</x:v>
       </x:c>
       <x:c r="B970" t="str">
-        <x:v>The Priory, Church Street</x:v>
+        <x:v>615-617 Stretford Road</x:v>
       </x:c>
       <x:c r="C970" t="str">
         <x:v/>
       </x:c>
       <x:c r="D970" t="str">
-        <x:v>Dereham</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E970" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F970" t="str">
-        <x:v>NR19 1DW</x:v>
+        <x:v>M16 0QA</x:v>
       </x:c>
       <x:c r="G970" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v>S.ROY@SABZSOLICITORS.CO.UK</x:v>
       </x:c>
       <x:c r="H970" t="str">
-        <x:v>01362 698858</x:v>
+        <x:v>0161 681 3754</x:v>
       </x:c>
     </x:row>
     <x:row r="971">
       <x:c r="A971" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>Sal &amp; Co Solicitors Limited</x:v>
       </x:c>
       <x:c r="B971" t="str">
-        <x:v>The Pines, 50 Connaught Road</x:v>
+        <x:v>191 Angel Place</x:v>
       </x:c>
       <x:c r="C971" t="str">
-        <x:v/>
+        <x:v>Fore Street</x:v>
       </x:c>
       <x:c r="D971" t="str">
-        <x:v>Attleborough</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E971" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F971" t="str">
-        <x:v>NR17 2BP</x:v>
+        <x:v>N18 2UD</x:v>
       </x:c>
       <x:c r="G971" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H971" t="str">
-        <x:v>01953 453143</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="972">
       <x:c r="A972" t="str">
-        <x:v>Spire Solicitors LLP</x:v>
+        <x:v>Salehs LLP Solicitors</x:v>
       </x:c>
       <x:c r="B972" t="str">
-        <x:v>40 High Street</x:v>
+        <x:v>Didsbury House</x:v>
       </x:c>
       <x:c r="C972" t="str">
-        <x:v>Watton</x:v>
+        <x:v>748-754 Wilmslow Road</x:v>
       </x:c>
       <x:c r="D972" t="str">
-        <x:v>Thetford</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E972" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F972" t="str">
-        <x:v>IP25 6AE</x:v>
+        <x:v>M20 2DW</x:v>
       </x:c>
       <x:c r="G972" t="str">
-        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H972" t="str">
-        <x:v>01953 882864</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="973">
       <x:c r="A973" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>Saracens Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B973" t="str">
-        <x:v>3 Journey Campus</x:v>
+        <x:v>Thanet House</x:v>
       </x:c>
       <x:c r="C973" t="str">
-        <x:v>Castle Park</x:v>
+        <x:v>231-232 Strand</x:v>
       </x:c>
       <x:c r="D973" t="str">
-        <x:v>Cambridge</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E973" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F973" t="str">
-        <x:v>CB3 0AY</x:v>
+        <x:v>WC2R 1DA</x:v>
       </x:c>
       <x:c r="G973" t="str">
-        <x:v>hello@teeslaw.com</x:v>
+        <x:v>asathwara@saracenssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H973" t="str">
-        <x:v>01223 311141</x:v>
+        <x:v>02035883502</x:v>
       </x:c>
     </x:row>
     <x:row r="974">
       <x:c r="A974" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>Saracens Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B974" t="str">
-        <x:v>Parkview House, Victoria Road South</x:v>
+        <x:v>Unit 2, Spring Villa Park, Spring Villa Road</x:v>
       </x:c>
       <x:c r="C974" t="str">
         <x:v/>
       </x:c>
       <x:c r="D974" t="str">
-        <x:v>CHELMSFORD</x:v>
+        <x:v>Edgware</x:v>
       </x:c>
       <x:c r="E974" t="str">
-        <x:v>ESSEX</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F974" t="str">
-        <x:v>CM1 1NG</x:v>
+        <x:v>HA8 7EB</x:v>
       </x:c>
       <x:c r="G974" t="str">
-        <x:v>riskandcompliance@teeslaw.com</x:v>
+        <x:v>residential@saracenssolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H974" t="str">
-        <x:v>01245 491122</x:v>
+        <x:v>0203 588 3500</x:v>
       </x:c>
     </x:row>
     <x:row r="975">
       <x:c r="A975" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B975" t="str">
-        <x:v>68 HIGH STREET</x:v>
+        <x:v>30 Greek Street</x:v>
       </x:c>
       <x:c r="C975" t="str">
         <x:v/>
       </x:c>
       <x:c r="D975" t="str">
-        <x:v>SAFFRON WALDEN</x:v>
+        <x:v>Stockport</x:v>
       </x:c>
       <x:c r="E975" t="str">
-        <x:v>ESSEX</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F975" t="str">
-        <x:v>CB10 1AD</x:v>
+        <x:v>SK3 8AD</x:v>
       </x:c>
       <x:c r="G975" t="str">
-        <x:v>riskandcompliance@teeslaw.com</x:v>
+        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
       </x:c>
       <x:c r="H975" t="str">
-        <x:v>01799 527299</x:v>
+        <x:v>0161 475 7603</x:v>
       </x:c>
     </x:row>
     <x:row r="976">
       <x:c r="A976" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B976" t="str">
-        <x:v>East Barn, Hyde Hall Farm</x:v>
+        <x:v>Riverside</x:v>
       </x:c>
       <x:c r="C976" t="str">
-        <x:v>Sandon</x:v>
+        <x:v>Mountbatten Way</x:v>
       </x:c>
       <x:c r="D976" t="str">
-        <x:v>Buntingford</x:v>
+        <x:v>Congleton</x:v>
       </x:c>
       <x:c r="E976" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F976" t="str">
-        <x:v>SG9 0RU</x:v>
+        <x:v>CW12 1DY</x:v>
       </x:c>
       <x:c r="G976" t="str">
-        <x:v>hello@teeslaw.com</x:v>
+        <x:v>joanne.unwin@sasdaniels.co.uk</x:v>
       </x:c>
       <x:c r="H976" t="str">
-        <x:v>01763 242257</x:v>
+        <x:v>01260 282300</x:v>
       </x:c>
     </x:row>
     <x:row r="977">
       <x:c r="A977" t="str">
-        <x:v>Stanley Tee LLP</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B977" t="str">
-        <x:v>Tees House</x:v>
+        <x:v>Churchill Chambers</x:v>
       </x:c>
       <x:c r="C977" t="str">
-        <x:v>95 London Road</x:v>
+        <x:v>Churchill Way</x:v>
       </x:c>
       <x:c r="D977" t="str">
-        <x:v>Bishop's Stortford</x:v>
+        <x:v>Macclesfield</x:v>
       </x:c>
       <x:c r="E977" t="str">
-        <x:v>Hertfordshire</x:v>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F977" t="str">
-        <x:v>CM23 3GW</x:v>
+        <x:v>SK11 6AY</x:v>
       </x:c>
       <x:c r="G977" t="str">
-        <x:v>hello@teeslaw.com</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H977" t="str">
-        <x:v>0800 0131165</x:v>
+        <x:v>01625 442 100</x:v>
       </x:c>
     </x:row>
     <x:row r="978">
       <x:c r="A978" t="str">
-        <x:v>Starck Uberoi Solicitors Limited</x:v>
+        <x:v>SAS Daniels LLP</x:v>
       </x:c>
       <x:c r="B978" t="str">
-        <x:v>45 St. Marys Road</x:v>
+        <x:v>3 Vicars Lane</x:v>
       </x:c>
       <x:c r="C978" t="str">
         <x:v/>
       </x:c>
       <x:c r="D978" t="str">
-        <x:v>London</x:v>
+        <x:v>Chester</x:v>
       </x:c>
       <x:c r="E978" t="str">
-        <x:v/>
+        <x:v>Cheshire</x:v>
       </x:c>
       <x:c r="F978" t="str">
-        <x:v>W5 5RG</x:v>
+        <x:v>CH1 1QX</x:v>
       </x:c>
       <x:c r="G978" t="str">
-        <x:v>solicitor@starckuberoi.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H978" t="str">
-        <x:v>0208 840 6640</x:v>
+        <x:v>01244 305 900</x:v>
       </x:c>
     </x:row>
     <x:row r="979">
       <x:c r="A979" t="str">
-        <x:v>Starck Uberoi Solicitors Limited</x:v>
+        <x:v>Sayer Moore &amp; Co</x:v>
       </x:c>
       <x:c r="B979" t="str">
-        <x:v>Dock House</x:v>
+        <x:v>190 Horn Lane</x:v>
       </x:c>
       <x:c r="C979" t="str">
-        <x:v>79 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D979" t="str">
-        <x:v>Brentford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E979" t="str">
         <x:v/>
       </x:c>
       <x:c r="F979" t="str">
-        <x:v>TW8 8AE</x:v>
+        <x:v>W3 6PL</x:v>
       </x:c>
       <x:c r="G979" t="str">
-        <x:v>**</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H979" t="str">
-        <x:v>02088406640</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="980">
       <x:c r="A980" t="str">
-        <x:v>Starck Uberoi Solicitors Limited</x:v>
+        <x:v>SB Lawyers Limited</x:v>
       </x:c>
       <x:c r="B980" t="str">
-        <x:v>8 The Precincts</x:v>
+        <x:v>126 Clifton Street</x:v>
       </x:c>
       <x:c r="C980" t="str">
         <x:v/>
       </x:c>
       <x:c r="D980" t="str">
-        <x:v>Canterbury Cathedral</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E980" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F980" t="str">
-        <x:v>CT1 2EE</x:v>
+        <x:v>CF24 1LX</x:v>
       </x:c>
       <x:c r="G980" t="str">
-        <x:v>solicitor@starckuberoi.co.uk</x:v>
+        <x:v>michael@sbwales.com</x:v>
       </x:c>
       <x:c r="H980" t="str">
-        <x:v>01227 693053</x:v>
+        <x:v>029 2046 1480</x:v>
       </x:c>
     </x:row>
     <x:row r="981">
       <x:c r="A981" t="str">
-        <x:v>Stephen Rimmer LLP</x:v>
+        <x:v>SB Lawyers Limited</x:v>
       </x:c>
       <x:c r="B981" t="str">
-        <x:v>28-30 Hyde Gardens</x:v>
+        <x:v>3/4 Gelliwastad Road</x:v>
       </x:c>
       <x:c r="C981" t="str">
         <x:v/>
       </x:c>
       <x:c r="D981" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>Pontypridd</x:v>
       </x:c>
       <x:c r="E981" t="str">
-        <x:v>East Sussex</x:v>
+        <x:v>Mid Glamorgan</x:v>
       </x:c>
       <x:c r="F981" t="str">
-        <x:v>BN21 4PX</x:v>
+        <x:v>CF37 2AU</x:v>
       </x:c>
       <x:c r="G981" t="str">
-        <x:v>mt@stephenrimmer.com</x:v>
+        <x:v>michael@sbwales.com</x:v>
       </x:c>
       <x:c r="H981" t="str">
-        <x:v>01323 644222</x:v>
+        <x:v>01443407221</x:v>
       </x:c>
     </x:row>
     <x:row r="982">
       <x:c r="A982" t="str">
-        <x:v>Stephens Wilmot Ltd</x:v>
+        <x:v>SB Lawyers Limited</x:v>
       </x:c>
       <x:c r="B982" t="str">
-        <x:v>Mamhilad House</x:v>
+        <x:v>54 Albany Road</x:v>
       </x:c>
       <x:c r="C982" t="str">
-        <x:v>Mamhilad Park Estate, Mamhilad</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D982" t="str">
-        <x:v>Pont-Y-Pwl</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E982" t="str">
-        <x:v>Gwent</x:v>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="F982" t="str">
-        <x:v>NP4 0HZ</x:v>
+        <x:v>CF24 3RR</x:v>
       </x:c>
       <x:c r="G982" t="str">
-        <x:v>rstephens@sw-sols.co.uk</x:v>
+        <x:v>michael@sbwales.com</x:v>
       </x:c>
       <x:c r="H982" t="str">
-        <x:v>01633 928271</x:v>
+        <x:v>029 2046 7150</x:v>
       </x:c>
     </x:row>
     <x:row r="983">
       <x:c r="A983" t="str">
-        <x:v>Stephensons Solicitors</x:v>
+        <x:v>SBP Law</x:v>
       </x:c>
       <x:c r="B983" t="str">
-        <x:v>Wigan Investment Centre</x:v>
+        <x:v>Glade House</x:v>
       </x:c>
       <x:c r="C983" t="str">
-        <x:v>Waterside Drive</x:v>
+        <x:v>52-54 Carter Lane</x:v>
       </x:c>
       <x:c r="D983" t="str">
-        <x:v>Wigan</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E983" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F983" t="str">
-        <x:v>WN3 5BA</x:v>
+        <x:v>EC4V 5EF</x:v>
       </x:c>
       <x:c r="G983" t="str">
-        <x:v>mdc@stephensons.co.uk</x:v>
+        <x:v>info@sbplaw.co.uk</x:v>
       </x:c>
       <x:c r="H983" t="str">
-        <x:v>0333 344 4774</x:v>
+        <x:v>0207 332 2222</x:v>
       </x:c>
     </x:row>
     <x:row r="984">
       <x:c r="A984" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Scott Richards</x:v>
       </x:c>
       <x:c r="B984" t="str">
-        <x:v>Unit 3</x:v>
+        <x:v>Albany Street</x:v>
       </x:c>
       <x:c r="C984" t="str">
-        <x:v>Brewery Yard, Deva City Office Park, Trinity Way</x:v>
+        <x:v>Newton Abbot</x:v>
       </x:c>
       <x:c r="D984" t="str">
-        <x:v>Salford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E984" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F984" t="str">
-        <x:v>M3 7BB</x:v>
+        <x:v>TQ12 2AN</x:v>
       </x:c>
       <x:c r="G984" t="str">
-        <x:v>srh@stephensons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H984" t="str">
-        <x:v>01942777867</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="985">
       <x:c r="A985" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Scott Richards</x:v>
       </x:c>
       <x:c r="B985" t="str">
-        <x:v>Warnford Court, 29 Throgmorton Street</x:v>
+        <x:v>Newfoundland House, 4 Regent Street</x:v>
       </x:c>
       <x:c r="C985" t="str">
         <x:v/>
       </x:c>
       <x:c r="D985" t="str">
-        <x:v>London</x:v>
+        <x:v>Teignmouth</x:v>
       </x:c>
       <x:c r="E985" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F985" t="str">
-        <x:v>EC2N 2AT</x:v>
+        <x:v>TQ14 8SL</x:v>
       </x:c>
       <x:c r="G985" t="str">
-        <x:v>referralteam@stephensons.co.uk</x:v>
+        <x:v>law@scottrichards.co.uk</x:v>
       </x:c>
       <x:c r="H985" t="str">
-        <x:v>0333 200 9837</x:v>
+        <x:v>01626 772441</x:v>
       </x:c>
     </x:row>
     <x:row r="986">
       <x:c r="A986" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Setfords Law Ltd</x:v>
       </x:c>
       <x:c r="B986" t="str">
-        <x:v>Suite 26, Hamil House, 112-116 Chorley New Road</x:v>
+        <x:v>74 North Street</x:v>
       </x:c>
       <x:c r="C986" t="str">
         <x:v/>
       </x:c>
       <x:c r="D986" t="str">
-        <x:v>Bolton</x:v>
+        <x:v>Guildford</x:v>
       </x:c>
       <x:c r="E986" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F986" t="str">
-        <x:v>BL1 4DH</x:v>
+        <x:v>GU1 4AW</x:v>
       </x:c>
       <x:c r="G986" t="str">
-        <x:v>referralteam@stephensons.co.uk</x:v>
+        <x:v>SHopewell@setfords.co.uk </x:v>
       </x:c>
       <x:c r="H986" t="str">
-        <x:v>0333 334 4774 </x:v>
+        <x:v>08454506135</x:v>
       </x:c>
     </x:row>
     <x:row r="987">
       <x:c r="A987" t="str">
-        <x:v>Stephensons Solicitors LLP</x:v>
+        <x:v>Setfords Law Ltd</x:v>
       </x:c>
       <x:c r="B987" t="str">
-        <x:v>Suite 1.1, Century House</x:v>
+        <x:v>46 Chancery Lane</x:v>
       </x:c>
       <x:c r="C987" t="str">
-        <x:v>Hardshaw Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D987" t="str">
-        <x:v>St. Helens</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E987" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F987" t="str">
-        <x:v>WA10 1QU</x:v>
+        <x:v>WC2A 1JE</x:v>
       </x:c>
       <x:c r="G987" t="str">
-        <x:v>enquiries@stephensons.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H987" t="str">
-        <x:v>0333 200 9837</x:v>
+        <x:v>020 3829 5557</x:v>
       </x:c>
     </x:row>
     <x:row r="988">
       <x:c r="A988" t="str">
-        <x:v>Sternberg Reed</x:v>
+        <x:v>Sewell Mullings Limited</x:v>
       </x:c>
       <x:c r="B988" t="str">
-        <x:v>Focal House</x:v>
+        <x:v>7 Dollar Street</x:v>
       </x:c>
       <x:c r="C988" t="str">
-        <x:v>12-18 Station Parade</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D988" t="str">
-        <x:v>Barking</x:v>
+        <x:v>Cirencester</x:v>
       </x:c>
       <x:c r="E988" t="str">
-        <x:v/>
+        <x:v>Gloucestershire</x:v>
       </x:c>
       <x:c r="F988" t="str">
-        <x:v>IG11 8DN</x:v>
+        <x:v>GL7 2AS</x:v>
       </x:c>
       <x:c r="G988" t="str">
         <x:v/>
       </x:c>
       <x:c r="H988" t="str">
-        <x:v>020 8591 3366</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="989">
       <x:c r="A989" t="str">
-        <x:v>Sternberg Reed LLP</x:v>
+        <x:v>Seymours Solicitors Limited</x:v>
       </x:c>
       <x:c r="B989" t="str">
-        <x:v>20 London Road</x:v>
+        <x:v>1 Russell Street</x:v>
       </x:c>
       <x:c r="C989" t="str">
         <x:v/>
       </x:c>
       <x:c r="D989" t="str">
-        <x:v>Grays</x:v>
+        <x:v>Leamington Spa</x:v>
       </x:c>
       <x:c r="E989" t="str">
-        <x:v/>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F989" t="str">
-        <x:v>RM17 5XY</x:v>
+        <x:v>CV32 5QA</x:v>
       </x:c>
       <x:c r="G989" t="str">
-        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
+        <x:v>preetilekhi@seymours.co.uk</x:v>
       </x:c>
       <x:c r="H989" t="str">
-        <x:v>02085913366</x:v>
+        <x:v>01926 350031</x:v>
       </x:c>
     </x:row>
     <x:row r="990">
       <x:c r="A990" t="str">
-        <x:v>Sternberg Reed LLP</x:v>
+        <x:v>Seymours Solicitors Limited</x:v>
       </x:c>
       <x:c r="B990" t="str">
-        <x:v>River House, Stour Street</x:v>
+        <x:v>45 Blondvil Street</x:v>
       </x:c>
       <x:c r="C990" t="str">
-        <x:v/>
+        <x:v>Cheylesmore</x:v>
       </x:c>
       <x:c r="D990" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E990" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F990" t="str">
-        <x:v>CT1 2NZ</x:v>
+        <x:v>CV3 5EQ</x:v>
       </x:c>
       <x:c r="G990" t="str">
-        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
+        <x:v>PreetiLekhi@Seymours.co.uk</x:v>
       </x:c>
       <x:c r="H990" t="str">
-        <x:v>01227762888</x:v>
+        <x:v>02476 553961</x:v>
       </x:c>
     </x:row>
     <x:row r="991">
       <x:c r="A991" t="str">
-        <x:v>Sternberg Reed LLP</x:v>
+        <x:v>Shared Direction Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B991" t="str">
-        <x:v>De Burgh House, Market Road</x:v>
+        <x:v>Suite 3 Orchard House, Orchard Street</x:v>
       </x:c>
       <x:c r="C991" t="str">
         <x:v/>
       </x:c>
       <x:c r="D991" t="str">
-        <x:v>Wickford</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E991" t="str">
         <x:v/>
       </x:c>
       <x:c r="F991" t="str">
-        <x:v>SS12 0BB</x:v>
+        <x:v>CT2 8AJ</x:v>
       </x:c>
       <x:c r="G991" t="str">
-        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
+        <x:v>Andrew.Theoff@sdc-legal.co.uk</x:v>
       </x:c>
       <x:c r="H991" t="str">
-        <x:v>01268 733381</x:v>
+        <x:v>01227 812722</x:v>
       </x:c>
     </x:row>
     <x:row r="992">
       <x:c r="A992" t="str">
-        <x:v>Sternberg Reed LLP</x:v>
+        <x:v>Shared Direction Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B992" t="str">
-        <x:v>6 Chandlers Way</x:v>
+        <x:v>32 Chamberlain Street</x:v>
       </x:c>
       <x:c r="C992" t="str">
-        <x:v>South Woodham Ferrers</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D992" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Wells</x:v>
       </x:c>
       <x:c r="E992" t="str">
         <x:v/>
       </x:c>
       <x:c r="F992" t="str">
-        <x:v>CM3 5TB</x:v>
+        <x:v>BA5 2PJ</x:v>
       </x:c>
       <x:c r="G992" t="str">
-        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
+        <x:v>wayne.mr@directionlaw.co.uk</x:v>
       </x:c>
       <x:c r="H992" t="str">
-        <x:v>01245 322956</x:v>
+        <x:v>01749594000</x:v>
       </x:c>
     </x:row>
     <x:row r="993">
       <x:c r="A993" t="str">
-        <x:v>Sternberg Reed LLP</x:v>
+        <x:v>Shared Direction Conveyancing Limited</x:v>
       </x:c>
       <x:c r="B993" t="str">
-        <x:v>Lakeside House, 9 Knightswick Road</x:v>
+        <x:v>6th Floor, Lombard House,</x:v>
       </x:c>
       <x:c r="C993" t="str">
-        <x:v/>
+        <x:v>145 Great Charles Street,</x:v>
       </x:c>
       <x:c r="D993" t="str">
-        <x:v>Canvey Island</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="E993" t="str">
         <x:v/>
       </x:c>
       <x:c r="F993" t="str">
-        <x:v>SS8 9PA</x:v>
+        <x:v>B3 3LP</x:v>
       </x:c>
       <x:c r="G993" t="str">
-        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
+        <x:v>Prakash.Sookun@sdc-legal.co.uk</x:v>
       </x:c>
       <x:c r="H993" t="str">
-        <x:v>01268 511999</x:v>
+        <x:v>0121 8092900</x:v>
       </x:c>
     </x:row>
     <x:row r="994">
       <x:c r="A994" t="str">
-        <x:v>Stevensdrake Limited</x:v>
+        <x:v>Sheridans Solicitors LLP</x:v>
       </x:c>
       <x:c r="B994" t="str">
-        <x:v>117-119 High Street</x:v>
+        <x:v>76 Wardour Street</x:v>
       </x:c>
       <x:c r="C994" t="str">
         <x:v/>
       </x:c>
       <x:c r="D994" t="str">
-        <x:v>Crawley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E994" t="str">
-        <x:v>West Sussex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F994" t="str">
-        <x:v>RH10 1DD</x:v>
+        <x:v>W1F 0UR</x:v>
       </x:c>
       <x:c r="G994" t="str">
-        <x:v>alex.mitchell@stevensdrake.com</x:v>
+        <x:v>jay.soneji@sheridans.co.uk</x:v>
       </x:c>
       <x:c r="H994" t="str">
-        <x:v>01293 596990</x:v>
+        <x:v>020 7079 0100</x:v>
       </x:c>
     </x:row>
     <x:row r="995">
       <x:c r="A995" t="str">
-        <x:v>Stuart &amp; Co Solicitors</x:v>
+        <x:v>Sherrards Solicitors LLP</x:v>
       </x:c>
       <x:c r="B995" t="str">
-        <x:v>285 Fore Street</x:v>
+        <x:v>First Floor</x:v>
       </x:c>
       <x:c r="C995" t="str">
-        <x:v/>
+        <x:v>4 Beaconsfield Road</x:v>
       </x:c>
       <x:c r="D995" t="str">
-        <x:v>London</x:v>
+        <x:v>St. Albans</x:v>
       </x:c>
       <x:c r="E995" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F995" t="str">
-        <x:v>N9 0PD</x:v>
+        <x:v>AL1 3RD</x:v>
       </x:c>
       <x:c r="G995" t="str">
-        <x:v>**_*</x:v>
+        <x:v>gpl@sherrards.com</x:v>
       </x:c>
       <x:c r="H995" t="str">
-        <x:v>02088871360</x:v>
+        <x:v>01727832830</x:v>
       </x:c>
     </x:row>
     <x:row r="996">
       <x:c r="A996" t="str">
-        <x:v>Swayne Johnson Limited</x:v>
+        <x:v>Sherrards Solicitors LLP</x:v>
       </x:c>
       <x:c r="B996" t="str">
-        <x:v>2 Hall Square</x:v>
+        <x:v>1-3 Pemberton Row</x:v>
       </x:c>
       <x:c r="C996" t="str">
         <x:v/>
       </x:c>
       <x:c r="D996" t="str">
-        <x:v>Denbigh</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E996" t="str">
-        <x:v>Denbighshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F996" t="str">
-        <x:v>LL16 3PA</x:v>
+        <x:v>EC4A 3BG</x:v>
       </x:c>
       <x:c r="G996" t="str">
         <x:v/>
       </x:c>
       <x:c r="H996" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="997">
       <x:c r="A997" t="str">
-        <x:v>Swayne Johnson Limited</x:v>
+        <x:v>Shoosmiths LLP</x:v>
       </x:c>
       <x:c r="B997" t="str">
-        <x:v>Church House, High Street</x:v>
+        <x:v>The Lakes</x:v>
       </x:c>
       <x:c r="C997" t="str">
         <x:v/>
       </x:c>
       <x:c r="D997" t="str">
-        <x:v>St Asaph</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E997" t="str">
-        <x:v>Denbighshire</x:v>
+        <x:v>Northamptonshire</x:v>
       </x:c>
       <x:c r="F997" t="str">
-        <x:v>LL17 0RD</x:v>
+        <x:v>NN4 7SH</x:v>
       </x:c>
       <x:c r="G997" t="str">
-        <x:v>michaelt@swaynejohnson.com</x:v>
+        <x:v>cst@shoosmiths.co.uk</x:v>
       </x:c>
       <x:c r="H997" t="str">
-        <x:v>01745 582535</x:v>
+        <x:v>03700 863000</x:v>
       </x:c>
     </x:row>
     <x:row r="998">
       <x:c r="A998" t="str">
-        <x:v>Swayne Johnson Limited</x:v>
+        <x:v>Shoosmiths LLP</x:v>
       </x:c>
       <x:c r="B998" t="str">
-        <x:v>Trinity Square Business Centre</x:v>
+        <x:v>Forum 5, The Forum</x:v>
       </x:c>
       <x:c r="C998" t="str">
-        <x:v>3 Trinity Square</x:v>
+        <x:v>Whiteley</x:v>
       </x:c>
       <x:c r="D998" t="str">
-        <x:v>Llandudno</x:v>
+        <x:v>Fareham</x:v>
       </x:c>
       <x:c r="E998" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F998" t="str">
-        <x:v>LL30 2PY</x:v>
+        <x:v>PO15 7PA</x:v>
       </x:c>
       <x:c r="G998" t="str">
-        <x:v>law@swaynejohnson.com</x:v>
+        <x:v>solent@shoosmiths.co.uk</x:v>
       </x:c>
       <x:c r="H998" t="str">
-        <x:v>01492 876271</x:v>
+        <x:v>03700 866800</x:v>
       </x:c>
     </x:row>
     <x:row r="999">
       <x:c r="A999" t="str">
-        <x:v>Swayne Johnson Limited</x:v>
+        <x:v>Shoosmiths LLP</x:v>
       </x:c>
       <x:c r="B999" t="str">
-        <x:v>23 Clwyd Street</x:v>
+        <x:v>9th Floor</x:v>
       </x:c>
       <x:c r="C999" t="str">
-        <x:v/>
+        <x:v>Platform, New Station Street</x:v>
       </x:c>
       <x:c r="D999" t="str">
-        <x:v>Ruthin</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E999" t="str">
-        <x:v>Denbighshire</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F999" t="str">
-        <x:v>LL15 1HH</x:v>
+        <x:v>LS1 4JB</x:v>
       </x:c>
       <x:c r="G999" t="str">
-        <x:v>law@swaynejohnson.com</x:v>
+        <x:v>Amy.Fretwell@shoosmiths.co.uk</x:v>
       </x:c>
       <x:c r="H999" t="str">
-        <x:v>01824 703833</x:v>
+        <x:v>03700 86 3000</x:v>
       </x:c>
     </x:row>
     <x:row r="1000">
       <x:c r="A1000" t="str">
-        <x:v>Swayne Johnson Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1000" t="str">
-        <x:v>2 New Street</x:v>
+        <x:v>Aquis House</x:v>
       </x:c>
       <x:c r="C1000" t="str">
-        <x:v/>
+        <x:v>18-28 Clasketgate</x:v>
       </x:c>
       <x:c r="D1000" t="str">
-        <x:v>Mold</x:v>
+        <x:v>Lincoln</x:v>
       </x:c>
       <x:c r="E1000" t="str">
-        <x:v>Flintshire</x:v>
+        <x:v>LINCOLNSHIRE</x:v>
       </x:c>
       <x:c r="F1000" t="str">
-        <x:v>CH7 1NZ</x:v>
+        <x:v>LN2 1JN</x:v>
       </x:c>
       <x:c r="G1000" t="str">
-        <x:v>law@swaynejohnson.com</x:v>
+        <x:v>SRoss@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1000" t="str">
-        <x:v>01352871960</x:v>
+        <x:v>01522542211</x:v>
       </x:c>
     </x:row>
     <x:row r="1001">
       <x:c r="A1001" t="str">
-        <x:v>Sweeney Miller LLP</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1001" t="str">
-        <x:v>Bulman House, Regent Centre, Henry Street</x:v>
+        <x:v>50 Algitha Road,</x:v>
       </x:c>
       <x:c r="C1001" t="str">
-        <x:v>Gosforth</x:v>
+        <x:v>Skegness</x:v>
       </x:c>
       <x:c r="D1001" t="str">
-        <x:v>Newcastle Upon Tyne</x:v>
+        <x:v>Skegness</x:v>
       </x:c>
       <x:c r="E1001" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F1001" t="str">
-        <x:v>NE3 3LS</x:v>
+        <x:v>PE25 2AW</x:v>
       </x:c>
       <x:c r="G1001" t="str">
-        <x:v>Millie.Orr@sweeneymiller.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1001" t="str">
-        <x:v>03459005401</x:v>
+        <x:v>01754610101</x:v>
       </x:c>
     </x:row>
     <x:row r="1002">
       <x:c r="A1002" t="str">
-        <x:v>Sweeney Miller LLP</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1002" t="str">
-        <x:v>Kingsway House</x:v>
+        <x:v>Telegraph House</x:v>
       </x:c>
       <x:c r="C1002" t="str">
-        <x:v>Riverbank Road</x:v>
+        <x:v>High Street</x:v>
       </x:c>
       <x:c r="D1002" t="str">
-        <x:v>Sunderland</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E1002" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v>Yorkshire</x:v>
       </x:c>
       <x:c r="F1002" t="str">
-        <x:v>SR5 3JJ</x:v>
+        <x:v>S1 2GA</x:v>
       </x:c>
       <x:c r="G1002" t="str">
-        <x:v>enquiries@sweeneymiller.co.uk</x:v>
+        <x:v>ConveyancingLMS@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1002" t="str">
-        <x:v>0191 568 2050</x:v>
+        <x:v>0114 249 5969</x:v>
       </x:c>
     </x:row>
     <x:row r="1003">
       <x:c r="A1003" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1003" t="str">
-        <x:v>19 Cheapside</x:v>
+        <x:v>5 Main Ridge West</x:v>
       </x:c>
       <x:c r="C1003" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1003" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Boston</x:v>
       </x:c>
       <x:c r="E1003" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F1003" t="str">
-        <x:v>WF1 2SD</x:v>
+        <x:v>PE21 6QQ</x:v>
       </x:c>
       <x:c r="G1003" t="str">
-        <x:v>help@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1003" t="str">
-        <x:v>01924 882000</x:v>
+        <x:v>01205 364615</x:v>
       </x:c>
     </x:row>
     <x:row r="1004">
       <x:c r="A1004" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1004" t="str">
-        <x:v>Cranbourne House</x:v>
+        <x:v>4 George Street</x:v>
       </x:c>
       <x:c r="C1004" t="str">
-        <x:v>36 Gracious Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1004" t="str">
-        <x:v>Knaresborough</x:v>
+        <x:v>Nottingham</x:v>
       </x:c>
       <x:c r="E1004" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F1004" t="str">
-        <x:v>HG5 8DS</x:v>
+        <x:v>NG1 3BE</x:v>
       </x:c>
       <x:c r="G1004" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1004" t="str">
-        <x:v>01423 869977</x:v>
+        <x:v>0115 941 1469</x:v>
       </x:c>
     </x:row>
     <x:row r="1005">
       <x:c r="A1005" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1005" t="str">
-        <x:v>Floor 9 West Village</x:v>
+        <x:v>Britannia House</x:v>
       </x:c>
       <x:c r="C1005" t="str">
-        <x:v>114 Wellington Street</x:v>
+        <x:v>Marshall's Yard</x:v>
       </x:c>
       <x:c r="D1005" t="str">
-        <x:v>Leeds</x:v>
+        <x:v>Gainsborough</x:v>
       </x:c>
       <x:c r="E1005" t="str">
-        <x:v/>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F1005" t="str">
-        <x:v>LS1 1BA</x:v>
+        <x:v>DN21 2NA</x:v>
       </x:c>
       <x:c r="G1005" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1005" t="str">
-        <x:v>0113 223 1400</x:v>
+        <x:v>01427 616816</x:v>
       </x:c>
     </x:row>
     <x:row r="1006">
       <x:c r="A1006" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1006" t="str">
-        <x:v>49 Ropergate</x:v>
+        <x:v>1 Ashby Road</x:v>
       </x:c>
       <x:c r="C1006" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1006" t="str">
-        <x:v>Pontefract</x:v>
+        <x:v>Spilsby</x:v>
       </x:c>
       <x:c r="E1006" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F1006" t="str">
-        <x:v>WF8 1JZ</x:v>
+        <x:v>PE23 5DT</x:v>
       </x:c>
       <x:c r="G1006" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1006" t="str">
-        <x:v>01977 703215</x:v>
+        <x:v>01790 752277</x:v>
       </x:c>
     </x:row>
     <x:row r="1007">
       <x:c r="A1007" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1007" t="str">
-        <x:v>East Wing Ground Floor, Scorex House East</x:v>
+        <x:v>27-31 Northgate</x:v>
       </x:c>
       <x:c r="C1007" t="str">
-        <x:v>1 Bolton Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1007" t="str">
-        <x:v>Bradford</x:v>
+        <x:v>Sleaford</x:v>
       </x:c>
       <x:c r="E1007" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F1007" t="str">
-        <x:v>BD1 4AS</x:v>
+        <x:v>NG34 7BW</x:v>
       </x:c>
       <x:c r="G1007" t="str">
-        <x:v>conveyancing@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1007" t="str">
-        <x:v>01274 720 314</x:v>
+        <x:v>01529 302800</x:v>
       </x:c>
     </x:row>
     <x:row r="1008">
       <x:c r="A1008" t="str">
-        <x:v>Switalskis Solicitors Limited</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1008" t="str">
-        <x:v>24-26 Paradise Square</x:v>
+        <x:v>76 Oswald Road</x:v>
       </x:c>
       <x:c r="C1008" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1008" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Scunthorpe</x:v>
       </x:c>
       <x:c r="E1008" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Lincolnshire</x:v>
       </x:c>
       <x:c r="F1008" t="str">
-        <x:v>S1 2DE</x:v>
+        <x:v>DN15 7PG</x:v>
       </x:c>
       <x:c r="G1008" t="str">
-        <x:v>help@switalskis.com</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1008" t="str">
-        <x:v>0114 349 2300</x:v>
+        <x:v>01724 702222</x:v>
       </x:c>
     </x:row>
     <x:row r="1009">
       <x:c r="A1009" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1009" t="str">
-        <x:v>Jordan House West, Hall Court</x:v>
+        <x:v>55 Hall Gate</x:v>
       </x:c>
       <x:c r="C1009" t="str">
-        <x:v>Hall Park Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1009" t="str">
-        <x:v>Town Centre</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E1009" t="str">
-        <x:v>Telford</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1009" t="str">
-        <x:v>TF3 4NJ</x:v>
+        <x:v>DN1 3PD</x:v>
       </x:c>
       <x:c r="G1009" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1009" t="str">
-        <x:v>0800 118 1500</x:v>
+        <x:v>01302 321 621</x:v>
       </x:c>
     </x:row>
     <x:row r="1010">
       <x:c r="A1010" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1010" t="str">
-        <x:v>2 Station Road</x:v>
+        <x:v>94 Hailgate</x:v>
       </x:c>
       <x:c r="C1010" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1010" t="str">
-        <x:v>Codsall</x:v>
+        <x:v>HOWDEN</x:v>
       </x:c>
       <x:c r="E1010" t="str">
-        <x:v>Staffordshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1010" t="str">
-        <x:v>WV8 1BX</x:v>
+        <x:v>DN14 7SZ</x:v>
       </x:c>
       <x:c r="G1010" t="str">
-        <x:v>propertyteamwolverhampton@talbotslaw.co.uk</x:v>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1010" t="str">
-        <x:v>01902 843427</x:v>
+        <x:v>01430 660017</x:v>
       </x:c>
     </x:row>
     <x:row r="1011">
       <x:c r="A1011" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1011" t="str">
-        <x:v>30 Church Street</x:v>
+        <x:v>18a Dudley Street</x:v>
       </x:c>
       <x:c r="C1011" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1011" t="str">
-        <x:v>Kidderminster</x:v>
+        <x:v>Grimsby</x:v>
       </x:c>
       <x:c r="E1011" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v>South Humberside</x:v>
       </x:c>
       <x:c r="F1011" t="str">
-        <x:v>DY10 2AX</x:v>
+        <x:v>DN31 2AB</x:v>
       </x:c>
       <x:c r="G1011" t="str">
-        <x:v>propertyteamkidderminster@talbotslaw.co.uk</x:v>
+        <x:v>conveyancingLMS@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1011" t="str">
-        <x:v>01562 749910</x:v>
+        <x:v>01472 660025</x:v>
       </x:c>
     </x:row>
     <x:row r="1012">
       <x:c r="A1012" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1012" t="str">
-        <x:v>Seymour House, 15a Frederick Road</x:v>
+        <x:v>Aquila House, 14 Giles Terrace</x:v>
       </x:c>
       <x:c r="C1012" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1012" t="str">
-        <x:v>Edgbaston</x:v>
+        <x:v>Northampton</x:v>
       </x:c>
       <x:c r="E1012" t="str">
-        <x:v>Birmingham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1012" t="str">
-        <x:v>B15 1JD</x:v>
+        <x:v>NN1 2BN</x:v>
       </x:c>
       <x:c r="G1012" t="str">
-        <x:v>info@talbotslaw.co.uk</x:v>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1012" t="str">
-        <x:v>01214563696</x:v>
+        <x:v>01604330710</x:v>
       </x:c>
     </x:row>
     <x:row r="1013">
       <x:c r="A1013" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1013" t="str">
-        <x:v>Bridge House</x:v>
+        <x:v>21 Brunel Parkway</x:v>
       </x:c>
       <x:c r="C1013" t="str">
-        <x:v>River Side North</x:v>
+        <x:v>Pride Park</x:v>
       </x:c>
       <x:c r="D1013" t="str">
-        <x:v>Bewdley</x:v>
+        <x:v>Derby</x:v>
       </x:c>
       <x:c r="E1013" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1013" t="str">
-        <x:v>DY12 1AB</x:v>
+        <x:v>DE24 8HR</x:v>
       </x:c>
       <x:c r="G1013" t="str">
-        <x:v>PropertyTeamBewdley@talbotslaw.co.uk</x:v>
+        <x:v>conveyancinglms@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1013" t="str">
-        <x:v>01299 402741</x:v>
+        <x:v>01332224570</x:v>
       </x:c>
     </x:row>
     <x:row r="1014">
       <x:c r="A1014" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sills &amp; Betteridge LLP</x:v>
       </x:c>
       <x:c r="B1014" t="str">
-        <x:v>23 Foregate Street</x:v>
+        <x:v>14-16 Fieldside</x:v>
       </x:c>
       <x:c r="C1014" t="str">
-        <x:v/>
+        <x:v>Thorne</x:v>
       </x:c>
       <x:c r="D1014" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Doncaster</x:v>
       </x:c>
       <x:c r="E1014" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1014" t="str">
-        <x:v>WR1 1DN</x:v>
+        <x:v>DN8 4BQ</x:v>
       </x:c>
       <x:c r="G1014" t="str">
-        <x:v>newbusiness@talbotslaw.co.uk</x:v>
+        <x:v>info@sillslegal.co.uk</x:v>
       </x:c>
       <x:c r="H1014" t="str">
-        <x:v>01905 727700</x:v>
+        <x:v>01405 497663</x:v>
       </x:c>
     </x:row>
     <x:row r="1015">
       <x:c r="A1015" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Silverdale Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1015" t="str">
-        <x:v>91 Cheshire Street</x:v>
+        <x:v>Silverdale House</x:v>
       </x:c>
       <x:c r="C1015" t="str">
-        <x:v/>
+        <x:v>Silverdale House, 404 Cheetham Hill Road</x:v>
       </x:c>
       <x:c r="D1015" t="str">
-        <x:v>Market Drayton</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E1015" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1015" t="str">
-        <x:v>TF9 3AF</x:v>
+        <x:v>M8 9LE</x:v>
       </x:c>
       <x:c r="G1015" t="str">
-        <x:v>david@onionsanddavies.co.uk</x:v>
+        <x:v>enquiries@silverdalelaw.co.uk</x:v>
       </x:c>
       <x:c r="H1015" t="str">
-        <x:v>01630 652405</x:v>
+        <x:v>0161 740 0333</x:v>
       </x:c>
     </x:row>
     <x:row r="1016">
       <x:c r="A1016" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Silverdale Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1016" t="str">
-        <x:v>Hays House</x:v>
+        <x:v>The Old Blue Bell</x:v>
       </x:c>
       <x:c r="C1016" t="str">
-        <x:v>25 Albion St</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1016" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="E1016" t="str">
-        <x:v>Stoke-on-Trent</x:v>
+        <x:v>Bury</x:v>
       </x:c>
       <x:c r="F1016" t="str">
-        <x:v>ST1 1QF</x:v>
+        <x:v>BL9 6AR</x:v>
       </x:c>
       <x:c r="G1016" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1016" t="str">
-        <x:v>01782 262031</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1017">
       <x:c r="A1017" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Sinclairslaw Limited</x:v>
       </x:c>
       <x:c r="B1017" t="str">
-        <x:v>10 Derby Street</x:v>
+        <x:v>Charles House, Churchill Way</x:v>
       </x:c>
       <x:c r="C1017" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1017" t="str">
-        <x:v/>
+        <x:v>Cardiff</x:v>
       </x:c>
       <x:c r="E1017" t="str">
-        <x:v>Leek</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1017" t="str">
-        <x:v>ST13 5AW</x:v>
+        <x:v>CF10 2HE</x:v>
       </x:c>
       <x:c r="G1017" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v>r.rees-gralton@sinclairslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1017" t="str">
-        <x:v>01538 399332</x:v>
+        <x:v>0292 038 8398</x:v>
       </x:c>
     </x:row>
     <x:row r="1018">
       <x:c r="A1018" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B1018" t="str">
-        <x:v>47 High St</x:v>
+        <x:v>11 Prince Albert Street</x:v>
       </x:c>
       <x:c r="C1018" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1018" t="str">
-        <x:v/>
+        <x:v>Brighton</x:v>
       </x:c>
       <x:c r="E1018" t="str">
-        <x:v>Sandbach</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F1018" t="str">
-        <x:v>CW11 1FT</x:v>
+        <x:v>BN1 1HE</x:v>
       </x:c>
       <x:c r="G1018" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H1018" t="str">
-        <x:v>01782 652300</x:v>
+        <x:v>01273 069920</x:v>
       </x:c>
     </x:row>
     <x:row r="1019">
       <x:c r="A1019" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B1019" t="str">
-        <x:v>First Floor, 153 Avon Road</x:v>
+        <x:v>8-10 Trinity Street</x:v>
       </x:c>
       <x:c r="C1019" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1019" t="str">
-        <x:v>Cannock</x:v>
+        <x:v>Hastings</x:v>
       </x:c>
       <x:c r="E1019" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1019" t="str">
-        <x:v>WS11 1LF</x:v>
+        <x:v>TN34 1HG</x:v>
       </x:c>
       <x:c r="G1019" t="str">
-        <x:v>RachelAspinall@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H1019" t="str">
-        <x:v>01384 984330</x:v>
+        <x:v>01424 709050</x:v>
       </x:c>
     </x:row>
     <x:row r="1020">
       <x:c r="A1020" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B1020" t="str">
-        <x:v>10 The Quadrant</x:v>
+        <x:v>Suite 1, Marl Business Park</x:v>
       </x:c>
       <x:c r="C1020" t="str">
-        <x:v/>
+        <x:v>Morecambe Road</x:v>
       </x:c>
       <x:c r="D1020" t="str">
-        <x:v>Coventry</x:v>
+        <x:v>Ulverston</x:v>
       </x:c>
       <x:c r="E1020" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1020" t="str">
-        <x:v>CV1 2EL</x:v>
+        <x:v>LA12 9BN</x:v>
       </x:c>
       <x:c r="G1020" t="str">
-        <x:v>newenquiries@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H1020" t="str">
-        <x:v>08001181500</x:v>
+        <x:v>01229 389044 </x:v>
       </x:c>
     </x:row>
     <x:row r="1021">
       <x:c r="A1021" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B1021" t="str">
-        <x:v>9 Waterloo Road</x:v>
+        <x:v>29 Lincoln's Inn Fields</x:v>
       </x:c>
       <x:c r="C1021" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1021" t="str">
-        <x:v>Wolverhampton</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1021" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1021" t="str">
-        <x:v>WV1 4NB</x:v>
+        <x:v>WC2A 3EG</x:v>
       </x:c>
       <x:c r="G1021" t="str">
-        <x:v>iancox@talbotslaw.co.uk</x:v>
+        <x:v>dmercer@solegal.co.uk</x:v>
       </x:c>
       <x:c r="H1021" t="str">
-        <x:v>01902 427561</x:v>
+        <x:v>0203 967 7700</x:v>
       </x:c>
     </x:row>
     <x:row r="1022">
       <x:c r="A1022" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>SO Legal Limited</x:v>
       </x:c>
       <x:c r="B1022" t="str">
-        <x:v>Ground Floor Unit 7 Waterfront Business Park</x:v>
+        <x:v>15 Gildredge Road</x:v>
       </x:c>
       <x:c r="C1022" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1022" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E1022" t="str">
-        <x:v>Brierley Hill</x:v>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F1022" t="str">
-        <x:v>DY5 1LX</x:v>
+        <x:v>BN21 4RB</x:v>
       </x:c>
       <x:c r="G1022" t="str">
         <x:v/>
       </x:c>
       <x:c r="H1022" t="str">
-        <x:v/>
+        <x:v>01825 729840</x:v>
       </x:c>
     </x:row>
     <x:row r="1023">
       <x:c r="A1023" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Solicitors' Inn Ltd</x:v>
       </x:c>
       <x:c r="B1023" t="str">
-        <x:v>Morgan House,</x:v>
+        <x:v>188 The Grove</x:v>
       </x:c>
       <x:c r="C1023" t="str">
-        <x:v>25-27 Hagley Road</x:v>
+        <x:v>Stratford</x:v>
       </x:c>
       <x:c r="D1023" t="str">
-        <x:v>Stourbridge</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1023" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1023" t="str">
-        <x:v>DY8 1QH</x:v>
+        <x:v>E15 1NS</x:v>
       </x:c>
       <x:c r="G1023" t="str">
-        <x:v>info@talbotslaw.co.uk</x:v>
+        <x:v>saffi@solicitorsinn.co.uk</x:v>
       </x:c>
       <x:c r="H1023" t="str">
-        <x:v>01384 445850</x:v>
+        <x:v>02035008000</x:v>
       </x:c>
     </x:row>
     <x:row r="1024">
       <x:c r="A1024" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Solicitors' Inn Ltd</x:v>
       </x:c>
       <x:c r="B1024" t="str">
-        <x:v>Inhedge House, </x:v>
+        <x:v>325-331 High Road</x:v>
       </x:c>
       <x:c r="C1024" t="str">
-        <x:v>31 Wolverhampton Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1024" t="str">
-        <x:v>Dudley</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E1024" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1024" t="str">
-        <x:v>DY1 1DB</x:v>
+        <x:v>IG1 1NR</x:v>
       </x:c>
       <x:c r="G1024" t="str">
-        <x:v/>
+        <x:v>saffi@solicitorsinn.co.uk</x:v>
       </x:c>
       <x:c r="H1024" t="str">
-        <x:v>01384 447777</x:v>
+        <x:v>02039210000</x:v>
       </x:c>
     </x:row>
     <x:row r="1025">
       <x:c r="A1025" t="str">
-        <x:v>Talbots Law Ltd</x:v>
+        <x:v>Spector Constant &amp; Williams Limited</x:v>
       </x:c>
       <x:c r="B1025" t="str">
-        <x:v>5-7 Hagley Road</x:v>
+        <x:v>4th Floor</x:v>
       </x:c>
       <x:c r="C1025" t="str">
-        <x:v>Halesowen</x:v>
+        <x:v>75 Wells Street</x:v>
       </x:c>
       <x:c r="D1025" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1025" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1025" t="str">
-        <x:v>B63 4PU</x:v>
+        <x:v>W1T 3QH </x:v>
       </x:c>
       <x:c r="G1025" t="str">
-        <x:v>info@talbotslaw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1025" t="str">
-        <x:v>0121 647 3970</x:v>
+        <x:v>0207 2695120</x:v>
       </x:c>
     </x:row>
     <x:row r="1026">
       <x:c r="A1026" t="str">
-        <x:v>Tallents Solicitors</x:v>
+        <x:v>Spire Solicitors</x:v>
       </x:c>
       <x:c r="B1026" t="str">
-        <x:v>28a West Gate</x:v>
+        <x:v>5-7 Church Street</x:v>
       </x:c>
       <x:c r="C1026" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1026" t="str">
-        <x:v/>
+        <x:v>Wymondham</x:v>
       </x:c>
       <x:c r="E1026" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F1026" t="str">
-        <x:v>NG18 1RS</x:v>
+        <x:v>NR18 0PP</x:v>
       </x:c>
       <x:c r="G1026" t="str">
-        <x:v>info@tallents.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1026" t="str">
-        <x:v>01623 666700</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1027">
       <x:c r="A1027" t="str">
-        <x:v>Tallents Solicitors</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1027" t="str">
-        <x:v>3 Middle Gate</x:v>
+        <x:v>2 Victoria Road</x:v>
       </x:c>
       <x:c r="C1027" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1027" t="str">
-        <x:v>Newark</x:v>
+        <x:v>Diss</x:v>
       </x:c>
       <x:c r="E1027" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F1027" t="str">
-        <x:v>NG24 1AQ</x:v>
+        <x:v>IP22 4EY</x:v>
       </x:c>
       <x:c r="G1027" t="str">
-        <x:v>info@tallents.co.uk</x:v>
+        <x:v>reception@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1027" t="str">
-        <x:v>01636 671881</x:v>
+        <x:v>01379 641221</x:v>
       </x:c>
     </x:row>
     <x:row r="1028">
       <x:c r="A1028" t="str">
-        <x:v>Tallents Solicitors</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1028" t="str">
-        <x:v>2 Westgate</x:v>
+        <x:v>Holland Court, The Close</x:v>
       </x:c>
       <x:c r="C1028" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1028" t="str">
-        <x:v>Southwell</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E1028" t="str">
-        <x:v>Nottinghamshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F1028" t="str">
-        <x:v>NG25 0JJ</x:v>
+        <x:v>NR1 4DY</x:v>
       </x:c>
       <x:c r="G1028" t="str">
-        <x:v>emilia.chow@tallents.co.uk</x:v>
+        <x:v>reception@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1028" t="str">
-        <x:v>01636813411</x:v>
+        <x:v>01603 677077</x:v>
       </x:c>
     </x:row>
     <x:row r="1029">
       <x:c r="A1029" t="str">
-        <x:v>Taylor &amp; Emmet Limited Liability Partnership</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1029" t="str">
-        <x:v>61B Sheffield Road</x:v>
+        <x:v>3 Burgh Road</x:v>
       </x:c>
       <x:c r="C1029" t="str">
-        <x:v/>
+        <x:v>Aylsham</x:v>
       </x:c>
       <x:c r="D1029" t="str">
-        <x:v>Dronfield</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E1029" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F1029" t="str">
-        <x:v>S18 2GF</x:v>
+        <x:v>NR11 6AH</x:v>
       </x:c>
       <x:c r="G1029" t="str">
-        <x:v/>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1029" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01263 732123</x:v>
       </x:c>
     </x:row>
     <x:row r="1030">
       <x:c r="A1030" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1030" t="str">
-        <x:v>20 Arundel Gate</x:v>
+        <x:v>The Priory, Church Street</x:v>
       </x:c>
       <x:c r="C1030" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1030" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Dereham</x:v>
       </x:c>
       <x:c r="E1030" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F1030" t="str">
-        <x:v>S1 2PP</x:v>
+        <x:v>NR19 1DW</x:v>
       </x:c>
       <x:c r="G1030" t="str">
-        <x:v/>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1030" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01362 698858</x:v>
       </x:c>
     </x:row>
     <x:row r="1031">
       <x:c r="A1031" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1031" t="str">
-        <x:v>Bridge Street</x:v>
+        <x:v>The Pines, 50 Connaught Road</x:v>
       </x:c>
       <x:c r="C1031" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1031" t="str">
-        <x:v>Bakewell</x:v>
+        <x:v>Attleborough</x:v>
       </x:c>
       <x:c r="E1031" t="str">
-        <x:v>Derbyshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F1031" t="str">
-        <x:v>DE45 1DS</x:v>
+        <x:v>NR17 2BP</x:v>
       </x:c>
       <x:c r="G1031" t="str">
-        <x:v/>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1031" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01953 453143</x:v>
       </x:c>
     </x:row>
     <x:row r="1032">
       <x:c r="A1032" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>Spire Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1032" t="str">
-        <x:v>1 Ecclesall Road South</x:v>
+        <x:v>40 High Street</x:v>
       </x:c>
       <x:c r="C1032" t="str">
-        <x:v/>
+        <x:v>Watton</x:v>
       </x:c>
       <x:c r="D1032" t="str">
-        <x:v>Sheffield</x:v>
+        <x:v>Thetford</x:v>
       </x:c>
       <x:c r="E1032" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Norfolk</x:v>
       </x:c>
       <x:c r="F1032" t="str">
-        <x:v>S11 9PA</x:v>
+        <x:v>IP25 6AE</x:v>
       </x:c>
       <x:c r="G1032" t="str">
-        <x:v>lms@tayloremmet.co.uk</x:v>
+        <x:v>craig.ward@spiresolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1032" t="str">
-        <x:v>0114 218 4000 </x:v>
+        <x:v>01953 882864</x:v>
       </x:c>
     </x:row>
     <x:row r="1033">
       <x:c r="A1033" t="str">
-        <x:v>Taylor &amp; Emmet LLP</x:v>
+        <x:v>St Helens Law Limited</x:v>
       </x:c>
       <x:c r="B1033" t="str">
-        <x:v>15 High Street</x:v>
+        <x:v>101 Mere Grange</x:v>
       </x:c>
       <x:c r="C1033" t="str">
-        <x:v/>
+        <x:v>Leaside</x:v>
       </x:c>
       <x:c r="D1033" t="str">
-        <x:v>Rotherham</x:v>
+        <x:v>St Helens</x:v>
       </x:c>
       <x:c r="E1033" t="str">
-        <x:v>South Yorkshire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F1033" t="str">
-        <x:v>S60 1PT</x:v>
+        <x:v>WA9 5GG</x:v>
       </x:c>
       <x:c r="G1033" t="str">
-        <x:v>lms@tayloremmet.co.uk</x:v>
+        <x:v>debbie.murphy@sthelenslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1033" t="str">
-        <x:v>0114 218 4000</x:v>
+        <x:v>01744 385171</x:v>
       </x:c>
     </x:row>
     <x:row r="1034">
       <x:c r="A1034" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B1034" t="str">
-        <x:v>Thremhall Park, Start Hill</x:v>
+        <x:v>3 Journey Campus</x:v>
       </x:c>
       <x:c r="C1034" t="str">
-        <x:v/>
+        <x:v>Castle Park</x:v>
       </x:c>
       <x:c r="D1034" t="str">
-        <x:v>Bishops Stortford</x:v>
+        <x:v>Cambridge</x:v>
       </x:c>
       <x:c r="E1034" t="str">
-        <x:v/>
+        <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F1034" t="str">
-        <x:v>CM22 7WE</x:v>
+        <x:v>CB3 0AY</x:v>
       </x:c>
       <x:c r="G1034" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>hello@teeslaw.com</x:v>
       </x:c>
       <x:c r="H1034" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01223 311141</x:v>
       </x:c>
     </x:row>
     <x:row r="1035">
       <x:c r="A1035" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B1035" t="str">
-        <x:v>1st and 2nd Floor, 5-7 Railway Street</x:v>
+        <x:v>Parkview House, Victoria Road South</x:v>
       </x:c>
       <x:c r="C1035" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1035" t="str">
-        <x:v>Hertford</x:v>
+        <x:v>CHELMSFORD</x:v>
       </x:c>
       <x:c r="E1035" t="str">
-        <x:v/>
+        <x:v>ESSEX</x:v>
       </x:c>
       <x:c r="F1035" t="str">
-        <x:v>SG14 1BG</x:v>
+        <x:v>CM1 1NG</x:v>
       </x:c>
       <x:c r="G1035" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>riskandcompliance@teeslaw.com</x:v>
       </x:c>
       <x:c r="H1035" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01245 491122</x:v>
       </x:c>
     </x:row>
     <x:row r="1036">
       <x:c r="A1036" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B1036" t="str">
-        <x:v>267A Broadway</x:v>
+        <x:v>68 HIGH STREET</x:v>
       </x:c>
       <x:c r="C1036" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1036" t="str">
-        <x:v>Bexleyheath</x:v>
+        <x:v>SAFFRON WALDEN</x:v>
       </x:c>
       <x:c r="E1036" t="str">
-        <x:v/>
+        <x:v>ESSEX</x:v>
       </x:c>
       <x:c r="F1036" t="str">
-        <x:v>DA6 8DB</x:v>
+        <x:v>CB10 1AD</x:v>
       </x:c>
       <x:c r="G1036" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>riskandcompliance@teeslaw.com</x:v>
       </x:c>
       <x:c r="H1036" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01799 527299</x:v>
       </x:c>
     </x:row>
     <x:row r="1037">
       <x:c r="A1037" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B1037" t="str">
-        <x:v>Foundry, 78 The Beacon</x:v>
+        <x:v>East Barn, Hyde Hall Farm</x:v>
       </x:c>
       <x:c r="C1037" t="str">
-        <x:v/>
+        <x:v>Sandon</x:v>
       </x:c>
       <x:c r="D1037" t="str">
-        <x:v>Eastbourne</x:v>
+        <x:v>Buntingford</x:v>
       </x:c>
       <x:c r="E1037" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F1037" t="str">
-        <x:v>BN21 3NW</x:v>
+        <x:v>SG9 0RU</x:v>
       </x:c>
       <x:c r="G1037" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>hello@teeslaw.com</x:v>
       </x:c>
       <x:c r="H1037" t="str">
-        <x:v>01323 405250</x:v>
+        <x:v>01763 242257</x:v>
       </x:c>
     </x:row>
     <x:row r="1038">
       <x:c r="A1038" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stanley Tee LLP</x:v>
       </x:c>
       <x:c r="B1038" t="str">
-        <x:v>PLATF9RM, Hove Town Hall</x:v>
+        <x:v>Tees House</x:v>
       </x:c>
       <x:c r="C1038" t="str">
-        <x:v>Church Road</x:v>
+        <x:v>95 London Road</x:v>
       </x:c>
       <x:c r="D1038" t="str">
-        <x:v>Hove</x:v>
+        <x:v>Bishop's Stortford</x:v>
       </x:c>
       <x:c r="E1038" t="str">
-        <x:v/>
+        <x:v>Hertfordshire</x:v>
       </x:c>
       <x:c r="F1038" t="str">
-        <x:v>BN3 2AF</x:v>
+        <x:v>CM23 3GW</x:v>
       </x:c>
       <x:c r="G1038" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>hello@teeslaw.com</x:v>
       </x:c>
       <x:c r="H1038" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>0800 0131165</x:v>
       </x:c>
     </x:row>
     <x:row r="1039">
       <x:c r="A1039" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Starck Uberoi Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1039" t="str">
-        <x:v>Interchange House,</x:v>
+        <x:v>45 St. Marys Road</x:v>
       </x:c>
       <x:c r="C1039" t="str">
-        <x:v>Station Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1039" t="str">
-        <x:v>Croydon</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1039" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1039" t="str">
-        <x:v>CR0 2RD</x:v>
+        <x:v>W5 5RG</x:v>
       </x:c>
       <x:c r="G1039" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>solicitor@starckuberoi.co.uk</x:v>
       </x:c>
       <x:c r="H1039" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>0208 840 6640</x:v>
       </x:c>
     </x:row>
     <x:row r="1040">
       <x:c r="A1040" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Starck Uberoi Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1040" t="str">
-        <x:v>138 High Street</x:v>
+        <x:v>Dock House</x:v>
       </x:c>
       <x:c r="C1040" t="str">
-        <x:v/>
+        <x:v>79 High Street</x:v>
       </x:c>
       <x:c r="D1040" t="str">
-        <x:v>Sevenoaks</x:v>
+        <x:v>Brentford</x:v>
       </x:c>
       <x:c r="E1040" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1040" t="str">
-        <x:v>TN13 1XE</x:v>
+        <x:v>TW8 8AE</x:v>
       </x:c>
       <x:c r="G1040" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H1040" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>02088406640</x:v>
       </x:c>
     </x:row>
     <x:row r="1041">
       <x:c r="A1041" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Starck Uberoi Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1041" t="str">
-        <x:v>Cantium House</x:v>
+        <x:v>8 The Precincts</x:v>
       </x:c>
       <x:c r="C1041" t="str">
-        <x:v>Railway Approach</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1041" t="str">
-        <x:v>Wallington</x:v>
+        <x:v>Canterbury Cathedral</x:v>
       </x:c>
       <x:c r="E1041" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="F1041" t="str">
-        <x:v>SM6 0DZ</x:v>
+        <x:v>CT1 2EE</x:v>
       </x:c>
       <x:c r="G1041" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>solicitor@starckuberoi.co.uk</x:v>
       </x:c>
       <x:c r="H1041" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01227 693053</x:v>
       </x:c>
     </x:row>
     <x:row r="1042">
       <x:c r="A1042" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephen Rimmer LLP</x:v>
       </x:c>
       <x:c r="B1042" t="str">
-        <x:v>Swan Court</x:v>
+        <x:v>28-30 Hyde Gardens</x:v>
       </x:c>
       <x:c r="C1042" t="str">
-        <x:v>11 Worple Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1042" t="str">
-        <x:v>London</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E1042" t="str">
-        <x:v/>
+        <x:v>East Sussex</x:v>
       </x:c>
       <x:c r="F1042" t="str">
-        <x:v>SW19 4JS</x:v>
+        <x:v>BN21 4PX</x:v>
       </x:c>
       <x:c r="G1042" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>mt@stephenrimmer.com</x:v>
       </x:c>
       <x:c r="H1042" t="str">
-        <x:v>020 8944 0082</x:v>
+        <x:v>01323 644222</x:v>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephens Wilmot Ltd</x:v>
       </x:c>
       <x:c r="B1043" t="str">
-        <x:v>16-18 Chapel Road</x:v>
+        <x:v>Mamhilad House</x:v>
       </x:c>
       <x:c r="C1043" t="str">
-        <x:v/>
+        <x:v>Mamhilad Park Estate, Mamhilad</x:v>
       </x:c>
       <x:c r="D1043" t="str">
-        <x:v>Worthing</x:v>
+        <x:v>Pont-Y-Pwl</x:v>
       </x:c>
       <x:c r="E1043" t="str">
-        <x:v>West Sussex</x:v>
+        <x:v>Gwent</x:v>
       </x:c>
       <x:c r="F1043" t="str">
-        <x:v>BN11 1BJ</x:v>
+        <x:v>NP4 0HZ</x:v>
       </x:c>
       <x:c r="G1043" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>rstephens@sw-sols.co.uk</x:v>
       </x:c>
       <x:c r="H1043" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>01633 928271</x:v>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors</x:v>
       </x:c>
       <x:c r="B1044" t="str">
-        <x:v>The White House, Wilderspool Park</x:v>
+        <x:v>Wigan Investment Centre</x:v>
       </x:c>
       <x:c r="C1044" t="str">
-        <x:v>Greenall’s Avenue</x:v>
+        <x:v>Waterside Drive</x:v>
       </x:c>
       <x:c r="D1044" t="str">
-        <x:v>Warrington</x:v>
+        <x:v>Wigan</x:v>
       </x:c>
       <x:c r="E1044" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1044" t="str">
-        <x:v>WA4 6HL</x:v>
+        <x:v>WN3 5BA</x:v>
       </x:c>
       <x:c r="G1044" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>mdc@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H1044" t="str">
-        <x:v>020 3540 4444</x:v>
+        <x:v>0333 344 4774</x:v>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1045" t="str">
-        <x:v>Bedford House</x:v>
+        <x:v>Unit 3</x:v>
       </x:c>
       <x:c r="C1045" t="str">
-        <x:v>Fulham High Street</x:v>
+        <x:v>Brewery Yard, Deva City Office Park, Trinity Way</x:v>
       </x:c>
       <x:c r="D1045" t="str">
-        <x:v>Fulham</x:v>
+        <x:v>Salford</x:v>
       </x:c>
       <x:c r="E1045" t="str">
-        <x:v>London</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1045" t="str">
-        <x:v>SW6 3JW</x:v>
+        <x:v>M3 7BB</x:v>
       </x:c>
       <x:c r="G1045" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>srh@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H1045" t="str">
-        <x:v>02035404444</x:v>
+        <x:v>01942777867</x:v>
       </x:c>
     </x:row>
     <x:row r="1046">
       <x:c r="A1046" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1046" t="str">
-        <x:v>Parallel House, 32 London Road</x:v>
+        <x:v>Warnford Court, 29 Throgmorton Street</x:v>
       </x:c>
       <x:c r="C1046" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1046" t="str">
-        <x:v>Guilford</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1046" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1046" t="str">
-        <x:v>GU1 2AB</x:v>
+        <x:v>EC2N 2AT</x:v>
       </x:c>
       <x:c r="G1046" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>referralteam@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H1046" t="str">
-        <x:v>01483 670 400</x:v>
+        <x:v>0333 200 9837</x:v>
       </x:c>
     </x:row>
     <x:row r="1047">
       <x:c r="A1047" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1047" t="str">
-        <x:v>Cambridge House, South Block, Henry Street</x:v>
+        <x:v>Suite 26, Hamil House, 112-116 Chorley New Road</x:v>
       </x:c>
       <x:c r="C1047" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1047" t="str">
-        <x:v>Bath</x:v>
+        <x:v>Bolton</x:v>
       </x:c>
       <x:c r="E1047" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1047" t="str">
-        <x:v>BA1 1BT</x:v>
+        <x:v>BL1 4DH</x:v>
       </x:c>
       <x:c r="G1047" t="str">
-        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
+        <x:v>referralteam@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H1047" t="str">
-        <x:v>01225 437050</x:v>
+        <x:v>0333 334 4774 </x:v>
       </x:c>
     </x:row>
     <x:row r="1048">
       <x:c r="A1048" t="str">
-        <x:v>Taylor Rose Limited</x:v>
+        <x:v>Stephensons Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1048" t="str">
-        <x:v>Worldwide House</x:v>
+        <x:v>Suite 1.1, Century House</x:v>
       </x:c>
       <x:c r="C1048" t="str">
-        <x:v>Thorpe Wood</x:v>
+        <x:v>Hardshaw Street</x:v>
       </x:c>
       <x:c r="D1048" t="str">
-        <x:v>Peterborough</x:v>
+        <x:v>St. Helens</x:v>
       </x:c>
       <x:c r="E1048" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F1048" t="str">
-        <x:v>PE3 6SB</x:v>
+        <x:v>WA10 1QU</x:v>
       </x:c>
       <x:c r="G1048" t="str">
-        <x:v/>
+        <x:v>enquiries@stephensons.co.uk</x:v>
       </x:c>
       <x:c r="H1048" t="str">
-        <x:v/>
+        <x:v>0333 200 9837</x:v>
       </x:c>
     </x:row>
     <x:row r="1049">
       <x:c r="A1049" t="str">
-        <x:v>Taylor Rose MW</x:v>
+        <x:v>Sternberg Reed</x:v>
       </x:c>
       <x:c r="B1049" t="str">
-        <x:v>180 Brighton Road</x:v>
+        <x:v>Focal House</x:v>
       </x:c>
       <x:c r="C1049" t="str">
-        <x:v/>
+        <x:v>12-18 Station Parade</x:v>
       </x:c>
       <x:c r="D1049" t="str">
-        <x:v>Coulsdon</x:v>
+        <x:v>Barking</x:v>
       </x:c>
       <x:c r="E1049" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1049" t="str">
-        <x:v>CR5 2NF</x:v>
+        <x:v>IG11 8DN</x:v>
       </x:c>
       <x:c r="G1049" t="str">
         <x:v/>
       </x:c>
       <x:c r="H1049" t="str">
-        <x:v/>
+        <x:v>020 8591 3366</x:v>
       </x:c>
     </x:row>
     <x:row r="1050">
       <x:c r="A1050" t="str">
-        <x:v>Taylor Rose TTKW Limited</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B1050" t="str">
-        <x:v>56 High Street</x:v>
+        <x:v>20 London Road</x:v>
       </x:c>
       <x:c r="C1050" t="str">
-        <x:v>Bognor Regis</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1050" t="str">
-        <x:v/>
+        <x:v>Grays</x:v>
       </x:c>
       <x:c r="E1050" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1050" t="str">
-        <x:v>PO21 1SP</x:v>
+        <x:v>RM17 5XY</x:v>
       </x:c>
       <x:c r="G1050" t="str">
-        <x:v>**</x:v>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H1050" t="str">
-        <x:v>01243213442</x:v>
+        <x:v>02085913366</x:v>
       </x:c>
     </x:row>
     <x:row r="1051">
       <x:c r="A1051" t="str">
-        <x:v>Taylor Rose TTKW Limited</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B1051" t="str">
-        <x:v>112 Timber Wharf</x:v>
+        <x:v>River House, Stour Street</x:v>
       </x:c>
       <x:c r="C1051" t="str">
-        <x:v>32 Worsley Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1051" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Canterbury</x:v>
       </x:c>
       <x:c r="E1051" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1051" t="str">
-        <x:v>M15 4NX</x:v>
+        <x:v>CT1 2NZ</x:v>
       </x:c>
       <x:c r="G1051" t="str">
-        <x:v/>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H1051" t="str">
-        <x:v/>
+        <x:v>01227762888</x:v>
       </x:c>
     </x:row>
     <x:row r="1052">
       <x:c r="A1052" t="str">
-        <x:v>Taylor Rose TTKW Limited</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B1052" t="str">
-        <x:v>1St Floor Clarendon Business Centre</x:v>
+        <x:v>De Burgh House, Market Road</x:v>
       </x:c>
       <x:c r="C1052" t="str">
-        <x:v>Ealing Cross</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1052" t="str">
-        <x:v>London</x:v>
+        <x:v>Wickford</x:v>
       </x:c>
       <x:c r="E1052" t="str">
-        <x:v>Ealing</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1052" t="str">
-        <x:v>W5 5BW</x:v>
+        <x:v>SS12 0BB</x:v>
       </x:c>
       <x:c r="G1052" t="str">
-        <x:v/>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H1052" t="str">
-        <x:v/>
+        <x:v>01268 733381</x:v>
       </x:c>
     </x:row>
     <x:row r="1053">
       <x:c r="A1053" t="str">
-        <x:v>Temperley Taylor LLP</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B1053" t="str">
-        <x:v>Durham House</x:v>
+        <x:v>6 Chandlers Way</x:v>
       </x:c>
       <x:c r="C1053" t="str">
-        <x:v>Warwick Court, Park Road, Middleton</x:v>
+        <x:v>South Woodham Ferrers</x:v>
       </x:c>
       <x:c r="D1053" t="str">
-        <x:v>Manchester</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E1053" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1053" t="str">
-        <x:v>M24 1AE</x:v>
+        <x:v>CM3 5TB</x:v>
       </x:c>
       <x:c r="G1053" t="str">
-        <x:v>ajc@temperleytaylor.co.uk</x:v>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H1053" t="str">
-        <x:v>0161 643 2411</x:v>
+        <x:v>01245 322956</x:v>
       </x:c>
     </x:row>
     <x:row r="1054">
       <x:c r="A1054" t="str">
-        <x:v>Temperley Taylor LLP</x:v>
+        <x:v>Sternberg Reed LLP</x:v>
       </x:c>
       <x:c r="B1054" t="str">
-        <x:v>The Old Police Station, 22 Hind Hill Street</x:v>
+        <x:v>Lakeside House, 9 Knightswick Road</x:v>
       </x:c>
       <x:c r="C1054" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1054" t="str">
-        <x:v>Heywood</x:v>
+        <x:v>Canvey Island</x:v>
       </x:c>
       <x:c r="E1054" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1054" t="str">
-        <x:v>OL10 1AQ</x:v>
+        <x:v>SS8 9PA</x:v>
       </x:c>
       <x:c r="G1054" t="str">
-        <x:v>vanessa.redmond@temperleytaylor.co.uk</x:v>
+        <x:v>joanne.keogh@sternberg-reed.co.uk</x:v>
       </x:c>
       <x:c r="H1054" t="str">
-        <x:v>01706623511</x:v>
+        <x:v>01268 511999</x:v>
       </x:c>
     </x:row>
     <x:row r="1055">
       <x:c r="A1055" t="str">
-        <x:v>Tennant Mickleburgh Solicitors</x:v>
+        <x:v>Stevensdrake Limited</x:v>
       </x:c>
       <x:c r="B1055" t="str">
-        <x:v>The Union Building</x:v>
+        <x:v>117-119 High Street</x:v>
       </x:c>
       <x:c r="C1055" t="str">
-        <x:v>51-59 Rose Lane</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1055" t="str">
-        <x:v>Norwich</x:v>
+        <x:v>Crawley</x:v>
       </x:c>
       <x:c r="E1055" t="str">
-        <x:v/>
+        <x:v>West Sussex</x:v>
       </x:c>
       <x:c r="F1055" t="str">
-        <x:v>NR1 1BY</x:v>
+        <x:v>RH10 1DD</x:v>
       </x:c>
       <x:c r="G1055" t="str">
-        <x:v>jknight@tennantmickleburgh.com</x:v>
+        <x:v>alex.mitchell@stevensdrake.com</x:v>
       </x:c>
       <x:c r="H1055" t="str">
-        <x:v>01603972470</x:v>
+        <x:v>01293 596990</x:v>
       </x:c>
     </x:row>
     <x:row r="1056">
       <x:c r="A1056" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Stuart &amp; Co Solicitors</x:v>
       </x:c>
       <x:c r="B1056" t="str">
-        <x:v>T Bromley, 15-17 London Road</x:v>
+        <x:v>285 Fore Street</x:v>
       </x:c>
       <x:c r="C1056" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1056" t="str">
-        <x:v>Bromley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1056" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1056" t="str">
-        <x:v>BR1 1DE</x:v>
+        <x:v>N9 0PD</x:v>
       </x:c>
       <x:c r="G1056" t="str">
-        <x:v>riskandcompliance@thackraywilliams.com</x:v>
+        <x:v>**_*</x:v>
       </x:c>
       <x:c r="H1056" t="str">
-        <x:v>0208 290 0440</x:v>
+        <x:v>02088871360</x:v>
       </x:c>
     </x:row>
     <x:row r="1057">
       <x:c r="A1057" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B1057" t="str">
-        <x:v>15 Pembroke Road</x:v>
+        <x:v>2 Hall Square</x:v>
       </x:c>
       <x:c r="C1057" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1057" t="str">
-        <x:v>Sevenoaks</x:v>
+        <x:v>Denbigh</x:v>
       </x:c>
       <x:c r="E1057" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Denbighshire</x:v>
       </x:c>
       <x:c r="F1057" t="str">
-        <x:v>TN13 1XR</x:v>
+        <x:v>LL16 3PA</x:v>
       </x:c>
       <x:c r="G1057" t="str">
-        <x:v>riskandcompliance@thackraywilliams.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1057" t="str">
-        <x:v>01732 496496</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1058">
       <x:c r="A1058" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B1058" t="str">
-        <x:v>125 Old Broad Street</x:v>
+        <x:v>Church House, High Street</x:v>
       </x:c>
       <x:c r="C1058" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1058" t="str">
-        <x:v>London</x:v>
+        <x:v>St Asaph</x:v>
       </x:c>
       <x:c r="E1058" t="str">
-        <x:v>London</x:v>
+        <x:v>Denbighshire</x:v>
       </x:c>
       <x:c r="F1058" t="str">
-        <x:v>EC2N 1AR</x:v>
+        <x:v>LL17 0RD</x:v>
       </x:c>
       <x:c r="G1058" t="str">
-        <x:v>riskandcompliance@thackraywilliams.com</x:v>
+        <x:v>michaelt@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H1058" t="str">
-        <x:v>020 8290 0440</x:v>
+        <x:v>01745 582535</x:v>
       </x:c>
     </x:row>
     <x:row r="1059">
       <x:c r="A1059" t="str">
-        <x:v>Thackray Williams LLP</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B1059" t="str">
-        <x:v>73 Station Road</x:v>
+        <x:v>Trinity Square Business Centre</x:v>
       </x:c>
       <x:c r="C1059" t="str">
-        <x:v>West Wickham</x:v>
+        <x:v>3 Trinity Square</x:v>
       </x:c>
       <x:c r="D1059" t="str">
-        <x:v/>
+        <x:v>Llandudno</x:v>
       </x:c>
       <x:c r="E1059" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1059" t="str">
-        <x:v>BR4 0QG</x:v>
+        <x:v>LL30 2PY</x:v>
       </x:c>
       <x:c r="G1059" t="str">
-        <x:v/>
+        <x:v>law@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H1059" t="str">
-        <x:v>020 8290 0440</x:v>
+        <x:v>01492 876271</x:v>
       </x:c>
     </x:row>
     <x:row r="1060">
       <x:c r="A1060" t="str">
-        <x:v>Thompson &amp; Jackson Solicitors LLP</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B1060" t="str">
-        <x:v>Hyder House</x:v>
+        <x:v>23 Clwyd Street</x:v>
       </x:c>
       <x:c r="C1060" t="str">
-        <x:v>680 Budshead Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1060" t="str">
-        <x:v>Plymouth</x:v>
+        <x:v>Ruthin</x:v>
       </x:c>
       <x:c r="E1060" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Denbighshire</x:v>
       </x:c>
       <x:c r="F1060" t="str">
-        <x:v>PL6 5XR</x:v>
+        <x:v>LL15 1HH</x:v>
       </x:c>
       <x:c r="G1060" t="str">
-        <x:v/>
+        <x:v>law@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H1060" t="str">
-        <x:v/>
+        <x:v>01824 703833</x:v>
       </x:c>
     </x:row>
     <x:row r="1061">
       <x:c r="A1061" t="str">
-        <x:v>Tickle Hall Cross Limited</x:v>
+        <x:v>Swayne Johnson Limited</x:v>
       </x:c>
       <x:c r="B1061" t="str">
-        <x:v>Carlton Chambers</x:v>
+        <x:v>2 New Street</x:v>
       </x:c>
       <x:c r="C1061" t="str">
-        <x:v>25 Hardshaw Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1061" t="str">
-        <x:v/>
+        <x:v>Mold</x:v>
       </x:c>
       <x:c r="E1061" t="str">
-        <x:v/>
+        <x:v>Flintshire</x:v>
       </x:c>
       <x:c r="F1061" t="str">
-        <x:v>WA10 1RP</x:v>
+        <x:v>CH7 1NZ</x:v>
       </x:c>
       <x:c r="G1061" t="str">
-        <x:v>NicolaK@ticklehallcross.co.uk </x:v>
+        <x:v>law@swaynejohnson.com</x:v>
       </x:c>
       <x:c r="H1061" t="str">
-        <x:v>01744746073</x:v>
+        <x:v>01352871960</x:v>
       </x:c>
     </x:row>
     <x:row r="1062">
       <x:c r="A1062" t="str">
-        <x:v>Tickle Hall Cross Limited</x:v>
+        <x:v>Sweeney Miller LLP</x:v>
       </x:c>
       <x:c r="B1062" t="str">
-        <x:v>2 Derby Street</x:v>
+        <x:v>Bulman House, Regent Centre, Henry Street</x:v>
       </x:c>
       <x:c r="C1062" t="str">
-        <x:v/>
+        <x:v>Gosforth</x:v>
       </x:c>
       <x:c r="D1062" t="str">
-        <x:v>Prescot</x:v>
+        <x:v>Newcastle Upon Tyne</x:v>
       </x:c>
       <x:c r="E1062" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F1062" t="str">
-        <x:v>L34 3LJ</x:v>
+        <x:v>NE3 3LS</x:v>
       </x:c>
       <x:c r="G1062" t="str">
-        <x:v>joanneh@ticklehallcross.co.uk</x:v>
+        <x:v>Millie.Orr@sweeneymiller.co.uk</x:v>
       </x:c>
       <x:c r="H1062" t="str">
-        <x:v>01744 733333 </x:v>
+        <x:v>03459005401</x:v>
       </x:c>
     </x:row>
     <x:row r="1063">
       <x:c r="A1063" t="str">
-        <x:v>Tolhurst Fisher LLP</x:v>
+        <x:v>Sweeney Miller LLP</x:v>
       </x:c>
       <x:c r="B1063" t="str">
-        <x:v>Trafalgar House</x:v>
+        <x:v>Kingsway House</x:v>
       </x:c>
       <x:c r="C1063" t="str">
-        <x:v> 8-10 Nelson Street</x:v>
+        <x:v>Riverbank Road</x:v>
       </x:c>
       <x:c r="D1063" t="str">
-        <x:v>Southend-on-Sea</x:v>
+        <x:v>Sunderland</x:v>
       </x:c>
       <x:c r="E1063" t="str">
-        <x:v>Essex</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F1063" t="str">
-        <x:v>SS1 1EF</x:v>
+        <x:v>SR5 3JJ</x:v>
       </x:c>
       <x:c r="G1063" t="str">
-        <x:v>clatham@tolhurstfisher.com</x:v>
+        <x:v>enquiries@sweeneymiller.co.uk</x:v>
       </x:c>
       <x:c r="H1063" t="str">
-        <x:v>01702 352511</x:v>
+        <x:v>0191 568 2050</x:v>
       </x:c>
     </x:row>
     <x:row r="1064">
       <x:c r="A1064" t="str">
-        <x:v>Tolhurst Fisher LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1064" t="str">
-        <x:v>Whitelands Business Centre</x:v>
+        <x:v>19 Cheapside</x:v>
       </x:c>
       <x:c r="C1064" t="str">
-        <x:v>Terling Road, Hatfield Peverel</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1064" t="str">
-        <x:v>Chelmsford</x:v>
+        <x:v>Wakefield</x:v>
       </x:c>
       <x:c r="E1064" t="str">
-        <x:v>Essex</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1064" t="str">
-        <x:v>CM3 2AG</x:v>
+        <x:v>WF1 2SD</x:v>
       </x:c>
       <x:c r="G1064" t="str">
-        <x:v/>
+        <x:v>help@switalskis.com</x:v>
       </x:c>
       <x:c r="H1064" t="str">
-        <x:v>01245 495111</x:v>
+        <x:v>01924 882000</x:v>
       </x:c>
     </x:row>
     <x:row r="1065">
       <x:c r="A1065" t="str">
-        <x:v>Tonner Johns Ratti Limited</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1065" t="str">
-        <x:v>48 Walter Road</x:v>
+        <x:v>Cranbourne House</x:v>
       </x:c>
       <x:c r="C1065" t="str">
-        <x:v/>
+        <x:v>36 Gracious Street</x:v>
       </x:c>
       <x:c r="D1065" t="str">
-        <x:v>Swansea</x:v>
+        <x:v>Knaresborough</x:v>
       </x:c>
       <x:c r="E1065" t="str">
-        <x:v>Abertawe</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F1065" t="str">
-        <x:v>SA1 5PW</x:v>
+        <x:v>HG5 8DS</x:v>
       </x:c>
       <x:c r="G1065" t="str">
-        <x:v>law@tonnerjohns.co.uk</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1065" t="str">
-        <x:v>01792 643296</x:v>
+        <x:v>01423 869977</x:v>
       </x:c>
     </x:row>
     <x:row r="1066">
       <x:c r="A1066" t="str">
-        <x:v>Tozers LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1066" t="str">
-        <x:v>North Door</x:v>
+        <x:v>Floor 9 West Village</x:v>
       </x:c>
       <x:c r="C1066" t="str">
-        <x:v>Broadwalk House, Southernhay West</x:v>
+        <x:v>114 Wellington Street</x:v>
       </x:c>
       <x:c r="D1066" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Leeds</x:v>
       </x:c>
       <x:c r="E1066" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1066" t="str">
-        <x:v>EX1 1UA</x:v>
+        <x:v>LS1 1BA</x:v>
       </x:c>
       <x:c r="G1066" t="str">
-        <x:v>p.kelly@tozers.co.uk</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1066" t="str">
-        <x:v>01392 207 020</x:v>
+        <x:v>0113 223 1400</x:v>
       </x:c>
     </x:row>
     <x:row r="1067">
       <x:c r="A1067" t="str">
-        <x:v>Tozers LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1067" t="str">
-        <x:v>2-3 Orchard Gardens</x:v>
+        <x:v>49 Ropergate</x:v>
       </x:c>
       <x:c r="C1067" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1067" t="str">
-        <x:v>Teignmouth</x:v>
+        <x:v>Pontefract</x:v>
       </x:c>
       <x:c r="E1067" t="str">
-        <x:v>Devon</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1067" t="str">
-        <x:v>TQ14 8DR</x:v>
+        <x:v>WF8 1JZ</x:v>
       </x:c>
       <x:c r="G1067" t="str">
-        <x:v>p.zaleski@tozers.co.uk</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1067" t="str">
-        <x:v>01626 772376</x:v>
+        <x:v>01977 703215</x:v>
       </x:c>
     </x:row>
     <x:row r="1068">
       <x:c r="A1068" t="str">
-        <x:v>Tozers LLP</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1068" t="str">
-        <x:v>10 St Pauls Road</x:v>
+        <x:v>East Wing Ground Floor, Scorex House East</x:v>
       </x:c>
       <x:c r="C1068" t="str">
-        <x:v/>
+        <x:v>1 Bolton Road</x:v>
       </x:c>
       <x:c r="D1068" t="str">
-        <x:v>Newton Abbot</x:v>
+        <x:v>Bradford</x:v>
       </x:c>
       <x:c r="E1068" t="str">
-        <x:v>Devon</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1068" t="str">
-        <x:v>TQ12 4PR</x:v>
+        <x:v>BD1 4AS</x:v>
       </x:c>
       <x:c r="G1068" t="str">
-        <x:v>m.meleady@tozers.co.uk</x:v>
+        <x:v>conveyancing@switalskis.com</x:v>
       </x:c>
       <x:c r="H1068" t="str">
-        <x:v>01626 207020</x:v>
+        <x:v>01274 720 314</x:v>
       </x:c>
     </x:row>
     <x:row r="1069">
       <x:c r="A1069" t="str">
-        <x:v>TQ Law Limited</x:v>
+        <x:v>Switalskis Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1069" t="str">
-        <x:v>54 Church Street</x:v>
+        <x:v>24-26 Paradise Square</x:v>
       </x:c>
       <x:c r="C1069" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1069" t="str">
-        <x:v>Leigh</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E1069" t="str">
-        <x:v>Greater Manchester</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1069" t="str">
-        <x:v>WN7 1AZ</x:v>
+        <x:v>S1 2DE</x:v>
       </x:c>
       <x:c r="G1069" t="str">
-        <x:v>**</x:v>
+        <x:v>help@switalskis.com</x:v>
       </x:c>
       <x:c r="H1069" t="str">
-        <x:v>01942671166</x:v>
+        <x:v>0114 349 2300</x:v>
       </x:c>
     </x:row>
     <x:row r="1070">
       <x:c r="A1070" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1070" t="str">
-        <x:v>Space House 22-24 </x:v>
+        <x:v>Jordan House West, Hall Court</x:v>
       </x:c>
       <x:c r="C1070" t="str">
-        <x:v>Oxford Road</x:v>
+        <x:v>Hall Park Way</x:v>
       </x:c>
       <x:c r="D1070" t="str">
-        <x:v>Bournemouth</x:v>
+        <x:v>Town Centre</x:v>
       </x:c>
       <x:c r="E1070" t="str">
-        <x:v/>
+        <x:v>Telford</x:v>
       </x:c>
       <x:c r="F1070" t="str">
-        <x:v>BH8 8EZ</x:v>
+        <x:v>TF3 4NJ</x:v>
       </x:c>
       <x:c r="G1070" t="str">
-        <x:v/>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1070" t="str">
-        <x:v/>
+        <x:v>0800 118 1500</x:v>
       </x:c>
     </x:row>
     <x:row r="1071">
       <x:c r="A1071" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1071" t="str">
-        <x:v>The Pavilion, Grange Drive, Hedge End</x:v>
+        <x:v>2 Station Road</x:v>
       </x:c>
       <x:c r="C1071" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1071" t="str">
-        <x:v>Southampton</x:v>
+        <x:v>Codsall</x:v>
       </x:c>
       <x:c r="E1071" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Staffordshire</x:v>
       </x:c>
       <x:c r="F1071" t="str">
-        <x:v>SO30 2AF</x:v>
+        <x:v>WV8 1BX</x:v>
       </x:c>
       <x:c r="G1071" t="str">
-        <x:v>jon.laidler@trethowans.com</x:v>
+        <x:v>propertyteamwolverhampton@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1071" t="str">
-        <x:v>02380321000</x:v>
+        <x:v>01902 843427</x:v>
       </x:c>
     </x:row>
     <x:row r="1072">
       <x:c r="A1072" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1072" t="str">
-        <x:v>London Road Office Park</x:v>
+        <x:v>30 Church Street</x:v>
       </x:c>
       <x:c r="C1072" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1072" t="str">
-        <x:v>Salisbury</x:v>
+        <x:v>Kidderminster</x:v>
       </x:c>
       <x:c r="E1072" t="str">
-        <x:v>Wiltshire</x:v>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F1072" t="str">
-        <x:v>SP1 3HP</x:v>
+        <x:v>DY10 2AX</x:v>
       </x:c>
       <x:c r="G1072" t="str">
-        <x:v>david.franklin@trethowans.com</x:v>
+        <x:v>propertyteamkidderminster@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1072" t="str">
-        <x:v>01722 426985</x:v>
+        <x:v>01562 749910</x:v>
       </x:c>
     </x:row>
     <x:row r="1073">
       <x:c r="A1073" t="str">
-        <x:v>Trethowans LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1073" t="str">
-        <x:v>Sheridan House, 40-43 Jewry Street</x:v>
+        <x:v>Seymour House, 15a Frederick Road</x:v>
       </x:c>
       <x:c r="C1073" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1073" t="str">
-        <x:v>Winchester</x:v>
+        <x:v>Edgbaston</x:v>
       </x:c>
       <x:c r="E1073" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>Birmingham</x:v>
       </x:c>
       <x:c r="F1073" t="str">
-        <x:v>SO23 8RY</x:v>
+        <x:v>B15 1JD</x:v>
       </x:c>
       <x:c r="G1073" t="str">
-        <x:v>info@trethowans.com</x:v>
+        <x:v>info@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1073" t="str">
-        <x:v>01962 670677</x:v>
+        <x:v>01214563696</x:v>
       </x:c>
     </x:row>
     <x:row r="1074">
       <x:c r="A1074" t="str">
-        <x:v>Trethowans LLP (Merchants House)</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1074" t="str">
-        <x:v>Merchants House</x:v>
+        <x:v>Bridge House</x:v>
       </x:c>
       <x:c r="C1074" t="str">
-        <x:v>Vanguard Road</x:v>
+        <x:v>River Side North</x:v>
       </x:c>
       <x:c r="D1074" t="str">
-        <x:v>Poole</x:v>
+        <x:v>Bewdley</x:v>
       </x:c>
       <x:c r="E1074" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1074" t="str">
-        <x:v>BH15 1PH</x:v>
+        <x:v>DY12 1AB</x:v>
       </x:c>
       <x:c r="G1074" t="str">
-        <x:v>07793 816844</x:v>
+        <x:v>PropertyTeamBewdley@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1074" t="str">
-        <x:v/>
+        <x:v>01299 402741</x:v>
       </x:c>
     </x:row>
     <x:row r="1075">
       <x:c r="A1075" t="str">
-        <x:v>True Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1075" t="str">
-        <x:v>Portland House</x:v>
+        <x:v>23 Foregate Street</x:v>
       </x:c>
       <x:c r="C1075" t="str">
-        <x:v>New Bridge Street West</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1075" t="str">
-        <x:v>Newcastle upon Tyne</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E1075" t="str">
-        <x:v>Tyne and Wear</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1075" t="str">
-        <x:v>NE1 8AP</x:v>
+        <x:v>WR1 1DN</x:v>
       </x:c>
       <x:c r="G1075" t="str">
-        <x:v>patricia.hall@true.co.uk</x:v>
+        <x:v>newbusiness@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1075" t="str">
-        <x:v>0191 2606546</x:v>
+        <x:v>01905 727700</x:v>
       </x:c>
     </x:row>
     <x:row r="1076">
       <x:c r="A1076" t="str">
-        <x:v>TTS Legal Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1076" t="str">
-        <x:v>2Nd Floor Mezzanine</x:v>
+        <x:v>91 Cheshire Street</x:v>
       </x:c>
       <x:c r="C1076" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1076" t="str">
-        <x:v>53 New Oxford Street</x:v>
+        <x:v>Market Drayton</x:v>
       </x:c>
       <x:c r="E1076" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1076" t="str">
-        <x:v>WC1A 1BL </x:v>
+        <x:v>TF9 3AF</x:v>
       </x:c>
       <x:c r="G1076" t="str">
-        <x:v/>
+        <x:v>david@onionsanddavies.co.uk</x:v>
       </x:c>
       <x:c r="H1076" t="str">
-        <x:v/>
+        <x:v>01630 652405</x:v>
       </x:c>
     </x:row>
     <x:row r="1077">
       <x:c r="A1077" t="str">
-        <x:v>TTS Legal Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1077" t="str">
-        <x:v>20 Old Bond Street</x:v>
+        <x:v>Hays House</x:v>
       </x:c>
       <x:c r="C1077" t="str">
-        <x:v/>
+        <x:v>25 Albion St</x:v>
       </x:c>
       <x:c r="D1077" t="str">
-        <x:v>Bath</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1077" t="str">
-        <x:v/>
+        <x:v>Stoke-on-Trent</x:v>
       </x:c>
       <x:c r="F1077" t="str">
-        <x:v>BA1 1BP</x:v>
+        <x:v>ST1 1QF</x:v>
       </x:c>
       <x:c r="G1077" t="str">
-        <x:v>michael@ttslegal.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1077" t="str">
-        <x:v>01225 696 333</x:v>
+        <x:v>01782 262031</x:v>
       </x:c>
     </x:row>
     <x:row r="1078">
       <x:c r="A1078" t="str">
-        <x:v>TTS Legal Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1078" t="str">
-        <x:v>1-4 the Parade</x:v>
+        <x:v>10 Derby Street</x:v>
       </x:c>
       <x:c r="C1078" t="str">
-        <x:v>Monarch Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1078" t="str">
-        <x:v>Ilford</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1078" t="str">
-        <x:v/>
+        <x:v>Leek</x:v>
       </x:c>
       <x:c r="F1078" t="str">
-        <x:v>IG2 7HT</x:v>
+        <x:v>ST13 5AW</x:v>
       </x:c>
       <x:c r="G1078" t="str">
-        <x:v>anthony@ttslegal.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1078" t="str">
-        <x:v>02030869550</x:v>
+        <x:v>01538 399332</x:v>
       </x:c>
     </x:row>
     <x:row r="1079">
       <x:c r="A1079" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1079" t="str">
-        <x:v>7&amp;9 Queens Road</x:v>
+        <x:v>47 High St</x:v>
       </x:c>
       <x:c r="C1079" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1079" t="str">
-        <x:v>Wimbledon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1079" t="str">
-        <x:v>London</x:v>
+        <x:v>Sandbach</x:v>
       </x:c>
       <x:c r="F1079" t="str">
-        <x:v>SW19 8NG</x:v>
+        <x:v>CW11 1FT</x:v>
       </x:c>
       <x:c r="G1079" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1079" t="str">
-        <x:v>02089466454</x:v>
+        <x:v>01782 652300</x:v>
       </x:c>
     </x:row>
     <x:row r="1080">
       <x:c r="A1080" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1080" t="str">
-        <x:v>40 West Street</x:v>
+        <x:v>First Floor, 153 Avon Road</x:v>
       </x:c>
       <x:c r="C1080" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1080" t="str">
-        <x:v>Reigate</x:v>
+        <x:v>Cannock</x:v>
       </x:c>
       <x:c r="E1080" t="str">
-        <x:v>Surrey</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1080" t="str">
-        <x:v>RH2 9BT</x:v>
+        <x:v>WS11 1LF</x:v>
       </x:c>
       <x:c r="G1080" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v>RachelAspinall@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1080" t="str">
-        <x:v>01737221212</x:v>
+        <x:v>01384 984330</x:v>
       </x:c>
     </x:row>
     <x:row r="1081">
       <x:c r="A1081" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1081" t="str">
-        <x:v>123 High Street</x:v>
+        <x:v>Ground Floor Unit 7 Waterfront Business Park</x:v>
       </x:c>
       <x:c r="C1081" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1081" t="str">
-        <x:v>Epsom</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="E1081" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>Brierley Hill</x:v>
       </x:c>
       <x:c r="F1081" t="str">
-        <x:v>KT19 8AU</x:v>
+        <x:v>DY5 1LX</x:v>
       </x:c>
       <x:c r="G1081" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1081" t="str">
-        <x:v>01372 729555</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1082">
       <x:c r="A1082" t="str">
-        <x:v>TWM Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1082" t="str">
-        <x:v>Sweech House</x:v>
+        <x:v>9 Waterloo Road</x:v>
       </x:c>
       <x:c r="C1082" t="str">
-        <x:v>2-8 Gravel Hill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1082" t="str">
-        <x:v>Leatherhead</x:v>
+        <x:v>Wolverhampton</x:v>
       </x:c>
       <x:c r="E1082" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1082" t="str">
-        <x:v>KT22 7HF</x:v>
+        <x:v>WV1 4NB</x:v>
       </x:c>
       <x:c r="G1082" t="str">
-        <x:v>jonathan.potter@twmsolicitors.com</x:v>
+        <x:v>iancox@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1082" t="str">
-        <x:v>01372374148</x:v>
+        <x:v>01902 427561</x:v>
       </x:c>
     </x:row>
     <x:row r="1083">
       <x:c r="A1083" t="str">
-        <x:v>Twm Solicitors LLP (Guildford)</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1083" t="str">
-        <x:v>65 Woodbridge Road</x:v>
+        <x:v>10 The Quadrant</x:v>
       </x:c>
       <x:c r="C1083" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1083" t="str">
-        <x:v>Guildford</x:v>
+        <x:v>Coventry</x:v>
       </x:c>
       <x:c r="E1083" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1083" t="str">
-        <x:v>GU1 4RD</x:v>
+        <x:v>CV1 2EL</x:v>
       </x:c>
       <x:c r="G1083" t="str">
-        <x:v>instructions@twmsolicitors.com</x:v>
+        <x:v>newenquiries@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1083" t="str">
-        <x:v>01483 752700</x:v>
+        <x:v>08001181500</x:v>
       </x:c>
     </x:row>
     <x:row r="1084">
       <x:c r="A1084" t="str">
-        <x:v>Underwood Solicitors LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1084" t="str">
-        <x:v>40 Welbeck Street</x:v>
+        <x:v>Morgan House,</x:v>
       </x:c>
       <x:c r="C1084" t="str">
-        <x:v/>
+        <x:v>25-27 Hagley Road</x:v>
       </x:c>
       <x:c r="D1084" t="str">
-        <x:v>London</x:v>
+        <x:v>Stourbridge</x:v>
       </x:c>
       <x:c r="E1084" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1084" t="str">
-        <x:v>W1G 8LN</x:v>
+        <x:v>DY8 1QH</x:v>
       </x:c>
       <x:c r="G1084" t="str">
-        <x:v>nsabharwal@underwoodco.com</x:v>
+        <x:v>info@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1084" t="str">
-        <x:v>020 7526 6000</x:v>
+        <x:v>01384 445850</x:v>
       </x:c>
     </x:row>
     <x:row r="1085">
       <x:c r="A1085" t="str">
-        <x:v>Unsworth Rose (Solicitors) LLP</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1085" t="str">
-        <x:v>19 Princess Road</x:v>
+        <x:v>Inhedge House, </x:v>
       </x:c>
       <x:c r="C1085" t="str">
-        <x:v/>
+        <x:v>31 Wolverhampton Street</x:v>
       </x:c>
       <x:c r="D1085" t="str">
-        <x:v>London</x:v>
+        <x:v>Dudley</x:v>
       </x:c>
       <x:c r="E1085" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1085" t="str">
-        <x:v>NW1 8JR</x:v>
+        <x:v>DY1 1DB</x:v>
       </x:c>
       <x:c r="G1085" t="str">
-        <x:v>rj@unsworthrose.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1085" t="str">
-        <x:v>0207 4834411</x:v>
+        <x:v>01384 447777</x:v>
       </x:c>
     </x:row>
     <x:row r="1086">
       <x:c r="A1086" t="str">
-        <x:v>Vas Solicitors Limited</x:v>
+        <x:v>Talbots Law Ltd</x:v>
       </x:c>
       <x:c r="B1086" t="str">
-        <x:v>278 High Street</x:v>
+        <x:v>5-7 Hagley Road</x:v>
       </x:c>
       <x:c r="C1086" t="str">
-        <x:v/>
+        <x:v>Halesowen</x:v>
       </x:c>
       <x:c r="D1086" t="str">
-        <x:v>Sutton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1086" t="str">
-        <x:v>Surrey</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1086" t="str">
-        <x:v>SM1 1PG</x:v>
+        <x:v>B63 4PU</x:v>
       </x:c>
       <x:c r="G1086" t="str">
-        <x:v>vas@vassolicitors.co.uk</x:v>
+        <x:v>info@talbotslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1086" t="str">
-        <x:v>02031 372298</x:v>
+        <x:v>0121 647 3970</x:v>
       </x:c>
     </x:row>
     <x:row r="1087">
       <x:c r="A1087" t="str">
-        <x:v>Vas Solicitors Limited</x:v>
+        <x:v>Tallents Solicitors</x:v>
       </x:c>
       <x:c r="B1087" t="str">
-        <x:v>156 London Road,</x:v>
+        <x:v>28a West Gate</x:v>
       </x:c>
       <x:c r="C1087" t="str">
-        <x:v/>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="D1087" t="str">
-        <x:v>Mitcham,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1087" t="str">
-        <x:v>Surrey,</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F1087" t="str">
-        <x:v>CR4 3LD</x:v>
+        <x:v>NG18 1RS</x:v>
       </x:c>
       <x:c r="G1087" t="str">
-        <x:v>vas@vassolicitors.co.uk</x:v>
+        <x:v>info@tallents.co.uk</x:v>
       </x:c>
       <x:c r="H1087" t="str">
-        <x:v>02031372598</x:v>
+        <x:v>01623 666700</x:v>
       </x:c>
     </x:row>
     <x:row r="1088">
       <x:c r="A1088" t="str">
-        <x:v>VC Law Ltd</x:v>
+        <x:v>Tallents Solicitors</x:v>
       </x:c>
       <x:c r="B1088" t="str">
-        <x:v>56 Tithebarn Street</x:v>
+        <x:v>3 Middle Gate</x:v>
       </x:c>
       <x:c r="C1088" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1088" t="str">
-        <x:v>Liverpool</x:v>
+        <x:v>Newark</x:v>
       </x:c>
       <x:c r="E1088" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F1088" t="str">
-        <x:v>L2 2SR </x:v>
+        <x:v>NG24 1AQ</x:v>
       </x:c>
       <x:c r="G1088" t="str">
-        <x:v/>
+        <x:v>info@tallents.co.uk</x:v>
       </x:c>
       <x:c r="H1088" t="str">
-        <x:v>0151 318 7500</x:v>
+        <x:v>01636 671881</x:v>
       </x:c>
     </x:row>
     <x:row r="1089">
       <x:c r="A1089" t="str">
-        <x:v>VC Law Ltd</x:v>
+        <x:v>Tallents Solicitors</x:v>
       </x:c>
       <x:c r="B1089" t="str">
-        <x:v>18 Post Office Avenue</x:v>
+        <x:v>2 Westgate</x:v>
       </x:c>
       <x:c r="C1089" t="str">
-        <x:v>Southport</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1089" t="str">
-        <x:v>Merseyside</x:v>
+        <x:v>Southwell</x:v>
       </x:c>
       <x:c r="E1089" t="str">
-        <x:v/>
+        <x:v>Nottinghamshire</x:v>
       </x:c>
       <x:c r="F1089" t="str">
-        <x:v>PR9 0US</x:v>
+        <x:v>NG25 0JJ</x:v>
       </x:c>
       <x:c r="G1089" t="str">
-        <x:v>enquiries@vclaw.co.uk</x:v>
+        <x:v>emilia.chow@tallents.co.uk</x:v>
       </x:c>
       <x:c r="H1089" t="str">
-        <x:v>01704 61710</x:v>
+        <x:v>01636813411</x:v>
       </x:c>
     </x:row>
     <x:row r="1090">
       <x:c r="A1090" t="str">
-        <x:v>Vincents Solicitors Ltd</x:v>
+        <x:v>Taylor &amp; Emmet Limited Liability Partnership</x:v>
       </x:c>
       <x:c r="B1090" t="str">
-        <x:v>Unit 16</x:v>
+        <x:v>61B Sheffield Road</x:v>
       </x:c>
       <x:c r="C1090" t="str">
-        <x:v>1-3 Uxbridge Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1090" t="str">
-        <x:v>Hayes</x:v>
+        <x:v>Dronfield</x:v>
       </x:c>
       <x:c r="E1090" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F1090" t="str">
-        <x:v>UB4 0JN</x:v>
+        <x:v>S18 2GF</x:v>
       </x:c>
       <x:c r="G1090" t="str">
         <x:v/>
       </x:c>
       <x:c r="H1090" t="str">
-        <x:v/>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1091">
       <x:c r="A1091" t="str">
-        <x:v>Vivash Brand LLP</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1091" t="str">
-        <x:v>Nonsuch House, </x:v>
+        <x:v>20 Arundel Gate</x:v>
       </x:c>
       <x:c r="C1091" t="str">
-        <x:v>538-542 London Road, Cheam</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1091" t="str">
-        <x:v>Sutton</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E1091" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1091" t="str">
-        <x:v>SM3 9AA</x:v>
+        <x:v>S1 2PP</x:v>
       </x:c>
       <x:c r="G1091" t="str">
-        <x:v>mr@vbllp.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1091" t="str">
-        <x:v>0208 641 2771</x:v>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1092">
       <x:c r="A1092" t="str">
-        <x:v>Vyman Solicitors Limited</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1092" t="str">
-        <x:v>104 College Road</x:v>
+        <x:v>Bridge Street</x:v>
       </x:c>
       <x:c r="C1092" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1092" t="str">
-        <x:v>Harrow</x:v>
+        <x:v>Bakewell</x:v>
       </x:c>
       <x:c r="E1092" t="str">
-        <x:v/>
+        <x:v>Derbyshire</x:v>
       </x:c>
       <x:c r="F1092" t="str">
-        <x:v>HA1 1BQ</x:v>
+        <x:v>DE45 1DS</x:v>
       </x:c>
       <x:c r="G1092" t="str">
-        <x:v>anup.vyas@vyman.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1092" t="str">
-        <x:v>020 8427 9080</x:v>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1093">
       <x:c r="A1093" t="str">
-        <x:v>Wadsworths Solicitors Limited</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1093" t="str">
-        <x:v>129 High Street</x:v>
+        <x:v>1 Ecclesall Road South</x:v>
       </x:c>
       <x:c r="C1093" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1093" t="str">
-        <x:v>Henley in Arden</x:v>
+        <x:v>Sheffield</x:v>
       </x:c>
       <x:c r="E1093" t="str">
-        <x:v>Warwickshire</x:v>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1093" t="str">
-        <x:v>B95 5AU</x:v>
+        <x:v>S11 9PA</x:v>
       </x:c>
       <x:c r="G1093" t="str">
-        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
+        <x:v>lms@tayloremmet.co.uk</x:v>
       </x:c>
       <x:c r="H1093" t="str">
-        <x:v>01564 377 070</x:v>
+        <x:v>0114 218 4000 </x:v>
       </x:c>
     </x:row>
     <x:row r="1094">
       <x:c r="A1094" t="str">
-        <x:v>Wadsworths Solicitors Limited</x:v>
+        <x:v>Taylor &amp; Emmet LLP</x:v>
       </x:c>
       <x:c r="B1094" t="str">
-        <x:v>16-21 Church Street</x:v>
+        <x:v>15 High Street</x:v>
       </x:c>
       <x:c r="C1094" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1094" t="str">
-        <x:v>Tamworth</x:v>
+        <x:v>Rotherham</x:v>
       </x:c>
       <x:c r="E1094" t="str">
-        <x:v/>
+        <x:v>South Yorkshire</x:v>
       </x:c>
       <x:c r="F1094" t="str">
-        <x:v>B79 7DH</x:v>
+        <x:v>S60 1PT</x:v>
       </x:c>
       <x:c r="G1094" t="str">
-        <x:v>michael.wadsworth@wadsworthslaw.co.uk</x:v>
+        <x:v>lms@tayloremmet.co.uk</x:v>
       </x:c>
       <x:c r="H1094" t="str">
-        <x:v>0182765765</x:v>
+        <x:v>0114 218 4000</x:v>
       </x:c>
     </x:row>
     <x:row r="1095">
       <x:c r="A1095" t="str">
-        <x:v>Wadsworths Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1095" t="str">
-        <x:v>325 Stratford Road,</x:v>
+        <x:v>Thremhall Park, Start Hill</x:v>
       </x:c>
       <x:c r="C1095" t="str">
-        <x:v>Shirley,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1095" t="str">
-        <x:v>Solihull,</x:v>
+        <x:v>Bishops Stortford</x:v>
       </x:c>
       <x:c r="E1095" t="str">
-        <x:v>West Midlands,</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1095" t="str">
-        <x:v>B90 3BL</x:v>
+        <x:v>CM22 7WE</x:v>
       </x:c>
       <x:c r="G1095" t="str">
-        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1095" t="str">
-        <x:v>01217458550</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1096">
       <x:c r="A1096" t="str">
-        <x:v>Wainwright &amp; Cummins LLP</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1096" t="str">
-        <x:v>57-61 Atlantic Road</x:v>
+        <x:v>1st and 2nd Floor, 5-7 Railway Street</x:v>
       </x:c>
       <x:c r="C1096" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1096" t="str">
-        <x:v>London</x:v>
+        <x:v>Hertford</x:v>
       </x:c>
       <x:c r="E1096" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1096" t="str">
-        <x:v>SW9 8PU</x:v>
+        <x:v>SG14 1BG</x:v>
       </x:c>
       <x:c r="G1096" t="str">
-        <x:v>andrew.wainwright@wainwrightcummins.co.uk</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1096" t="str">
-        <x:v>0207 095 5700</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1097">
       <x:c r="A1097" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1097" t="str">
-        <x:v>Capstan House</x:v>
+        <x:v>267A Broadway</x:v>
       </x:c>
       <x:c r="C1097" t="str">
-        <x:v>3 The Waterfront, Level Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1097" t="str">
-        <x:v>Brierley Hill</x:v>
+        <x:v>Bexleyheath</x:v>
       </x:c>
       <x:c r="E1097" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1097" t="str">
-        <x:v>DY5 1XL</x:v>
+        <x:v>DA6 8DB</x:v>
       </x:c>
       <x:c r="G1097" t="str">
-        <x:v>lawyers@waldrons.co.uk </x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1097" t="str">
-        <x:v>01384 811811</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1098">
       <x:c r="A1098" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1098" t="str">
-        <x:v>City Walls House</x:v>
+        <x:v>Foundry, 78 The Beacon</x:v>
       </x:c>
       <x:c r="C1098" t="str">
-        <x:v>26 Sidbury</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1098" t="str">
-        <x:v>Worcester</x:v>
+        <x:v>Eastbourne</x:v>
       </x:c>
       <x:c r="E1098" t="str">
-        <x:v>Worcestershire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1098" t="str">
-        <x:v>WR1 2HZ</x:v>
+        <x:v>BN21 3NW</x:v>
       </x:c>
       <x:c r="G1098" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1098" t="str">
-        <x:v>01905 900900</x:v>
+        <x:v>01323 405250</x:v>
       </x:c>
     </x:row>
     <x:row r="1099">
       <x:c r="A1099" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1099" t="str">
-        <x:v>813 High Street</x:v>
+        <x:v>PLATF9RM, Hove Town Hall</x:v>
       </x:c>
       <x:c r="C1099" t="str">
-        <x:v/>
+        <x:v>Church Road</x:v>
       </x:c>
       <x:c r="D1099" t="str">
-        <x:v>Kingswinford</x:v>
+        <x:v>Hove</x:v>
       </x:c>
       <x:c r="E1099" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1099" t="str">
-        <x:v>DY6 8AD</x:v>
+        <x:v>BN3 2AF</x:v>
       </x:c>
       <x:c r="G1099" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1099" t="str">
-        <x:v/>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1100">
       <x:c r="A1100" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1100" t="str">
-        <x:v>34 Dudley Court, The Inhedge</x:v>
+        <x:v>Interchange House,</x:v>
       </x:c>
       <x:c r="C1100" t="str">
-        <x:v/>
+        <x:v>Station Road</x:v>
       </x:c>
       <x:c r="D1100" t="str">
-        <x:v>Dudley</x:v>
+        <x:v>Croydon</x:v>
       </x:c>
       <x:c r="E1100" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1100" t="str">
-        <x:v>DY1 1RR</x:v>
+        <x:v>CR0 2RD</x:v>
       </x:c>
       <x:c r="G1100" t="str">
-        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1100" t="str">
-        <x:v>01384 811811</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1101">
       <x:c r="A1101" t="str">
-        <x:v>Waldrons Solicitors Ltd</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1101" t="str">
-        <x:v>4th Floor, Townend House, Park Street</x:v>
+        <x:v>138 High Street</x:v>
       </x:c>
       <x:c r="C1101" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1101" t="str">
-        <x:v>Walsall</x:v>
+        <x:v>Sevenoaks</x:v>
       </x:c>
       <x:c r="E1101" t="str">
-        <x:v>West Midlands</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1101" t="str">
-        <x:v>WS1 1NS</x:v>
+        <x:v>TN13 1XE</x:v>
       </x:c>
       <x:c r="G1101" t="str">
-        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1101" t="str">
-        <x:v>01384 811811</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1102">
       <x:c r="A1102" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1102" t="str">
-        <x:v>3 High Street</x:v>
+        <x:v>Cantium House</x:v>
       </x:c>
       <x:c r="C1102" t="str">
-        <x:v/>
+        <x:v>Railway Approach</x:v>
       </x:c>
       <x:c r="D1102" t="str">
-        <x:v>Skipton</x:v>
+        <x:v>Wallington</x:v>
       </x:c>
       <x:c r="E1102" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1102" t="str">
-        <x:v>BD23 1AA</x:v>
+        <x:v>SM6 0DZ</x:v>
       </x:c>
       <x:c r="G1102" t="str">
-        <x:v>jls@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1102" t="str">
-        <x:v>01756 700200</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1103">
       <x:c r="A1103" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1103" t="str">
-        <x:v>63 Kirkgate</x:v>
+        <x:v>Swan Court</x:v>
       </x:c>
       <x:c r="C1103" t="str">
-        <x:v>Silsden</x:v>
+        <x:v>11 Worple Road</x:v>
       </x:c>
       <x:c r="D1103" t="str">
-        <x:v>Keighley</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1103" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1103" t="str">
-        <x:v>BD20 0PB</x:v>
+        <x:v>SW19 4JS</x:v>
       </x:c>
       <x:c r="G1103" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1103" t="str">
-        <x:v>01535 656000</x:v>
+        <x:v>020 8944 0082</x:v>
       </x:c>
     </x:row>
     <x:row r="1104">
       <x:c r="A1104" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1104" t="str">
-        <x:v>27 Riddings Road</x:v>
+        <x:v>16-18 Chapel Road</x:v>
       </x:c>
       <x:c r="C1104" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1104" t="str">
-        <x:v>Ilkley</x:v>
+        <x:v>Worthing</x:v>
       </x:c>
       <x:c r="E1104" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>West Sussex</x:v>
       </x:c>
       <x:c r="F1104" t="str">
-        <x:v>LS29 9LX</x:v>
+        <x:v>BN11 1BJ</x:v>
       </x:c>
       <x:c r="G1104" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1104" t="str">
-        <x:v>01943 609969</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1105">
       <x:c r="A1105" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1105" t="str">
-        <x:v>The Old White Horse</x:v>
+        <x:v>The White House, Wilderspool Park</x:v>
       </x:c>
       <x:c r="C1105" t="str">
-        <x:v>Market Place</x:v>
+        <x:v>Greenall’s Avenue</x:v>
       </x:c>
       <x:c r="D1105" t="str">
-        <x:v>Settle</x:v>
+        <x:v>Warrington</x:v>
       </x:c>
       <x:c r="E1105" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1105" t="str">
-        <x:v>BD24 9EF</x:v>
+        <x:v>WA4 6HL</x:v>
       </x:c>
       <x:c r="G1105" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1105" t="str">
-        <x:v>01792 811240</x:v>
+        <x:v>020 3540 4444</x:v>
       </x:c>
     </x:row>
     <x:row r="1106">
       <x:c r="A1106" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1106" t="str">
-        <x:v>First Floor, High Point House,</x:v>
+        <x:v>Bedford House</x:v>
       </x:c>
       <x:c r="C1106" t="str">
-        <x:v>7 Victoria Avenue</x:v>
+        <x:v>Fulham High Street</x:v>
       </x:c>
       <x:c r="D1106" t="str">
-        <x:v>Harrogate</x:v>
+        <x:v>Fulham</x:v>
       </x:c>
       <x:c r="E1106" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F1106" t="str">
-        <x:v>HG1 1EQ</x:v>
+        <x:v>SW6 3JW</x:v>
       </x:c>
       <x:c r="G1106" t="str">
-        <x:v>info@walkerfoster.com</x:v>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1106" t="str">
-        <x:v>01423222950</x:v>
+        <x:v>02035404444</x:v>
       </x:c>
     </x:row>
     <x:row r="1107">
       <x:c r="A1107" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1107" t="str">
-        <x:v>Century House</x:v>
+        <x:v>Parallel House, 32 London Road</x:v>
       </x:c>
       <x:c r="C1107" t="str">
-        <x:v>Thornfield Business Park, Standard Way Business Park</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1107" t="str">
-        <x:v>Northallerton</x:v>
+        <x:v>Guilford</x:v>
       </x:c>
       <x:c r="E1107" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1107" t="str">
-        <x:v>DL6 2XQ</x:v>
+        <x:v>GU1 2AB</x:v>
       </x:c>
       <x:c r="G1107" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1107" t="str">
-        <x:v>01609711158</x:v>
+        <x:v>01483 670 400</x:v>
       </x:c>
     </x:row>
     <x:row r="1108">
       <x:c r="A1108" t="str">
-        <x:v>Walker Foster Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1108" t="str">
-        <x:v>Craven House</x:v>
+        <x:v>Cambridge House, South Block, Henry Street</x:v>
       </x:c>
       <x:c r="C1108" t="str">
-        <x:v>Newtown</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1108" t="str">
-        <x:v>Barnoldswick</x:v>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E1108" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1108" t="str">
-        <x:v>BB18 5UQ</x:v>
+        <x:v>BA1 1BT</x:v>
       </x:c>
       <x:c r="G1108" t="str">
-        <x:v/>
+        <x:v>lenderpanelteam@taylor-rose.co.uk</x:v>
       </x:c>
       <x:c r="H1108" t="str">
-        <x:v>01282 812234</x:v>
+        <x:v>01225 437050</x:v>
       </x:c>
     </x:row>
     <x:row r="1109">
       <x:c r="A1109" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose Limited</x:v>
       </x:c>
       <x:c r="B1109" t="str">
-        <x:v>Market Place</x:v>
+        <x:v>Worldwide House</x:v>
       </x:c>
       <x:c r="C1109" t="str">
-        <x:v/>
+        <x:v>Thorpe Wood</x:v>
       </x:c>
       <x:c r="D1109" t="str">
-        <x:v>Ely</x:v>
+        <x:v>Peterborough</x:v>
       </x:c>
       <x:c r="E1109" t="str">
         <x:v>Cambridgeshire</x:v>
       </x:c>
       <x:c r="F1109" t="str">
-        <x:v>CB7 4QN</x:v>
+        <x:v>PE3 6SB</x:v>
       </x:c>
       <x:c r="G1109" t="str">
         <x:v/>
       </x:c>
       <x:c r="H1109" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1110">
       <x:c r="A1110" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose TTKW Limited</x:v>
       </x:c>
       <x:c r="B1110" t="str">
-        <x:v>3 Regis Place, Bergen Way</x:v>
+        <x:v>112 Timber Wharf</x:v>
       </x:c>
       <x:c r="C1110" t="str">
-        <x:v>North Lynn Industrial Estate</x:v>
+        <x:v>32 Worsley Street</x:v>
       </x:c>
       <x:c r="D1110" t="str">
-        <x:v>King's Lynn</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E1110" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F1110" t="str">
-        <x:v>PE30 2JN</x:v>
+        <x:v>M15 4NX</x:v>
       </x:c>
       <x:c r="G1110" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1110" t="str">
-        <x:v>01553 660033</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1111">
       <x:c r="A1111" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose TTKW Limited</x:v>
       </x:c>
       <x:c r="B1111" t="str">
-        <x:v>Chancery House</x:v>
+        <x:v>56 High Street</x:v>
       </x:c>
       <x:c r="C1111" t="str">
-        <x:v>8 High Street</x:v>
+        <x:v>Bognor Regis</x:v>
       </x:c>
       <x:c r="D1111" t="str">
-        <x:v>Heacham</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1111" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1111" t="str">
-        <x:v>PE31 7ER</x:v>
+        <x:v>PO21 1SP</x:v>
       </x:c>
       <x:c r="G1111" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H1111" t="str">
-        <x:v>01485 571366</x:v>
+        <x:v>01243213442</x:v>
       </x:c>
     </x:row>
     <x:row r="1112">
       <x:c r="A1112" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Taylor Rose TTKW Limited</x:v>
       </x:c>
       <x:c r="B1112" t="str">
-        <x:v>Ventnor House, 11 London Street</x:v>
+        <x:v>1St Floor Clarendon Business Centre</x:v>
       </x:c>
       <x:c r="C1112" t="str">
-        <x:v/>
+        <x:v>Ealing Cross</x:v>
       </x:c>
       <x:c r="D1112" t="str">
-        <x:v>Swaffham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1112" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v>Ealing</x:v>
       </x:c>
       <x:c r="F1112" t="str">
-        <x:v>PE37 7BW</x:v>
+        <x:v>W5 5BW</x:v>
       </x:c>
       <x:c r="G1112" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1112" t="str">
-        <x:v>01760 721992</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1113">
       <x:c r="A1113" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Tayntons (LS) Limited</x:v>
       </x:c>
       <x:c r="B1113" t="str">
-        <x:v>16-18 High Street</x:v>
+        <x:v>5th Floor, Llanthony Warehouse</x:v>
       </x:c>
       <x:c r="C1113" t="str">
-        <x:v/>
+        <x:v>The Docks</x:v>
       </x:c>
       <x:c r="D1113" t="str">
-        <x:v>Dereham</x:v>
+        <x:v>Gloucester</x:v>
       </x:c>
       <x:c r="E1113" t="str">
-        <x:v>Norfolk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1113" t="str">
-        <x:v>NR19 1DR</x:v>
+        <x:v>GL1 2EH</x:v>
       </x:c>
       <x:c r="G1113" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v>conveyancing@tayntons.co.uk</x:v>
       </x:c>
       <x:c r="H1113" t="str">
-        <x:v>01362 692182</x:v>
+        <x:v>01452 522047</x:v>
       </x:c>
     </x:row>
     <x:row r="1114">
       <x:c r="A1114" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Temperley Taylor LLP</x:v>
       </x:c>
       <x:c r="B1114" t="str">
-        <x:v>9 Park Street</x:v>
+        <x:v>Durham House</x:v>
       </x:c>
       <x:c r="C1114" t="str">
-        <x:v/>
+        <x:v>Warwick Court, Park Road, Middleton</x:v>
       </x:c>
       <x:c r="D1114" t="str">
-        <x:v>Chatteris</x:v>
+        <x:v>Manchester</x:v>
       </x:c>
       <x:c r="E1114" t="str">
-        <x:v>Cambridgeshire</x:v>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1114" t="str">
-        <x:v>PE16 6AB</x:v>
+        <x:v>M24 1AE</x:v>
       </x:c>
       <x:c r="G1114" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v>ajc@temperleytaylor.co.uk</x:v>
       </x:c>
       <x:c r="H1114" t="str">
-        <x:v>01354 692607</x:v>
+        <x:v>0161 643 2411</x:v>
       </x:c>
     </x:row>
     <x:row r="1115">
       <x:c r="A1115" t="str">
-        <x:v>Ward Gethin Archer Limited</x:v>
+        <x:v>Temperley Taylor LLP</x:v>
       </x:c>
       <x:c r="B1115" t="str">
-        <x:v>21 London Road</x:v>
+        <x:v>The Old Police Station, 22 Hind Hill Street</x:v>
       </x:c>
       <x:c r="C1115" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1115" t="str">
-        <x:v>Downham Market</x:v>
+        <x:v>Heywood</x:v>
       </x:c>
       <x:c r="E1115" t="str">
-        <x:v/>
+        <x:v>Lancashire</x:v>
       </x:c>
       <x:c r="F1115" t="str">
-        <x:v>PE38 9AW</x:v>
+        <x:v>OL10 1AQ</x:v>
       </x:c>
       <x:c r="G1115" t="str">
-        <x:v>enquiries@wga.co.uk</x:v>
+        <x:v>vanessa.redmond@temperleytaylor.co.uk</x:v>
       </x:c>
       <x:c r="H1115" t="str">
-        <x:v>01366 321431</x:v>
+        <x:v>01706623511</x:v>
       </x:c>
     </x:row>
     <x:row r="1116">
       <x:c r="A1116" t="str">
-        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+        <x:v>Tennant Mickleburgh Solicitors</x:v>
       </x:c>
       <x:c r="B1116" t="str">
-        <x:v>2 Market Street</x:v>
+        <x:v>The Union Building</x:v>
       </x:c>
       <x:c r="C1116" t="str">
-        <x:v/>
+        <x:v>51-59 Rose Lane</x:v>
       </x:c>
       <x:c r="D1116" t="str">
-        <x:v>Malton</x:v>
+        <x:v>Norwich</x:v>
       </x:c>
       <x:c r="E1116" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1116" t="str">
-        <x:v>YO17 7AS</x:v>
+        <x:v>NR1 1BY</x:v>
       </x:c>
       <x:c r="G1116" t="str">
-        <x:v>holly.stevens@warekay.co.uk</x:v>
+        <x:v>jknight@tennantmickleburgh.com</x:v>
       </x:c>
       <x:c r="H1116" t="str">
-        <x:v>01653 692247</x:v>
+        <x:v>01603972470</x:v>
       </x:c>
     </x:row>
     <x:row r="1117">
       <x:c r="A1117" t="str">
-        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1117" t="str">
-        <x:v>3 Wharfe Mews</x:v>
+        <x:v>T Bromley, 15-17 London Road</x:v>
       </x:c>
       <x:c r="C1117" t="str">
-        <x:v>Cliffe Terrace</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1117" t="str">
-        <x:v>Wetherby</x:v>
+        <x:v>Bromley</x:v>
       </x:c>
       <x:c r="E1117" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1117" t="str">
-        <x:v>LS22 6LX</x:v>
+        <x:v>BR1 1DE</x:v>
       </x:c>
       <x:c r="G1117" t="str">
-        <x:v/>
+        <x:v>riskandcompliance@thackraywilliams.com</x:v>
       </x:c>
       <x:c r="H1117" t="str">
-        <x:v/>
+        <x:v>0208 290 0440</x:v>
       </x:c>
     </x:row>
     <x:row r="1118">
       <x:c r="A1118" t="str">
-        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1118" t="str">
-        <x:v>Sentinel House, </x:v>
+        <x:v>15 Pembroke Road</x:v>
       </x:c>
       <x:c r="C1118" t="str">
-        <x:v>Peasholme Green</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1118" t="str">
-        <x:v>York</x:v>
+        <x:v>Sevenoaks</x:v>
       </x:c>
       <x:c r="E1118" t="str">
-        <x:v>North Yorkshire</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1118" t="str">
-        <x:v>YO1 7PP</x:v>
+        <x:v>TN13 1XR</x:v>
       </x:c>
       <x:c r="G1118" t="str">
-        <x:v/>
+        <x:v>riskandcompliance@thackraywilliams.com</x:v>
       </x:c>
       <x:c r="H1118" t="str">
-        <x:v>01904716000</x:v>
+        <x:v>01732 496496</x:v>
       </x:c>
     </x:row>
     <x:row r="1119">
       <x:c r="A1119" t="str">
-        <x:v>Waterstone Chambers LLP</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1119" t="str">
-        <x:v>2-5 Minories (2nd Floor)</x:v>
+        <x:v>125 Old Broad Street</x:v>
       </x:c>
       <x:c r="C1119" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1119" t="str">
         <x:v>London</x:v>
       </x:c>
       <x:c r="E1119" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F1119" t="str">
-        <x:v>EC3N 1BJ</x:v>
+        <x:v>EC2N 1AR</x:v>
       </x:c>
       <x:c r="G1119" t="str">
-        <x:v>s.ali@wslegal.co.uk</x:v>
+        <x:v>riskandcompliance@thackraywilliams.com</x:v>
       </x:c>
       <x:c r="H1119" t="str">
-        <x:v>02070639040</x:v>
+        <x:v>020 8290 0440</x:v>
       </x:c>
     </x:row>
     <x:row r="1120">
       <x:c r="A1120" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Thackray Williams LLP</x:v>
       </x:c>
       <x:c r="B1120" t="str">
-        <x:v>164 St John's Hill</x:v>
+        <x:v>73 Station Road</x:v>
       </x:c>
       <x:c r="C1120" t="str">
-        <x:v/>
+        <x:v>West Wickham</x:v>
       </x:c>
       <x:c r="D1120" t="str">
-        <x:v>London</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1120" t="str">
-        <x:v/>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F1120" t="str">
-        <x:v>SW11 1SJ</x:v>
+        <x:v>BR4 0QG</x:v>
       </x:c>
       <x:c r="G1120" t="str">
-        <x:v>newenquiries@newriversidelegal.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1120" t="str">
-        <x:v>020 3924 2290</x:v>
+        <x:v>020 8290 0440</x:v>
       </x:c>
     </x:row>
     <x:row r="1121">
       <x:c r="A1121" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Thompson &amp; Jackson Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1121" t="str">
-        <x:v>11 Finsley Gate</x:v>
+        <x:v>Hyder House</x:v>
       </x:c>
       <x:c r="C1121" t="str">
-        <x:v/>
+        <x:v>680 Budshead Road</x:v>
       </x:c>
       <x:c r="D1121" t="str">
-        <x:v>Burnley</x:v>
+        <x:v>Plymouth</x:v>
       </x:c>
       <x:c r="E1121" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1121" t="str">
-        <x:v>BB11 2HA</x:v>
+        <x:v>PL6 5XR</x:v>
       </x:c>
       <x:c r="G1121" t="str">
-        <x:v>team@baldwinwyatt.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1121" t="str">
-        <x:v>01282 429999</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1122">
       <x:c r="A1122" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tickle Hall Cross Limited</x:v>
       </x:c>
       <x:c r="B1122" t="str">
-        <x:v>The Portal, Bridgewater Close</x:v>
+        <x:v>Carlton Chambers</x:v>
       </x:c>
       <x:c r="C1122" t="str">
-        <x:v/>
+        <x:v>25 Hardshaw Street</x:v>
       </x:c>
       <x:c r="D1122" t="str">
-        <x:v>Hapton</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E1122" t="str">
-        <x:v>Burnley</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1122" t="str">
-        <x:v>BB11 5TT</x:v>
+        <x:v>WA10 1RP</x:v>
       </x:c>
       <x:c r="G1122" t="str">
-        <x:v>enquiries@watsonramsbottom.com</x:v>
+        <x:v>NicolaK@ticklehallcross.co.uk </x:v>
       </x:c>
       <x:c r="H1122" t="str">
-        <x:v>01282 226820</x:v>
+        <x:v>01744746073</x:v>
       </x:c>
     </x:row>
     <x:row r="1123">
       <x:c r="A1123" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tickle Hall Cross Limited</x:v>
       </x:c>
       <x:c r="B1123" t="str">
-        <x:v>33-39 Railway Road</x:v>
+        <x:v>2 Derby Street</x:v>
       </x:c>
       <x:c r="C1123" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1123" t="str">
-        <x:v>Darwen</x:v>
+        <x:v>Prescot</x:v>
       </x:c>
       <x:c r="E1123" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F1123" t="str">
-        <x:v>BB3 2RL</x:v>
+        <x:v>L34 3LJ</x:v>
       </x:c>
       <x:c r="G1123" t="str">
-        <x:v>enquiries@watsonramsbottom.com.</x:v>
+        <x:v>joanneh@ticklehallcross.co.uk</x:v>
       </x:c>
       <x:c r="H1123" t="str">
-        <x:v>01254701111</x:v>
+        <x:v>01744 733333 </x:v>
       </x:c>
     </x:row>
     <x:row r="1124">
       <x:c r="A1124" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tolhurst Fisher LLP</x:v>
       </x:c>
       <x:c r="B1124" t="str">
-        <x:v>Unit 4A</x:v>
+        <x:v>Trafalgar House</x:v>
       </x:c>
       <x:c r="C1124" t="str">
-        <x:v>Riverside Court</x:v>
+        <x:v> 8-10 Nelson Street</x:v>
       </x:c>
       <x:c r="D1124" t="str">
-        <x:v>Delph</x:v>
+        <x:v>Southend-on-Sea</x:v>
       </x:c>
       <x:c r="E1124" t="str">
-        <x:v>Oldham</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F1124" t="str">
-        <x:v>OL3 5FZ</x:v>
+        <x:v>SS1 1EF</x:v>
       </x:c>
       <x:c r="G1124" t="str">
-        <x:v/>
+        <x:v>clatham@tolhurstfisher.com</x:v>
       </x:c>
       <x:c r="H1124" t="str">
-        <x:v/>
+        <x:v>01702 352511</x:v>
       </x:c>
     </x:row>
     <x:row r="1125">
       <x:c r="A1125" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tolhurst Fisher LLP</x:v>
       </x:c>
       <x:c r="B1125" t="str">
-        <x:v>25-29 Victoria Street</x:v>
+        <x:v>Whitelands Business Centre</x:v>
       </x:c>
       <x:c r="C1125" t="str">
-        <x:v/>
+        <x:v>Terling Road, Hatfield Peverel</x:v>
       </x:c>
       <x:c r="D1125" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Chelmsford</x:v>
       </x:c>
       <x:c r="E1125" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Essex</x:v>
       </x:c>
       <x:c r="F1125" t="str">
-        <x:v>BB1 6DN</x:v>
+        <x:v>CM3 2AG</x:v>
       </x:c>
       <x:c r="G1125" t="str">
         <x:v/>
       </x:c>
       <x:c r="H1125" t="str">
-        <x:v/>
+        <x:v>01245 495111</x:v>
       </x:c>
     </x:row>
     <x:row r="1126">
       <x:c r="A1126" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tonner Johns Ratti Limited</x:v>
       </x:c>
       <x:c r="B1126" t="str">
-        <x:v>18a - 20 Queen Street</x:v>
+        <x:v>48 Walter Road</x:v>
       </x:c>
       <x:c r="C1126" t="str">
-        <x:v>Great Harwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1126" t="str">
-        <x:v>Blackburn</x:v>
+        <x:v>Swansea</x:v>
       </x:c>
       <x:c r="E1126" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Abertawe</x:v>
       </x:c>
       <x:c r="F1126" t="str">
-        <x:v>BB6 7QQ</x:v>
+        <x:v>SA1 5PW</x:v>
       </x:c>
       <x:c r="G1126" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>law@tonnerjohns.co.uk</x:v>
       </x:c>
       <x:c r="H1126" t="str">
-        <x:v>01254 884422</x:v>
+        <x:v>01792 643296</x:v>
       </x:c>
     </x:row>
     <x:row r="1127">
       <x:c r="A1127" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tozers LLP</x:v>
       </x:c>
       <x:c r="B1127" t="str">
-        <x:v>25 Blackburn Road</x:v>
+        <x:v>North Door</x:v>
       </x:c>
       <x:c r="C1127" t="str">
-        <x:v/>
+        <x:v>Broadwalk House, Southernhay West</x:v>
       </x:c>
       <x:c r="D1127" t="str">
-        <x:v>Accrington</x:v>
+        <x:v>Exeter</x:v>
       </x:c>
       <x:c r="E1127" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1127" t="str">
-        <x:v>BB5 1HF</x:v>
+        <x:v>EX1 1UA</x:v>
       </x:c>
       <x:c r="G1127" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>p.kelly@tozers.co.uk</x:v>
       </x:c>
       <x:c r="H1127" t="str">
-        <x:v>01254 301044</x:v>
+        <x:v>01392 207 020</x:v>
       </x:c>
     </x:row>
     <x:row r="1128">
       <x:c r="A1128" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tozers LLP</x:v>
       </x:c>
       <x:c r="B1128" t="str">
-        <x:v>2 St Mary's Walk</x:v>
+        <x:v>2-3 Orchard Gardens</x:v>
       </x:c>
       <x:c r="C1128" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1128" t="str">
-        <x:v>Chorley</x:v>
+        <x:v>Teignmouth</x:v>
       </x:c>
       <x:c r="E1128" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1128" t="str">
-        <x:v>PR7 2RT</x:v>
+        <x:v>TQ14 8DR</x:v>
       </x:c>
       <x:c r="G1128" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>p.zaleski@tozers.co.uk</x:v>
       </x:c>
       <x:c r="H1128" t="str">
-        <x:v>01257 241818</x:v>
+        <x:v>01626 772376</x:v>
       </x:c>
     </x:row>
     <x:row r="1129">
       <x:c r="A1129" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Tozers LLP</x:v>
       </x:c>
       <x:c r="B1129" t="str">
-        <x:v>2-4 Castlegate</x:v>
+        <x:v>10 St Pauls Road</x:v>
       </x:c>
       <x:c r="C1129" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1129" t="str">
-        <x:v>Clitheroe</x:v>
+        <x:v>Newton Abbot</x:v>
       </x:c>
       <x:c r="E1129" t="str">
-        <x:v/>
+        <x:v>Devon</x:v>
       </x:c>
       <x:c r="F1129" t="str">
-        <x:v>BB7 1AZ</x:v>
+        <x:v>TQ12 4PR</x:v>
       </x:c>
       <x:c r="G1129" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>m.meleady@tozers.co.uk</x:v>
       </x:c>
       <x:c r="H1129" t="str">
-        <x:v>0120 0444321</x:v>
+        <x:v>01626 207020</x:v>
       </x:c>
     </x:row>
     <x:row r="1130">
       <x:c r="A1130" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>TQ Law Limited</x:v>
       </x:c>
       <x:c r="B1130" t="str">
-        <x:v>Station Chambers, 16 Fernlea Avenue</x:v>
+        <x:v>54 Church Street</x:v>
       </x:c>
       <x:c r="C1130" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1130" t="str">
-        <x:v>Barnoldswick</x:v>
+        <x:v>Leigh</x:v>
       </x:c>
       <x:c r="E1130" t="str">
-        <x:v/>
+        <x:v>Greater Manchester</x:v>
       </x:c>
       <x:c r="F1130" t="str">
-        <x:v>BB18 5DP</x:v>
+        <x:v>WN7 1AZ</x:v>
       </x:c>
       <x:c r="G1130" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v>**</x:v>
       </x:c>
       <x:c r="H1130" t="str">
-        <x:v>01282 813385</x:v>
+        <x:v>01942671166</x:v>
       </x:c>
     </x:row>
     <x:row r="1131">
       <x:c r="A1131" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1131" t="str">
-        <x:v>Suite 207, Park House Business Centre</x:v>
+        <x:v>Space House 22-24 </x:v>
       </x:c>
       <x:c r="C1131" t="str">
-        <x:v>10 Park Street</x:v>
+        <x:v>Oxford Road</x:v>
       </x:c>
       <x:c r="D1131" t="str">
-        <x:v>Bristol</x:v>
+        <x:v>Bournemouth</x:v>
       </x:c>
       <x:c r="E1131" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1131" t="str">
-        <x:v>BS1 5HX</x:v>
+        <x:v>BH8 8EZ</x:v>
       </x:c>
       <x:c r="G1131" t="str">
-        <x:v>karen.green@watsonramsbottom.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1131" t="str">
-        <x:v>0117 432 3000</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1132">
       <x:c r="A1132" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1132" t="str">
-        <x:v>Jubilee House, East Beach</x:v>
+        <x:v>The Pavilion, Grange Drive, Hedge End</x:v>
       </x:c>
       <x:c r="C1132" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1132" t="str">
-        <x:v>Lytham St Annes</x:v>
+        <x:v>Southampton</x:v>
       </x:c>
       <x:c r="E1132" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F1132" t="str">
-        <x:v>FY8 5FT</x:v>
+        <x:v>SO30 2AF</x:v>
       </x:c>
       <x:c r="G1132" t="str">
-        <x:v>enquiries@watsonramsbottom.com</x:v>
+        <x:v>jon.laidler@trethowans.com</x:v>
       </x:c>
       <x:c r="H1132" t="str">
-        <x:v>01253372200</x:v>
+        <x:v>02380321000</x:v>
       </x:c>
     </x:row>
     <x:row r="1133">
       <x:c r="A1133" t="str">
-        <x:v>Watson Ramsbottom Limited</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1133" t="str">
-        <x:v>33 Ropergate</x:v>
+        <x:v>London Road Office Park</x:v>
       </x:c>
       <x:c r="C1133" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1133" t="str">
-        <x:v>Pontefract</x:v>
+        <x:v>Salisbury</x:v>
       </x:c>
       <x:c r="E1133" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Wiltshire</x:v>
       </x:c>
       <x:c r="F1133" t="str">
-        <x:v>WF8 1LE</x:v>
+        <x:v>SP1 3HP</x:v>
       </x:c>
       <x:c r="G1133" t="str">
-        <x:v/>
+        <x:v>david.franklin@trethowans.com</x:v>
       </x:c>
       <x:c r="H1133" t="str">
-        <x:v/>
+        <x:v>01722 426985</x:v>
       </x:c>
     </x:row>
     <x:row r="1134">
       <x:c r="A1134" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>Trethowans LLP</x:v>
       </x:c>
       <x:c r="B1134" t="str">
-        <x:v>The Manor House</x:v>
+        <x:v>Sheridan House, 40-43 Jewry Street</x:v>
       </x:c>
       <x:c r="C1134" t="str">
-        <x:v>143 High Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1134" t="str">
-        <x:v>Honiton</x:v>
+        <x:v>Winchester</x:v>
       </x:c>
       <x:c r="E1134" t="str">
-        <x:v/>
+        <x:v>Hampshire</x:v>
       </x:c>
       <x:c r="F1134" t="str">
-        <x:v>EX14 1DJ</x:v>
+        <x:v>SO23 8RY</x:v>
       </x:c>
       <x:c r="G1134" t="str">
-        <x:v/>
+        <x:v>info@trethowans.com</x:v>
       </x:c>
       <x:c r="H1134" t="str">
-        <x:v/>
+        <x:v>01962 670677</x:v>
       </x:c>
     </x:row>
     <x:row r="1135">
       <x:c r="A1135" t="str">
-        <x:v>Wbw Solicitors LLP</x:v>
+        <x:v>Trethowans LLP (Merchants House)</x:v>
       </x:c>
       <x:c r="B1135" t="str">
-        <x:v>63-65 Hyde Road</x:v>
+        <x:v>Merchants House</x:v>
       </x:c>
       <x:c r="C1135" t="str">
-        <x:v/>
+        <x:v>Vanguard Road</x:v>
       </x:c>
       <x:c r="D1135" t="str">
-        <x:v>Paignton</x:v>
+        <x:v>Poole</x:v>
       </x:c>
       <x:c r="E1135" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1135" t="str">
-        <x:v>TQ4 5BT</x:v>
+        <x:v>BH15 1PH</x:v>
       </x:c>
       <x:c r="G1135" t="str">
-        <x:v/>
+        <x:v>07793 816844</x:v>
       </x:c>
       <x:c r="H1135" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="1136">
       <x:c r="A1136" t="str">
-        <x:v>Wbw Solicitors LLP</x:v>
+        <x:v>True Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1136" t="str">
-        <x:v>Westgate</x:v>
+        <x:v>Portland House</x:v>
       </x:c>
       <x:c r="C1136" t="str">
-        <x:v/>
+        <x:v>New Bridge Street West</x:v>
       </x:c>
       <x:c r="D1136" t="str">
-        <x:v>Launceston</x:v>
+        <x:v>Newcastle upon Tyne</x:v>
       </x:c>
       <x:c r="E1136" t="str">
-        <x:v>Cornwall</x:v>
+        <x:v>Tyne and Wear</x:v>
       </x:c>
       <x:c r="F1136" t="str">
-        <x:v>PL15 9AD</x:v>
+        <x:v>NE1 8AP</x:v>
       </x:c>
       <x:c r="G1136" t="str">
-        <x:v>lawyer@wbw.co.uk</x:v>
+        <x:v>patricia.hall@true.co.uk</x:v>
       </x:c>
       <x:c r="H1136" t="str">
-        <x:v>01566 772451</x:v>
+        <x:v>0191 2606546</x:v>
       </x:c>
     </x:row>
     <x:row r="1137">
       <x:c r="A1137" t="str">
-        <x:v>Wbw Solicitors LLP</x:v>
+        <x:v>TTS Legal Limited</x:v>
       </x:c>
       <x:c r="B1137" t="str">
-        <x:v>132-134 Union Street</x:v>
+        <x:v>2Nd Floor Mezzanine</x:v>
       </x:c>
       <x:c r="C1137" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1137" t="str">
-        <x:v>Torquay</x:v>
+        <x:v>53 New Oxford Street</x:v>
       </x:c>
       <x:c r="E1137" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1137" t="str">
-        <x:v>TQ2 5QB</x:v>
+        <x:v>WC1A 1BL </x:v>
       </x:c>
       <x:c r="G1137" t="str">
-        <x:v>lawyer@wbw.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1137" t="str">
-        <x:v>01803 202404</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1138">
       <x:c r="A1138" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TTS Legal Limited</x:v>
       </x:c>
       <x:c r="B1138" t="str">
-        <x:v>Church House</x:v>
+        <x:v>20 Old Bond Street</x:v>
       </x:c>
       <x:c r="C1138" t="str">
-        <x:v>Queen Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1138" t="str">
-        <x:v>Newton Abbot</x:v>
+        <x:v>Bath</x:v>
       </x:c>
       <x:c r="E1138" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1138" t="str">
-        <x:v>TQ12 2QP</x:v>
+        <x:v>BA1 1BP</x:v>
       </x:c>
       <x:c r="G1138" t="str">
-        <x:v>lawyer@wbw.co.uk</x:v>
+        <x:v>michael@ttslegal.com</x:v>
       </x:c>
       <x:c r="H1138" t="str">
-        <x:v>01626 202 404</x:v>
+        <x:v>01225 696 333</x:v>
       </x:c>
     </x:row>
     <x:row r="1139">
       <x:c r="A1139" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TTS Legal Limited</x:v>
       </x:c>
       <x:c r="B1139" t="str">
-        <x:v>St Margarets House</x:v>
+        <x:v>1-4 the Parade</x:v>
       </x:c>
       <x:c r="C1139" t="str">
-        <x:v>Station Road</x:v>
+        <x:v>Monarch Way</x:v>
       </x:c>
       <x:c r="D1139" t="str">
-        <x:v>Bovey Tracey</x:v>
+        <x:v>Ilford</x:v>
       </x:c>
       <x:c r="E1139" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1139" t="str">
-        <x:v>TQ13 9AL</x:v>
+        <x:v>IG2 7HT</x:v>
       </x:c>
       <x:c r="G1139" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>anthony@ttslegal.com</x:v>
       </x:c>
       <x:c r="H1139" t="str">
-        <x:v>01626 833263</x:v>
+        <x:v>02030869550</x:v>
       </x:c>
     </x:row>
     <x:row r="1140">
       <x:c r="A1140" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1140" t="str">
-        <x:v>The Forum, Barnfield Road</x:v>
+        <x:v>7&amp;9 Queens Road</x:v>
       </x:c>
       <x:c r="C1140" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1140" t="str">
-        <x:v>Exeter</x:v>
+        <x:v>Wimbledon</x:v>
       </x:c>
       <x:c r="E1140" t="str">
-        <x:v/>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="F1140" t="str">
-        <x:v>EX1 1QR</x:v>
+        <x:v>SW19 8NG</x:v>
       </x:c>
       <x:c r="G1140" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1140" t="str">
-        <x:v>01392 274126</x:v>
+        <x:v>02089466454</x:v>
       </x:c>
     </x:row>
     <x:row r="1141">
       <x:c r="A1141" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1141" t="str">
-        <x:v>17 High Street</x:v>
+        <x:v>40 West Street</x:v>
       </x:c>
       <x:c r="C1141" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1141" t="str">
-        <x:v>Exmouth</x:v>
+        <x:v>Reigate</x:v>
       </x:c>
       <x:c r="E1141" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1141" t="str">
-        <x:v>EX8 1NR</x:v>
+        <x:v>RH2 9BT</x:v>
       </x:c>
       <x:c r="G1141" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1141" t="str">
-        <x:v>01395 272241 </x:v>
+        <x:v>01737221212</x:v>
       </x:c>
     </x:row>
     <x:row r="1142">
       <x:c r="A1142" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1142" t="str">
-        <x:v>Warwick House, 30 High Street</x:v>
+        <x:v>123 High Street</x:v>
       </x:c>
       <x:c r="C1142" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1142" t="str">
-        <x:v>Sidmouth</x:v>
+        <x:v>Epsom</x:v>
       </x:c>
       <x:c r="E1142" t="str">
-        <x:v>Devon</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1142" t="str">
-        <x:v>EX10 8EA</x:v>
+        <x:v>KT19 8AU</x:v>
       </x:c>
       <x:c r="G1142" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1142" t="str">
-        <x:v>01395 578206 </x:v>
+        <x:v>01372 729555</x:v>
       </x:c>
     </x:row>
     <x:row r="1143">
       <x:c r="A1143" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>TWM Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1143" t="str">
-        <x:v>Blackdown Chambers</x:v>
+        <x:v>Sweech House</x:v>
       </x:c>
       <x:c r="C1143" t="str">
-        <x:v>Unit 10 Weycroft Avenue</x:v>
+        <x:v>2-8 Gravel Hill</x:v>
       </x:c>
       <x:c r="D1143" t="str">
-        <x:v>Axminster</x:v>
+        <x:v>Leatherhead</x:v>
       </x:c>
       <x:c r="E1143" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1143" t="str">
-        <x:v>EX13 5HU</x:v>
+        <x:v>KT22 7HF</x:v>
       </x:c>
       <x:c r="G1143" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>jonathan.potter@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1143" t="str">
-        <x:v>01297 630700</x:v>
+        <x:v>01372374148</x:v>
       </x:c>
     </x:row>
     <x:row r="1144">
       <x:c r="A1144" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>Twm Solicitors LLP (Guildford)</x:v>
       </x:c>
       <x:c r="B1144" t="str">
-        <x:v>1 Major Terrace</x:v>
+        <x:v>65 Woodbridge Road</x:v>
       </x:c>
       <x:c r="C1144" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1144" t="str">
-        <x:v>Seaton</x:v>
+        <x:v>Guildford</x:v>
       </x:c>
       <x:c r="E1144" t="str">
-        <x:v/>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1144" t="str">
-        <x:v>EX12 2RF</x:v>
+        <x:v>GU1 4RD</x:v>
       </x:c>
       <x:c r="G1144" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>instructions@twmsolicitors.com</x:v>
       </x:c>
       <x:c r="H1144" t="str">
-        <x:v>01297 626950</x:v>
+        <x:v>01483 752700</x:v>
       </x:c>
     </x:row>
     <x:row r="1145">
       <x:c r="A1145" t="str">
-        <x:v>WBW Solicitors LLP</x:v>
+        <x:v>Underwood Solicitors LLP</x:v>
       </x:c>
       <x:c r="B1145" t="str">
-        <x:v>3 Bolton Street</x:v>
+        <x:v>40 Welbeck Street</x:v>
       </x:c>
       <x:c r="C1145" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1145" t="str">
-        <x:v>Brixham</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1145" t="str">
         <x:v/>
       </x:c>
       <x:c r="F1145" t="str">
-        <x:v>TQ5 9DA</x:v>
+        <x:v>W1G 8LN</x:v>
       </x:c>
       <x:c r="G1145" t="str">
-        <x:v>suebarsby@wbw.co.uk</x:v>
+        <x:v>nsabharwal@underwoodco.com</x:v>
       </x:c>
       <x:c r="H1145" t="str">
-        <x:v>01803 546180</x:v>
+        <x:v>020 7526 6000</x:v>
       </x:c>
     </x:row>
     <x:row r="1146">
       <x:c r="A1146" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>Unsworth Rose (Solicitors) LLP</x:v>
       </x:c>
       <x:c r="B1146" t="str">
-        <x:v>Unit 3-4 Market Square, High Street</x:v>
+        <x:v>19 Princess Road</x:v>
       </x:c>
       <x:c r="C1146" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1146" t="str">
-        <x:v>Tenterden</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1146" t="str">
-        <x:v>Kent</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1146" t="str">
-        <x:v>TN30 6BN</x:v>
+        <x:v>NW1 8JR</x:v>
       </x:c>
       <x:c r="G1146" t="str">
-        <x:v>amandaadie@wmlaw.uk</x:v>
+        <x:v>rj@unsworthrose.co.uk</x:v>
       </x:c>
       <x:c r="H1146" t="str">
-        <x:v>01580 765722</x:v>
+        <x:v>0207 4834411</x:v>
       </x:c>
     </x:row>
     <x:row r="1147">
       <x:c r="A1147" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>Vas Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1147" t="str">
-        <x:v>32-33 Watling Street</x:v>
+        <x:v>278 High Street</x:v>
       </x:c>
       <x:c r="C1147" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1147" t="str">
-        <x:v>Canterbury</x:v>
+        <x:v>Sutton</x:v>
       </x:c>
       <x:c r="E1147" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Surrey</x:v>
       </x:c>
       <x:c r="F1147" t="str">
-        <x:v>CT1 2AN</x:v>
+        <x:v>SM1 1PG</x:v>
       </x:c>
       <x:c r="G1147" t="str">
-        <x:v>amandaadie@wmlaw.uk</x:v>
+        <x:v>vas@vassolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1147" t="str">
-        <x:v>01227 643250</x:v>
+        <x:v>02031 372298</x:v>
       </x:c>
     </x:row>
     <x:row r="1148">
       <x:c r="A1148" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>Vas Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1148" t="str">
-        <x:v>Unit F20, Marlowe Innovation Centre</x:v>
+        <x:v>156 London Road,</x:v>
       </x:c>
       <x:c r="C1148" t="str">
-        <x:v>Marlowe Way</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1148" t="str">
-        <x:v>Ramsgate</x:v>
+        <x:v>Mitcham,</x:v>
       </x:c>
       <x:c r="E1148" t="str">
-        <x:v/>
+        <x:v>Surrey,</x:v>
       </x:c>
       <x:c r="F1148" t="str">
-        <x:v>CT12 6FA</x:v>
+        <x:v>CR4 3LD</x:v>
       </x:c>
       <x:c r="G1148" t="str">
-        <x:v>lizdack@wmlaw.uk</x:v>
+        <x:v>vas@vassolicitors.co.uk</x:v>
       </x:c>
       <x:c r="H1148" t="str">
-        <x:v>01227 643250</x:v>
+        <x:v>02031372598</x:v>
       </x:c>
     </x:row>
     <x:row r="1149">
       <x:c r="A1149" t="str">
-        <x:v>Whitehead Monckton Limited</x:v>
+        <x:v>VC Law Ltd</x:v>
       </x:c>
       <x:c r="B1149" t="str">
-        <x:v>5 Eclipse Park</x:v>
+        <x:v>56 Tithebarn Street</x:v>
       </x:c>
       <x:c r="C1149" t="str">
-        <x:v>Sittingbourne Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1149" t="str">
-        <x:v/>
+        <x:v>Liverpool</x:v>
       </x:c>
       <x:c r="E1149" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="F1149" t="str">
-        <x:v>ME14 3EN</x:v>
+        <x:v>L2 2SR </x:v>
       </x:c>
       <x:c r="G1149" t="str">
         <x:v/>
       </x:c>
       <x:c r="H1149" t="str">
-        <x:v/>
+        <x:v>0151 318 7500</x:v>
       </x:c>
     </x:row>
     <x:row r="1150">
       <x:c r="A1150" t="str">
-        <x:v>Whitmore Law Limited</x:v>
+        <x:v>VC Law Ltd</x:v>
       </x:c>
       <x:c r="B1150" t="str">
-        <x:v>10 Cameron Road</x:v>
+        <x:v>18 Post Office Avenue</x:v>
       </x:c>
       <x:c r="C1150" t="str">
-        <x:v>Seven Kings</x:v>
+        <x:v>Southport</x:v>
       </x:c>
       <x:c r="D1150" t="str">
-        <x:v>Ilford</x:v>
+        <x:v>Merseyside</x:v>
       </x:c>
       <x:c r="E1150" t="str">
-        <x:v>Essex</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1150" t="str">
-        <x:v>IG3 8LA</x:v>
+        <x:v>PR9 0US</x:v>
       </x:c>
       <x:c r="G1150" t="str">
-        <x:v>ap@whitmorelaw.co.uk</x:v>
+        <x:v>enquiries@vclaw.co.uk</x:v>
       </x:c>
       <x:c r="H1150" t="str">
-        <x:v>0208 477 1399</x:v>
+        <x:v>01704 61710</x:v>
       </x:c>
     </x:row>
     <x:row r="1151">
       <x:c r="A1151" t="str">
-        <x:v>Wilkinson Woodward (Huddersfield)</x:v>
+        <x:v>Vincents Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1151" t="str">
-        <x:v>22 Queen Street</x:v>
+        <x:v>Unit 16</x:v>
       </x:c>
       <x:c r="C1151" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>1-3 Uxbridge Road</x:v>
       </x:c>
       <x:c r="D1151" t="str">
-        <x:v/>
+        <x:v>Hayes</x:v>
       </x:c>
       <x:c r="E1151" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1151" t="str">
-        <x:v>HD1 2SP</x:v>
+        <x:v>UB4 0JN</x:v>
       </x:c>
       <x:c r="G1151" t="str">
-        <x:v>**</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1151" t="str">
-        <x:v>01484 483800</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1152">
       <x:c r="A1152" t="str">
-        <x:v>Wilkinson Woodward Limited</x:v>
+        <x:v>Vivash Brand LLP</x:v>
       </x:c>
       <x:c r="B1152" t="str">
-        <x:v>11 Fountain Street</x:v>
+        <x:v>Nonsuch House, </x:v>
       </x:c>
       <x:c r="C1152" t="str">
-        <x:v/>
+        <x:v>538-542 London Road, Cheam</x:v>
       </x:c>
       <x:c r="D1152" t="str">
-        <x:v>Halifax</x:v>
+        <x:v>Sutton</x:v>
       </x:c>
       <x:c r="E1152" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1152" t="str">
-        <x:v>HX1 1LU</x:v>
+        <x:v>SM3 9AA</x:v>
       </x:c>
       <x:c r="G1152" t="str">
-        <x:v>msc@wilkinsonwoodward.co.uk</x:v>
+        <x:v>mr@vbllp.co.uk</x:v>
       </x:c>
       <x:c r="H1152" t="str">
-        <x:v>01422 339 600</x:v>
+        <x:v>0208 641 2771</x:v>
       </x:c>
     </x:row>
     <x:row r="1153">
       <x:c r="A1153" t="str">
-        <x:v>Wilkinson Woodward Limited</x:v>
+        <x:v>Vyman Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1153" t="str">
-        <x:v>4 Commercial Street</x:v>
+        <x:v>104 College Road</x:v>
       </x:c>
       <x:c r="C1153" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1153" t="str">
-        <x:v>Brighouse</x:v>
+        <x:v>Harrow</x:v>
       </x:c>
       <x:c r="E1153" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1153" t="str">
-        <x:v>HD6 1AQ</x:v>
+        <x:v>HA1 1BQ</x:v>
       </x:c>
       <x:c r="G1153" t="str">
-        <x:v>law@wilkinsonwoodward.co.uk</x:v>
+        <x:v>anup.vyas@vyman.co.uk</x:v>
       </x:c>
       <x:c r="H1153" t="str">
-        <x:v>01484 710571</x:v>
+        <x:v>020 8427 9080</x:v>
       </x:c>
     </x:row>
     <x:row r="1154">
       <x:c r="A1154" t="str">
-        <x:v>Williams &amp; Co</x:v>
+        <x:v>Wadsworths Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1154" t="str">
-        <x:v>Revenue Chambers</x:v>
+        <x:v>129 High Street</x:v>
       </x:c>
       <x:c r="C1154" t="str">
-        <x:v>St Peters Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1154" t="str">
-        <x:v>Huddersfield</x:v>
+        <x:v>Henley in Arden</x:v>
       </x:c>
       <x:c r="E1154" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>Warwickshire</x:v>
       </x:c>
       <x:c r="F1154" t="str">
-        <x:v>HD1 1DL</x:v>
+        <x:v>B95 5AU</x:v>
       </x:c>
       <x:c r="G1154" t="str">
-        <x:v>carolbellis@williamsco.legal</x:v>
+        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1154" t="str">
-        <x:v>01484 905265</x:v>
+        <x:v>01564 377 070</x:v>
       </x:c>
     </x:row>
     <x:row r="1155">
       <x:c r="A1155" t="str">
-        <x:v>Williams &amp; Co</x:v>
+        <x:v>Wadsworths Solicitors Limited</x:v>
       </x:c>
       <x:c r="B1155" t="str">
-        <x:v>Merchant House</x:v>
+        <x:v>16-21 Church Street</x:v>
       </x:c>
       <x:c r="C1155" t="str">
-        <x:v>24 Cheapside</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1155" t="str">
-        <x:v>Wakefield</x:v>
+        <x:v>Tamworth</x:v>
       </x:c>
       <x:c r="E1155" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1155" t="str">
-        <x:v>WF1 2TF</x:v>
+        <x:v>B79 7DH</x:v>
       </x:c>
       <x:c r="G1155" t="str">
-        <x:v>enquiries@williamscleck.co.uk</x:v>
+        <x:v>michael.wadsworth@wadsworthslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1155" t="str">
-        <x:v>01924562228</x:v>
+        <x:v>0182765765</x:v>
       </x:c>
     </x:row>
     <x:row r="1156">
       <x:c r="A1156" t="str">
-        <x:v>Williams &amp; Co</x:v>
+        <x:v>Wadsworths Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1156" t="str">
-        <x:v>Brooke House</x:v>
+        <x:v>325 Stratford Road,</x:v>
       </x:c>
       <x:c r="C1156" t="str">
-        <x:v>3-5 Dewsbury Road</x:v>
+        <x:v>Shirley,</x:v>
       </x:c>
       <x:c r="D1156" t="str">
-        <x:v>Cleckheaton</x:v>
+        <x:v>Solihull,</x:v>
       </x:c>
       <x:c r="E1156" t="str">
-        <x:v>West Yorkshire</x:v>
+        <x:v>West Midlands,</x:v>
       </x:c>
       <x:c r="F1156" t="str">
-        <x:v>BD19 3RS</x:v>
+        <x:v>B90 3BL</x:v>
       </x:c>
       <x:c r="G1156" t="str">
-        <x:v>enquiries@williamscleck.co.uk</x:v>
+        <x:v>alexandra.tait@wadsworthslaw.co.uk</x:v>
       </x:c>
       <x:c r="H1156" t="str">
-        <x:v>01274 851608</x:v>
+        <x:v>01217458550</x:v>
       </x:c>
     </x:row>
     <x:row r="1157">
       <x:c r="A1157" t="str">
-        <x:v>Windeatts Solicitors LLP</x:v>
+        <x:v>Wainwright &amp; Cummins LLP</x:v>
       </x:c>
       <x:c r="B1157" t="str">
-        <x:v>48 Fore Street</x:v>
+        <x:v>57-61 Atlantic Road</x:v>
       </x:c>
       <x:c r="C1157" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1157" t="str">
-        <x:v>Kingsbridge</x:v>
+        <x:v>London</x:v>
       </x:c>
       <x:c r="E1157" t="str">
-        <x:v>Devon</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1157" t="str">
-        <x:v>TQ7 1PE</x:v>
+        <x:v>SW9 8PU</x:v>
       </x:c>
       <x:c r="G1157" t="str">
-        <x:v/>
+        <x:v>andrew.wainwright@wainwrightcummins.co.uk</x:v>
       </x:c>
       <x:c r="H1157" t="str">
-        <x:v/>
+        <x:v>0207 095 5700</x:v>
       </x:c>
     </x:row>
     <x:row r="1158">
       <x:c r="A1158" t="str">
-        <x:v>Windeatts Solicitors LLP</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1158" t="str">
-        <x:v>19 High Street</x:v>
+        <x:v>Capstan House</x:v>
       </x:c>
       <x:c r="C1158" t="str">
-        <x:v/>
+        <x:v>3 The Waterfront, Level Street</x:v>
       </x:c>
       <x:c r="D1158" t="str">
-        <x:v>Totnes</x:v>
+        <x:v>Brierley Hill</x:v>
       </x:c>
       <x:c r="E1158" t="str">
-        <x:v>Devon</x:v>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1158" t="str">
-        <x:v>TQ9 5NW</x:v>
+        <x:v>DY5 1XL</x:v>
       </x:c>
       <x:c r="G1158" t="str">
-        <x:v>richard.wing@windeatts.co.uk</x:v>
+        <x:v>lawyers@waldrons.co.uk </x:v>
       </x:c>
       <x:c r="H1158" t="str">
-        <x:v>01803 862233</x:v>
+        <x:v>01384 811811</x:v>
       </x:c>
     </x:row>
     <x:row r="1159">
       <x:c r="A1159" t="str">
-        <x:v>WLR Legal Solutions Ltd</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1159" t="str">
-        <x:v>First Floor, Finance Block</x:v>
+        <x:v>City Walls House</x:v>
       </x:c>
       <x:c r="C1159" t="str">
-        <x:v>Wharncliffe Road</x:v>
+        <x:v>26 Sidbury</x:v>
       </x:c>
       <x:c r="D1159" t="str">
-        <x:v>Ilkeston</x:v>
+        <x:v>Worcester</x:v>
       </x:c>
       <x:c r="E1159" t="str">
-        <x:v/>
+        <x:v>Worcestershire</x:v>
       </x:c>
       <x:c r="F1159" t="str">
-        <x:v>DE7 5GF</x:v>
+        <x:v>WR1 2HZ</x:v>
       </x:c>
       <x:c r="G1159" t="str">
-        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1159" t="str">
-        <x:v>01159 304994</x:v>
+        <x:v>01905 900900</x:v>
       </x:c>
     </x:row>
     <x:row r="1160">
       <x:c r="A1160" t="str">
-        <x:v>WLR Legal Solutions Ltd</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1160" t="str">
-        <x:v>68 Nottingham Road</x:v>
+        <x:v>813 High Street</x:v>
       </x:c>
       <x:c r="C1160" t="str">
-        <x:v>Eastwood</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1160" t="str">
-        <x:v/>
+        <x:v>Kingswinford</x:v>
       </x:c>
       <x:c r="E1160" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1160" t="str">
-        <x:v>NG16 3NQ</x:v>
+        <x:v>DY6 8AD</x:v>
       </x:c>
       <x:c r="G1160" t="str">
-        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1160" t="str">
-        <x:v>01773 713846</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="1161">
       <x:c r="A1161" t="str">
-        <x:v>WLR Legal Solutions Ltd</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1161" t="str">
-        <x:v>The Hemington, Millhouse Business Centre,</x:v>
+        <x:v>34 Dudley Court, The Inhedge</x:v>
       </x:c>
       <x:c r="C1161" t="str">
-        <x:v>Station Road</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1161" t="str">
-        <x:v>Castle Donington</x:v>
+        <x:v>Dudley</x:v>
       </x:c>
       <x:c r="E1161" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1161" t="str">
-        <x:v>DE74 2NJ</x:v>
+        <x:v>DY1 1RR</x:v>
       </x:c>
       <x:c r="G1161" t="str">
-        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
       </x:c>
       <x:c r="H1161" t="str">
-        <x:v>07802429330</x:v>
+        <x:v>01384 811811</x:v>
       </x:c>
     </x:row>
     <x:row r="1162">
       <x:c r="A1162" t="str">
-        <x:v>Woodford Stauffer</x:v>
+        <x:v>Waldrons Solicitors Ltd</x:v>
       </x:c>
       <x:c r="B1162" t="str">
-        <x:v>The Parade, Petersfield Road</x:v>
+        <x:v>4th Floor, Townend House, Park Street</x:v>
       </x:c>
       <x:c r="C1162" t="str">
-        <x:v>Whitehill</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1162" t="str">
-        <x:v>Bordon</x:v>
+        <x:v>Walsall</x:v>
       </x:c>
       <x:c r="E1162" t="str">
-        <x:v/>
+        <x:v>West Midlands</x:v>
       </x:c>
       <x:c r="F1162" t="str">
-        <x:v>GU35 9AR</x:v>
+        <x:v>WS1 1NS</x:v>
       </x:c>
       <x:c r="G1162" t="str">
-        <x:v>enquiries@woodfordstauffer.co.uk</x:v>
+        <x:v>Emma.Bradbury@waldrons.co.uk</x:v>
       </x:c>
       <x:c r="H1162" t="str">
-        <x:v>01420500670</x:v>
+        <x:v>01384 811811</x:v>
       </x:c>
     </x:row>
     <x:row r="1163">
       <x:c r="A1163" t="str">
-        <x:v>Woodford Stauffer</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1163" t="str">
-        <x:v>63A Lynchford Road</x:v>
+        <x:v>3 High Street</x:v>
       </x:c>
       <x:c r="C1163" t="str">
         <x:v/>
       </x:c>
       <x:c r="D1163" t="str">
-        <x:v>Farnborough</x:v>
+        <x:v>Skipton</x:v>
       </x:c>
       <x:c r="E1163" t="str">
-        <x:v>Hampshire</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F1163" t="str">
-        <x:v>GU14 6EJ</x:v>
+        <x:v>BD23 1AA</x:v>
       </x:c>
       <x:c r="G1163" t="str">
-        <x:v/>
+        <x:v>jls@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1163" t="str">
-        <x:v/>
+        <x:v>01756 700200</x:v>
       </x:c>
     </x:row>
     <x:row r="1164">
       <x:c r="A1164" t="str">
-        <x:v>Woodstock Legal Services Limited.</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1164" t="str">
-        <x:v>11 Haven Road</x:v>
+        <x:v>63 Kirkgate</x:v>
       </x:c>
       <x:c r="C1164" t="str">
-        <x:v/>
+        <x:v>Silsden</x:v>
       </x:c>
       <x:c r="D1164" t="str">
-        <x:v>POOLE</x:v>
+        <x:v>Keighley</x:v>
       </x:c>
       <x:c r="E1164" t="str">
-        <x:v>Dorset</x:v>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1164" t="str">
-        <x:v>BH13 7LE</x:v>
+        <x:v>BD20 0PB</x:v>
       </x:c>
       <x:c r="G1164" t="str">
-        <x:v>n.boyland@woodstocklegalservices.co.uk</x:v>
+        <x:v>info@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1164" t="str">
-        <x:v>03300885792</x:v>
+        <x:v>01535 656000</x:v>
       </x:c>
     </x:row>
     <x:row r="1165">
       <x:c r="A1165" t="str">
-        <x:v>Woollcombe Yonge LLP</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1165" t="str">
-        <x:v>5th Floor, Old Tree Court</x:v>
+        <x:v>27 Riddings Road</x:v>
       </x:c>
       <x:c r="C1165" t="str">
-        <x:v>64 Exeter Street</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D1165" t="str">
-        <x:v>Plymouth</x:v>
+        <x:v>Ilkley</x:v>
       </x:c>
       <x:c r="E1165" t="str">
-        <x:v/>
+        <x:v>West Yorkshire</x:v>
       </x:c>
       <x:c r="F1165" t="str">
-        <x:v>PL4 0AJ</x:v>
+        <x:v>LS29 9LX</x:v>
       </x:c>
       <x:c r="G1165" t="str">
-        <x:v>MC@wysolicitors.co.uk</x:v>
+        <x:v>info@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1165" t="str">
-        <x:v>01752 660384</x:v>
+        <x:v>01943 609969</x:v>
       </x:c>
     </x:row>
     <x:row r="1166">
       <x:c r="A1166" t="str">
-        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1166" t="str">
-        <x:v>37 Beetham Road</x:v>
+        <x:v>The Old White Horse</x:v>
       </x:c>
       <x:c r="C1166" t="str">
-        <x:v/>
+        <x:v>Market Place</x:v>
       </x:c>
       <x:c r="D1166" t="str">
-        <x:v>Milnthorpe</x:v>
+        <x:v>Settle</x:v>
       </x:c>
       <x:c r="E1166" t="str">
-        <x:v>Cumbria</x:v>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F1166" t="str">
-        <x:v>LA7 7QN</x:v>
+        <x:v>BD24 9EF</x:v>
       </x:c>
       <x:c r="G1166" t="str">
-        <x:v>info@wrightandlord.com</x:v>
+        <x:v>info@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1166" t="str">
-        <x:v>015395 65990</x:v>
+        <x:v>01792 811240</x:v>
       </x:c>
     </x:row>
     <x:row r="1167">
       <x:c r="A1167" t="str">
-        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1167" t="str">
-        <x:v>63 Victoria Street</x:v>
+        <x:v>First Floor, High Point House,</x:v>
       </x:c>
       <x:c r="C1167" t="str">
-        <x:v/>
+        <x:v>7 Victoria Avenue</x:v>
       </x:c>
       <x:c r="D1167" t="str">
-        <x:v>Morecambe</x:v>
+        <x:v>Harrogate</x:v>
       </x:c>
       <x:c r="E1167" t="str">
-        <x:v>Lancashire</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F1167" t="str">
-        <x:v>LA4 4AF</x:v>
+        <x:v>HG1 1EQ</x:v>
       </x:c>
       <x:c r="G1167" t="str">
-        <x:v/>
+        <x:v>info@walkerfoster.com</x:v>
       </x:c>
       <x:c r="H1167" t="str">
-        <x:v/>
+        <x:v>01423222950</x:v>
       </x:c>
     </x:row>
     <x:row r="1168">
       <x:c r="A1168" t="str">
-        <x:v>YVA Solicitors LLP</x:v>
+        <x:v>Walker Foster Limited</x:v>
       </x:c>
       <x:c r="B1168" t="str">
-        <x:v>Sixth Floor, 16 Berkeley Street</x:v>
+        <x:v>Century House</x:v>
       </x:c>
       <x:c r="C1168" t="str">
-        <x:v>Mayfair</x:v>
+        <x:v>Thornfield Business Park, Standard Way Business Park</x:v>
       </x:c>
       <x:c r="D1168" t="str">
-        <x:v>London</x:v>
+        <x:v>Northallerton</x:v>
       </x:c>
       <x:c r="E1168" t="str">
-        <x:v/>
+        <x:v>North Yorkshire</x:v>
       </x:c>
       <x:c r="F1168" t="str">
-        <x:v>W1J 8DZ</x:v>
+        <x:v>DL6 2XQ</x:v>
       </x:c>
       <x:c r="G1168" t="str">
-        <x:v>info@yvasolicitors.com</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H1168" t="str">
-        <x:v>020 7493 7888</x:v>
+        <x:v>01609711158</x:v>
       </x:c>
     </x:row>
     <x:row r="1169">
       <x:c r="A1169" t="str">
+        <x:v>Walker Foster Limited</x:v>
+      </x:c>
+      <x:c r="B1169" t="str">
+        <x:v>Craven House</x:v>
+      </x:c>
+      <x:c r="C1169" t="str">
+        <x:v>Newtown</x:v>
+      </x:c>
+      <x:c r="D1169" t="str">
+        <x:v>Barnoldswick</x:v>
+      </x:c>
+      <x:c r="E1169" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1169" t="str">
+        <x:v>BB18 5UQ</x:v>
+      </x:c>
+      <x:c r="G1169" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1169" t="str">
+        <x:v>01282 812234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1170">
+      <x:c r="A1170" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1170" t="str">
+        <x:v>Market Place</x:v>
+      </x:c>
+      <x:c r="C1170" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1170" t="str">
+        <x:v>Ely</x:v>
+      </x:c>
+      <x:c r="E1170" t="str">
+        <x:v>Cambridgeshire</x:v>
+      </x:c>
+      <x:c r="F1170" t="str">
+        <x:v>CB7 4QN</x:v>
+      </x:c>
+      <x:c r="G1170" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1170" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1171">
+      <x:c r="A1171" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1171" t="str">
+        <x:v>3 Regis Place, Bergen Way</x:v>
+      </x:c>
+      <x:c r="C1171" t="str">
+        <x:v>North Lynn Industrial Estate</x:v>
+      </x:c>
+      <x:c r="D1171" t="str">
+        <x:v>King's Lynn</x:v>
+      </x:c>
+      <x:c r="E1171" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1171" t="str">
+        <x:v>PE30 2JN</x:v>
+      </x:c>
+      <x:c r="G1171" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1171" t="str">
+        <x:v>01553 660033</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1172">
+      <x:c r="A1172" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1172" t="str">
+        <x:v>Chancery House</x:v>
+      </x:c>
+      <x:c r="C1172" t="str">
+        <x:v>8 High Street</x:v>
+      </x:c>
+      <x:c r="D1172" t="str">
+        <x:v>Heacham</x:v>
+      </x:c>
+      <x:c r="E1172" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1172" t="str">
+        <x:v>PE31 7ER</x:v>
+      </x:c>
+      <x:c r="G1172" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1172" t="str">
+        <x:v>01485 571366</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1173">
+      <x:c r="A1173" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1173" t="str">
+        <x:v>Ventnor House, 11 London Street</x:v>
+      </x:c>
+      <x:c r="C1173" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1173" t="str">
+        <x:v>Swaffham</x:v>
+      </x:c>
+      <x:c r="E1173" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1173" t="str">
+        <x:v>PE37 7BW</x:v>
+      </x:c>
+      <x:c r="G1173" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1173" t="str">
+        <x:v>01760 721992</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1174">
+      <x:c r="A1174" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1174" t="str">
+        <x:v>16-18 High Street</x:v>
+      </x:c>
+      <x:c r="C1174" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1174" t="str">
+        <x:v>Dereham</x:v>
+      </x:c>
+      <x:c r="E1174" t="str">
+        <x:v>Norfolk</x:v>
+      </x:c>
+      <x:c r="F1174" t="str">
+        <x:v>NR19 1DR</x:v>
+      </x:c>
+      <x:c r="G1174" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1174" t="str">
+        <x:v>01362 692182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1175">
+      <x:c r="A1175" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1175" t="str">
+        <x:v>9 Park Street</x:v>
+      </x:c>
+      <x:c r="C1175" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1175" t="str">
+        <x:v>Chatteris</x:v>
+      </x:c>
+      <x:c r="E1175" t="str">
+        <x:v>Cambridgeshire</x:v>
+      </x:c>
+      <x:c r="F1175" t="str">
+        <x:v>PE16 6AB</x:v>
+      </x:c>
+      <x:c r="G1175" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1175" t="str">
+        <x:v>01354 692607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1176">
+      <x:c r="A1176" t="str">
+        <x:v>Ward Gethin Archer Limited</x:v>
+      </x:c>
+      <x:c r="B1176" t="str">
+        <x:v>21 London Road</x:v>
+      </x:c>
+      <x:c r="C1176" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1176" t="str">
+        <x:v>Downham Market</x:v>
+      </x:c>
+      <x:c r="E1176" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1176" t="str">
+        <x:v>PE38 9AW</x:v>
+      </x:c>
+      <x:c r="G1176" t="str">
+        <x:v>enquiries@wga.co.uk</x:v>
+      </x:c>
+      <x:c r="H1176" t="str">
+        <x:v>01366 321431</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1177">
+      <x:c r="A1177" t="str">
+        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1177" t="str">
+        <x:v>2 Market Street</x:v>
+      </x:c>
+      <x:c r="C1177" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1177" t="str">
+        <x:v>Malton</x:v>
+      </x:c>
+      <x:c r="E1177" t="str">
+        <x:v>North Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1177" t="str">
+        <x:v>YO17 7AS</x:v>
+      </x:c>
+      <x:c r="G1177" t="str">
+        <x:v>holly.stevens@warekay.co.uk</x:v>
+      </x:c>
+      <x:c r="H1177" t="str">
+        <x:v>01653 692247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1178">
+      <x:c r="A1178" t="str">
+        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1178" t="str">
+        <x:v>Sentinel House, </x:v>
+      </x:c>
+      <x:c r="C1178" t="str">
+        <x:v>Peasholme Green</x:v>
+      </x:c>
+      <x:c r="D1178" t="str">
+        <x:v>York</x:v>
+      </x:c>
+      <x:c r="E1178" t="str">
+        <x:v>North Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1178" t="str">
+        <x:v>YO1 7PP</x:v>
+      </x:c>
+      <x:c r="G1178" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1178" t="str">
+        <x:v>01904716000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1179">
+      <x:c r="A1179" t="str">
+        <x:v>Ware &amp; Kay Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1179" t="str">
+        <x:v>3 Wharfe Mews</x:v>
+      </x:c>
+      <x:c r="C1179" t="str">
+        <x:v>Cliffe Terrace</x:v>
+      </x:c>
+      <x:c r="D1179" t="str">
+        <x:v>Wetherby</x:v>
+      </x:c>
+      <x:c r="E1179" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1179" t="str">
+        <x:v>LS22 6LX</x:v>
+      </x:c>
+      <x:c r="G1179" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1179" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1180">
+      <x:c r="A1180" t="str">
+        <x:v>Waterstone Chambers LLP</x:v>
+      </x:c>
+      <x:c r="B1180" t="str">
+        <x:v>2-5 Minories (2nd Floor)</x:v>
+      </x:c>
+      <x:c r="C1180" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1180" t="str">
+        <x:v>London</x:v>
+      </x:c>
+      <x:c r="E1180" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1180" t="str">
+        <x:v>EC3N 1BJ</x:v>
+      </x:c>
+      <x:c r="G1180" t="str">
+        <x:v>s.ali@wslegal.co.uk</x:v>
+      </x:c>
+      <x:c r="H1180" t="str">
+        <x:v>02070639040</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1181">
+      <x:c r="A1181" t="str">
+        <x:v>Watkins &amp; Gunn Limited</x:v>
+      </x:c>
+      <x:c r="B1181" t="str">
+        <x:v>Glantorfaen House, Hanbury Road</x:v>
+      </x:c>
+      <x:c r="C1181" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1181" t="str">
+        <x:v>Pontypool</x:v>
+      </x:c>
+      <x:c r="E1181" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1181" t="str">
+        <x:v>NP4 6XY</x:v>
+      </x:c>
+      <x:c r="G1181" t="str">
+        <x:v>ctouhig@watkinsandgunn.co.uk</x:v>
+      </x:c>
+      <x:c r="H1181" t="str">
+        <x:v>01495 762244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1182">
+      <x:c r="A1182" t="str">
+        <x:v>Watkins &amp; Gunn Limited</x:v>
+      </x:c>
+      <x:c r="B1182" t="str">
+        <x:v>Ground Floor, Building 5</x:v>
+      </x:c>
+      <x:c r="C1182" t="str">
+        <x:v>Castlebridge, 5-19 Cowbridge Road East</x:v>
+      </x:c>
+      <x:c r="D1182" t="str">
+        <x:v>Cardiff</x:v>
+      </x:c>
+      <x:c r="E1182" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1182" t="str">
+        <x:v>CF11 9AB</x:v>
+      </x:c>
+      <x:c r="G1182" t="str">
+        <x:v>info@watkinsandgunn.co.uk</x:v>
+      </x:c>
+      <x:c r="H1182" t="str">
+        <x:v>02921 154313</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1183">
+      <x:c r="A1183" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1183" t="str">
+        <x:v>164 St John's Hill</x:v>
+      </x:c>
+      <x:c r="C1183" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1183" t="str">
+        <x:v>London</x:v>
+      </x:c>
+      <x:c r="E1183" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1183" t="str">
+        <x:v>SW11 1SJ</x:v>
+      </x:c>
+      <x:c r="G1183" t="str">
+        <x:v>newenquiries@newriversidelegal.com</x:v>
+      </x:c>
+      <x:c r="H1183" t="str">
+        <x:v>020 3924 2290</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1184">
+      <x:c r="A1184" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1184" t="str">
+        <x:v>11 Finsley Gate</x:v>
+      </x:c>
+      <x:c r="C1184" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1184" t="str">
+        <x:v>Burnley</x:v>
+      </x:c>
+      <x:c r="E1184" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1184" t="str">
+        <x:v>BB11 2HA</x:v>
+      </x:c>
+      <x:c r="G1184" t="str">
+        <x:v>team@baldwinwyatt.com</x:v>
+      </x:c>
+      <x:c r="H1184" t="str">
+        <x:v>01282 429999</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1185">
+      <x:c r="A1185" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1185" t="str">
+        <x:v>The Portal, Bridgewater Close</x:v>
+      </x:c>
+      <x:c r="C1185" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1185" t="str">
+        <x:v>Hapton</x:v>
+      </x:c>
+      <x:c r="E1185" t="str">
+        <x:v>Burnley</x:v>
+      </x:c>
+      <x:c r="F1185" t="str">
+        <x:v>BB11 5TT</x:v>
+      </x:c>
+      <x:c r="G1185" t="str">
+        <x:v>enquiries@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1185" t="str">
+        <x:v>01282 226820</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1186">
+      <x:c r="A1186" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1186" t="str">
+        <x:v>Unit 4A</x:v>
+      </x:c>
+      <x:c r="C1186" t="str">
+        <x:v>Riverside Court</x:v>
+      </x:c>
+      <x:c r="D1186" t="str">
+        <x:v>Delph</x:v>
+      </x:c>
+      <x:c r="E1186" t="str">
+        <x:v>Oldham</x:v>
+      </x:c>
+      <x:c r="F1186" t="str">
+        <x:v>OL3 5FZ</x:v>
+      </x:c>
+      <x:c r="G1186" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1186" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1187">
+      <x:c r="A1187" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1187" t="str">
+        <x:v>33 Ropergate</x:v>
+      </x:c>
+      <x:c r="C1187" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1187" t="str">
+        <x:v>Pontefract</x:v>
+      </x:c>
+      <x:c r="E1187" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1187" t="str">
+        <x:v>WF8 1LE</x:v>
+      </x:c>
+      <x:c r="G1187" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1187" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1188">
+      <x:c r="A1188" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1188" t="str">
+        <x:v>25-29 Victoria Street</x:v>
+      </x:c>
+      <x:c r="C1188" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1188" t="str">
+        <x:v>Blackburn</x:v>
+      </x:c>
+      <x:c r="E1188" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1188" t="str">
+        <x:v>BB1 6DN</x:v>
+      </x:c>
+      <x:c r="G1188" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1188" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1189">
+      <x:c r="A1189" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1189" t="str">
+        <x:v>18a - 20 Queen Street</x:v>
+      </x:c>
+      <x:c r="C1189" t="str">
+        <x:v>Great Harwood</x:v>
+      </x:c>
+      <x:c r="D1189" t="str">
+        <x:v>Blackburn</x:v>
+      </x:c>
+      <x:c r="E1189" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1189" t="str">
+        <x:v>BB6 7QQ</x:v>
+      </x:c>
+      <x:c r="G1189" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1189" t="str">
+        <x:v>01254 884422</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1190">
+      <x:c r="A1190" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1190" t="str">
+        <x:v>25 Blackburn Road</x:v>
+      </x:c>
+      <x:c r="C1190" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1190" t="str">
+        <x:v>Accrington</x:v>
+      </x:c>
+      <x:c r="E1190" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1190" t="str">
+        <x:v>BB5 1HF</x:v>
+      </x:c>
+      <x:c r="G1190" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1190" t="str">
+        <x:v>01254 301044</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1191">
+      <x:c r="A1191" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1191" t="str">
+        <x:v>2 St Mary's Walk</x:v>
+      </x:c>
+      <x:c r="C1191" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1191" t="str">
+        <x:v>Chorley</x:v>
+      </x:c>
+      <x:c r="E1191" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1191" t="str">
+        <x:v>PR7 2RT</x:v>
+      </x:c>
+      <x:c r="G1191" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1191" t="str">
+        <x:v>01257 241818</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1192">
+      <x:c r="A1192" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1192" t="str">
+        <x:v>2-4 Castlegate</x:v>
+      </x:c>
+      <x:c r="C1192" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1192" t="str">
+        <x:v>Clitheroe</x:v>
+      </x:c>
+      <x:c r="E1192" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1192" t="str">
+        <x:v>BB7 1AZ</x:v>
+      </x:c>
+      <x:c r="G1192" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1192" t="str">
+        <x:v>0120 0444321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1193">
+      <x:c r="A1193" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1193" t="str">
+        <x:v>Station Chambers, 16 Fernlea Avenue</x:v>
+      </x:c>
+      <x:c r="C1193" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1193" t="str">
+        <x:v>Barnoldswick</x:v>
+      </x:c>
+      <x:c r="E1193" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1193" t="str">
+        <x:v>BB18 5DP</x:v>
+      </x:c>
+      <x:c r="G1193" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1193" t="str">
+        <x:v>01282 813385</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1194">
+      <x:c r="A1194" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1194" t="str">
+        <x:v>Suite 207, Park House Business Centre</x:v>
+      </x:c>
+      <x:c r="C1194" t="str">
+        <x:v>10 Park Street</x:v>
+      </x:c>
+      <x:c r="D1194" t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+      <x:c r="E1194" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1194" t="str">
+        <x:v>BS1 5HX</x:v>
+      </x:c>
+      <x:c r="G1194" t="str">
+        <x:v>karen.green@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1194" t="str">
+        <x:v>0117 432 3000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1195">
+      <x:c r="A1195" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1195" t="str">
+        <x:v>Jubilee House, East Beach</x:v>
+      </x:c>
+      <x:c r="C1195" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1195" t="str">
+        <x:v>Lytham St Annes</x:v>
+      </x:c>
+      <x:c r="E1195" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1195" t="str">
+        <x:v>FY8 5FT</x:v>
+      </x:c>
+      <x:c r="G1195" t="str">
+        <x:v>enquiries@watsonramsbottom.com</x:v>
+      </x:c>
+      <x:c r="H1195" t="str">
+        <x:v>01253372200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1196">
+      <x:c r="A1196" t="str">
+        <x:v>Watson Ramsbottom Limited</x:v>
+      </x:c>
+      <x:c r="B1196" t="str">
+        <x:v>33-39 Railway Road</x:v>
+      </x:c>
+      <x:c r="C1196" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1196" t="str">
+        <x:v>Darwen</x:v>
+      </x:c>
+      <x:c r="E1196" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1196" t="str">
+        <x:v>BB3 2RL</x:v>
+      </x:c>
+      <x:c r="G1196" t="str">
+        <x:v>enquiries@watsonramsbottom.com.</x:v>
+      </x:c>
+      <x:c r="H1196" t="str">
+        <x:v>01254701111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1197">
+      <x:c r="A1197" t="str">
+        <x:v>Wbw Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1197" t="str">
+        <x:v>Westgate</x:v>
+      </x:c>
+      <x:c r="C1197" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1197" t="str">
+        <x:v>Launceston</x:v>
+      </x:c>
+      <x:c r="E1197" t="str">
+        <x:v>Cornwall</x:v>
+      </x:c>
+      <x:c r="F1197" t="str">
+        <x:v>PL15 9AD</x:v>
+      </x:c>
+      <x:c r="G1197" t="str">
+        <x:v>lawyer@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1197" t="str">
+        <x:v>01566 772451</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1198">
+      <x:c r="A1198" t="str">
+        <x:v>Wbw Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1198" t="str">
+        <x:v>132-134 Union Street</x:v>
+      </x:c>
+      <x:c r="C1198" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1198" t="str">
+        <x:v>Torquay</x:v>
+      </x:c>
+      <x:c r="E1198" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1198" t="str">
+        <x:v>TQ2 5QB</x:v>
+      </x:c>
+      <x:c r="G1198" t="str">
+        <x:v>lawyer@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1198" t="str">
+        <x:v>01803 202404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1199">
+      <x:c r="A1199" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1199" t="str">
+        <x:v>Church House</x:v>
+      </x:c>
+      <x:c r="C1199" t="str">
+        <x:v>Queen Street</x:v>
+      </x:c>
+      <x:c r="D1199" t="str">
+        <x:v>Newton Abbot</x:v>
+      </x:c>
+      <x:c r="E1199" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1199" t="str">
+        <x:v>TQ12 2QP</x:v>
+      </x:c>
+      <x:c r="G1199" t="str">
+        <x:v>lawyer@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1199" t="str">
+        <x:v>01626 202 404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1200">
+      <x:c r="A1200" t="str">
+        <x:v>Wbw Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1200" t="str">
+        <x:v>63-65 Hyde Road</x:v>
+      </x:c>
+      <x:c r="C1200" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1200" t="str">
+        <x:v>Paignton</x:v>
+      </x:c>
+      <x:c r="E1200" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1200" t="str">
+        <x:v>TQ4 5BT</x:v>
+      </x:c>
+      <x:c r="G1200" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1200" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1201">
+      <x:c r="A1201" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1201" t="str">
+        <x:v>The Manor House</x:v>
+      </x:c>
+      <x:c r="C1201" t="str">
+        <x:v>143 High Street</x:v>
+      </x:c>
+      <x:c r="D1201" t="str">
+        <x:v>Honiton</x:v>
+      </x:c>
+      <x:c r="E1201" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1201" t="str">
+        <x:v>EX14 1DJ</x:v>
+      </x:c>
+      <x:c r="G1201" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1201" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1202">
+      <x:c r="A1202" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1202" t="str">
+        <x:v>St Margarets House</x:v>
+      </x:c>
+      <x:c r="C1202" t="str">
+        <x:v>Station Road</x:v>
+      </x:c>
+      <x:c r="D1202" t="str">
+        <x:v>Bovey Tracey</x:v>
+      </x:c>
+      <x:c r="E1202" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1202" t="str">
+        <x:v>TQ13 9AL</x:v>
+      </x:c>
+      <x:c r="G1202" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1202" t="str">
+        <x:v>01626 833263</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1203">
+      <x:c r="A1203" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1203" t="str">
+        <x:v>The Forum, Barnfield Road</x:v>
+      </x:c>
+      <x:c r="C1203" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1203" t="str">
+        <x:v>Exeter</x:v>
+      </x:c>
+      <x:c r="E1203" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1203" t="str">
+        <x:v>EX1 1QR</x:v>
+      </x:c>
+      <x:c r="G1203" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1203" t="str">
+        <x:v>01392 274126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1204">
+      <x:c r="A1204" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1204" t="str">
+        <x:v>17 High Street</x:v>
+      </x:c>
+      <x:c r="C1204" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1204" t="str">
+        <x:v>Exmouth</x:v>
+      </x:c>
+      <x:c r="E1204" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1204" t="str">
+        <x:v>EX8 1NR</x:v>
+      </x:c>
+      <x:c r="G1204" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1204" t="str">
+        <x:v>01395 272241 </x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1205">
+      <x:c r="A1205" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1205" t="str">
+        <x:v>Warwick House, 30 High Street</x:v>
+      </x:c>
+      <x:c r="C1205" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1205" t="str">
+        <x:v>Sidmouth</x:v>
+      </x:c>
+      <x:c r="E1205" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1205" t="str">
+        <x:v>EX10 8EA</x:v>
+      </x:c>
+      <x:c r="G1205" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1205" t="str">
+        <x:v>01395 578206 </x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1206">
+      <x:c r="A1206" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1206" t="str">
+        <x:v>Blackdown Chambers</x:v>
+      </x:c>
+      <x:c r="C1206" t="str">
+        <x:v>Unit 10 Weycroft Avenue</x:v>
+      </x:c>
+      <x:c r="D1206" t="str">
+        <x:v>Axminster</x:v>
+      </x:c>
+      <x:c r="E1206" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1206" t="str">
+        <x:v>EX13 5HU</x:v>
+      </x:c>
+      <x:c r="G1206" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1206" t="str">
+        <x:v>01297 630700</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1207">
+      <x:c r="A1207" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1207" t="str">
+        <x:v>1 Major Terrace</x:v>
+      </x:c>
+      <x:c r="C1207" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1207" t="str">
+        <x:v>Seaton</x:v>
+      </x:c>
+      <x:c r="E1207" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1207" t="str">
+        <x:v>EX12 2RF</x:v>
+      </x:c>
+      <x:c r="G1207" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1207" t="str">
+        <x:v>01297 626950</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1208">
+      <x:c r="A1208" t="str">
+        <x:v>WBW Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1208" t="str">
+        <x:v>3 Bolton Street</x:v>
+      </x:c>
+      <x:c r="C1208" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1208" t="str">
+        <x:v>Brixham</x:v>
+      </x:c>
+      <x:c r="E1208" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1208" t="str">
+        <x:v>TQ5 9DA</x:v>
+      </x:c>
+      <x:c r="G1208" t="str">
+        <x:v>suebarsby@wbw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1208" t="str">
+        <x:v>01803 546180</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1209">
+      <x:c r="A1209" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1209" t="str">
+        <x:v>Unit 3-4 Market Square, High Street</x:v>
+      </x:c>
+      <x:c r="C1209" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1209" t="str">
+        <x:v>Tenterden</x:v>
+      </x:c>
+      <x:c r="E1209" t="str">
+        <x:v>Kent</x:v>
+      </x:c>
+      <x:c r="F1209" t="str">
+        <x:v>TN30 6BN</x:v>
+      </x:c>
+      <x:c r="G1209" t="str">
+        <x:v>amandaadie@wmlaw.uk</x:v>
+      </x:c>
+      <x:c r="H1209" t="str">
+        <x:v>01580 765722</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1210">
+      <x:c r="A1210" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1210" t="str">
+        <x:v>32-33 Watling Street</x:v>
+      </x:c>
+      <x:c r="C1210" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1210" t="str">
+        <x:v>Canterbury</x:v>
+      </x:c>
+      <x:c r="E1210" t="str">
+        <x:v>Kent</x:v>
+      </x:c>
+      <x:c r="F1210" t="str">
+        <x:v>CT1 2AN</x:v>
+      </x:c>
+      <x:c r="G1210" t="str">
+        <x:v>amandaadie@wmlaw.uk</x:v>
+      </x:c>
+      <x:c r="H1210" t="str">
+        <x:v>01227 643250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1211">
+      <x:c r="A1211" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1211" t="str">
+        <x:v>Unit F20, Marlowe Innovation Centre</x:v>
+      </x:c>
+      <x:c r="C1211" t="str">
+        <x:v>Marlowe Way</x:v>
+      </x:c>
+      <x:c r="D1211" t="str">
+        <x:v>Ramsgate</x:v>
+      </x:c>
+      <x:c r="E1211" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1211" t="str">
+        <x:v>CT12 6FA</x:v>
+      </x:c>
+      <x:c r="G1211" t="str">
+        <x:v>lizdack@wmlaw.uk</x:v>
+      </x:c>
+      <x:c r="H1211" t="str">
+        <x:v>01227 643250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1212">
+      <x:c r="A1212" t="str">
+        <x:v>Whitehead Monckton Limited</x:v>
+      </x:c>
+      <x:c r="B1212" t="str">
+        <x:v>5 Eclipse Park</x:v>
+      </x:c>
+      <x:c r="C1212" t="str">
+        <x:v>Sittingbourne Road</x:v>
+      </x:c>
+      <x:c r="D1212" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E1212" t="str">
+        <x:v>Kent</x:v>
+      </x:c>
+      <x:c r="F1212" t="str">
+        <x:v>ME14 3EN</x:v>
+      </x:c>
+      <x:c r="G1212" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1212" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1213">
+      <x:c r="A1213" t="str">
+        <x:v>Whitmore Law Limited</x:v>
+      </x:c>
+      <x:c r="B1213" t="str">
+        <x:v>10 Cameron Road</x:v>
+      </x:c>
+      <x:c r="C1213" t="str">
+        <x:v>Seven Kings</x:v>
+      </x:c>
+      <x:c r="D1213" t="str">
+        <x:v>Ilford</x:v>
+      </x:c>
+      <x:c r="E1213" t="str">
+        <x:v>Essex</x:v>
+      </x:c>
+      <x:c r="F1213" t="str">
+        <x:v>IG3 8LA</x:v>
+      </x:c>
+      <x:c r="G1213" t="str">
+        <x:v>ap@whitmorelaw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1213" t="str">
+        <x:v>0208 477 1399</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1214">
+      <x:c r="A1214" t="str">
+        <x:v>WHN Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1214" t="str">
+        <x:v>West View, Princess Street</x:v>
+      </x:c>
+      <x:c r="C1214" t="str">
+        <x:v>Haslingden</x:v>
+      </x:c>
+      <x:c r="D1214" t="str">
+        <x:v>Rossendale</x:v>
+      </x:c>
+      <x:c r="E1214" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1214" t="str">
+        <x:v>BB4 6NW</x:v>
+      </x:c>
+      <x:c r="G1214" t="str">
+        <x:v>jennifer.prysiaznyj@whnsolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1214" t="str">
+        <x:v>01706213356</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1215">
+      <x:c r="A1215" t="str">
+        <x:v>WHN Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1215" t="str">
+        <x:v>12-14 Manchester Road</x:v>
+      </x:c>
+      <x:c r="C1215" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1215" t="str">
+        <x:v>Bury</x:v>
+      </x:c>
+      <x:c r="E1215" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1215" t="str">
+        <x:v>BL9 0DX</x:v>
+      </x:c>
+      <x:c r="G1215" t="str">
+        <x:v>jennifer.prysiaznyj@whnsolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1215" t="str">
+        <x:v>0161 761 4611</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1216">
+      <x:c r="A1216" t="str">
+        <x:v>WHN Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1216" t="str">
+        <x:v>61 Bank Street</x:v>
+      </x:c>
+      <x:c r="C1216" t="str">
+        <x:v>Rawtenstall</x:v>
+      </x:c>
+      <x:c r="D1216" t="str">
+        <x:v>Rossendale</x:v>
+      </x:c>
+      <x:c r="E1216" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1216" t="str">
+        <x:v>BB4 7QN</x:v>
+      </x:c>
+      <x:c r="G1216" t="str">
+        <x:v>jennifer.prysiaznyj@whnsolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1216" t="str">
+        <x:v>01706 225621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1217">
+      <x:c r="A1217" t="str">
+        <x:v>WHN Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1217" t="str">
+        <x:v>17 Cannon Street</x:v>
+      </x:c>
+      <x:c r="C1217" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1217" t="str">
+        <x:v>Accrington</x:v>
+      </x:c>
+      <x:c r="E1217" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1217" t="str">
+        <x:v>BB5 1NW</x:v>
+      </x:c>
+      <x:c r="G1217" t="str">
+        <x:v>jennifer.prysiaznyj@whnsolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1217" t="str">
+        <x:v>01254 236221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1218">
+      <x:c r="A1218" t="str">
+        <x:v>WHN Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1218" t="str">
+        <x:v>Bancroft Chambers, 6-8 Town Hall Street</x:v>
+      </x:c>
+      <x:c r="C1218" t="str">
+        <x:v>Great Harwood</x:v>
+      </x:c>
+      <x:c r="D1218" t="str">
+        <x:v>Blackburn</x:v>
+      </x:c>
+      <x:c r="E1218" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1218" t="str">
+        <x:v>BB6 7HB</x:v>
+      </x:c>
+      <x:c r="G1218" t="str">
+        <x:v>jennifer.prysiaznyj@whnsolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1218" t="str">
+        <x:v>01254 884253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1219">
+      <x:c r="A1219" t="str">
+        <x:v>WHN Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1219" t="str">
+        <x:v>3-5 Irwell Terrace</x:v>
+      </x:c>
+      <x:c r="C1219" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1219" t="str">
+        <x:v>Bacup</x:v>
+      </x:c>
+      <x:c r="E1219" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1219" t="str">
+        <x:v>OL13 9AW</x:v>
+      </x:c>
+      <x:c r="G1219" t="str">
+        <x:v>jennifer.prysiaznyj@whnsolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1219" t="str">
+        <x:v>01706 874487</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1220">
+      <x:c r="A1220" t="str">
+        <x:v>WHN Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1220" t="str">
+        <x:v>31 King Street</x:v>
+      </x:c>
+      <x:c r="C1220" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1220" t="str">
+        <x:v>Clitheroe</x:v>
+      </x:c>
+      <x:c r="E1220" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1220" t="str">
+        <x:v>BB7 2EU</x:v>
+      </x:c>
+      <x:c r="G1220" t="str">
+        <x:v>jennifer.prysiaznyj@whnsolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1220" t="str">
+        <x:v>01200 408300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1221">
+      <x:c r="A1221" t="str">
+        <x:v>Whn Solicitors Limited</x:v>
+      </x:c>
+      <x:c r="B1221" t="str">
+        <x:v>1A Strawberry Bank</x:v>
+      </x:c>
+      <x:c r="C1221" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1221" t="str">
+        <x:v>Blackburn</x:v>
+      </x:c>
+      <x:c r="E1221" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1221" t="str">
+        <x:v>BB2 6AA</x:v>
+      </x:c>
+      <x:c r="G1221" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1221" t="str">
+        <x:v>01254 272640</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1222">
+      <x:c r="A1222" t="str">
+        <x:v>Wilkin Chapman LLP</x:v>
+      </x:c>
+      <x:c r="B1222" t="str">
+        <x:v>Cartergate House</x:v>
+      </x:c>
+      <x:c r="C1222" t="str">
+        <x:v>26 Chantry Lane</x:v>
+      </x:c>
+      <x:c r="D1222" t="str">
+        <x:v>Grimsby</x:v>
+      </x:c>
+      <x:c r="E1222" t="str">
+        <x:v>Lincolnshire</x:v>
+      </x:c>
+      <x:c r="F1222" t="str">
+        <x:v>DN31 2LJ</x:v>
+      </x:c>
+      <x:c r="G1222" t="str">
+        <x:v>info@wilkinchapman.co.uk</x:v>
+      </x:c>
+      <x:c r="H1222" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1223">
+      <x:c r="A1223" t="str">
+        <x:v>Wilkin Chapman LLP</x:v>
+      </x:c>
+      <x:c r="B1223" t="str">
+        <x:v>The Maltings</x:v>
+      </x:c>
+      <x:c r="C1223" t="str">
+        <x:v>11-15 Brayford Wharf East</x:v>
+      </x:c>
+      <x:c r="D1223" t="str">
+        <x:v>Lincoln</x:v>
+      </x:c>
+      <x:c r="E1223" t="str">
+        <x:v>Lincolnshire</x:v>
+      </x:c>
+      <x:c r="F1223" t="str">
+        <x:v>LN5 7AY</x:v>
+      </x:c>
+      <x:c r="G1223" t="str">
+        <x:v>info@wilkinchapman.co.uk</x:v>
+      </x:c>
+      <x:c r="H1223" t="str">
+        <x:v>01522 512 345</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1224">
+      <x:c r="A1224" t="str">
+        <x:v>Wilkin Chapman LLP</x:v>
+      </x:c>
+      <x:c r="B1224" t="str">
+        <x:v>The Hall</x:v>
+      </x:c>
+      <x:c r="C1224" t="str">
+        <x:v>Lairgate</x:v>
+      </x:c>
+      <x:c r="D1224" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E1224" t="str">
+        <x:v>East Riding of Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1224" t="str">
+        <x:v>HU17 8HL</x:v>
+      </x:c>
+      <x:c r="G1224" t="str">
+        <x:v>caroline.fletcher-shaw@wilkinchapman.co.uk </x:v>
+      </x:c>
+      <x:c r="H1224" t="str">
+        <x:v>01482 398370</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1225">
+      <x:c r="A1225" t="str">
+        <x:v>Wilkin Chapman LLP</x:v>
+      </x:c>
+      <x:c r="B1225" t="str">
+        <x:v>Oxley House, Lincoln Way</x:v>
+      </x:c>
+      <x:c r="C1225" t="str">
+        <x:v>Fairfield Industrial Estate</x:v>
+      </x:c>
+      <x:c r="D1225" t="str">
+        <x:v>Louth</x:v>
+      </x:c>
+      <x:c r="E1225" t="str">
+        <x:v>Lincolnshire</x:v>
+      </x:c>
+      <x:c r="F1225" t="str">
+        <x:v>LN11 0LS</x:v>
+      </x:c>
+      <x:c r="G1225" t="str">
+        <x:v>andrew.thompson@wcrlaw.co.uk</x:v>
+      </x:c>
+      <x:c r="H1225" t="str">
+        <x:v>01507 606161 </x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1226">
+      <x:c r="A1226" t="str">
+        <x:v>Wilkin Chapman LLP</x:v>
+      </x:c>
+      <x:c r="B1226" t="str">
+        <x:v>Citadel House, 58 High Street</x:v>
+      </x:c>
+      <x:c r="C1226" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1226" t="str">
+        <x:v>Hull</x:v>
+      </x:c>
+      <x:c r="E1226" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1226" t="str">
+        <x:v>HU1 1QE</x:v>
+      </x:c>
+      <x:c r="G1226" t="str">
+        <x:v>andrew.thompson@wilkinchapman.co.uk</x:v>
+      </x:c>
+      <x:c r="H1226" t="str">
+        <x:v>01482323239 </x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1227">
+      <x:c r="A1227" t="str">
+        <x:v>Wilkin Chapman LLP</x:v>
+      </x:c>
+      <x:c r="B1227" t="str">
+        <x:v>Forsyth House, Alpha Court Drive</x:v>
+      </x:c>
+      <x:c r="C1227" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1227" t="str">
+        <x:v>Huntington</x:v>
+      </x:c>
+      <x:c r="E1227" t="str">
+        <x:v>York</x:v>
+      </x:c>
+      <x:c r="F1227" t="str">
+        <x:v>YO32 9WN</x:v>
+      </x:c>
+      <x:c r="G1227" t="str">
+        <x:v>andrew.thompson@wilkinchapman.co.uk</x:v>
+      </x:c>
+      <x:c r="H1227" t="str">
+        <x:v>01904 625790</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1228">
+      <x:c r="A1228" t="str">
+        <x:v>Wilkinson Woodward (Huddersfield)</x:v>
+      </x:c>
+      <x:c r="B1228" t="str">
+        <x:v>22 Queen Street</x:v>
+      </x:c>
+      <x:c r="C1228" t="str">
+        <x:v>Huddersfield</x:v>
+      </x:c>
+      <x:c r="D1228" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E1228" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1228" t="str">
+        <x:v>HD1 2SP</x:v>
+      </x:c>
+      <x:c r="G1228" t="str">
+        <x:v>**</x:v>
+      </x:c>
+      <x:c r="H1228" t="str">
+        <x:v>01484 483800</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1229">
+      <x:c r="A1229" t="str">
+        <x:v>Wilkinson Woodward Limited</x:v>
+      </x:c>
+      <x:c r="B1229" t="str">
+        <x:v>11 Fountain Street</x:v>
+      </x:c>
+      <x:c r="C1229" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1229" t="str">
+        <x:v>Halifax</x:v>
+      </x:c>
+      <x:c r="E1229" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1229" t="str">
+        <x:v>HX1 1LU</x:v>
+      </x:c>
+      <x:c r="G1229" t="str">
+        <x:v>msc@wilkinsonwoodward.co.uk</x:v>
+      </x:c>
+      <x:c r="H1229" t="str">
+        <x:v>01422 339 600</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1230">
+      <x:c r="A1230" t="str">
+        <x:v>Wilkinson Woodward Limited</x:v>
+      </x:c>
+      <x:c r="B1230" t="str">
+        <x:v>4 Commercial Street</x:v>
+      </x:c>
+      <x:c r="C1230" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1230" t="str">
+        <x:v>Brighouse</x:v>
+      </x:c>
+      <x:c r="E1230" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1230" t="str">
+        <x:v>HD6 1AQ</x:v>
+      </x:c>
+      <x:c r="G1230" t="str">
+        <x:v>law@wilkinsonwoodward.co.uk</x:v>
+      </x:c>
+      <x:c r="H1230" t="str">
+        <x:v>01484 710571</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1231">
+      <x:c r="A1231" t="str">
+        <x:v>Williams &amp; Co</x:v>
+      </x:c>
+      <x:c r="B1231" t="str">
+        <x:v>Revenue Chambers</x:v>
+      </x:c>
+      <x:c r="C1231" t="str">
+        <x:v>St Peters Street</x:v>
+      </x:c>
+      <x:c r="D1231" t="str">
+        <x:v>Huddersfield</x:v>
+      </x:c>
+      <x:c r="E1231" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1231" t="str">
+        <x:v>HD1 1DL</x:v>
+      </x:c>
+      <x:c r="G1231" t="str">
+        <x:v>carolbellis@williamsco.legal</x:v>
+      </x:c>
+      <x:c r="H1231" t="str">
+        <x:v>01484 905265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1232">
+      <x:c r="A1232" t="str">
+        <x:v>Williams &amp; Co</x:v>
+      </x:c>
+      <x:c r="B1232" t="str">
+        <x:v>Merchant House</x:v>
+      </x:c>
+      <x:c r="C1232" t="str">
+        <x:v>24 Cheapside</x:v>
+      </x:c>
+      <x:c r="D1232" t="str">
+        <x:v>Wakefield</x:v>
+      </x:c>
+      <x:c r="E1232" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1232" t="str">
+        <x:v>WF1 2TF</x:v>
+      </x:c>
+      <x:c r="G1232" t="str">
+        <x:v>enquiries@williamscleck.co.uk</x:v>
+      </x:c>
+      <x:c r="H1232" t="str">
+        <x:v>01924562228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1233">
+      <x:c r="A1233" t="str">
+        <x:v>Williams &amp; Co</x:v>
+      </x:c>
+      <x:c r="B1233" t="str">
+        <x:v>Brooke House</x:v>
+      </x:c>
+      <x:c r="C1233" t="str">
+        <x:v>3-5 Dewsbury Road</x:v>
+      </x:c>
+      <x:c r="D1233" t="str">
+        <x:v>Cleckheaton</x:v>
+      </x:c>
+      <x:c r="E1233" t="str">
+        <x:v>West Yorkshire</x:v>
+      </x:c>
+      <x:c r="F1233" t="str">
+        <x:v>BD19 3RS</x:v>
+      </x:c>
+      <x:c r="G1233" t="str">
+        <x:v>enquiries@williamscleck.co.uk</x:v>
+      </x:c>
+      <x:c r="H1233" t="str">
+        <x:v>01274 851608</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1234">
+      <x:c r="A1234" t="str">
+        <x:v>Windeatts Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1234" t="str">
+        <x:v>48 Fore Street</x:v>
+      </x:c>
+      <x:c r="C1234" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1234" t="str">
+        <x:v>Kingsbridge</x:v>
+      </x:c>
+      <x:c r="E1234" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1234" t="str">
+        <x:v>TQ7 1PE</x:v>
+      </x:c>
+      <x:c r="G1234" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1234" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1235">
+      <x:c r="A1235" t="str">
+        <x:v>Windeatts Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1235" t="str">
+        <x:v>19 High Street</x:v>
+      </x:c>
+      <x:c r="C1235" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1235" t="str">
+        <x:v>Totnes</x:v>
+      </x:c>
+      <x:c r="E1235" t="str">
+        <x:v>Devon</x:v>
+      </x:c>
+      <x:c r="F1235" t="str">
+        <x:v>TQ9 5NW</x:v>
+      </x:c>
+      <x:c r="G1235" t="str">
+        <x:v>richard.wing@windeatts.co.uk</x:v>
+      </x:c>
+      <x:c r="H1235" t="str">
+        <x:v>01803 862233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1236">
+      <x:c r="A1236" t="str">
+        <x:v>WLR Legal Solutions Ltd</x:v>
+      </x:c>
+      <x:c r="B1236" t="str">
+        <x:v>First Floor, Finance Block</x:v>
+      </x:c>
+      <x:c r="C1236" t="str">
+        <x:v>Wharncliffe Road</x:v>
+      </x:c>
+      <x:c r="D1236" t="str">
+        <x:v>Ilkeston</x:v>
+      </x:c>
+      <x:c r="E1236" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1236" t="str">
+        <x:v>DE7 5GF</x:v>
+      </x:c>
+      <x:c r="G1236" t="str">
+        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+      </x:c>
+      <x:c r="H1236" t="str">
+        <x:v>01159 304994</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1237">
+      <x:c r="A1237" t="str">
+        <x:v>WLR Legal Solutions Ltd</x:v>
+      </x:c>
+      <x:c r="B1237" t="str">
+        <x:v>68 Nottingham Road</x:v>
+      </x:c>
+      <x:c r="C1237" t="str">
+        <x:v>Eastwood</x:v>
+      </x:c>
+      <x:c r="D1237" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E1237" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1237" t="str">
+        <x:v>NG16 3NQ</x:v>
+      </x:c>
+      <x:c r="G1237" t="str">
+        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+      </x:c>
+      <x:c r="H1237" t="str">
+        <x:v>01773 713846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1238">
+      <x:c r="A1238" t="str">
+        <x:v>WLR Legal Solutions Ltd</x:v>
+      </x:c>
+      <x:c r="B1238" t="str">
+        <x:v>The Hemington, Millhouse Business Centre,</x:v>
+      </x:c>
+      <x:c r="C1238" t="str">
+        <x:v>Station Road</x:v>
+      </x:c>
+      <x:c r="D1238" t="str">
+        <x:v>Castle Donington</x:v>
+      </x:c>
+      <x:c r="E1238" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1238" t="str">
+        <x:v>DE74 2NJ</x:v>
+      </x:c>
+      <x:c r="G1238" t="str">
+        <x:v>sarah.southall@maclarenwarner.co.uk</x:v>
+      </x:c>
+      <x:c r="H1238" t="str">
+        <x:v>07802429330</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1239">
+      <x:c r="A1239" t="str">
+        <x:v>Woodford Stauffer</x:v>
+      </x:c>
+      <x:c r="B1239" t="str">
+        <x:v>The Parade, Petersfield Road</x:v>
+      </x:c>
+      <x:c r="C1239" t="str">
+        <x:v>Whitehill</x:v>
+      </x:c>
+      <x:c r="D1239" t="str">
+        <x:v>Bordon</x:v>
+      </x:c>
+      <x:c r="E1239" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1239" t="str">
+        <x:v>GU35 9AR</x:v>
+      </x:c>
+      <x:c r="G1239" t="str">
+        <x:v>enquiries@woodfordstauffer.co.uk</x:v>
+      </x:c>
+      <x:c r="H1239" t="str">
+        <x:v>01420500670</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1240">
+      <x:c r="A1240" t="str">
+        <x:v>Woodford Stauffer</x:v>
+      </x:c>
+      <x:c r="B1240" t="str">
+        <x:v>63A Lynchford Road</x:v>
+      </x:c>
+      <x:c r="C1240" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1240" t="str">
+        <x:v>Farnborough</x:v>
+      </x:c>
+      <x:c r="E1240" t="str">
+        <x:v>Hampshire</x:v>
+      </x:c>
+      <x:c r="F1240" t="str">
+        <x:v>GU14 6EJ</x:v>
+      </x:c>
+      <x:c r="G1240" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1240" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1241">
+      <x:c r="A1241" t="str">
+        <x:v>Woodstock Legal Services Limited.</x:v>
+      </x:c>
+      <x:c r="B1241" t="str">
+        <x:v>11 Haven Road</x:v>
+      </x:c>
+      <x:c r="C1241" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1241" t="str">
+        <x:v>POOLE</x:v>
+      </x:c>
+      <x:c r="E1241" t="str">
+        <x:v>Dorset</x:v>
+      </x:c>
+      <x:c r="F1241" t="str">
+        <x:v>BH13 7LE</x:v>
+      </x:c>
+      <x:c r="G1241" t="str">
+        <x:v>n.boyland@woodstocklegalservices.co.uk</x:v>
+      </x:c>
+      <x:c r="H1241" t="str">
+        <x:v>03300885792</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1242">
+      <x:c r="A1242" t="str">
+        <x:v>Woollcombe Yonge LLP</x:v>
+      </x:c>
+      <x:c r="B1242" t="str">
+        <x:v>5th Floor, Old Tree Court</x:v>
+      </x:c>
+      <x:c r="C1242" t="str">
+        <x:v>64 Exeter Street</x:v>
+      </x:c>
+      <x:c r="D1242" t="str">
+        <x:v>Plymouth</x:v>
+      </x:c>
+      <x:c r="E1242" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1242" t="str">
+        <x:v>PL4 0AJ</x:v>
+      </x:c>
+      <x:c r="G1242" t="str">
+        <x:v>MC@wysolicitors.co.uk</x:v>
+      </x:c>
+      <x:c r="H1242" t="str">
+        <x:v>01752 660384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1243">
+      <x:c r="A1243" t="str">
+        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1243" t="str">
+        <x:v>37 Beetham Road</x:v>
+      </x:c>
+      <x:c r="C1243" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1243" t="str">
+        <x:v>Milnthorpe</x:v>
+      </x:c>
+      <x:c r="E1243" t="str">
+        <x:v>Cumbria</x:v>
+      </x:c>
+      <x:c r="F1243" t="str">
+        <x:v>LA7 7QN</x:v>
+      </x:c>
+      <x:c r="G1243" t="str">
+        <x:v>info@wrightandlord.com</x:v>
+      </x:c>
+      <x:c r="H1243" t="str">
+        <x:v>015395 65990</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1244">
+      <x:c r="A1244" t="str">
+        <x:v>Wright &amp; Lord Solicitors Ltd</x:v>
+      </x:c>
+      <x:c r="B1244" t="str">
+        <x:v>63 Victoria Street</x:v>
+      </x:c>
+      <x:c r="C1244" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1244" t="str">
+        <x:v>Morecambe</x:v>
+      </x:c>
+      <x:c r="E1244" t="str">
+        <x:v>Lancashire</x:v>
+      </x:c>
+      <x:c r="F1244" t="str">
+        <x:v>LA4 4AF</x:v>
+      </x:c>
+      <x:c r="G1244" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1244" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="1245">
+      <x:c r="A1245" t="str">
         <x:v>YVA Solicitors LLP</x:v>
       </x:c>
-      <x:c r="B1169" t="str">
+      <x:c r="B1245" t="str">
+        <x:v>Sixth Floor, 16 Berkeley Street</x:v>
+      </x:c>
+      <x:c r="C1245" t="str">
+        <x:v>Mayfair</x:v>
+      </x:c>
+      <x:c r="D1245" t="str">
+        <x:v>London</x:v>
+      </x:c>
+      <x:c r="E1245" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1245" t="str">
+        <x:v>W1J 8DZ</x:v>
+      </x:c>
+      <x:c r="G1245" t="str">
+        <x:v>info@yvasolicitors.com</x:v>
+      </x:c>
+      <x:c r="H1245" t="str">
+        <x:v>020 7493 7888</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1246">
+      <x:c r="A1246" t="str">
+        <x:v>YVA Solicitors LLP</x:v>
+      </x:c>
+      <x:c r="B1246" t="str">
         <x:v>811 High Road</x:v>
       </x:c>
-      <x:c r="C1169" t="str">
-[...2 lines deleted...]
-      <x:c r="D1169" t="str">
+      <x:c r="C1246" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="D1246" t="str">
         <x:v>London</x:v>
       </x:c>
-      <x:c r="E1169" t="str">
-[...2 lines deleted...]
-      <x:c r="F1169" t="str">
+      <x:c r="E1246" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F1246" t="str">
         <x:v>N12 8JT</x:v>
       </x:c>
-      <x:c r="G1169" t="str">
-[...2 lines deleted...]
-      <x:c r="H1169" t="str">
+      <x:c r="G1246" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H1246" t="str">
         <x:v>020 8445 9898</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:H2"/>
   </x:mergeCells>
   <x:phoneticPr fontId="3" type="noConversion"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:drawing r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>